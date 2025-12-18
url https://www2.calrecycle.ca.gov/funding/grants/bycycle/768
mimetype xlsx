--- v0 (2025-12-14)
+++ v1 (2025-12-18)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R098584378b1245ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d9eedfc6b4448a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8337b019b4ce4b7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R85e26914f73543c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Conservation Corps Grant Program (RLC37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -514,51 +514,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0e0918f599c4d82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8337b019b4ce4b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2c34cd691b3d42dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da37cde01d94523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R85e26914f73543c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf29baf1c6211441b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -991,29 +991,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 14, 2025 6:34 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 11:40 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>