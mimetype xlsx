--- v1 (2025-12-18)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d9eedfc6b4448a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51f4d8979d84a81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R85e26914f73543c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfb0c631fe4d7416b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Conservation Corps Grant Program (RLC37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -514,51 +514,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da37cde01d94523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R85e26914f73543c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf29baf1c6211441b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c16a3e6f695430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfb0c631fe4d7416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R13e96dbfb2ed4ac7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -991,29 +991,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 11:40 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:09 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>