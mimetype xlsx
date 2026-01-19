--- v2 (2025-12-24)
+++ v3 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51f4d8979d84a81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b5be6459c294609" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfb0c631fe4d7416b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6c0167f05dfc4bb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Conservation Corps Grant Program (RLC37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -514,51 +514,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c16a3e6f695430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfb0c631fe4d7416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R13e96dbfb2ed4ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81052777c5e74f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c0167f05dfc4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0c82b97b4dcb488a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -991,29 +991,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:09 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 12:19 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>