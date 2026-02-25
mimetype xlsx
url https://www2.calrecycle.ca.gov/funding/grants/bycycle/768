--- v3 (2026-01-19)
+++ v4 (2026-02-25)
@@ -1,370 +1,370 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b5be6459c294609" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e3039757caa41c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6c0167f05dfc4bb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R57703d84ae834e33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Conservation Corps Grant Program (RLC37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Knapp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629861249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and Multi-Family complexes. CCLB will expand  e waste collections and handling, by partnering  with local schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits. We will continue to work with our local jurisdictions, government agencies to expand our Tire collection events and out reach efforts as it relates to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno EOC LCC will use funding from RCL 37 to continue services to businesses, school districts, and special events that were impacted by COVID-19. We will continue our collection of CRV beverage containers from schools, businesses, special events, etc, collect used tires through partnerships with local municipalities, collect e-waste from private residents and special collection events, and visit local CCC sites to ensure proper signage is posted for the disposal of used oil.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Robert Skillman</x:t>
   </x:si>
   <x:si>
     <x:t>2132107620</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
     <x:t>The Los Angeles Conservation Corps will continue to carry out programs for Beverage Container, E-waste, Waste Tires and Used Oil during FY 2022-23. Our objectives are as follows:
 Under Beverage container grant, the Los Angeles Conservation Corps will: 
 1)Increase its collections of beverage containers by 4% overall compared to beverage collection number in FY 21-22 via collection routes and special events as measured by DORIIS/DR-6 collection logs. 
 2)Perform litter abatement services as measured by weight receipts from Recycling/Transfer Stations. 
 3)Perform open space litter abatement clean-up services on an as-needed basis.
 Under Waste Tire grant, the Los Angeles Conservation Corps will: 
 1) Take FY 21-22 totals and increase illegally dumped tire collections by 6% from Los Angeles area as measured by California Manifest Process Comprehensive Trip Log and Receipts forms. We will haul away and properly dispose of/recycle the tires. 
 2)Provide event/labor staff resources for collection/hauling waste tires in partnership with The City of Los Angeles 
 Under E-waste grant, the Los Angeles Conservation Corps will: 
 1) Take FY 21-22 totals and increase E-waste collections by 4% through collection routes/curbside events and drop off events as measured by collection logs and CEWIS reports. 
 2) Provide E-waste event/labor staff resources in partnership with local jurisdictions. 
 3) Provide educational/outreach/marketing for each E-waste collection event it conducts. 
 4) Partner with Homeboy Recycling to implement an internship for Corpsmembers interested in learning dismantling of E-waste. 
 Under used oil grant, the Los Angeles Conservation Corps will: 
 1) Conduct CCC signage inspections at assigned locations once a year within Los Angeles County as reported on site verification report. 
 2) Conduct survey and hand out boater kits under the Dockwalker Program.
 3) Provide outreach and canvasing service in support of LA County Public Works Used Oil Filter Exchange Events in FY 22-23</x:t>
   </x:si>
   <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Andrew Le</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Liebmann</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056601984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renee Podris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The San Francisco Conservation Corps is a local conservation corps (LCC) that combines paid work experience with educational attainment and career readiness and job placement services for transitional aged youth 18-26. SFCC plans to utilize $1,853,285 in CalRecycle funds to recycle beverage containers, e-waste, waste tires, and to provide extensive public education around recycling used oil and recycling in general. The work will be carried out by SFCC's Corpsmembers and will be overseen by staff supervisors and program staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In grant RLC37, the San Jose Conservation Corps and Charter School (SJCC+CS) will continue to build on the success of our zero waste programs in beverage containers, E-waste, waste tires, and used oil. 
+SJCC+CS’s Zero Waste Department will continue to expand, refine, and continuously develop new methods and models for achieving greater impact within each respective material fund, while simultaneously creating meaningful training and employment opportunities for our corps members. We will work collaboratively with local jurisdictions, private businesses, and other agencies to provide more education and outreach regarding beverage containers, E-Waste, used oil, and waste tires to our local community. 
+Please see below for a short summary on each of the material related projects that we are developing or engaging in: 
+Beverage Containers:
+SJCC+CS will renew partnerships and continue and grow our collection programs with the City of Sunnyvale and East Side Union High School District. We will also explore new opportunities for beverage container material collection by securing one or more additional contracts and piloting new models of collection. 
+E-Waste:
+SJCC+CS will continue to collect E-waste through regular curbside collection of residential material, weekly business E-waste collection routes, amnesty events, and special events in partnership with local haulers and municipalities. Additionally, we will pilot collection models for high-rise, multi-family dwellings. 
+Used Oil: 
+SJCC+CS will complete all Certified Collection Center signage reviews and outreach visits as assigned by CalRecycle. We will also initiate the DockWalker education and outreach program, through which we will to share information about clean boating, importance of caring for waterways, and proper used oil management with key target audiences.  
+Waste Tires:
+SJCC+CS will continue to collect waste tires from County and State parks, reservoirs, public lands, and open space hot-spots. We will host amnesty events and develop partnerships to increase waste tire collection. 
+The San Jose Conservation Corps and Charter School is looking forward to the continued program development and partnership with CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kyle Kennedy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192355423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento Regional Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Kala Dean</x:t>
   </x:si>
   <x:si>
     <x:t>9164176746</x:t>
   </x:si>
   <x:si>
     <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t>SRCC will have an E-waste collection program serving the greater Sacramento region to coordinate and collect E-waste from community partners and provide outreach and education to consumers of how to properly dispose of E-waste.
 SRCC will have a Used Oil program serving the greater Sacramento region to reduce the illegal dumping of used oil and to ensure that Certified Collections Centers are signed.
 SRCC will have a Used Tire collection program serving the greater Sacramento region to collect used tires that have been dumped on public property, assist in community tire amnesty events and provide outreach and education to consumers about how to dispose of tires.
 SRCC will have a beverage container recycling program focused on serving events and businesses, operating the SRCC recycling center, and providing education and outreach to the greater Sacramento region.</x:t>
-  </x:si>
-[...61 lines deleted...]
-    <x:t>Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>4154544554</x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties.
 Outreach and education will be provided to the public on why recycling is important
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma and Solano Counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.
 Used Oil filters will be be collected and recycled properly using an oil filter crusher.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Teresa Guzman</x:t>
   </x:si>
   <x:si>
     <x:t>5597324194</x:t>
   </x:si>
   <x:si>
     <x:t>The Sequoia Community Corps (SCC) provides conservation education and recycling services, including recycling CRV beverage containers, e-waste, used oil, and waste tires to our local communities.  Our services help ensure that local businesses and residents are conveniently and adequately recycling to ensure that we are diverting greenhouse gas emissions and utilizing our natural resources in the best way possible.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For reimbursement of Grant #RLC37 eligible expenses to include recycling, litter abatement programs and activities related to beverage containers, E-waste, waste tires, and used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Mountains Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gorin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCCIE was approved for a fund exchange between UCCIE and CCLB (Conservation Corps of Long Beach) of $200,000 with an even exchange decreasing our E-waste funds and increasing our Tire funds (see MOU in the documents).
+Reports and Evaluation:
+The Corps will collect, analyze, and report data using CalRecycle progress report templates at the end of each quarter.
+Education, Outreach and Marketing:
+During FY 22-23, UCC will train Corpsmembers to participate in outreach and recycling education programs at a minimum of 20 community events.
+Partnerships and Collaboration :
+By June 30, 2023, the SCMF-UCC will increase recycling-related partnerships and collaborations by 5%, compared to last year by evidence of recycling services activities log and partnership participation forms.
+Common Objectives :
+By June 30, 2023, UCC will expand on E-waste, beverage container, and waste tire recycling services at our San Bernardino and Indio facilities.
+Beverage Container:
+During FY 22-23, UCCIE will collect and recycle a minimum of 3% increase of beverage containers over the previous cycle, through BCRF routes and by participating in events in both Riverside and San Bernardino Counties.
+Waste Tires:
+During FY22-23, UCCIE will identify and clean up waste tires from San Bernardino and Riverside counties and increase tire clean-up by 3% over the previous cycle.
+E-waste:
+The Urban Conservation Corps will maintain E-waste collection at our current rate from the previous cycle with a goal of collecting 120,000 total volume, which is still an increase due to the reduced funding in this area. UCC will hold E-waste collection events each month during fiscal year 2022-2023 as measured by collection logs for E-waste.
+Our Corps will comply with DTSC approved Universal Waste (UW) Trainings.
+Used Oil:
+By June 30, 2023, UCC will perform all Certified Collection Signage Reviews provided by CalRecycle CCC priority list as measured by CCC signage review log.
+During FY 22-23, UCCIE will host a minimum of four oil education events in partnership through our Dockwalker Program in San Bernardino and Riverside Counties.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>The overall recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2022-23 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 100,000 lbs. of beverage container materials 
 • Schedule and participate in 15 community cleanup events
 Waste Tires
 GVCC will:
 • Conduct 15 community waste tire collection events, including community cleanups
 • Increase the number of Waste Tire Amnesty Collection events to 12
 E-Waste
 GVCC will:
 • Collect 260,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Organize 4 staff/corpsmembers E-waste Handling Procedure training events
 • Complete 15 offsite E-waste drop-off collection events
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 150 to 250 oil recycling kits to partners at various events and collection routes
 </x:t>
-  </x:si>
-[...90 lines deleted...]
-    <x:t>The San Francisco Conservation Corps is a local conservation corps (LCC) that combines paid work experience with educational attainment and career readiness and job placement services for transitional aged youth 18-26. SFCC plans to utilize $1,853,285 in CalRecycle funds to recycle beverage containers, e-waste, waste tires, and to provide extensive public education around recycling used oil and recycling in general. The work will be carried out by SFCC's Corpsmembers and will be overseen by staff supervisors and program staff.</x:t>
   </x:si>
   <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Nora Dominguez</x:t>
   </x:si>
   <x:si>
     <x:t>6612014848</x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development employs youth ages 18-26 in a comprehensive youth development program that is certified annually by the California Conservation Corps as meeting Local Conservation Corps statutory requirements. Funds will be used for recycling operations related to beverage containers, e-waste, used oil, and waste tires in the Kern County area.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -514,51 +514,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81052777c5e74f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c0167f05dfc4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0c82b97b4dcb488a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b8b5bc752e45de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R57703d84ae834e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rebb04b97617e4074" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -606,363 +606,363 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1862.843994140625" customHeight="1" collapsed="0">
+    <x:row ht="402.46298217773438" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>1853313</x:v>
+        <x:v>1853285</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+    <x:row ht="482.96694946289063" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+    <x:row ht="1862.843994140625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>1853285</x:v>
+        <x:v>1853313</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.423583984375" customHeight="1" collapsed="0">
+    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row ht="482.967041015625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2046.812744140625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1391.38623046875" customHeight="1" collapsed="0">
+    <x:row ht="839.42333984375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
+    <x:row ht="827.94287109375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="1080.90673828125" customHeight="1" collapsed="0">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1391.38623046875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="2046.8125" customHeight="1" collapsed="0">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.4873046875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row ht="2046.8125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="1080.908203125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+    <x:row ht="356.4560546875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
@@ -991,29 +991,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 12:19 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 24, 2026 10:42 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>