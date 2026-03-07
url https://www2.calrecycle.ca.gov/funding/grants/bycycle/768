--- v4 (2026-02-25)
+++ v5 (2026-03-07)
@@ -1,370 +1,370 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e3039757caa41c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd4f208da58c4e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R57703d84ae834e33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra3cf407c0ea74faf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Conservation Corps Grant Program (RLC37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
-    <x:t>Conservation Corps of Long Beach</x:t>
-[...5 lines deleted...]
-    <x:t>5629861249</x:t>
+    <x:t>Los Angeles Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Skillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132107620</x:t>
   </x:si>
   <x:si>
     <x:t>Jim Madden</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>2132107620</x:t>
   </x:si>
   <x:si>
     <x:t>The Los Angeles Conservation Corps will continue to carry out programs for Beverage Container, E-waste, Waste Tires and Used Oil during FY 2022-23. Our objectives are as follows:
 Under Beverage container grant, the Los Angeles Conservation Corps will: 
 1)Increase its collections of beverage containers by 4% overall compared to beverage collection number in FY 21-22 via collection routes and special events as measured by DORIIS/DR-6 collection logs. 
 2)Perform litter abatement services as measured by weight receipts from Recycling/Transfer Stations. 
 3)Perform open space litter abatement clean-up services on an as-needed basis.
 Under Waste Tire grant, the Los Angeles Conservation Corps will: 
 1) Take FY 21-22 totals and increase illegally dumped tire collections by 6% from Los Angeles area as measured by California Manifest Process Comprehensive Trip Log and Receipts forms. We will haul away and properly dispose of/recycle the tires. 
 2)Provide event/labor staff resources for collection/hauling waste tires in partnership with The City of Los Angeles 
 Under E-waste grant, the Los Angeles Conservation Corps will: 
 1) Take FY 21-22 totals and increase E-waste collections by 4% through collection routes/curbside events and drop off events as measured by collection logs and CEWIS reports. 
 2) Provide E-waste event/labor staff resources in partnership with local jurisdictions. 
 3) Provide educational/outreach/marketing for each E-waste collection event it conducts. 
 4) Partner with Homeboy Recycling to implement an internship for Corpsmembers interested in learning dismantling of E-waste. 
 Under used oil grant, the Los Angeles Conservation Corps will: 
 1) Conduct CCC signage inspections at assigned locations once a year within Los Angeles County as reported on site verification report. 
 2) Conduct survey and hand out boater kits under the Dockwalker Program.
 3) Provide outreach and canvasing service in support of LA County Public Works Used Oil Filter Exchange Events in FY 22-23</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...75 lines deleted...]
-  <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento Regional Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Kala Dean</x:t>
   </x:si>
   <x:si>
     <x:t>9164176746</x:t>
   </x:si>
   <x:si>
     <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t>SRCC will have an E-waste collection program serving the greater Sacramento region to coordinate and collect E-waste from community partners and provide outreach and education to consumers of how to properly dispose of E-waste.
 SRCC will have a Used Oil program serving the greater Sacramento region to reduce the illegal dumping of used oil and to ensure that Certified Collections Centers are signed.
 SRCC will have a Used Tire collection program serving the greater Sacramento region to collect used tires that have been dumped on public property, assist in community tire amnesty events and provide outreach and education to consumers about how to dispose of tires.
 SRCC will have a beverage container recycling program focused on serving events and businesses, operating the SRCC recycling center, and providing education and outreach to the greater Sacramento region.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Knapp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629861249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and Multi-Family complexes. CCLB will expand  e waste collections and handling, by partnering  with local schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits. We will continue to work with our local jurisdictions, government agencies to expand our Tire collection events and out reach efforts as it relates to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kyle Kennedy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192355423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno EOC LCC will use funding from RCL 37 to continue services to businesses, school districts, and special events that were impacted by COVID-19. We will continue our collection of CRV beverage containers from schools, businesses, special events, etc, collect used tires through partnerships with local municipalities, collect e-waste from private residents and special collection events, and visit local CCC sites to ensure proper signage is posted for the disposal of used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Andrew Le</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>4154544554</x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties.
 Outreach and education will be provided to the public on why recycling is important
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma and Solano Counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.
 Used Oil filters will be be collected and recycled properly using an oil filter crusher.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Teresa Guzman</x:t>
   </x:si>
   <x:si>
     <x:t>5597324194</x:t>
   </x:si>
   <x:si>
     <x:t>The Sequoia Community Corps (SCC) provides conservation education and recycling services, including recycling CRV beverage containers, e-waste, used oil, and waste tires to our local communities.  Our services help ensure that local businesses and residents are conveniently and adequately recycling to ensure that we are diverting greenhouse gas emissions and utilizing our natural resources in the best way possible.  </x:t>
-  </x:si>
-[...46 lines deleted...]
-During FY 22-23, UCCIE will host a minimum of four oil education events in partnership through our Dockwalker Program in San Bernardino and Riverside Counties.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>The overall recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2022-23 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 100,000 lbs. of beverage container materials 
 • Schedule and participate in 15 community cleanup events
 Waste Tires
 GVCC will:
 • Conduct 15 community waste tire collection events, including community cleanups
 • Increase the number of Waste Tire Amnesty Collection events to 12
 E-Waste
 GVCC will:
 • Collect 260,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Organize 4 staff/corpsmembers E-waste Handling Procedure training events
 • Complete 15 offsite E-waste drop-off collection events
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 150 to 250 oil recycling kits to partners at various events and collection routes
 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Mountains Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gorin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCCIE was approved for a fund exchange between UCCIE and CCLB (Conservation Corps of Long Beach) of $200,000 with an even exchange decreasing our E-waste funds and increasing our Tire funds (see MOU in the documents).
+Reports and Evaluation:
+The Corps will collect, analyze, and report data using CalRecycle progress report templates at the end of each quarter.
+Education, Outreach and Marketing:
+During FY 22-23, UCC will train Corpsmembers to participate in outreach and recycling education programs at a minimum of 20 community events.
+Partnerships and Collaboration :
+By June 30, 2023, the SCMF-UCC will increase recycling-related partnerships and collaborations by 5%, compared to last year by evidence of recycling services activities log and partnership participation forms.
+Common Objectives :
+By June 30, 2023, UCC will expand on E-waste, beverage container, and waste tire recycling services at our San Bernardino and Indio facilities.
+Beverage Container:
+During FY 22-23, UCCIE will collect and recycle a minimum of 3% increase of beverage containers over the previous cycle, through BCRF routes and by participating in events in both Riverside and San Bernardino Counties.
+Waste Tires:
+During FY22-23, UCCIE will identify and clean up waste tires from San Bernardino and Riverside counties and increase tire clean-up by 3% over the previous cycle.
+E-waste:
+The Urban Conservation Corps will maintain E-waste collection at our current rate from the previous cycle with a goal of collecting 120,000 total volume, which is still an increase due to the reduced funding in this area. UCC will hold E-waste collection events each month during fiscal year 2022-2023 as measured by collection logs for E-waste.
+Our Corps will comply with DTSC approved Universal Waste (UW) Trainings.
+Used Oil:
+By June 30, 2023, UCC will perform all Certified Collection Signage Reviews provided by CalRecycle CCC priority list as measured by CCC signage review log.
+During FY 22-23, UCCIE will host a minimum of four oil education events in partnership through our Dockwalker Program in San Bernardino and Riverside Counties.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renee Podris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For reimbursement of Grant #RLC37 eligible expenses to include recycling, litter abatement programs and activities related to beverage containers, E-waste, waste tires, and used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In grant RLC37, the San Jose Conservation Corps and Charter School (SJCC+CS) will continue to build on the success of our zero waste programs in beverage containers, E-waste, waste tires, and used oil. 
+SJCC+CS’s Zero Waste Department will continue to expand, refine, and continuously develop new methods and models for achieving greater impact within each respective material fund, while simultaneously creating meaningful training and employment opportunities for our corps members. We will work collaboratively with local jurisdictions, private businesses, and other agencies to provide more education and outreach regarding beverage containers, E-Waste, used oil, and waste tires to our local community. 
+Please see below for a short summary on each of the material related projects that we are developing or engaging in: 
+Beverage Containers:
+SJCC+CS will renew partnerships and continue and grow our collection programs with the City of Sunnyvale and East Side Union High School District. We will also explore new opportunities for beverage container material collection by securing one or more additional contracts and piloting new models of collection. 
+E-Waste:
+SJCC+CS will continue to collect E-waste through regular curbside collection of residential material, weekly business E-waste collection routes, amnesty events, and special events in partnership with local haulers and municipalities. Additionally, we will pilot collection models for high-rise, multi-family dwellings. 
+Used Oil: 
+SJCC+CS will complete all Certified Collection Center signage reviews and outreach visits as assigned by CalRecycle. We will also initiate the DockWalker education and outreach program, through which we will to share information about clean boating, importance of caring for waterways, and proper used oil management with key target audiences.  
+Waste Tires:
+SJCC+CS will continue to collect waste tires from County and State parks, reservoirs, public lands, and open space hot-spots. We will host amnesty events and develop partnerships to increase waste tire collection. 
+The San Jose Conservation Corps and Charter School is looking forward to the continued program development and partnership with CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Liebmann</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056601984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The San Francisco Conservation Corps is a local conservation corps (LCC) that combines paid work experience with educational attainment and career readiness and job placement services for transitional aged youth 18-26. SFCC plans to utilize $1,853,285 in CalRecycle funds to recycle beverage containers, e-waste, waste tires, and to provide extensive public education around recycling used oil and recycling in general. The work will be carried out by SFCC's Corpsmembers and will be overseen by staff supervisors and program staff.</x:t>
   </x:si>
   <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Nora Dominguez</x:t>
   </x:si>
   <x:si>
     <x:t>6612014848</x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development employs youth ages 18-26 in a comprehensive youth development program that is certified annually by the California Conservation Corps as meeting Local Conservation Corps statutory requirements. Funds will be used for recycling operations related to beverage containers, e-waste, used oil, and waste tires in the Kern County area.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -514,51 +514,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b8b5bc752e45de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R57703d84ae834e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rebb04b97617e4074" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03186039bf2847dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra3cf407c0ea74faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8fd9181b3bfd4089" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -606,363 +606,363 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="402.46298217773438" customHeight="1" collapsed="0">
+    <x:row ht="1862.843994140625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>1853285</x:v>
+        <x:v>1853313</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.96694946289063" customHeight="1" collapsed="0">
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1862.843994140625" customHeight="1" collapsed="0">
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>1853313</x:v>
+        <x:v>1853285</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
+    <x:row ht="839.423583984375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row ht="482.967041015625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.42333984375" customHeight="1" collapsed="0">
+    <x:row ht="1391.38623046875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.94287109375" customHeight="1" collapsed="0">
+    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="1080.90673828125" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2046.8125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A16" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row ht="2046.8125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1080.908203125" customHeight="1" collapsed="0">
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.4560546875" customHeight="1" collapsed="0">
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
@@ -991,29 +991,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 24, 2026 10:42 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 1:52 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>