--- v5 (2026-03-07)
+++ v6 (2026-03-09)
@@ -1,370 +1,370 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd4f208da58c4e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bc9c2e7b18b408b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra3cf407c0ea74faf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8e3f54bcf7814554"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Conservation Corps Grant Program (RLC37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Knapp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629861249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and Multi-Family complexes. CCLB will expand  e waste collections and handling, by partnering  with local schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits. We will continue to work with our local jurisdictions, government agencies to expand our Tire collection events and out reach efforts as it relates to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno EOC LCC will use funding from RCL 37 to continue services to businesses, school districts, and special events that were impacted by COVID-19. We will continue our collection of CRV beverage containers from schools, businesses, special events, etc, collect used tires through partnerships with local municipalities, collect e-waste from private residents and special collection events, and visit local CCC sites to ensure proper signage is posted for the disposal of used oil.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Robert Skillman</x:t>
   </x:si>
   <x:si>
     <x:t>2132107620</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
     <x:t>The Los Angeles Conservation Corps will continue to carry out programs for Beverage Container, E-waste, Waste Tires and Used Oil during FY 2022-23. Our objectives are as follows:
 Under Beverage container grant, the Los Angeles Conservation Corps will: 
 1)Increase its collections of beverage containers by 4% overall compared to beverage collection number in FY 21-22 via collection routes and special events as measured by DORIIS/DR-6 collection logs. 
 2)Perform litter abatement services as measured by weight receipts from Recycling/Transfer Stations. 
 3)Perform open space litter abatement clean-up services on an as-needed basis.
 Under Waste Tire grant, the Los Angeles Conservation Corps will: 
 1) Take FY 21-22 totals and increase illegally dumped tire collections by 6% from Los Angeles area as measured by California Manifest Process Comprehensive Trip Log and Receipts forms. We will haul away and properly dispose of/recycle the tires. 
 2)Provide event/labor staff resources for collection/hauling waste tires in partnership with The City of Los Angeles 
 Under E-waste grant, the Los Angeles Conservation Corps will: 
 1) Take FY 21-22 totals and increase E-waste collections by 4% through collection routes/curbside events and drop off events as measured by collection logs and CEWIS reports. 
 2) Provide E-waste event/labor staff resources in partnership with local jurisdictions. 
 3) Provide educational/outreach/marketing for each E-waste collection event it conducts. 
 4) Partner with Homeboy Recycling to implement an internship for Corpsmembers interested in learning dismantling of E-waste. 
 Under used oil grant, the Los Angeles Conservation Corps will: 
 1) Conduct CCC signage inspections at assigned locations once a year within Los Angeles County as reported on site verification report. 
 2) Conduct survey and hand out boater kits under the Dockwalker Program.
 3) Provide outreach and canvasing service in support of LA County Public Works Used Oil Filter Exchange Events in FY 22-23</x:t>
   </x:si>
   <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Andrew Le</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Liebmann</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056601984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renee Podris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The San Francisco Conservation Corps is a local conservation corps (LCC) that combines paid work experience with educational attainment and career readiness and job placement services for transitional aged youth 18-26. SFCC plans to utilize $1,853,285 in CalRecycle funds to recycle beverage containers, e-waste, waste tires, and to provide extensive public education around recycling used oil and recycling in general. The work will be carried out by SFCC's Corpsmembers and will be overseen by staff supervisors and program staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In grant RLC37, the San Jose Conservation Corps and Charter School (SJCC+CS) will continue to build on the success of our zero waste programs in beverage containers, E-waste, waste tires, and used oil. 
+SJCC+CS’s Zero Waste Department will continue to expand, refine, and continuously develop new methods and models for achieving greater impact within each respective material fund, while simultaneously creating meaningful training and employment opportunities for our corps members. We will work collaboratively with local jurisdictions, private businesses, and other agencies to provide more education and outreach regarding beverage containers, E-Waste, used oil, and waste tires to our local community. 
+Please see below for a short summary on each of the material related projects that we are developing or engaging in: 
+Beverage Containers:
+SJCC+CS will renew partnerships and continue and grow our collection programs with the City of Sunnyvale and East Side Union High School District. We will also explore new opportunities for beverage container material collection by securing one or more additional contracts and piloting new models of collection. 
+E-Waste:
+SJCC+CS will continue to collect E-waste through regular curbside collection of residential material, weekly business E-waste collection routes, amnesty events, and special events in partnership with local haulers and municipalities. Additionally, we will pilot collection models for high-rise, multi-family dwellings. 
+Used Oil: 
+SJCC+CS will complete all Certified Collection Center signage reviews and outreach visits as assigned by CalRecycle. We will also initiate the DockWalker education and outreach program, through which we will to share information about clean boating, importance of caring for waterways, and proper used oil management with key target audiences.  
+Waste Tires:
+SJCC+CS will continue to collect waste tires from County and State parks, reservoirs, public lands, and open space hot-spots. We will host amnesty events and develop partnerships to increase waste tire collection. 
+The San Jose Conservation Corps and Charter School is looking forward to the continued program development and partnership with CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kyle Kennedy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192355423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento Regional Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Kala Dean</x:t>
   </x:si>
   <x:si>
     <x:t>9164176746</x:t>
   </x:si>
   <x:si>
     <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t>SRCC will have an E-waste collection program serving the greater Sacramento region to coordinate and collect E-waste from community partners and provide outreach and education to consumers of how to properly dispose of E-waste.
 SRCC will have a Used Oil program serving the greater Sacramento region to reduce the illegal dumping of used oil and to ensure that Certified Collections Centers are signed.
 SRCC will have a Used Tire collection program serving the greater Sacramento region to collect used tires that have been dumped on public property, assist in community tire amnesty events and provide outreach and education to consumers about how to dispose of tires.
 SRCC will have a beverage container recycling program focused on serving events and businesses, operating the SRCC recycling center, and providing education and outreach to the greater Sacramento region.</x:t>
-  </x:si>
-[...61 lines deleted...]
-    <x:t>Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>4154544554</x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties.
 Outreach and education will be provided to the public on why recycling is important
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma and Solano Counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.
 Used Oil filters will be be collected and recycled properly using an oil filter crusher.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Teresa Guzman</x:t>
   </x:si>
   <x:si>
     <x:t>5597324194</x:t>
   </x:si>
   <x:si>
     <x:t>The Sequoia Community Corps (SCC) provides conservation education and recycling services, including recycling CRV beverage containers, e-waste, used oil, and waste tires to our local communities.  Our services help ensure that local businesses and residents are conveniently and adequately recycling to ensure that we are diverting greenhouse gas emissions and utilizing our natural resources in the best way possible.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For reimbursement of Grant #RLC37 eligible expenses to include recycling, litter abatement programs and activities related to beverage containers, E-waste, waste tires, and used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Mountains Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gorin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCCIE was approved for a fund exchange between UCCIE and CCLB (Conservation Corps of Long Beach) of $200,000 with an even exchange decreasing our E-waste funds and increasing our Tire funds (see MOU in the documents).
+Reports and Evaluation:
+The Corps will collect, analyze, and report data using CalRecycle progress report templates at the end of each quarter.
+Education, Outreach and Marketing:
+During FY 22-23, UCC will train Corpsmembers to participate in outreach and recycling education programs at a minimum of 20 community events.
+Partnerships and Collaboration :
+By June 30, 2023, the SCMF-UCC will increase recycling-related partnerships and collaborations by 5%, compared to last year by evidence of recycling services activities log and partnership participation forms.
+Common Objectives :
+By June 30, 2023, UCC will expand on E-waste, beverage container, and waste tire recycling services at our San Bernardino and Indio facilities.
+Beverage Container:
+During FY 22-23, UCCIE will collect and recycle a minimum of 3% increase of beverage containers over the previous cycle, through BCRF routes and by participating in events in both Riverside and San Bernardino Counties.
+Waste Tires:
+During FY22-23, UCCIE will identify and clean up waste tires from San Bernardino and Riverside counties and increase tire clean-up by 3% over the previous cycle.
+E-waste:
+The Urban Conservation Corps will maintain E-waste collection at our current rate from the previous cycle with a goal of collecting 120,000 total volume, which is still an increase due to the reduced funding in this area. UCC will hold E-waste collection events each month during fiscal year 2022-2023 as measured by collection logs for E-waste.
+Our Corps will comply with DTSC approved Universal Waste (UW) Trainings.
+Used Oil:
+By June 30, 2023, UCC will perform all Certified Collection Signage Reviews provided by CalRecycle CCC priority list as measured by CCC signage review log.
+During FY 22-23, UCCIE will host a minimum of four oil education events in partnership through our Dockwalker Program in San Bernardino and Riverside Counties.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>The overall recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2022-23 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 100,000 lbs. of beverage container materials 
 • Schedule and participate in 15 community cleanup events
 Waste Tires
 GVCC will:
 • Conduct 15 community waste tire collection events, including community cleanups
 • Increase the number of Waste Tire Amnesty Collection events to 12
 E-Waste
 GVCC will:
 • Collect 260,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Organize 4 staff/corpsmembers E-waste Handling Procedure training events
 • Complete 15 offsite E-waste drop-off collection events
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 150 to 250 oil recycling kits to partners at various events and collection routes
 </x:t>
-  </x:si>
-[...90 lines deleted...]
-    <x:t>The San Francisco Conservation Corps is a local conservation corps (LCC) that combines paid work experience with educational attainment and career readiness and job placement services for transitional aged youth 18-26. SFCC plans to utilize $1,853,285 in CalRecycle funds to recycle beverage containers, e-waste, waste tires, and to provide extensive public education around recycling used oil and recycling in general. The work will be carried out by SFCC's Corpsmembers and will be overseen by staff supervisors and program staff.</x:t>
   </x:si>
   <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Nora Dominguez</x:t>
   </x:si>
   <x:si>
     <x:t>6612014848</x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development employs youth ages 18-26 in a comprehensive youth development program that is certified annually by the California Conservation Corps as meeting Local Conservation Corps statutory requirements. Funds will be used for recycling operations related to beverage containers, e-waste, used oil, and waste tires in the Kern County area.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -514,51 +514,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03186039bf2847dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra3cf407c0ea74faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8fd9181b3bfd4089" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5a19f62845d47ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8e3f54bcf7814554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb732314eab6f412e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -606,363 +606,363 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1862.843994140625" customHeight="1" collapsed="0">
+    <x:row ht="402.46298217773438" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>1853313</x:v>
+        <x:v>1853285</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+    <x:row ht="482.96694946289063" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+    <x:row ht="1862.843994140625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>1853285</x:v>
+        <x:v>1853313</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.423583984375" customHeight="1" collapsed="0">
+    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row ht="482.967041015625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2046.812744140625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1391.38623046875" customHeight="1" collapsed="0">
+    <x:row ht="839.42333984375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
+    <x:row ht="827.94287109375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="1080.90673828125" customHeight="1" collapsed="0">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1391.38623046875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="2046.8125" customHeight="1" collapsed="0">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.4873046875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row ht="2046.8125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="1080.908203125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+    <x:row ht="356.4560546875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>1853285</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
@@ -991,29 +991,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 1:52 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>