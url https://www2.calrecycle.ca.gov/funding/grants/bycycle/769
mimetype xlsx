--- v0 (2025-12-18)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca983ffdc5214d25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bf20720c8e444b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R721de4e232884e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R743f30d9876b41b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Co-Digestion Grant Program (COD1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -285,51 +285,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7098420fda9840bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R721de4e232884e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1776719d161c42f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red676d1360204849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R743f30d9876b41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5d37489297de40fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -537,29 +537,29 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 11:41 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>