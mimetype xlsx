--- v1 (2025-12-24)
+++ v2 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bf20720c8e444b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re174eae6e2bd40b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R743f30d9876b41b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ree904a33e9f24242"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Co-Digestion Grant Program (COD1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -285,51 +285,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red676d1360204849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R743f30d9876b41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5d37489297de40fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c337c887b68492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ree904a33e9f24242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2cf85762884f4053" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -537,29 +537,29 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:11 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>