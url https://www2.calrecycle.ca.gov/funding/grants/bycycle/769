--- v2 (2025-12-25)
+++ v3 (2026-02-10)
@@ -1,156 +1,156 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re174eae6e2bd40b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69cd9e00fe24744" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ree904a33e9f24242"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R569b5849d8d34732"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Co-Digestion Grant Program (COD1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oceanside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mabel Uyeda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604355819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mayette McDonald</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oceanside Food Waste Digester Capacity Development Project proposes installation of food waste receiving infrastructure and digester equipment for the co-digestion of food waste and food-soiled paper at the City’s San Luis Rey Wastewater Treatment Plant. The feedstock will be delivered via tanker truck as a pre-processed food waste slurry and digested in a retrofitted digester dedicated to food waste digestion. The project plans to dewater and compost the food waste digestate and use the biogas to produce electricity and recovered heat via a Combined Heat and Power (CHP) system. Grant funds would be used to help purchase food waste receiving equipment, a mixer to retrofit their digester as a dedicated food waste digester, boiler &amp; heat exchanger to heat the digester, expanded CHP system, and digestate dewatering screw press.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Central Marin Sanitation Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Joyce Cheung</x:t>
   </x:si>
   <x:si>
     <x:t>4154591455</x:t>
   </x:si>
   <x:si>
-    <x:t>Mayette McDonald</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Central Marin Sanitation Agency project proposes expanding their existing co-digestion operation through the construction of a new organic waste storage tank and upgrading of the biogas treatment system. The feedstock will be delivered via liquid tanker trucks as a pre-processed food waste slurry, will utilize new receiving station capacity to be built by this project, and will be co-digested in digesters with excess capacity. The project plans to dewater biosolids (to be sent for landfill Alternative Daily Cover, land application, or liquid fertilizer production) and use the biogas to produce electricity and recovered heat via a cogeneration system. Grant funds would be used to help fund personnel and construction costs and purchase of a new organic waste storage tank and mixing pump, feedstock screening system, and biogas treatment equipment of a heat exchanger and chillers.</x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo           </x:t>
   </x:si>
   <x:si>
     <x:t>Silicon Valley Clean Water</x:t>
   </x:si>
   <x:si>
     <x:t> Aniruddha Bhagwat</x:t>
   </x:si>
   <x:si>
     <x:t>6282544696</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Silicon Valley Clean Water project proposes installation of expanded food waste receiving infrastructure, including new liquid feedstock storage tanks, for the co-digestion of food waste at the Silicon Valley Clean Water Wastewater Treatment Plant. The feedstock will be delivered via tanker truck as a pre-processed food waste slurry and co-digested with incoming wastewater solids and fats, oils, and grease. Biogas from co-digestion will produce electricity and heat via a cogeneration system. The project plans to use both composting and pyrolysis to manage biosolids. Grant funds would be used to help fund personnel and construction costs and purchase of new food waste receiving equipment, including new liquid storage tanks and a mixing system.</x:t>
   </x:si>
   <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>Monterey One Water</x:t>
   </x:si>
   <x:si>
     <x:t> Yohana Vargas</x:t>
   </x:si>
   <x:si>
     <x:t>8318836182</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Monterey One Water project proposes installation of food waste receiving infrastructure and digester upgrades to facilitate the co-digestion of food waste. The feedstock will be delivered via tanker trucks as a pre-processed food waste slurry, further processed and polished to remove plastics and grit, and then co-digested with wastewater solids in digesters with upgraded, higher solids mixing systems. The project plans to use the biogas to produce electricity and recovered heat via the cogeneration system. Biosolids will be dewatered, and the applicant is working to identify non-landfill end management/uses for the biosolids. Grant funds would be used to help fund the purchase of a new food waste polishing system and mixing system to upgrade the digesters.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>Victor Valley Wastewater Reclamation Authority</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Xiwei Wang</x:t>
   </x:si>
   <x:si>
     <x:t>7605231782</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Victor Valley Wastewater Reclamation Authority project proposes installation of food waste receiving infrastructure, liquid slurry feedstock storage tanks, and an organics polishing system to expand the Wastewater Treatment Plant's co-digestion of food waste. The feedstock will be delivered via tanker trucks as a pre-processed food waste slurry, polished to remove plastic and grit contaminants, and then co-digested with wastewater sludge. The project will upgrade the biogas to Renewable Natural Gas and inject it into the Southwest Gas pipeline. Biosolids will be dewatered and dried and transported off-site for land application. Grant funds would be used to help fund engineering and construction, community outreach and education, grant administration, and the purchase of a new organics polishing system, receiving station infrastructure, and feedstock storage tanks.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oceanside Food Waste Digester Capacity Development Project proposes installation of food waste receiving infrastructure and digester equipment for the co-digestion of food waste and food-soiled paper at the City’s San Luis Rey Wastewater Treatment Plant. The feedstock will be delivered via tanker truck as a pre-processed food waste slurry and digested in a retrofitted digester dedicated to food waste digestion. The project plans to dewater and compost the food waste digestate and use the biogas to produce electricity and recovered heat via a Combined Heat and Power (CHP) system. Grant funds would be used to help purchase food waste receiving equipment, a mixer to retrofit their digester as a dedicated food waste digester, boiler &amp; heat exchanger to heat the digester, expanded CHP system, and digestate dewatering screw press.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -285,51 +285,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c337c887b68492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ree904a33e9f24242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2cf85762884f4053" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa2ab8fbdda04bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R569b5849d8d34732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3f679dcdb61f496c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -377,156 +377,156 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="850.93231201171875" customHeight="1" collapsed="0">
+    <x:row ht="827.94329833984375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>2577200</x:v>
+        <x:v>4233900</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
+    <x:row ht="850.9322509765625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>4000000</x:v>
+        <x:v>2577200</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
+    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>4218900</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.423583984375" customHeight="1" collapsed="0">
+    <x:row ht="747.439453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>3970000</x:v>
+        <x:v>4218900</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.943115234375" customHeight="1" collapsed="0">
+    <x:row ht="839.42333984375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>4233900</x:v>
+        <x:v>3970000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="10" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="10"/>
       <x:c r="D11" s="11" t="n">
         <x:v>19000000</x:v>
       </x:c>
@@ -537,29 +537,29 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:11 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 7:42 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>