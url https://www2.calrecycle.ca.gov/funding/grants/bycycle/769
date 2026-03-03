--- v3 (2026-02-10)
+++ v4 (2026-03-03)
@@ -1,156 +1,156 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69cd9e00fe24744" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b4fa0beda2744e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R569b5849d8d34732"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rca8bf04bd47f4e99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Co-Digestion Grant Program (COD1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Marin Sanitation Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joyce Cheung</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154591455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mayette McDonald</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Central Marin Sanitation Agency project proposes expanding their existing co-digestion operation through the construction of a new organic waste storage tank and upgrading of the biogas treatment system. The feedstock will be delivered via liquid tanker trucks as a pre-processed food waste slurry, will utilize new receiving station capacity to be built by this project, and will be co-digested in digesters with excess capacity. The project plans to dewater biosolids (to be sent for landfill Alternative Daily Cover, land application, or liquid fertilizer production) and use the biogas to produce electricity and recovered heat via a cogeneration system. Grant funds would be used to help fund personnel and construction costs and purchase of a new organic waste storage tank and mixing pump, feedstock screening system, and biogas treatment equipment of a heat exchanger and chillers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silicon Valley Clean Water</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Aniruddha Bhagwat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6282544696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Silicon Valley Clean Water project proposes installation of expanded food waste receiving infrastructure, including new liquid feedstock storage tanks, for the co-digestion of food waste at the Silicon Valley Clean Water Wastewater Treatment Plant. The feedstock will be delivered via tanker truck as a pre-processed food waste slurry and co-digested with incoming wastewater solids and fats, oils, and grease. Biogas from co-digestion will produce electricity and heat via a cogeneration system. The project plans to use both composting and pyrolysis to manage biosolids. Grant funds would be used to help fund personnel and construction costs and purchase of new food waste receiving equipment, including new liquid storage tanks and a mixing system.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey One Water</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yohana Vargas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8318836182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Monterey One Water project proposes installation of food waste receiving infrastructure and digester upgrades to facilitate the co-digestion of food waste. The feedstock will be delivered via tanker trucks as a pre-processed food waste slurry, further processed and polished to remove plastics and grit, and then co-digested with wastewater solids in digesters with upgraded, higher solids mixing systems. The project plans to use the biogas to produce electricity and recovered heat via the cogeneration system. Biosolids will be dewatered, and the applicant is working to identify non-landfill end management/uses for the biosolids. Grant funds would be used to help fund the purchase of a new food waste polishing system and mixing system to upgrade the digesters.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victor Valley Wastewater Reclamation Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Xiwei Wang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605231782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Victor Valley Wastewater Reclamation Authority project proposes installation of food waste receiving infrastructure, liquid slurry feedstock storage tanks, and an organics polishing system to expand the Wastewater Treatment Plant's co-digestion of food waste. The feedstock will be delivered via tanker trucks as a pre-processed food waste slurry, polished to remove plastic and grit contaminants, and then co-digested with wastewater sludge. The project will upgrade the biogas to Renewable Natural Gas and inject it into the Southwest Gas pipeline. Biosolids will be dewatered and dried and transported off-site for land application. Grant funds would be used to help fund engineering and construction, community outreach and education, grant administration, and the purchase of a new organics polishing system, receiving station infrastructure, and feedstock storage tanks.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Oceanside</x:t>
   </x:si>
   <x:si>
     <x:t> Mabel Uyeda</x:t>
   </x:si>
   <x:si>
     <x:t>7604355819</x:t>
   </x:si>
   <x:si>
-    <x:t>Mayette McDonald</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oceanside Food Waste Digester Capacity Development Project proposes installation of food waste receiving infrastructure and digester equipment for the co-digestion of food waste and food-soiled paper at the City’s San Luis Rey Wastewater Treatment Plant. The feedstock will be delivered via tanker truck as a pre-processed food waste slurry and digested in a retrofitted digester dedicated to food waste digestion. The project plans to dewater and compost the food waste digestate and use the biogas to produce electricity and recovered heat via a Combined Heat and Power (CHP) system. Grant funds would be used to help purchase food waste receiving equipment, a mixer to retrofit their digester as a dedicated food waste digester, boiler &amp; heat exchanger to heat the digester, expanded CHP system, and digestate dewatering screw press.</x:t>
-  </x:si>
-[...58 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Victor Valley Wastewater Reclamation Authority project proposes installation of food waste receiving infrastructure, liquid slurry feedstock storage tanks, and an organics polishing system to expand the Wastewater Treatment Plant's co-digestion of food waste. The feedstock will be delivered via tanker trucks as a pre-processed food waste slurry, polished to remove plastic and grit contaminants, and then co-digested with wastewater sludge. The project will upgrade the biogas to Renewable Natural Gas and inject it into the Southwest Gas pipeline. Biosolids will be dewatered and dried and transported off-site for land application. Grant funds would be used to help fund engineering and construction, community outreach and education, grant administration, and the purchase of a new organics polishing system, receiving station infrastructure, and feedstock storage tanks.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -285,51 +285,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa2ab8fbdda04bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R569b5849d8d34732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3f679dcdb61f496c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R972e49b12c6448ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rca8bf04bd47f4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R91b36d8fa3554605" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -377,156 +377,156 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.94329833984375" customHeight="1" collapsed="0">
+    <x:row ht="850.93231201171875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>4233900</x:v>
+        <x:v>2577200</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="850.9322509765625" customHeight="1" collapsed="0">
+    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>2577200</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
+    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>4000000</x:v>
+        <x:v>4218900</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.439453125" customHeight="1" collapsed="0">
+    <x:row ht="839.423583984375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>4218900</x:v>
+        <x:v>3970000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.42333984375" customHeight="1" collapsed="0">
+    <x:row ht="827.943115234375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>3970000</x:v>
+        <x:v>4233900</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="10" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="10"/>
       <x:c r="D11" s="11" t="n">
         <x:v>19000000</x:v>
       </x:c>
@@ -537,29 +537,29 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 7:42 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 2, 2026 5:51 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>