--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,377 +1,377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4a46391ad2f48e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f06cda82d5243d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R02ccec02ec274bb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R71431777cc1b4716"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Household Hazardous Waste Discretionary Grants (HD39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>El Dorado           </x:t>
-[...8 lines deleted...]
-    <x:t>5306216656</x:t>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Citrus Heights</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164464744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashraf Batavia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Citrus Heights will conduct public outreach and education to its residents about the importance of proper disposal of hazardous household wastes (HHW) and of the availability to dispose of HHW at the permanent collection site located on Roseville Road in Sacramento. The project will educate residents about the acceptable and non-acceptable HHW items, proper HHW handling and transportation, and facility location and hours. Outreach tools will include door hangers, social media, newspaper advertising, and/or social media.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joanne Brasch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167063420</x:t>
   </x:si>
   <x:si>
     <x:t>Akemi Myers</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds from HD 39 will be used by the EDC EMD HHW program to promote awareness of the HHW program, aide in the collection of HHW, and provide PPE to HHW employees.</x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. This project includes source reduction and collection of marine flares. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases. This project includes at least one temporary one-day collection event for marine flares.  The event will be well publicized in the boating community and at popular destinations to encourage greater resident participation.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...28 lines deleted...]
-    <x:t>6692361059</x:t>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Carlos Duque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273299</x:t>
   </x:si>
   <x:si>
     <x:t>Daniel Dixon</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: REMOVE 9,890 SF. OF DIRT AND FORM, POUR 5” CONCRETE 6 SACK MIX, WITH BASE ROCK, REBAR’S ½ INCH, BROOM FINISH AND CONCRETE PUMP.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Galt</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rebecca Dymond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093667277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Galt proposes to hire a household hazardous waste disposal company to hold three annual mobile HHW collection events for City of Galt residents. Holding these events locally will enable us to provide additional, safer, and more convenient access to HHW recycling to our community. The City has researched several companies to assist with HHW recycling events and we are ready to move forward once grant funds are approved. 
+A primary focus of our project will be on education and outreach to the public on how to safely dispose of HHW, reducing the impact of such waste on the environment as well as risk of fire, and protecting solid waste employees from potential injuries caused from HHW products. We will promote our annual HHW collection events as well as programs currently in place.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kolton Pacheco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Modesto will hold promotional collection events quarterly partnering with local businesses to collect household hazardous waste and provide educational material to residential customers on proper recycling and disposal options as well as reuse ideas.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oceanside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ken Prue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604355942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jayme Tesser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. This project includes source reduction and collection of marine flares. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases. This project includes at least one temporary one-day collection event for marine flares.  The event will be well publicized in the boating community and at popular destinations to encourage greater resident participation.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Oroville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of Oroville is requesting grant funds to make minor improvements to our existing HHW facility and establish the communities HHW education and outreach program. Grant funds will be utilized to purchase and install a new Dry Chemical Suppression Safety System, new concrete pad, an oil filter crusher, PPE, and small tools.   Additional funds will be utilized to develop a HHW training guide and a P.S.A TV commercial on how to properly handle, store, transport and dispose of HHW in our community.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Town of Paradise</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>5306247947</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Town of Paradise is requesting grant funds to help reestablish the community's HHW collection program that was shut down due to the Camp Fire.  Grant funds will be utilized to hold one-day collection events and update and distribute their HHW outreach and education campaign. The events will be held twice per year with the outreach and education continuing throughout the year. 
 Specifically grant funds will be used to:
 1.  Set up and and operate temporary one-day collection events for common HHW materials (pesticides and herbicides, household chemicals, paint and paint thinners, fluorescent tubes up to 4', expired pharmaceuticals, and Sharps). 
 2. Purchase PPE for the event.
 3. HAZWOPER refresher training for onsite management.
 4. Support Paradise's current HHW education program by updating and expanding the Town's education and outreach efforts with new brochures and training guides and to run a T.V. commercial aimed at increasing public awareness on local disposal options and proper transportation techniques for HHW items.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste).  Outreach such as postcards and local newspaper advertisements have proven the most effective way to promote HHW/E-Waste collection events in communities with historically low participation.</x:t>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Elia Zavala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317753010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project would allow Salinas Valley Solid Waste Authority to partner with Clean Earth to provide full household hazardous waste (HHW) collection services to SVSWA's southern and northern rural residents. It is estimated that three (3) one-day mobile collection events could be held, providing residents in these communities local access to free disposal of their household hazardous materials.  One mobile collection event would be held in north Monterey County in the Pajaro area, a disadvantaged community in accordance with CalEnviroScreen 4.0.  The other two events would be held in southern Monterey County, one in the unincorporated Lockwood area and the other in King City.  The collection events would be held in collaboration with Waste Management, the local hauler, and the respective communities for outreach and advertising.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Skillen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308428272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County of Siskiyou would like to contract a service provider to hold temporary HHW collection events throughout a geographically large area to services as many rural households as possible. Grant funds will also be used for public awareness materials including radio, newspaper, and online advertisements both to notify and educate the public.</x:t>
   </x:si>
   <x:si>
     <x:t>Napa                </x:t>
   </x:si>
   <x:si>
     <x:t>City of American Canyon</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of American Canyon is requesting grant funds to establish the communities HHW education and outreach program and promote our Curb Side Used Motor Oil / E-waste Program. American Canyon's current outreach efforts for local HHW programs has been limited to our franchise waste haulers website.  And our Curb Side Used Motor Oil Program is under promoted and underutilized.
 Grant funds will be utilized to:
 1. Design and produce, downloadable HHW brochures and guides that will be available on the City's website.
 2. Develop and produce two  T.V. ads on a.) how to properly store, transport, and dispose of HHW in the community and b). how to participate in the City's Curbside Used Motor Oil / E-waste Program; that will then be aired continuously for one year.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Oroville</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>City of Rancho Cordova</x:t>
   </x:si>
   <x:si>
-    <x:t> Shawn Campbell</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will educate City of Rancho Cordova residents of the available permanent HHW collection sites in order to increase usage of those sites and decrease improper disposal of HHW in the City. In order to reach the 73,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include door hangers, bill inserts, newspaper advertising, and social media. We will augment these outreach tasks with relevant City-connected web platforms. The residents of Rancho Cordova have four permanent facilities in the region available for them to dispose of HHW: The Kiefer Landfill, The North Area Recovery Station (NARS), the Sacramento Recycling and Transfer Station, and the Special Waste Collection Center in Elk Grove.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Citrus Heights</x:t>
-[...2 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Citrus Heights will conduct public outreach and education to its residents about the importance of proper disposal of hazardous household wastes (HHW) and of the availability to dispose of HHW at the permanent collection site located on Roseville Road in Sacramento. The project will educate residents about the acceptable and non-acceptable HHW items, proper HHW handling and transportation, and facility location and hours. Outreach tools will include door hangers, social media, newspaper advertising, and/or social media.</x:t>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Curiel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692361059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: REMOVE 9,890 SF. OF DIRT AND FORM, POUR 5” CONCRETE 6 SACK MIX, WITH BASE ROCK, REBAR’S ½ INCH, BROOM FINISH AND CONCRETE PUMP.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Roxy Montalvo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586942456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: San Diego County Department of Environmental Health and Quality's household hazardous waste (HHW) program proposes to purchase a new, fully dedicated forklift (facility improvement) for our permanent HHW collection facility in Ramona.  The forklift will only be used at this location and will only be used for HHW services.  It will be left onsite in a secure location when the facility is not active.  San Diego County also proposes to update and print our informative HHW guide (in English and Spanish) and produce additional outreach materials such as business cards with QR codes linking to our website, hotline, guide and database and other brochures/materials as needed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Boom Phouthavong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant fund will be used to conduct one-day, temporary collection events in underserved communities.  </x:t>
   </x:si>
   <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>Alameda County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Erin Armstrong</x:t>
   </x:si>
   <x:si>
     <x:t>5102723691</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Alameda County (regional grant application) applies for HD35 grant funds an HHW public education campaign. The concept is to provide consumers the information they need to make educated decision regarding use and disposal of HHW, why it's important to not dump unwanted HHW, and how they and the community benefit from proper HHW disposal.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Elk Grove</x:t>
-[...8 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders.</x:t>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Aron Faria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds from HD 39 will be used by the EDC EMD HHW program to promote awareness of the HHW program, aide in the collection of HHW, and provide PPE to HHW employees.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Fire Protection District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alejandra Rojas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093825503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The San Bernardino County Household Hazardous Waste Program (Program) consists of 14 PHHWCF’s operating throughout the County on different days of the week, and 1 Central Facility in the City of San Bernardino. San Bernardino County residents can dispose of HHW in any of our collection sites 7 days a week and at least one site is guaranteed to be open for County residents.
+In addition to the permanent locations, San Bernardino County also provides services to under served populations that are in County pockets and do not have a permanent HHW facility nearby. Communities such as Helendale, Lucerne Valley, Phelan and Wrightwood are unincorporated areas of the County where we provide 1-day collections of all HHW to ensure that those residents have an approved place to dispose of their accumulated household hazardous waste. 
+Grant funds will be used to set-up, advertise and operate these 1-day collections throughout the County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francisca Mandujano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste).  Outreach such as postcards and local newspaper advertisements have proven the most effective way to promote HHW/E-Waste collection events in communities with historically low participation.</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>Riverside County</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs. Lisa Thompson</x:t>
   </x:si>
   <x:si>
     <x:t>9514863200</x:t>
   </x:si>
   <x:si>
     <x:t>Annabel Farrall</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are an important product on the market, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the county. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders.</x:t>
-  </x:si>
-[...71 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Modesto will hold promotional collection events quarterly partnering with local businesses to collect household hazardous waste and provide educational material to residential customers on proper recycling and disposal options as well as reuse ideas.</x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma County Waste Management Agency d.b.a. Zero Waste Sonoma</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Courtney Scott</x:t>
   </x:si>
   <x:si>
     <x:t>7078880476</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sonoma County Waste Management Agency (aka Zero Waste Sonoma) seeks to provide solar panel recycling options for Sonoma County residents. We wish to create a pilot project to 1) host one to six solar panel temporary collection events to residents and send the panels for recycling or reuse, 2) collect data to establish a baseline that will be used to create a permanent solar panel collection program, and 3) find and partner with entities that can take reusable solar panels for reuse.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 21</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -521,51 +521,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91e946b3c1914325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R02ccec02ec274bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4a61f0868502414b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1607aa33f35a4673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71431777cc1b4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4df5b835bd5c4239" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -613,549 +613,549 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.97479248046875" customHeight="1" collapsed="0">
+    <x:row ht="551.96221923828125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>83700</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.48818969726563" customHeight="1" collapsed="0">
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
+    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="781.9368896484375" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>46890</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+    </x:row>
+    <x:row ht="321.959228515625" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+    </x:row>
+    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1046.4091796875" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.92578125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>13954</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G16" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+    </x:row>
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B18" s="8" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G18" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+    </x:row>
+    <x:row ht="655.45556640625" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+    </x:row>
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G20" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+    </x:row>
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
+      <x:c r="B21" s="8" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="B22" s="8" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>83700</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+    </x:row>
+    <x:row ht="931.408203125" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
+      <x:c r="B23" s="8" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>13954</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G23" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="G23" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H23" s="8" t="s">
+      <x:c r="B24" s="8" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>46890</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+      <x:c r="G24" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A25" s="8" t="s">
+      <x:c r="B25" s="8" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row ht="471.4580078125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B27" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="10"/>
       <x:c r="D27" s="11" t="n">
         <x:v>1294544</x:v>
       </x:c>
       <x:c r="E27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -1173,29 +1173,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 1:17 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:39 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>