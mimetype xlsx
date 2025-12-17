--- v1 (2025-12-16)
+++ v2 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f06cda82d5243d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75cccc4bca314cfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R71431777cc1b4716"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R057a8c6f11d14484"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Household Hazardous Waste Discretionary Grants (HD39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -521,51 +521,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1607aa33f35a4673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71431777cc1b4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4df5b835bd5c4239" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41a38688197b4269" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R057a8c6f11d14484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R64e941f6e4d048a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1173,29 +1173,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:39 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>