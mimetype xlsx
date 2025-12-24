--- v2 (2025-12-17)
+++ v3 (2025-12-24)
@@ -1,377 +1,377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75cccc4bca314cfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf130757985b84b29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R057a8c6f11d14484"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc065629ef35244ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Household Hazardous Waste Discretionary Grants (HD39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...8 lines deleted...]
-    <x:t>9164464744</x:t>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Aron Faria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds from HD 39 will be used by the EDC EMD HHW program to promote awareness of the HHW program, aide in the collection of HHW, and provide PPE to HHW employees.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Boom Phouthavong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757811</x:t>
   </x:si>
   <x:si>
     <x:t>Ashraf Batavia</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Citrus Heights will conduct public outreach and education to its residents about the importance of proper disposal of hazardous household wastes (HHW) and of the availability to dispose of HHW at the permanent collection site located on Roseville Road in Sacramento. The project will educate residents about the acceptable and non-acceptable HHW items, proper HHW handling and transportation, and facility location and hours. Outreach tools will include door hangers, social media, newspaper advertising, and/or social media.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant fund will be used to conduct one-day, temporary collection events in underserved communities.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Elia Zavala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317753010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project would allow Salinas Valley Solid Waste Authority to partner with Clean Earth to provide full household hazardous waste (HHW) collection services to SVSWA's southern and northern rural residents. It is estimated that three (3) one-day mobile collection events could be held, providing residents in these communities local access to free disposal of their household hazardous materials.  One mobile collection event would be held in north Monterey County in the Pajaro area, a disadvantaged community in accordance with CalEnviroScreen 4.0.  The other two events would be held in southern Monterey County, one in the unincorporated Lockwood area and the other in King City.  The collection events would be held in collaboration with Waste Management, the local hauler, and the respective communities for outreach and advertising.</x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte Solid Waste Management Authority</x:t>
   </x:si>
   <x:si>
     <x:t> Joanne Brasch</x:t>
   </x:si>
   <x:si>
     <x:t>9167063420</x:t>
   </x:si>
   <x:si>
-    <x:t>Akemi Myers</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. This project includes source reduction and collection of marine flares. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases. This project includes at least one temporary one-day collection event for marine flares.  The event will be well publicized in the boating community and at popular destinations to encourage greater resident participation.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Elk Grove</x:t>
-[...5 lines deleted...]
-    <x:t>9166273299</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Fire Protection District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alejandra Rojas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093825503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The San Bernardino County Household Hazardous Waste Program (Program) consists of 14 PHHWCF’s operating throughout the County on different days of the week, and 1 Central Facility in the City of San Bernardino. San Bernardino County residents can dispose of HHW in any of our collection sites 7 days a week and at least one site is guaranteed to be open for County residents.
+In addition to the permanent locations, San Bernardino County also provides services to under served populations that are in County pockets and do not have a permanent HHW facility nearby. Communities such as Helendale, Lucerne Valley, Phelan and Wrightwood are unincorporated areas of the County where we provide 1-day collections of all HHW to ensure that those residents have an approved place to dispose of their accumulated household hazardous waste. 
+Grant funds will be used to set-up, advertise and operate these 1-day collections throughout the County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Curiel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692361059</x:t>
   </x:si>
   <x:si>
     <x:t>Daniel Dixon</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders.</x:t>
-[...45 lines deleted...]
-    <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. This project includes source reduction and collection of marine flares. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases. This project includes at least one temporary one-day collection event for marine flares.  The event will be well publicized in the boating community and at popular destinations to encourage greater resident participation.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: REMOVE 9,890 SF. OF DIRT AND FORM, POUR 5” CONCRETE 6 SACK MIX, WITH BASE ROCK, REBAR’S ½ INCH, BROOM FINISH AND CONCRETE PUMP.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Oroville</x:t>
+    <x:t>Town of Paradise</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Arbuckle</x:t>
   </x:si>
   <x:si>
     <x:t>5306247947</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Town of Paradise</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Town of Paradise is requesting grant funds to help reestablish the community's HHW collection program that was shut down due to the Camp Fire.  Grant funds will be utilized to hold one-day collection events and update and distribute their HHW outreach and education campaign. The events will be held twice per year with the outreach and education continuing throughout the year. 
 Specifically grant funds will be used to:
 1.  Set up and and operate temporary one-day collection events for common HHW materials (pesticides and herbicides, household chemicals, paint and paint thinners, fluorescent tubes up to 4', expired pharmaceuticals, and Sharps). 
 2. Purchase PPE for the event.
 3. HAZWOPER refresher training for onsite management.
 4. Support Paradise's current HHW education program by updating and expanding the Town's education and outreach efforts with new brochures and training guides and to run a T.V. commercial aimed at increasing public awareness on local disposal options and proper transportation techniques for HHW items.</x:t>
   </x:si>
   <x:si>
-    <x:t>Monterey            </x:t>
-[...29 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County of Siskiyou would like to contract a service provider to hold temporary HHW collection events throughout a geographically large area to services as many rural households as possible. Grant funds will also be used for public awareness materials including radio, newspaper, and online advertisements both to notify and educate the public.</x:t>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francisca Mandujano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste).  Outreach such as postcards and local newspaper advertisements have proven the most effective way to promote HHW/E-Waste collection events in communities with historically low participation.</x:t>
   </x:si>
   <x:si>
     <x:t>Napa                </x:t>
   </x:si>
   <x:si>
     <x:t>City of American Canyon</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of American Canyon is requesting grant funds to establish the communities HHW education and outreach program and promote our Curb Side Used Motor Oil / E-waste Program. American Canyon's current outreach efforts for local HHW programs has been limited to our franchise waste haulers website.  And our Curb Side Used Motor Oil Program is under promoted and underutilized.
 Grant funds will be utilized to:
 1. Design and produce, downloadable HHW brochures and guides that will be available on the City's website.
 2. Develop and produce two  T.V. ads on a.) how to properly store, transport, and dispose of HHW in the community and b). how to participate in the City's Curbside Used Motor Oil / E-waste Program; that will then be aired continuously for one year.</x:t>
   </x:si>
   <x:si>
+    <x:t>City of Oroville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of Oroville is requesting grant funds to make minor improvements to our existing HHW facility and establish the communities HHW education and outreach program. Grant funds will be utilized to purchase and install a new Dry Chemical Suppression Safety System, new concrete pad, an oil filter crusher, PPE, and small tools.   Additional funds will be utilized to develop a HHW training guide and a P.S.A TV commercial on how to properly handle, store, transport and dispose of HHW in our community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Rancho Cordova</x:t>
   </x:si>
   <x:si>
+    <x:t> Shawn Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164464744</x:t>
+  </x:si>
+  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will educate City of Rancho Cordova residents of the available permanent HHW collection sites in order to increase usage of those sites and decrease improper disposal of HHW in the City. In order to reach the 73,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include door hangers, bill inserts, newspaper advertising, and social media. We will augment these outreach tasks with relevant City-connected web platforms. The residents of Rancho Cordova have four permanent facilities in the region available for them to dispose of HHW: The Kiefer Landfill, The North Area Recovery Station (NARS), the Sacramento Recycling and Transfer Station, and the Special Waste Collection Center in Elk Grove.</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Clara         </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: REMOVE 9,890 SF. OF DIRT AND FORM, POUR 5” CONCRETE 6 SACK MIX, WITH BASE ROCK, REBAR’S ½ INCH, BROOM FINISH AND CONCRETE PUMP.</x:t>
+    <x:t>City of Citrus Heights</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Citrus Heights will conduct public outreach and education to its residents about the importance of proper disposal of hazardous household wastes (HHW) and of the availability to dispose of HHW at the permanent collection site located on Roseville Road in Sacramento. The project will educate residents about the acceptable and non-acceptable HHW items, proper HHW handling and transportation, and facility location and hours. Outreach tools will include door hangers, social media, newspaper advertising, and/or social media.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Erin Armstrong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102723691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Alameda County (regional grant application) applies for HD35 grant funds an HHW public education campaign. The concept is to provide consumers the information they need to make educated decision regarding use and disposal of HHW, why it's important to not dump unwanted HHW, and how they and the community benefit from proper HHW disposal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Carlos Duque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Lisa Thompson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are an important product on the market, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the county. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>San Diego County</x:t>
   </x:si>
   <x:si>
     <x:t> Roxy Montalvo</x:t>
   </x:si>
   <x:si>
     <x:t>8586942456</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: San Diego County Department of Environmental Health and Quality's household hazardous waste (HHW) program proposes to purchase a new, fully dedicated forklift (facility improvement) for our permanent HHW collection facility in Ramona.  The forklift will only be used at this location and will only be used for HHW services.  It will be left onsite in a secure location when the facility is not active.  San Diego County also proposes to update and print our informative HHW guide (in English and Spanish) and produce additional outreach materials such as business cards with QR codes linking to our website, hotline, guide and database and other brochures/materials as needed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Madera              </x:t>
-[...94 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are an important product on the market, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the county. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders.</x:t>
+    <x:t>City of Oceanside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ken Prue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604355942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jayme Tesser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. This project includes source reduction and collection of marine flares. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases. This project includes at least one temporary one-day collection event for marine flares.  The event will be well publicized in the boating community and at popular destinations to encourage greater resident participation.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Skillen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308428272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County of Siskiyou would like to contract a service provider to hold temporary HHW collection events throughout a geographically large area to services as many rural households as possible. Grant funds will also be used for public awareness materials including radio, newspaper, and online advertisements both to notify and educate the public.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Galt</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rebecca Dymond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093667277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Galt proposes to hire a household hazardous waste disposal company to hold three annual mobile HHW collection events for City of Galt residents. Holding these events locally will enable us to provide additional, safer, and more convenient access to HHW recycling to our community. The City has researched several companies to assist with HHW recycling events and we are ready to move forward once grant funds are approved. 
+A primary focus of our project will be on education and outreach to the public on how to safely dispose of HHW, reducing the impact of such waste on the environment as well as risk of fire, and protecting solid waste employees from potential injuries caused from HHW products. We will promote our annual HHW collection events as well as programs currently in place.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kolton Pacheco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Modesto will hold promotional collection events quarterly partnering with local businesses to collect household hazardous waste and provide educational material to residential customers on proper recycling and disposal options as well as reuse ideas.</x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma County Waste Management Agency d.b.a. Zero Waste Sonoma</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Courtney Scott</x:t>
   </x:si>
   <x:si>
     <x:t>7078880476</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sonoma County Waste Management Agency (aka Zero Waste Sonoma) seeks to provide solar panel recycling options for Sonoma County residents. We wish to create a pilot project to 1) host one to six solar panel temporary collection events to residents and send the panels for recycling or reuse, 2) collect data to establish a baseline that will be used to create a permanent solar panel collection program, and 3) find and partner with entities that can take reusable solar panels for reuse.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 21</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -521,51 +521,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41a38688197b4269" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R057a8c6f11d14484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R64e941f6e4d048a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cb840bd75044dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc065629ef35244ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8609ee1eaeb847ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -613,549 +613,549 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="551.96221923828125" customHeight="1" collapsed="0">
+    <x:row ht="229.97479248046875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>83700</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
+    <x:row ht="172.48818969726563" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
+    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9368896484375" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>46890</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.959228515625" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="931.4078369140625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974853515625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>41</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1046.40966796875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>46</x:v>
-[...2 lines deleted...]
-    <x:row ht="1046.4091796875" customHeight="1" collapsed="0">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>48</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.92578125" customHeight="1" collapsed="0">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>13954</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.96240234375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>12</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>13</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-    <x:row ht="655.45556640625" customHeight="1" collapsed="0">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.4482421875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4384765625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.455078125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.453125" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...9 lines deleted...]
-      </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>83700</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-    <x:row ht="931.408203125" customHeight="1" collapsed="0">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>13954</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>46890</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4375" customHeight="1" collapsed="0">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row ht="471.4580078125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B27" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="10"/>
       <x:c r="D27" s="11" t="n">
         <x:v>1294544</x:v>
       </x:c>
       <x:c r="E27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -1173,29 +1173,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>