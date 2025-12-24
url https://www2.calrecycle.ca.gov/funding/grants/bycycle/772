--- v3 (2025-12-24)
+++ v4 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf130757985b84b29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41bf277895574fa4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc065629ef35244ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R12e52d93022b4d6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Household Hazardous Waste Discretionary Grants (HD39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -521,51 +521,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cb840bd75044dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc065629ef35244ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8609ee1eaeb847ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc88144884154bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R12e52d93022b4d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R80bd59d279524d19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1173,29 +1173,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:31 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>