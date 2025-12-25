--- v4 (2025-12-24)
+++ v5 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41bf277895574fa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf857adf9758b498f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R12e52d93022b4d6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0dfe26b9cedc4b93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Household Hazardous Waste Discretionary Grants (HD39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -521,51 +521,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc88144884154bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R12e52d93022b4d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R80bd59d279524d19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb5fca39247740b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0dfe26b9cedc4b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf495f69332254fc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1173,29 +1173,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:09 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>