--- v5 (2025-12-25)
+++ v6 (2026-01-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf857adf9758b498f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64670636dd664f85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0dfe26b9cedc4b93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcfbff552e1aa460a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Household Hazardous Waste Discretionary Grants (HD39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -521,51 +521,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb5fca39247740b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0dfe26b9cedc4b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf495f69332254fc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62b6221aefd14c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcfbff552e1aa460a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd2338d213b084cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1173,29 +1173,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:09 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 24, 2026 7:17 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>