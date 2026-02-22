--- v6 (2026-01-24)
+++ v7 (2026-02-22)
@@ -1,377 +1,377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64670636dd664f85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab01f6bd38742ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcfbff552e1aa460a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R958df29e184c4b75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Household Hazardous Waste Discretionary Grants (HD39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>El Dorado           </x:t>
-[...8 lines deleted...]
-    <x:t>5306216656</x:t>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Citrus Heights</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164464744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashraf Batavia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Citrus Heights will conduct public outreach and education to its residents about the importance of proper disposal of hazardous household wastes (HHW) and of the availability to dispose of HHW at the permanent collection site located on Roseville Road in Sacramento. The project will educate residents about the acceptable and non-acceptable HHW items, proper HHW handling and transportation, and facility location and hours. Outreach tools will include door hangers, social media, newspaper advertising, and/or social media.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joanne Brasch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167063420</x:t>
   </x:si>
   <x:si>
     <x:t>Akemi Myers</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds from HD 39 will be used by the EDC EMD HHW program to promote awareness of the HHW program, aide in the collection of HHW, and provide PPE to HHW employees.</x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. This project includes source reduction and collection of marine flares. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases. This project includes at least one temporary one-day collection event for marine flares.  The event will be well publicized in the boating community and at popular destinations to encourage greater resident participation.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...28 lines deleted...]
-    <x:t>6692361059</x:t>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Carlos Duque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273299</x:t>
   </x:si>
   <x:si>
     <x:t>Daniel Dixon</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: REMOVE 9,890 SF. OF DIRT AND FORM, POUR 5” CONCRETE 6 SACK MIX, WITH BASE ROCK, REBAR’S ½ INCH, BROOM FINISH AND CONCRETE PUMP.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Galt</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rebecca Dymond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093667277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Galt proposes to hire a household hazardous waste disposal company to hold three annual mobile HHW collection events for City of Galt residents. Holding these events locally will enable us to provide additional, safer, and more convenient access to HHW recycling to our community. The City has researched several companies to assist with HHW recycling events and we are ready to move forward once grant funds are approved. 
+A primary focus of our project will be on education and outreach to the public on how to safely dispose of HHW, reducing the impact of such waste on the environment as well as risk of fire, and protecting solid waste employees from potential injuries caused from HHW products. We will promote our annual HHW collection events as well as programs currently in place.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kolton Pacheco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Modesto will hold promotional collection events quarterly partnering with local businesses to collect household hazardous waste and provide educational material to residential customers on proper recycling and disposal options as well as reuse ideas.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oceanside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ken Prue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604355942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jayme Tesser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. This project includes source reduction and collection of marine flares. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases. This project includes at least one temporary one-day collection event for marine flares.  The event will be well publicized in the boating community and at popular destinations to encourage greater resident participation.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Oroville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of Oroville is requesting grant funds to make minor improvements to our existing HHW facility and establish the communities HHW education and outreach program. Grant funds will be utilized to purchase and install a new Dry Chemical Suppression Safety System, new concrete pad, an oil filter crusher, PPE, and small tools.   Additional funds will be utilized to develop a HHW training guide and a P.S.A TV commercial on how to properly handle, store, transport and dispose of HHW in our community.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Town of Paradise</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>5306247947</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Town of Paradise is requesting grant funds to help reestablish the community's HHW collection program that was shut down due to the Camp Fire.  Grant funds will be utilized to hold one-day collection events and update and distribute their HHW outreach and education campaign. The events will be held twice per year with the outreach and education continuing throughout the year. 
 Specifically grant funds will be used to:
 1.  Set up and and operate temporary one-day collection events for common HHW materials (pesticides and herbicides, household chemicals, paint and paint thinners, fluorescent tubes up to 4', expired pharmaceuticals, and Sharps). 
 2. Purchase PPE for the event.
 3. HAZWOPER refresher training for onsite management.
 4. Support Paradise's current HHW education program by updating and expanding the Town's education and outreach efforts with new brochures and training guides and to run a T.V. commercial aimed at increasing public awareness on local disposal options and proper transportation techniques for HHW items.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste).  Outreach such as postcards and local newspaper advertisements have proven the most effective way to promote HHW/E-Waste collection events in communities with historically low participation.</x:t>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Elia Zavala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317753010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project would allow Salinas Valley Solid Waste Authority to partner with Clean Earth to provide full household hazardous waste (HHW) collection services to SVSWA's southern and northern rural residents. It is estimated that three (3) one-day mobile collection events could be held, providing residents in these communities local access to free disposal of their household hazardous materials.  One mobile collection event would be held in north Monterey County in the Pajaro area, a disadvantaged community in accordance with CalEnviroScreen 4.0.  The other two events would be held in southern Monterey County, one in the unincorporated Lockwood area and the other in King City.  The collection events would be held in collaboration with Waste Management, the local hauler, and the respective communities for outreach and advertising.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Skillen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308428272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County of Siskiyou would like to contract a service provider to hold temporary HHW collection events throughout a geographically large area to services as many rural households as possible. Grant funds will also be used for public awareness materials including radio, newspaper, and online advertisements both to notify and educate the public.</x:t>
   </x:si>
   <x:si>
     <x:t>Napa                </x:t>
   </x:si>
   <x:si>
     <x:t>City of American Canyon</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of American Canyon is requesting grant funds to establish the communities HHW education and outreach program and promote our Curb Side Used Motor Oil / E-waste Program. American Canyon's current outreach efforts for local HHW programs has been limited to our franchise waste haulers website.  And our Curb Side Used Motor Oil Program is under promoted and underutilized.
 Grant funds will be utilized to:
 1. Design and produce, downloadable HHW brochures and guides that will be available on the City's website.
 2. Develop and produce two  T.V. ads on a.) how to properly store, transport, and dispose of HHW in the community and b). how to participate in the City's Curbside Used Motor Oil / E-waste Program; that will then be aired continuously for one year.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Oroville</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>City of Rancho Cordova</x:t>
   </x:si>
   <x:si>
-    <x:t> Shawn Campbell</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will educate City of Rancho Cordova residents of the available permanent HHW collection sites in order to increase usage of those sites and decrease improper disposal of HHW in the City. In order to reach the 73,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include door hangers, bill inserts, newspaper advertising, and social media. We will augment these outreach tasks with relevant City-connected web platforms. The residents of Rancho Cordova have four permanent facilities in the region available for them to dispose of HHW: The Kiefer Landfill, The North Area Recovery Station (NARS), the Sacramento Recycling and Transfer Station, and the Special Waste Collection Center in Elk Grove.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Citrus Heights</x:t>
-[...2 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Citrus Heights will conduct public outreach and education to its residents about the importance of proper disposal of hazardous household wastes (HHW) and of the availability to dispose of HHW at the permanent collection site located on Roseville Road in Sacramento. The project will educate residents about the acceptable and non-acceptable HHW items, proper HHW handling and transportation, and facility location and hours. Outreach tools will include door hangers, social media, newspaper advertising, and/or social media.</x:t>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Curiel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692361059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: REMOVE 9,890 SF. OF DIRT AND FORM, POUR 5” CONCRETE 6 SACK MIX, WITH BASE ROCK, REBAR’S ½ INCH, BROOM FINISH AND CONCRETE PUMP.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Roxy Montalvo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586942456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: San Diego County Department of Environmental Health and Quality's household hazardous waste (HHW) program proposes to purchase a new, fully dedicated forklift (facility improvement) for our permanent HHW collection facility in Ramona.  The forklift will only be used at this location and will only be used for HHW services.  It will be left onsite in a secure location when the facility is not active.  San Diego County also proposes to update and print our informative HHW guide (in English and Spanish) and produce additional outreach materials such as business cards with QR codes linking to our website, hotline, guide and database and other brochures/materials as needed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Boom Phouthavong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant fund will be used to conduct one-day, temporary collection events in underserved communities.  </x:t>
   </x:si>
   <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>Alameda County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Erin Armstrong</x:t>
   </x:si>
   <x:si>
     <x:t>5102723691</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Alameda County (regional grant application) applies for HD35 grant funds an HHW public education campaign. The concept is to provide consumers the information they need to make educated decision regarding use and disposal of HHW, why it's important to not dump unwanted HHW, and how they and the community benefit from proper HHW disposal.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Elk Grove</x:t>
-[...8 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders.</x:t>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Aron Faria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds from HD 39 will be used by the EDC EMD HHW program to promote awareness of the HHW program, aide in the collection of HHW, and provide PPE to HHW employees.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Fire Protection District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alejandra Rojas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093825503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The San Bernardino County Household Hazardous Waste Program (Program) consists of 14 PHHWCF’s operating throughout the County on different days of the week, and 1 Central Facility in the City of San Bernardino. San Bernardino County residents can dispose of HHW in any of our collection sites 7 days a week and at least one site is guaranteed to be open for County residents.
+In addition to the permanent locations, San Bernardino County also provides services to under served populations that are in County pockets and do not have a permanent HHW facility nearby. Communities such as Helendale, Lucerne Valley, Phelan and Wrightwood are unincorporated areas of the County where we provide 1-day collections of all HHW to ensure that those residents have an approved place to dispose of their accumulated household hazardous waste. 
+Grant funds will be used to set-up, advertise and operate these 1-day collections throughout the County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francisca Mandujano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste).  Outreach such as postcards and local newspaper advertisements have proven the most effective way to promote HHW/E-Waste collection events in communities with historically low participation.</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>Riverside County</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs. Lisa Thompson</x:t>
   </x:si>
   <x:si>
     <x:t>9514863200</x:t>
   </x:si>
   <x:si>
     <x:t>Annabel Farrall</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are an important product on the market, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the county. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders.</x:t>
-  </x:si>
-[...71 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Modesto will hold promotional collection events quarterly partnering with local businesses to collect household hazardous waste and provide educational material to residential customers on proper recycling and disposal options as well as reuse ideas.</x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma County Waste Management Agency d.b.a. Zero Waste Sonoma</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Courtney Scott</x:t>
   </x:si>
   <x:si>
     <x:t>7078880476</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sonoma County Waste Management Agency (aka Zero Waste Sonoma) seeks to provide solar panel recycling options for Sonoma County residents. We wish to create a pilot project to 1) host one to six solar panel temporary collection events to residents and send the panels for recycling or reuse, 2) collect data to establish a baseline that will be used to create a permanent solar panel collection program, and 3) find and partner with entities that can take reusable solar panels for reuse.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 21</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -521,51 +521,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62b6221aefd14c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcfbff552e1aa460a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd2338d213b084cff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6b6082795bf455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R958df29e184c4b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5212be6167114740" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -613,549 +613,549 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.97479248046875" customHeight="1" collapsed="0">
+    <x:row ht="551.96221923828125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>83700</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.48818969726563" customHeight="1" collapsed="0">
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
+    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="781.9368896484375" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>46890</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+    </x:row>
+    <x:row ht="321.959228515625" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+    </x:row>
+    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1046.4091796875" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.92578125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>13954</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G16" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+    </x:row>
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B18" s="8" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G18" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+    </x:row>
+    <x:row ht="655.45556640625" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+    </x:row>
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G20" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+    </x:row>
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
+      <x:c r="B21" s="8" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="B22" s="8" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>83700</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+    </x:row>
+    <x:row ht="931.408203125" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
+      <x:c r="B23" s="8" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>13954</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G23" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="G23" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H23" s="8" t="s">
+      <x:c r="B24" s="8" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>46890</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+      <x:c r="G24" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A25" s="8" t="s">
+      <x:c r="B25" s="8" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row ht="471.4580078125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B27" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="10"/>
       <x:c r="D27" s="11" t="n">
         <x:v>1294544</x:v>
       </x:c>
       <x:c r="E27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -1173,29 +1173,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 24, 2026 7:17 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 22, 2026 4:21 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>