--- v7 (2026-02-22)
+++ v8 (2026-03-08)
@@ -1,377 +1,377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab01f6bd38742ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf1a365bd19447b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R958df29e184c4b75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R22ce67af75824235"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Household Hazardous Waste Discretionary Grants (HD39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...8 lines deleted...]
-    <x:t>9164464744</x:t>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Aron Faria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds from HD 39 will be used by the EDC EMD HHW program to promote awareness of the HHW program, aide in the collection of HHW, and provide PPE to HHW employees.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Boom Phouthavong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757811</x:t>
   </x:si>
   <x:si>
     <x:t>Ashraf Batavia</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Citrus Heights will conduct public outreach and education to its residents about the importance of proper disposal of hazardous household wastes (HHW) and of the availability to dispose of HHW at the permanent collection site located on Roseville Road in Sacramento. The project will educate residents about the acceptable and non-acceptable HHW items, proper HHW handling and transportation, and facility location and hours. Outreach tools will include door hangers, social media, newspaper advertising, and/or social media.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant fund will be used to conduct one-day, temporary collection events in underserved communities.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Elia Zavala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317753010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project would allow Salinas Valley Solid Waste Authority to partner with Clean Earth to provide full household hazardous waste (HHW) collection services to SVSWA's southern and northern rural residents. It is estimated that three (3) one-day mobile collection events could be held, providing residents in these communities local access to free disposal of their household hazardous materials.  One mobile collection event would be held in north Monterey County in the Pajaro area, a disadvantaged community in accordance with CalEnviroScreen 4.0.  The other two events would be held in southern Monterey County, one in the unincorporated Lockwood area and the other in King City.  The collection events would be held in collaboration with Waste Management, the local hauler, and the respective communities for outreach and advertising.</x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte Solid Waste Management Authority</x:t>
   </x:si>
   <x:si>
     <x:t> Joanne Brasch</x:t>
   </x:si>
   <x:si>
     <x:t>9167063420</x:t>
   </x:si>
   <x:si>
-    <x:t>Akemi Myers</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. This project includes source reduction and collection of marine flares. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases. This project includes at least one temporary one-day collection event for marine flares.  The event will be well publicized in the boating community and at popular destinations to encourage greater resident participation.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Elk Grove</x:t>
-[...5 lines deleted...]
-    <x:t>9166273299</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Fire Protection District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alejandra Rojas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093825503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The San Bernardino County Household Hazardous Waste Program (Program) consists of 14 PHHWCF’s operating throughout the County on different days of the week, and 1 Central Facility in the City of San Bernardino. San Bernardino County residents can dispose of HHW in any of our collection sites 7 days a week and at least one site is guaranteed to be open for County residents.
+In addition to the permanent locations, San Bernardino County also provides services to under served populations that are in County pockets and do not have a permanent HHW facility nearby. Communities such as Helendale, Lucerne Valley, Phelan and Wrightwood are unincorporated areas of the County where we provide 1-day collections of all HHW to ensure that those residents have an approved place to dispose of their accumulated household hazardous waste. 
+Grant funds will be used to set-up, advertise and operate these 1-day collections throughout the County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Curiel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692361059</x:t>
   </x:si>
   <x:si>
     <x:t>Daniel Dixon</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders.</x:t>
-[...45 lines deleted...]
-    <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. This project includes source reduction and collection of marine flares. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases. This project includes at least one temporary one-day collection event for marine flares.  The event will be well publicized in the boating community and at popular destinations to encourage greater resident participation.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: REMOVE 9,890 SF. OF DIRT AND FORM, POUR 5” CONCRETE 6 SACK MIX, WITH BASE ROCK, REBAR’S ½ INCH, BROOM FINISH AND CONCRETE PUMP.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Oroville</x:t>
+    <x:t>Town of Paradise</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Arbuckle</x:t>
   </x:si>
   <x:si>
     <x:t>5306247947</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Town of Paradise</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Town of Paradise is requesting grant funds to help reestablish the community's HHW collection program that was shut down due to the Camp Fire.  Grant funds will be utilized to hold one-day collection events and update and distribute their HHW outreach and education campaign. The events will be held twice per year with the outreach and education continuing throughout the year. 
 Specifically grant funds will be used to:
 1.  Set up and and operate temporary one-day collection events for common HHW materials (pesticides and herbicides, household chemicals, paint and paint thinners, fluorescent tubes up to 4', expired pharmaceuticals, and Sharps). 
 2. Purchase PPE for the event.
 3. HAZWOPER refresher training for onsite management.
 4. Support Paradise's current HHW education program by updating and expanding the Town's education and outreach efforts with new brochures and training guides and to run a T.V. commercial aimed at increasing public awareness on local disposal options and proper transportation techniques for HHW items.</x:t>
   </x:si>
   <x:si>
-    <x:t>Monterey            </x:t>
-[...29 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County of Siskiyou would like to contract a service provider to hold temporary HHW collection events throughout a geographically large area to services as many rural households as possible. Grant funds will also be used for public awareness materials including radio, newspaper, and online advertisements both to notify and educate the public.</x:t>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francisca Mandujano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste).  Outreach such as postcards and local newspaper advertisements have proven the most effective way to promote HHW/E-Waste collection events in communities with historically low participation.</x:t>
   </x:si>
   <x:si>
     <x:t>Napa                </x:t>
   </x:si>
   <x:si>
     <x:t>City of American Canyon</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of American Canyon is requesting grant funds to establish the communities HHW education and outreach program and promote our Curb Side Used Motor Oil / E-waste Program. American Canyon's current outreach efforts for local HHW programs has been limited to our franchise waste haulers website.  And our Curb Side Used Motor Oil Program is under promoted and underutilized.
 Grant funds will be utilized to:
 1. Design and produce, downloadable HHW brochures and guides that will be available on the City's website.
 2. Develop and produce two  T.V. ads on a.) how to properly store, transport, and dispose of HHW in the community and b). how to participate in the City's Curbside Used Motor Oil / E-waste Program; that will then be aired continuously for one year.</x:t>
   </x:si>
   <x:si>
+    <x:t>City of Oroville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of Oroville is requesting grant funds to make minor improvements to our existing HHW facility and establish the communities HHW education and outreach program. Grant funds will be utilized to purchase and install a new Dry Chemical Suppression Safety System, new concrete pad, an oil filter crusher, PPE, and small tools.   Additional funds will be utilized to develop a HHW training guide and a P.S.A TV commercial on how to properly handle, store, transport and dispose of HHW in our community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Rancho Cordova</x:t>
   </x:si>
   <x:si>
+    <x:t> Shawn Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164464744</x:t>
+  </x:si>
+  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will educate City of Rancho Cordova residents of the available permanent HHW collection sites in order to increase usage of those sites and decrease improper disposal of HHW in the City. In order to reach the 73,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include door hangers, bill inserts, newspaper advertising, and social media. We will augment these outreach tasks with relevant City-connected web platforms. The residents of Rancho Cordova have four permanent facilities in the region available for them to dispose of HHW: The Kiefer Landfill, The North Area Recovery Station (NARS), the Sacramento Recycling and Transfer Station, and the Special Waste Collection Center in Elk Grove.</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Clara         </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: REMOVE 9,890 SF. OF DIRT AND FORM, POUR 5” CONCRETE 6 SACK MIX, WITH BASE ROCK, REBAR’S ½ INCH, BROOM FINISH AND CONCRETE PUMP.</x:t>
+    <x:t>City of Citrus Heights</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Citrus Heights will conduct public outreach and education to its residents about the importance of proper disposal of hazardous household wastes (HHW) and of the availability to dispose of HHW at the permanent collection site located on Roseville Road in Sacramento. The project will educate residents about the acceptable and non-acceptable HHW items, proper HHW handling and transportation, and facility location and hours. Outreach tools will include door hangers, social media, newspaper advertising, and/or social media.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Erin Armstrong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102723691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Alameda County (regional grant application) applies for HD35 grant funds an HHW public education campaign. The concept is to provide consumers the information they need to make educated decision regarding use and disposal of HHW, why it's important to not dump unwanted HHW, and how they and the community benefit from proper HHW disposal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Carlos Duque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Lisa Thompson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are an important product on the market, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the county. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>San Diego County</x:t>
   </x:si>
   <x:si>
     <x:t> Roxy Montalvo</x:t>
   </x:si>
   <x:si>
     <x:t>8586942456</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: San Diego County Department of Environmental Health and Quality's household hazardous waste (HHW) program proposes to purchase a new, fully dedicated forklift (facility improvement) for our permanent HHW collection facility in Ramona.  The forklift will only be used at this location and will only be used for HHW services.  It will be left onsite in a secure location when the facility is not active.  San Diego County also proposes to update and print our informative HHW guide (in English and Spanish) and produce additional outreach materials such as business cards with QR codes linking to our website, hotline, guide and database and other brochures/materials as needed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Madera              </x:t>
-[...94 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are an important product on the market, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the county. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders.</x:t>
+    <x:t>City of Oceanside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ken Prue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604355942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jayme Tesser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. This project includes source reduction and collection of marine flares. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases. This project includes at least one temporary one-day collection event for marine flares.  The event will be well publicized in the boating community and at popular destinations to encourage greater resident participation.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Skillen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308428272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County of Siskiyou would like to contract a service provider to hold temporary HHW collection events throughout a geographically large area to services as many rural households as possible. Grant funds will also be used for public awareness materials including radio, newspaper, and online advertisements both to notify and educate the public.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Galt</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rebecca Dymond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093667277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Galt proposes to hire a household hazardous waste disposal company to hold three annual mobile HHW collection events for City of Galt residents. Holding these events locally will enable us to provide additional, safer, and more convenient access to HHW recycling to our community. The City has researched several companies to assist with HHW recycling events and we are ready to move forward once grant funds are approved. 
+A primary focus of our project will be on education and outreach to the public on how to safely dispose of HHW, reducing the impact of such waste on the environment as well as risk of fire, and protecting solid waste employees from potential injuries caused from HHW products. We will promote our annual HHW collection events as well as programs currently in place.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kolton Pacheco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Modesto will hold promotional collection events quarterly partnering with local businesses to collect household hazardous waste and provide educational material to residential customers on proper recycling and disposal options as well as reuse ideas.</x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma County Waste Management Agency d.b.a. Zero Waste Sonoma</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Courtney Scott</x:t>
   </x:si>
   <x:si>
     <x:t>7078880476</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sonoma County Waste Management Agency (aka Zero Waste Sonoma) seeks to provide solar panel recycling options for Sonoma County residents. We wish to create a pilot project to 1) host one to six solar panel temporary collection events to residents and send the panels for recycling or reuse, 2) collect data to establish a baseline that will be used to create a permanent solar panel collection program, and 3) find and partner with entities that can take reusable solar panels for reuse.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 21</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -521,51 +521,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6b6082795bf455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R958df29e184c4b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5212be6167114740" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R619996e719c6448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R22ce67af75824235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R98cfdc2cb2d94bdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -613,549 +613,549 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="551.96221923828125" customHeight="1" collapsed="0">
+    <x:row ht="229.97479248046875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>83700</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
+    <x:row ht="172.48818969726563" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
+    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9368896484375" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>46890</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.959228515625" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="931.4078369140625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974853515625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>41</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1046.40966796875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>46</x:v>
-[...2 lines deleted...]
-    <x:row ht="1046.4091796875" customHeight="1" collapsed="0">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>48</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.92578125" customHeight="1" collapsed="0">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>13954</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.96240234375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>12</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>13</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-    <x:row ht="655.45556640625" customHeight="1" collapsed="0">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.4482421875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4384765625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.455078125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.453125" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...9 lines deleted...]
-      </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>83700</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-    <x:row ht="931.408203125" customHeight="1" collapsed="0">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>13954</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>46890</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4375" customHeight="1" collapsed="0">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row ht="471.4580078125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B27" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="10"/>
       <x:c r="D27" s="11" t="n">
         <x:v>1294544</x:v>
       </x:c>
       <x:c r="E27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G27" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -1173,29 +1173,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 22, 2026 4:21 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 4:00 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>