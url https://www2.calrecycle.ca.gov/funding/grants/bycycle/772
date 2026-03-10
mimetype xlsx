--- v8 (2026-03-08)
+++ v9 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf1a365bd19447b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R759532f339674356" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R22ce67af75824235"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R699889ad69344f64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Household Hazardous Waste Discretionary Grants (HD39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -521,51 +521,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R619996e719c6448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R22ce67af75824235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R98cfdc2cb2d94bdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f25cfd0aa2445ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R699889ad69344f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4f0cbc1d54c04a9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1173,29 +1173,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 4:00 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:21 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>