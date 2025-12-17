--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b8141b8669d4359" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70b91cc47864320" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R545bd54a7b3848bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc9fda1a6b5bb4fa1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Tire Incentive Program (TIP10)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -321,51 +321,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff3c66aa18144d1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R545bd54a7b3848bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ref4438910fa341c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83f34447bc5d43cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc9fda1a6b5bb4fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Receba56840044c8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -623,29 +623,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:14 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:53 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>