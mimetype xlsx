--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,192 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70b91cc47864320" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ae110e5d804e90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc9fda1a6b5bb4fa1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R50a72ee556e74bcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Tire Incentive Program (TIP10)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...8 lines deleted...]
-    <x:t>9098251200</x:t>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Three D Plastics, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Dvoracek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238491316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics desires to expand market share for our current and expanding line of rubber bases used in the traffic safety industry, both in commercial, governmental agencies and in retail outlets. We also want to support the growth of our customer in the construction industry whose Utility Conduit Support Block has seen continued sales growth. This customer has requested that we quote building additional tooling that would increase production capacity which would greatly increase consumption of the 10 Mesh Crumb Rubber that we also utilize for our traffic safety device rubber bases. Grant funds help us to be competitive in selling Canadian and Eastern States customers by offsetting high freight costs. All these products are Category 1, new or existing TDP.  We project to use 1,900,000 lbs. of 10 mesh crumb rubber over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bent Manufacturing Company BDAA, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Debbie Bent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7148420600</x:t>
   </x:si>
   <x:si>
     <x:t>Noel Davis</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>7148420600</x:t>
   </x:si>
   <x:si>
     <x:t>1.  Bent Manufacturing Company BDAA, Inc. has submitted a Tire Incentive Program application request (TIP 10) in the amount of $70,131.88 to help strengthen and grow our California based business, help our local community and to offer our regional, national and international customers environmentally friendly rubber-based products.
 2.  Incentive Category 1.  New and Existing TPD (TIP Product)
 3.  Estimated use of crumb rubber is 800,002 lbs during the term of the TIP 10 grant.
 4.  For purposes of TIP 10, Bent Manufacturing Company BDAA, Inc will be manufacturing three different traffic safety product lines.  Each product will use 97 percent crumb rubber in a combination of 20 mesh crumb rubber and 1-5 mm crumb rubber.
 5.  Product description:
 a)  Delineator base Crumb Rubber:  8#, 10#, 15#, 18.5#
 b) Stacker Cone Crumb Rubber Bases, 11# and 15#
 c)  Ultra Panel Crumb Rubber Base 9#, 20# and 30#</x:t>
   </x:si>
   <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Duerr Industries, Inc. dba SafePath Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Timothy Vanderheiden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308931596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We are manufactures of recycled rubber products for ADA compliance and architectural construction.  We plan to use 2,966,090 lbs. of crumb rubber over the term of the grant for TDP/New Existing category products.</x:t>
+  </x:si>
+  <x:si>
     <x:t>TrafFix Devices, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Bob Wielenga</x:t>
   </x:si>
   <x:si>
     <x:t>9493619860</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The products included in this Grant submission are primarily recycled crumb rubber traffic control delineator bases to ballast our reflective tube, cone, drum products.  We also have other products such as a relatively new product the crumb rubber Weed Mat to control weeds under guardrail and around guardrail posts.  The Incentive Category we are using is the New/Existing TDP.  The estimated annual amount of recycled crumb rubber processed by the Coast Rubber Division, located in Adelanto, California is approximately 9,000,000 lbs. per calender year.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Herbert Malarkey Roofing Company, dba Malarkey Roofing Products</x:t>
   </x:si>
   <x:si>
     <x:t> Eileen Dutton</x:t>
   </x:si>
   <x:si>
     <x:t>5032407850</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Malarkey has been using recycled fine mesh crumb rubber in our shingles and roll goods. The 50 mesh fine rubber is used to replace virgin SBS polymer in our PMA mix at the 5% level. While we are working under this grant, we will use some of the funds for making improvements to the facility which will hopefully lead to the use of additional crumb rubber in our product line. We continue to research the use of crumb, as it lowers our carbon footprint and when used as we use it, also adds to the lifecycle of the shingle or roll, leading to further decarbonization.  1,000,000 lbs. of crumb rubber will be used over the term of the grant.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We are manufactures of recycled rubber products for ADA compliance and architectural construction.  We plan to use 2,966,090 lbs. of crumb rubber over the term of the grant for TDP/New Existing category products.</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>U.S. Rubber Recycling, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Stella Xia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098251200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quietsound acoustical underlayment is an acoustical material used to abate sound between floors in multi-story buildings, available in various thicknesses depending on finished flooring installed over the sub-floor, this will fall under an existing TDP. We also have two additional products that fall under feedstock conversion. The Ultra underlayment will be manufactured using higher volumes of crumb rubber and will be more expensive than the Premium underlayment product. The acoustical sound underlayment(s) will be targeted for solid or engineered wood floors and luxury vinyl tile (LVT) to achieve an Impact Insulation Class (IIC) of 63+ or higher. The 10-mesh crumb rubber and 30-mesh buffings will replace cork (primary option) or foam (secondary option) which will result in increased sound absorption in the existing room and floors below.  The intent will be to laminate together different rubber products of various densities to create a highly sound absorptive material. We expect to use more than 5 million pounds over the term of the grant and we are requesting the maximum of $500,000. Sales will be primarily through our partner distributors generating sales in the continental U.S. and Hawaii. Q1(15%) and Q4(20%) are expected to have less volume than Q2(30%) and Q3(35%).</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>EM Concepts, a DBA of Lakin Tire West, LLC.</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Theresa Escalante</x:t>
   </x:si>
   <x:si>
     <x:t>9512146590</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Christopher Henderson</x:t>
   </x:si>
   <x:si>
     <x:t>EM Concepts has requested grant funds of $339,600 in the New /Existing TDP and Fine (&lt;50) Mesh categories.   We are projecting 661,000 Lbs. in the Fine (&lt;50) mesh category and 91,000 Lbs. in the New/Existing TDP category. The products eligible for this grant are:
 0.50 Tile, 0.75 Tile, 1.00 QuiTile, 1.00 Ramp &amp; 1.00 SportPlay which are primarily used as paving overlay for patio flooring, gym mats and equestrian pavers. 
 1 3/8 DeckTop tiles are primarily used as roof deck top protection pads in high rise, multifamily and commercial applications</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics desires to expand market share for our current and expanding line of rubber bases used in the traffic safety industry, both in commercial, governmental agencies and in retail outlets. We also want to support the growth of our customer in the construction industry whose Utility Conduit Support Block has seen continued sales growth. This customer has requested that we quote building additional tooling that would increase production capacity which would greatly increase consumption of the 10 Mesh Crumb Rubber that we also utilize for our traffic safety device rubber bases. Grant funds help us to be competitive in selling Canadian and Eastern States customers by offsetting high freight costs. All these products are Category 1, new or existing TDP.  We project to use 1,900,000 lbs. of 10 mesh crumb rubber over the grant term.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 7</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -321,51 +321,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83f34447bc5d43cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc9fda1a6b5bb4fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Receba56840044c8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R990c9642f651441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R50a72ee556e74bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0e9f2a6699524e51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -413,239 +413,239 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
+    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>195308</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="850.932373046875" customHeight="1" collapsed="0">
+    <x:row ht="850.93231201171875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>70132</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.950927734375" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>133260</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-    <x:row ht="597.940185546875" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.9512939453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>500000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.93994140625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>133260</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
+    <x:row ht="1149.902587890625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>339600</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>195308</x:v>
+        <x:v>339600</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B13" s="10" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="10"/>
       <x:c r="D13" s="11" t="n">
         <x:v>2238300</x:v>
       </x:c>
       <x:c r="E13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:53 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:14 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>