--- v2 (2025-12-24)
+++ v3 (2026-01-28)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ae110e5d804e90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6827afb497664ece" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R50a72ee556e74bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1d917a2a8a3b4b6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Tire Incentive Program (TIP10)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -321,51 +321,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R990c9642f651441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R50a72ee556e74bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0e9f2a6699524e51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff78f302f7364670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1d917a2a8a3b4b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R558fc87001c444bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -623,29 +623,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:14 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 8:25 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>