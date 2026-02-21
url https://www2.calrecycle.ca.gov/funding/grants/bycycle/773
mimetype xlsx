--- v3 (2026-01-28)
+++ v4 (2026-02-21)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6827afb497664ece" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07afba7596b74197" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1d917a2a8a3b4b6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Red084413f4d341f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Tire Incentive Program (TIP10)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -321,51 +321,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff78f302f7364670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1d917a2a8a3b4b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R558fc87001c444bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2bd9ed45c374dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red084413f4d341f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ref2929c443ae465a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -623,29 +623,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 8:25 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 21, 2026 2:00 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>