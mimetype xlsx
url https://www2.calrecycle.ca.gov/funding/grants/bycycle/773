--- v4 (2026-02-21)
+++ v5 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07afba7596b74197" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bb4457164524326" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Red084413f4d341f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5dcfeaae315d4c05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Tire Incentive Program (TIP10)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -321,51 +321,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2bd9ed45c374dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red084413f4d341f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ref2929c443ae465a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R926af11facd443ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5dcfeaae315d4c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0e14f48ecea84481" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -623,29 +623,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 21, 2026 2:00 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 9:01 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>