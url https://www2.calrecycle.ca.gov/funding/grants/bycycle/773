--- v5 (2026-03-10)
+++ v6 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bb4457164524326" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a7652675ce4d8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5dcfeaae315d4c05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R75f8e4bf0bba49e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Tire Incentive Program (TIP10)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -321,51 +321,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R926af11facd443ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5dcfeaae315d4c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0e14f48ecea84481" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R127b8329b03d4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R75f8e4bf0bba49e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66cd340042a64eda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -623,29 +623,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 9:01 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 10, 2026 1:24 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>