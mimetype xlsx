--- v0 (2025-12-16)
+++ v1 (2026-02-01)
@@ -1,117 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7587f7f42f9b4c00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6823f5b424ce46eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R135f078623574f03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6f3947afe16041fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR76)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelli Evans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306824784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Josephine Chapman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sutter Resource Conservation District plans to remove waste from nine privately-owned sites in Sutter County. The waste was illegally dumped onto parcels, main roads, between tree lines, in barns, a local community walking path, and it was beginning to roll over into waterways. Property owners conduct monthly cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes but is not limited to common trash, appliances, furniture, mattresses, household waste, and metal. Sutter County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Yuba Resource Conservation District plans to remove waste from four privately-owned sites in Yuba County. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct monthly cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Siskiyou            </x:t>
   </x:si>
   <x:si>
     <x:t>Siskiyou County</x:t>
   </x:si>
   <x:si>
     <x:t> Lisa Flagg</x:t>
   </x:si>
   <x:si>
     <x:t>5308412150</x:t>
   </x:si>
   <x:si>
-    <x:t>Josephine Chapman</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Siskiyou County plans to remove waste from four privately-owned sites in Siskiyou County. To help mitigate areas where illegal dumping on private property has occurred, Siskiyou County will utilize grant funds for cleanup and measures to prevent future dumping.</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>The Sutter Resource Conservation District plans to remove waste from nine privately-owned sites in Sutter County. The waste was illegally dumped onto parcels, main roads, between tree lines, in barns, a local community walking path, and it was beginning to roll over into waterways. Property owners conduct monthly cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes but is not limited to common trash, appliances, furniture, mattresses, household waste, and metal. Sutter County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -246,51 +246,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17a4c2fa93cd4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R135f078623574f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R856ad8b1e6fd46e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937527596c8b4b97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6f3947afe16041fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4844ce8a658749c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -338,139 +338,139 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>151405</x:v>
+        <x:v>103283</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row ht="528.94488525390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B7" s="8" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>75954</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>103283</x:v>
+        <x:v>151405</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>330642</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 7:52 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 1, 2026 12:10 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>