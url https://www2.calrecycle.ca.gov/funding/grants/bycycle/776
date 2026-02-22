--- v1 (2026-02-01)
+++ v2 (2026-02-22)
@@ -1,117 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6823f5b424ce46eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92f4c530fdfe4b24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6f3947afe16041fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R83c5aaddb9354de8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR76)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lisa Flagg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308412150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Josephine Chapman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County plans to remove waste from four privately-owned sites in Siskiyou County. To help mitigate areas where illegal dumping on private property has occurred, Siskiyou County will utilize grant funds for cleanup and measures to prevent future dumping.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sutter              </x:t>
   </x:si>
   <x:si>
+    <x:t>Yuba County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelli Evans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306824784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Yuba Resource Conservation District plans to remove waste from four privately-owned sites in Yuba County. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct monthly cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sutter County Resource Conservation District</x:t>
   </x:si>
   <x:si>
-    <x:t> Kelli Evans</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>The Sutter Resource Conservation District plans to remove waste from nine privately-owned sites in Sutter County. The waste was illegally dumped onto parcels, main roads, between tree lines, in barns, a local community walking path, and it was beginning to roll over into waterways. Property owners conduct monthly cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes but is not limited to common trash, appliances, furniture, mattresses, household waste, and metal. Sutter County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>Siskiyou County plans to remove waste from four privately-owned sites in Siskiyou County. To help mitigate areas where illegal dumping on private property has occurred, Siskiyou County will utilize grant funds for cleanup and measures to prevent future dumping.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -246,51 +246,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937527596c8b4b97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6f3947afe16041fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4844ce8a658749c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6e9a1826af4820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R83c5aaddb9354de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R337fc184be0c4969" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -338,139 +338,139 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
+    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>103283</x:v>
+        <x:v>151405</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row ht="528.94488525390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>75954</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
-        <x:v>12</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>151405</x:v>
+        <x:v>103283</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>330642</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 1, 2026 12:10 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 22, 2026 1:32 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>