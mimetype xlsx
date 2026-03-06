--- v2 (2026-02-22)
+++ v3 (2026-03-06)
@@ -1,117 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92f4c530fdfe4b24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c9ca294932e4d8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R83c5aaddb9354de8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5bc96be5a7fa450e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR76)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelli Evans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306824784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Josephine Chapman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sutter Resource Conservation District plans to remove waste from nine privately-owned sites in Sutter County. The waste was illegally dumped onto parcels, main roads, between tree lines, in barns, a local community walking path, and it was beginning to roll over into waterways. Property owners conduct monthly cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes but is not limited to common trash, appliances, furniture, mattresses, household waste, and metal. Sutter County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Yuba Resource Conservation District plans to remove waste from four privately-owned sites in Yuba County. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct monthly cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Siskiyou            </x:t>
   </x:si>
   <x:si>
     <x:t>Siskiyou County</x:t>
   </x:si>
   <x:si>
     <x:t> Lisa Flagg</x:t>
   </x:si>
   <x:si>
     <x:t>5308412150</x:t>
   </x:si>
   <x:si>
-    <x:t>Josephine Chapman</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Siskiyou County plans to remove waste from four privately-owned sites in Siskiyou County. To help mitigate areas where illegal dumping on private property has occurred, Siskiyou County will utilize grant funds for cleanup and measures to prevent future dumping.</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>The Sutter Resource Conservation District plans to remove waste from nine privately-owned sites in Sutter County. The waste was illegally dumped onto parcels, main roads, between tree lines, in barns, a local community walking path, and it was beginning to roll over into waterways. Property owners conduct monthly cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes but is not limited to common trash, appliances, furniture, mattresses, household waste, and metal. Sutter County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -246,51 +246,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6e9a1826af4820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R83c5aaddb9354de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R337fc184be0c4969" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa21f0c9a2ec45c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5bc96be5a7fa450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcc779993aec84d24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -338,139 +338,139 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>151405</x:v>
+        <x:v>103283</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row ht="528.94488525390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B7" s="8" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>75954</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>103283</x:v>
+        <x:v>151405</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>330642</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 22, 2026 1:32 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 10:43 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>