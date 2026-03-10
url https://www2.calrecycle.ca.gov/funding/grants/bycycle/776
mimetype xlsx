--- v3 (2026-03-06)
+++ v4 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c9ca294932e4d8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref95fea30df2415c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5bc96be5a7fa450e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4ceefcc48c45445d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR76)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -246,51 +246,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa21f0c9a2ec45c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5bc96be5a7fa450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcc779993aec84d24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a36ff12abf04c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4ceefcc48c45445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re5c65a1e32784307" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -448,29 +448,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 10:43 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 11:41 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>