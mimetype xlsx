--- v0 (2025-12-18)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b83e581b1e44b62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc93581aad93e4708" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6e4a5c11d1b84782"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R492e8ad9a6e940ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Rubberized Pavement Grant Program (TRP15)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -606,51 +606,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R900bd05d83264d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e4a5c11d1b84782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb37057139e7f4dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3be69ba18afb4c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R492e8ad9a6e940ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0cf68b28f20e4568" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1358,29 +1358,29 @@
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 11:39 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>