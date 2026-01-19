--- v1 (2025-12-24)
+++ v2 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc93581aad93e4708" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15610c51c24b4a8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R492e8ad9a6e940ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R08d7d389a84d4cac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Rubberized Pavement Grant Program (TRP15)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -606,51 +606,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3be69ba18afb4c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R492e8ad9a6e940ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0cf68b28f20e4568" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re55d67d6cd194560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R08d7d389a84d4cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R79ca41c21ae148fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1358,29 +1358,29 @@
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 18, 2026 8:16 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>