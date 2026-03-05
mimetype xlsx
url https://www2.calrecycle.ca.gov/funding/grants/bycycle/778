--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15610c51c24b4a8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf97a968855634f90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R08d7d389a84d4cac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbb0811d7a63542a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Rubberized Pavement Grant Program (TRP15)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -606,51 +606,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re55d67d6cd194560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R08d7d389a84d4cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R79ca41c21ae148fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R880d890d17f7463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbb0811d7a63542a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rca8940eeb61b426f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1358,29 +1358,29 @@
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 18, 2026 8:16 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 6:51 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>