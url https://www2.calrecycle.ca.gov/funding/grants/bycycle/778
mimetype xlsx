--- v3 (2026-03-05)
+++ v4 (2026-03-09)
@@ -1,477 +1,477 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf97a968855634f90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f77bd77959a404f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbb0811d7a63542a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4bb2dfff0d084929"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Rubberized Pavement Grant Program (TRP15)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Burbank</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Katherine Lopez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8182383948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noel Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The 2024 street improvement project will be the third phase of the second cycle of the Citywide Annual Local/Residential Street Rehabilitation Program.  This phase will improve roadways rated “poor” or “very poor” (Pavement Condition Indexes of 55 and lower) in City maintenance zones 15 through 18.
+The anticipated construction start date is 07/2024, with anticipated construction dates 07/2024 to 11/2024. The total estimated tons of RAC hot-mix is 24,988 tons.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Zachary Meisel</x:t>
   </x:si>
   <x:si>
     <x:t>5305387681</x:t>
   </x:si>
   <x:si>
     <x:t>Christopher Henderson</x:t>
   </x:si>
   <x:si>
     <x:t>The rubberized chip seal project will take place on the following road sections in Butte County:
 Hamilton Nord Cana Hwy (Hwy 32 to Hwy 99 including Market St and Folsom St)
 Nord Hwy (Chico City Limits to Commercial St including W Commercial St)
 Meridian Rd (Hwy 32 to Wilson Landing Rd)
 12th St ( Hwy 162 to Nelson Ave)
 Church St (Richvale Hwy to Fruitvale Rd)
 Broadway St (Church St to Midway)
 Earliest Proposed Construction start date: 05/2023
 Construction Dates: 05/2023 - 08/2023
 Square yards of rubberized chip seal: 250,000 square yards
 Public Works Assistant Engineer, Zachary Meisel has taken the TDA Training course.
 Butte County has a median household income less than 80 percent of the statewide median household income (Butte County 2020 Census Data: $54,972 California 2020 Census Data: $78,672).</x:t>
   </x:si>
   <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cathedral City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andres Perez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607700349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Cathedral City will perform a Pavement Rehabilitation Project between Ramon Road &amp; Dinah Shore Drive. This roadway segment is is approximately 1 mile in length and has been identified as an area in need of pavement rehabilitation. The general items of work to be done hereunder consist of removal and replacing the existing pavement structural section with rubberized asphalt concrete (RAC) hot mix, pulverized miscellaneous base, and as-needed concrete improvements including installation of ADA curb ramps, sidewalk, and concrete approach lanes. The City has seen a successful performance in RAC on previous street rehabilitation projects.
+The anticipated construction start date is 08/2023, with anticipated construction dates 08/2023 to 12/2023. The total estimated tons of RAC hot-mix is 7,000 tons.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Monte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Leticia Ortiz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265802022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed work includes pavement restoration on various streets at Zone 3 of City of El Monte. Pavement restoration includes cold mill 1.5” of existing AC pavement and construct 1.5” RAC field blend overlay. Zone 3 Project - March 2023 - May 2023.  Total tons of RAC hot mix - 4,830 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fountain Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Terri Phan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145934433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Fountain Valley plans Rehabilitation and Resurfacing of Edinger Avenue from Newhope Street to Harbor Blvd.  Proposed construction start date of 10/2023, and construction dates from 10/2023 to 12/2023. The total of RAC hot mix that will be used is approximately 4,500 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fullerton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Karen Chung</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147386568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeremy Xiong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Fullerton is requesting $35,371.00 for 5,053 tons of Asphalt-Rubber/Field Blend RAC Hot Mix material for use on the following City streets. Brookhurst Road, Associated Road (Yorba Linda Blvd. to Bastanchury), and Associated Road (Rolling Hills to Imperial Highway). Proposed construction start date is 3/2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hawthorne</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dweejal (DJ) Torado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103492987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Local Street Improvement Project will rehabilitate streets throughout the City of Hawthorne that have poor pavement conditions. Construction will be between 07/2023 to 03/2024. Approximately 6,000 tons of RAC hot-mix will be used to repave and replace asphalt.
+The 120th St Improvements - Crenshaw Blvd to Felton Ave Project will use approximately 7,000 tons of RAC hot-mix to repave and replace asphalt along 120th St that are in poor condition. Construction will be between 05/2024 to 12/2024. 
+The North East Hawthorne Mobility Improvement Project is located in the North East Hawthorne area of the City of Hawthorne. The project limits are Cedar Ave from El Segundo Blvd to 118th St, Freeman Ave from Imperial Hwy to El Segundo Blvd, Menlo Ave from Imperial Hwy to El Segundo Blvd, Oxford Ave from Imperial Hwy to El Segundo Blvd and 126th St from Birch Ave to Prairie Ave. Construction will be between 06/2024 to 02/2025. Approximately 10,500 tons of RAC hot-mix will be used to repave and replace asphalt on streets currently in poor conditions.
+The Hawthorne Moneta Garden Mobility Improvements Project is located in the Moneta Garden area in the City of Hawthorne. The project limits are from Prairie Ave to Crenshaw Blvd as west to east and from El Segundo Blvd to Rosecrans Ave as north to south. Construction will be between 07/2024 to 01/2025. Approximately 12,200 tons of RAC hot-mix will be used to repave and replace asphalt on streets currently in poor conditions.
+The City of Hawthorne has a median household income 80 percent or less of the statewide median household income.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lincoln</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Edgar Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164342419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The proposed project will include 9.3 lane miles of roadway. The condition of the selected local roads for the grant to be used is structurally in good shape. However, there are areas where the existing streets display degraded conditions and require repair. The roads show weathering, pavement cracking, and minor base failures. The project aims to keep our good structural roads near new requirements by applying the proper maintenance strategies at the right time to extend the life and preserve the road network.  
+Proposed construction start date is April to May 2023 utilizing 308,291 square yards of chip seal material.
+Current Condition: The existing pavement is degraded and requires repair. All the roads show weathering, pavement cracking, and minor base failures.
+Improvements Needed: The Road Sealant Project will include 9.3 lane miles of roadway. The proposed project will consist of micro-surfacing, Type II, traffic striping, and pavement markings.
+Recommendations: The purpose of the road sealant project is to keep our good roads or near new conditions by applying the proper maintenance strategies at the right time to extend the life and preserve investments.By applying a cost-effective treatment at the right time, the pavement can be rehabilitated to almost its original condition. The cumulative effect of systematic, successive preservation treatments is to postpone or delay costly rehabilitation and reconstruction (FHWA, 2005).</x:t>
+  </x:si>
+  <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
     <x:t>City of Martinez</x:t>
   </x:si>
   <x:si>
     <x:t> Ali Hatefi</x:t>
   </x:si>
   <x:si>
     <x:t>9253723519</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Pavement rehabilitation of arterial/collector streets and pavement maintenance/resurfacing of various residential streets.
 The anticipated construction start date is 04/2023, with anticipated construction dates 04/2023 to 9/2023. The total estimated tons of RAC hot-mix is 9,107.00 tons.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...19 lines deleted...]
-    <x:t>Orange              </x:t>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monterey</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cody Hennings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8316463920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Project is identifying road sections for road surface repair that require dig-out repairs. We will seal existing road cracks that are a one-quarter inch or wider, place rubberized chip seal over the roadway, and refresh and repaint roadway markings on the streets repaired. The proposed construction dates are March 2023 through July 2023. The City plans to utilize 93,900 square yards of rubberized chip seal.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Newport Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Andy Tran</x:t>
   </x:si>
   <x:si>
     <x:t>9496443315</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Noel Davis</x:t>
   </x:si>
   <x:si>
     <x:t>This project involves rehabilitating deteriorated asphalt concrete pavement. Proposed improvements include grinding and overlaying the existing pavement with Asphalt Rubberized Hot Mix (ARHM). This is a citywide project and is located on various arterials such as:
 1. Newport Coast Drive (East Coast Highway to Ridge Park Road)
 2. Balboa Boulevard (Medina Way to G Street)
 3. Balboa Boulevard (West Coast Highway to 12th Street)
 4. Newport Boulevard (30th Street to 22nd Street)
 5. Superior Avenue (West Coast Highway to Placentia Avenue)
 6. Hospital Road (Placentia Avenue to Newport Boulevard)
 7. Von Karman Avenue (MacArthur Boulevard to Campus Drive)
 8. East Coast Highway (Jamboree Road to MacArthur Boulevard)
 9. San Miguel Road (Newport Center Drive to MacArthur Boulevard)
 The earliest proposed construction start date is January 2023 (01/2023). Construction for the above-listed arterials would take place between January 2023 (01/2023) and July 2024 (07/2024). A total of 40,500 tons of RAC hot-mix will be used for the rehabilitation of these arterials.</x:t>
   </x:si>
   <x:si>
+    <x:t>City of Roseville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Joe Arino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167745560</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The City of Roseville practices a proactive street preventative pavement maintenance program designed to seal, protect, and preserve the underlying pavement of a road by placing relatively affordable asphalt resurfacing products. Preventative maintenance surface treatments provide a waterproof membrane to protect the existing asphalt surfaces and extend the life of the underlying pavement. This keeps our streets in good condition avoiding pavement failures that would require more costly rehabilitation and reconstruction.
+The Sun City Resurfacing Project is planned as a multi-year project with four separate phases: Phase 1 (complete), Phase 2A (complete), Phase 2B, and Phase 3. Resurfacing within the remaining Sun City neighborhoods (Phase 2B and Phase 3) includes the application of preventative maintenance surface treatments such as rubberized chip seal products to a portion of the roadway. The estimated useful life of these improvements is 7 to 10 years. Construction is scheduled to begin in the summer of 2023 (approximately July) and will continue through the end of the year. A total of 250,000 square yards of rubberized chip seal will be used.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Marino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Bauman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263000765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City's Annual Street Rehabilitation Program resurfaces numerous City streets each year, and frequently utilized Asphalt Rubber Hot Mix (ARHM) for the work. The City expects to use approximately 13,000 tons of ARHM for the FY 22-23 Street Rehab Project, which is expected to commence in the late spring or early summer of 2023 (05/2023 at the earliest). The grant funds would be used to directly fund the ARHM portions of the street resurfacing project.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Esmeralda Cruz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058038775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Santa Barbara County Road Maintenance Annual Plan (RdMAP) includes yearly pavement rehabilitation, pavement preservation and preventive maintenance projects. The FY 22/23 Countywide Pavement Preservation and Preventive Maintenance project will include the utilization of 218,775 square yards of rubberized asphalt chip and cape seal. The South/Central and North County Pavement Rehabilitation projects will include the combined utilization of 7,065 tons of rubberized hot mix asphalt. The County will resurface an estimated 55 lane miles of residential, arterial, and collector streets throughout the unincorporated areas of Santa Barbara County. The earliest proposed construction start date is 03/2023 and proposed Construction dates are between 03/2023 to 05/2023 for the South and Central County Pavement Rehabilitation project. For the North County Pavement Rehabilitation Project, the earliest proposed construction start dates is 05/2023 and proposed construction dates are between 05/2023 to 06/2023. For the Pavement Preservation and Preventive Maintenance project the earliest proposed construction start date is 06/2023 and proposed Construction dates are between 06/2023 to 08/2023.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Stockton</x:t>
   </x:si>
   <x:si>
     <x:t> Thinh Phan</x:t>
   </x:si>
   <x:si>
     <x:t>2099378885</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The resurfacing project will install rubberized Chip-seal followed by Micro-surfacing application at various local streets in the City of Stockton. The work includes removing and replacing pavement striping, pavement markings, and pavement legends. The estimated total area of the resurfacing is 250,000 square yards. The chipseal rubber binder will contain a minimum of 300 pounds of tire-derived crumb rubber per ton of rubberized binder.  The proposed schedule for the project is the summer of 2023.  The proposed start date is 05/2023.</x:t>
   </x:si>
   <x:si>
-    <x:t>Marin               </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Rubberized Pavement Project.  The anticipated construction start date is 05/2023, with anticipated construction dates 05/2023 to 10/2024. The total estimated material is 250,000.00 square yards.</x:t>
+    <x:t>City of Temple City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Okan Demirci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143196137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project will improve Lower Azusa Road and Santa Anita Avenue. Construction will begin in June 2023 and is estimated to be complete by June 2024. The project will use: 10,589 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Loomis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Richard Ly-Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168241518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Town of Loomis proposes bidding in July 2023 and proposes construction start dates from August 2023 to September 2023.  Streets that need more extensive prep work will be bid in July 2024 with work occurring from August 2024 to September 2024.  The Town of Loomis proposes to utilize 250,000 square yards of rubber cape seal.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Indian Wells</x:t>
   </x:si>
   <x:si>
     <x:t> Jill Moon</x:t>
   </x:si>
   <x:si>
     <x:t>7607760237</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Warner Trail Road Improvements, between Fred Waring Drive and Miles Avenue. Proposed construction start date is 07/2023 utilizing 3,320 tons of hot-mix material.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...27 lines deleted...]
-    <x:t>The City's Annual Street Rehabilitation Program resurfaces numerous City streets each year, and frequently utilized Asphalt Rubber Hot Mix (ARHM) for the work. The City expects to use approximately 13,000 tons of ARHM for the FY 22-23 Street Rehab Project, which is expected to commence in the late spring or early summer of 2023 (05/2023 at the earliest). The grant funds would be used to directly fund the ARHM portions of the street resurfacing project.</x:t>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Hillsborough</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Irfan Aziz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107095612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of Hillsborough is requesting grant funds for street resurfacing work in 2023. The primary factor for choosing roadway segments included for resurfacing was the Pavement Condition Index (PCI) of each roadway, where generally roads with the lowest PCI were selected. The selected streets will be paved with rubberized chip seal or rubberized asphalt concrete which provide longevity, durability, and environmental benefits. This type of resurfacing maintenance slows the risk of deterioration and the potential for potholes or other severe deficiencies which can become costly to repair. This project will save cost in the long term by helping mitigate the need for future roadway reconstruction. The earliest proposed construction start date is 05/2023, with a tentative end date of 11/2023. This project proposes 2,150 tons of Rubberized Asphalt Concrete (RAC) Hot-Mix and 45,100 square yards of Rubberized Chip Seal. The Town typically conducts street resurfacing biennially, and this grant provides a valued opportunity to include rubberized pavement in the next project in 2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Luis Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308227400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County will be executing a Road Seals project in the future where there will be a total of five roads. We are looking to use recycled rubber as material for our chip seal. We are aiming to start around 06/2023 and expect to need to cover about 148,794 square yards of rubberized chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Wildomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cameron Luna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516777751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Wildomar will utilize approximately 25,000 tons of RHMA product to improve multiple roadway projects and further protection for public health, safety, and the environment.  Projected Start date is 5/2023.  Cameron Luna, Associate Engineer has completed the TDA training course.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>30th District Agricultural Association</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brittany Camacho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305275920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The 30th District Agricultural Association - Tehama District Fair is working on rehabilitating the roads that cover the 110-acre grounds. The earliest proposed construction start date is 06/2023 after the completion of the annual Fair. The construction dates span from 06/2023 to 09/2023. We are requesting a total 12,500 tons of RAC hot-mix for the rehabilitation.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino County</x:t>
   </x:si>
   <x:si>
     <x:t> Stephen Martinez</x:t>
   </x:si>
   <x:si>
     <x:t>9093878169</x:t>
   </x:si>
   <x:si>
     <x:t>The County will act as the lead agency for the San Bernardino County/City of Highland Regional Project Rubberized Asphalt Concrete (RAC) project, partnering with the City of Highland as a regional participant. The County and City are applying for CalRecycle regional grant funding in the amount of $350,000 to fund the use of rubberized asphalt concrete as part of a larger pavement improvement proposal which will include the following subprojects:
 •Pumalo Street and Other Roads
 •Arden Street and Other Roads
 •Reche Canyon Road and Other Roads
 •Third Street and Other Roads
 •Alta Loma Driver and Other Roads
 •Greenspot Road
 •5th Street
 This larger project encompasses 105 road segments, totaling 44.60 roadway miles and also updates 127 Americans with Disabilities (ADA) curb ramps. The project will utilize 71,368 tons of RAC hot-mix material at a cost of $713,680.  The County intends to use 61,306 tons of material and 10,062 tons will be used by the City.  The Project is in the planning phase, with construction anticipated to commence in the fall of 2024 and project termination upon completion of the Project, or by May 30, 2027, whichever occurs first. Should the grant be awarded funding for the project, the amount awarded will be used to offset both parties share of project costs.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Mateo           </x:t>
-[...38 lines deleted...]
-    <x:t>The project will improve Lower Azusa Road and Santa Anita Avenue. Construction will begin in June 2023 and is estimated to be complete by June 2024. The project will use: 10,589 tons of hot-mix material.</x:t>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Calvert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154732830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Rubberized Pavement Project.  The anticipated construction start date is 05/2023, with anticipated construction dates 05/2023 to 10/2024. The total estimated material is 250,000.00 square yards.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Jurupa Valley</x:t>
   </x:si>
   <x:si>
     <x:t> Andrea Mejia</x:t>
   </x:si>
   <x:si>
     <x:t>9513326464</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funds will be used to help support pavement rehabilitation on Van Buren Boulevard from Bellegrave Avenue to Etiwanda Avenue. Pavement rehabilitation is scheduled to begin in spring 2023. The road will be milled and overlayed with 9,000 tongs of RAC hot-mix.</x:t>
-  </x:si>
-[...153 lines deleted...]
-The Sun City Resurfacing Project is planned as a multi-year project with four separate phases: Phase 1 (complete), Phase 2A (complete), Phase 2B, and Phase 3. Resurfacing within the remaining Sun City neighborhoods (Phase 2B and Phase 3) includes the application of preventative maintenance surface treatments such as rubberized chip seal products to a portion of the roadway. The estimated useful life of these improvements is 7 to 10 years. Construction is scheduled to begin in the summer of 2023 (approximately July) and will continue through the end of the year. A total of 250,000 square yards of rubberized chip seal will be used.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 25</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -606,51 +606,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R880d890d17f7463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbb0811d7a63542a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rca8940eeb61b426f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c556f6d94c74beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4bb2dfff0d084929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7ef181ade06846b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -698,645 +698,645 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="770.42840576171875" customHeight="1" collapsed="0">
+    <x:row ht="494.44720458984375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>249880</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.976318359375" customHeight="1" collapsed="0">
+    <x:row ht="770.4283447265625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>182140</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.4237060546875" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423583984375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>70000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="1034.900634765625" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>33810</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="321.959228515625" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>232625</x:v>
+        <x:v>31500</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>35371</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="H11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="1460.38134765625" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>23240</x:v>
+        <x:v>249900</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="1402.89404296875" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>249900</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="344.97607421875" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>91000</x:v>
+        <x:v>182140</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1207.38916015625" customHeight="1" collapsed="0">
+    <x:row ht="333.46826171875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>63214</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
-    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
+    <x:row ht="1034.90087890625" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>88100</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1080.90673828125" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>63214</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>74123</x:v>
+        <x:v>91000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G18" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+    </x:row>
+    <x:row ht="1195.9091796875" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+      <x:c r="B19" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>36000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="G19" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A20" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>232625</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="G20" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+    </x:row>
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>249880</x:v>
+        <x:v>74123</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="G21" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>148800</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B23" s="8" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>31500</x:v>
+        <x:v>23240</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="G23" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+    </x:row>
+    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="G23" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H23" s="8" t="s">
+      <x:c r="B24" s="8" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>88100</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="G24" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+      <x:c r="B25" s="8" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>148800</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G25" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="G26" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+    </x:row>
+    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+      <x:c r="B27" s="8" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>35371</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F27" s="8" t="s">
+      <x:c r="G27" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="G27" s="8" t="s">
+    </x:row>
+    <x:row ht="1207.3896484375" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="H27" s="8" t="s">
+      <x:c r="B28" s="8" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="F28" s="8" t="s">
+      <x:c r="G28" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H28" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="G28" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H28" s="8" t="s">
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+      <x:c r="A29" s="8" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>33810</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1080.908203125" customHeight="1" collapsed="0">
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>36000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A31" s="10" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B31" s="10" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C31" s="10"/>
       <x:c r="D31" s="11" t="n">
         <x:v>4209703</x:v>
       </x:c>
       <x:c r="E31" s="10" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F31" s="10" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G31" s="10" t="s">
         <x:v>128</x:v>
       </x:c>
@@ -1358,29 +1358,29 @@
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 6:51 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:18 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>