--- v0 (2025-12-16)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36dde397cdb7485f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3100abebad704e59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2f93251f3b024566"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9f38e0336cd840be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR77)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -49,78 +49,78 @@
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>Fresno County</x:t>
   </x:si>
   <x:si>
     <x:t> Diana Nuttman</x:t>
   </x:si>
   <x:si>
     <x:t>5596004508</x:t>
   </x:si>
   <x:si>
     <x:t>Josephine Chapman</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Clean up of these sites located within the County’s right of way along properties zoned for agricultural and rangeland use will allow owners to use the property for it‘s intended agricultural purpose, without needing to be concerned about plastic waste being ingested by livestock, contamination of the water table below the ground surface, or littering the surrounding areas, as more of the plastic rolls are unearthed by continued erosion of the area. Given the agricultural zoning of these illegal dumping locations, it becomes an environmental health issue as well, jeopardizing the safety of farm animals and food that is grown in the area, making it imperative that these sites are properly remediated. The County will connect with Identifying Violations Affecting Neighborhoods (IVAN), a community-based environmental monitoring system, to deter, report and document future instances of illegal dumping.</x:t>
   </x:si>
   <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chris Howard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072187872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Del Norte County Resource Conservation District has identified three farms with the Smith River plain which have been plagued over the last four decades with prolific dumping, consisting particularly of tires.  The RCD has identified three sites on three farms where tires and illegal waste have been cumulated from various locations of the cumulative five thousand acres. In an effort to assist with solid waste clean-up, the RCD will utilize grant funds to support the farmers who have been overwhelmed by tires and assist in solid waste disposal.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Trinity             </x:t>
   </x:si>
   <x:si>
     <x:t>Trinity County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Kayla Meyer</x:t>
   </x:si>
   <x:si>
     <x:t>5306236004</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Trinity County Resource Conservation District (District) works to protect, manage, conserve and restore the natural resource of Trinity County through information, education, technical assistance and project implementation. The District works to help maintain the scenic and pristine value of the Trinity Alps Wilderness, Wild and Scenic Trinity River, and much for of the Shasta-Trinity National Forest. This funding will be utilized to remove vehicles, trailers, and other wastes illegally deposited on United States National Forest timber lands. This action helps to reduce contamination of local creeks and rivers with oil, gas, waste and other pollutants. </x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Del Norte County Resource Conservation District has identified three farms with the Smith River plain which have been plagued over the last four decades with prolific dumping, consisting particularly of tires.  The RCD has identified three sites on three farms where tires and illegal waste have been cumulated from various locations of the cumulative five thousand acres. In an effort to assist with solid waste clean-up, the RCD will utilize grant funds to support the farmers who have been overwhelmed by tires and assist in solid waste disposal.</x:t>
   </x:si>
   <x:si>
     <x:t>Lassen              </x:t>
   </x:si>
   <x:si>
     <x:t>Honey Lake Valley Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Kelsey Siemer</x:t>
   </x:si>
   <x:si>
     <x:t>5302600067</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Clean up will be located on one site in Litchfield, CA, in Lassen County. This 71.6 acre parcel is used for agricultural use. The property historically has been used for cattle grazing, but is currently being utilized for sheep grazing as well as a water access point from adjacent Bureau of Land Management grazing allotments. The area of waste is located in the south-east corner of the property, and approximately the size of 2-3 acres. The location of the waste is a minimum of one mile away from any farmable ground, and appears to have been brought onto the property decades ago, before the property purchase. The current landscape and project site has never been farmed due to overall poor soil health, and has been primary used for grazing. 
 Due to wind erosion, as well as sheep herd movements, the waste had recently been discovered by the property owners, after being buried for 30+ years. Before site A was completed last spring through FR74 funding, large rolls of plastic had begun to emerge from along a drainage on the property. Due to the sheer amount of waste and the weight of plastic that was pulled out of Site A, the additional areas of the project site have now been split up into Site B (0.143 acres) and Site C (0.131 acres) to finish cleanup of the entire project area. Project funds would allow mitigation of the problem as a whole and guarantee that no further contamination to domestic water sources via the water table below the surface would occur.
 Clean up of this site will allow owners to use the property for it‘s intended agricultural purpose, without needing to be concerned about plastic waste being ingested by livestock, contamination of the water table below the ground surface, or littering the surrounding areas, as more of the plastic rolls are unearthed by continued erosion of the area. The responsible party for the illegal dumping activities cannot be identified, located, or pay for timely and proper remediation.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 4</x:t>
   </x:si>
 </x:sst>
@@ -272,51 +272,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67df3235a5ae4ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2f93251f3b024566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R55dc7025ef3c4f91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda09779146e44b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9f38e0336cd840be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R866abd4dc3f4450f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -388,84 +388,84 @@
     </x:row>
     <x:row ht="862.41259765625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>32125</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="655.45513916015625" customHeight="1" collapsed="0">
+    <x:row ht="528.94488525390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>14101</x:v>
+        <x:v>49000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
+    <x:row ht="655.455078125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>49000</x:v>
+        <x:v>14101</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row ht="1747.842529296875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>99103</x:v>
       </x:c>
@@ -499,29 +499,29 @@
       <x:c r="F10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:45 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>