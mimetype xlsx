--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3100abebad704e59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff89ea3aff1c49d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9f38e0336cd840be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R75ac50c40a034ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR77)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -272,51 +272,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda09779146e44b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9f38e0336cd840be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R866abd4dc3f4450f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03fe8502358d4dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R75ac50c40a034ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0045f885c1fe4548" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -499,29 +499,29 @@
       <x:c r="F10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:14 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>