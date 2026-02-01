--- v2 (2025-12-24)
+++ v3 (2026-02-01)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff89ea3aff1c49d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf129cd2a85cd47b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R75ac50c40a034ac6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb2462529eb9949c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR77)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -272,51 +272,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03fe8502358d4dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R75ac50c40a034ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0045f885c1fe4548" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra14ef1bc22f743db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb2462529eb9949c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R83fc0d66f4174d7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -499,29 +499,29 @@
       <x:c r="F10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:14 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 1, 2026 12:09 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>