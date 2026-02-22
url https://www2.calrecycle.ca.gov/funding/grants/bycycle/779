--- v3 (2026-02-01)
+++ v4 (2026-02-22)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf129cd2a85cd47b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bb65430a9554f4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb2462529eb9949c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rab4697a443244b36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR77)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -49,78 +49,78 @@
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>Fresno County</x:t>
   </x:si>
   <x:si>
     <x:t> Diana Nuttman</x:t>
   </x:si>
   <x:si>
     <x:t>5596004508</x:t>
   </x:si>
   <x:si>
     <x:t>Josephine Chapman</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Clean up of these sites located within the County’s right of way along properties zoned for agricultural and rangeland use will allow owners to use the property for it‘s intended agricultural purpose, without needing to be concerned about plastic waste being ingested by livestock, contamination of the water table below the ground surface, or littering the surrounding areas, as more of the plastic rolls are unearthed by continued erosion of the area. Given the agricultural zoning of these illegal dumping locations, it becomes an environmental health issue as well, jeopardizing the safety of farm animals and food that is grown in the area, making it imperative that these sites are properly remediated. The County will connect with Identifying Violations Affecting Neighborhoods (IVAN), a community-based environmental monitoring system, to deter, report and document future instances of illegal dumping.</x:t>
   </x:si>
   <x:si>
+    <x:t>Trinity             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kayla Meyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306236004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Trinity County Resource Conservation District (District) works to protect, manage, conserve and restore the natural resource of Trinity County through information, education, technical assistance and project implementation. The District works to help maintain the scenic and pristine value of the Trinity Alps Wilderness, Wild and Scenic Trinity River, and much for of the Shasta-Trinity National Forest. This funding will be utilized to remove vehicles, trailers, and other wastes illegally deposited on United States National Forest timber lands. This action helps to reduce contamination of local creeks and rivers with oil, gas, waste and other pollutants. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Chris Howard</x:t>
   </x:si>
   <x:si>
     <x:t>7072187872</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Del Norte County Resource Conservation District has identified three farms with the Smith River plain which have been plagued over the last four decades with prolific dumping, consisting particularly of tires.  The RCD has identified three sites on three farms where tires and illegal waste have been cumulated from various locations of the cumulative five thousand acres. In an effort to assist with solid waste clean-up, the RCD will utilize grant funds to support the farmers who have been overwhelmed by tires and assist in solid waste disposal.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Trinity County Resource Conservation District (District) works to protect, manage, conserve and restore the natural resource of Trinity County through information, education, technical assistance and project implementation. The District works to help maintain the scenic and pristine value of the Trinity Alps Wilderness, Wild and Scenic Trinity River, and much for of the Shasta-Trinity National Forest. This funding will be utilized to remove vehicles, trailers, and other wastes illegally deposited on United States National Forest timber lands. This action helps to reduce contamination of local creeks and rivers with oil, gas, waste and other pollutants. </x:t>
   </x:si>
   <x:si>
     <x:t>Lassen              </x:t>
   </x:si>
   <x:si>
     <x:t>Honey Lake Valley Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Kelsey Siemer</x:t>
   </x:si>
   <x:si>
     <x:t>5302600067</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Clean up will be located on one site in Litchfield, CA, in Lassen County. This 71.6 acre parcel is used for agricultural use. The property historically has been used for cattle grazing, but is currently being utilized for sheep grazing as well as a water access point from adjacent Bureau of Land Management grazing allotments. The area of waste is located in the south-east corner of the property, and approximately the size of 2-3 acres. The location of the waste is a minimum of one mile away from any farmable ground, and appears to have been brought onto the property decades ago, before the property purchase. The current landscape and project site has never been farmed due to overall poor soil health, and has been primary used for grazing. 
 Due to wind erosion, as well as sheep herd movements, the waste had recently been discovered by the property owners, after being buried for 30+ years. Before site A was completed last spring through FR74 funding, large rolls of plastic had begun to emerge from along a drainage on the property. Due to the sheer amount of waste and the weight of plastic that was pulled out of Site A, the additional areas of the project site have now been split up into Site B (0.143 acres) and Site C (0.131 acres) to finish cleanup of the entire project area. Project funds would allow mitigation of the problem as a whole and guarantee that no further contamination to domestic water sources via the water table below the surface would occur.
 Clean up of this site will allow owners to use the property for it‘s intended agricultural purpose, without needing to be concerned about plastic waste being ingested by livestock, contamination of the water table below the ground surface, or littering the surrounding areas, as more of the plastic rolls are unearthed by continued erosion of the area. The responsible party for the illegal dumping activities cannot be identified, located, or pay for timely and proper remediation.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 4</x:t>
   </x:si>
 </x:sst>
@@ -272,51 +272,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra14ef1bc22f743db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb2462529eb9949c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R83fc0d66f4174d7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e2ff743fba42e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rab4697a443244b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf7f4cda660114288" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -388,84 +388,84 @@
     </x:row>
     <x:row ht="862.41259765625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>32125</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.94488525390625" customHeight="1" collapsed="0">
+    <x:row ht="655.45513916015625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>49000</x:v>
+        <x:v>14101</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="655.455078125" customHeight="1" collapsed="0">
+    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>14101</x:v>
+        <x:v>49000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row ht="1747.842529296875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>99103</x:v>
       </x:c>
@@ -499,29 +499,29 @@
       <x:c r="F10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 1, 2026 12:09 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 22, 2026 1:29 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>