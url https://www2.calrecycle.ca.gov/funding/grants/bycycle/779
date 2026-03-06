--- v4 (2026-02-22)
+++ v5 (2026-03-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bb65430a9554f4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc2bb6a65f864ac4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rab4697a443244b36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R658024ddb50f481d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR77)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -49,78 +49,78 @@
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>Fresno County</x:t>
   </x:si>
   <x:si>
     <x:t> Diana Nuttman</x:t>
   </x:si>
   <x:si>
     <x:t>5596004508</x:t>
   </x:si>
   <x:si>
     <x:t>Josephine Chapman</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Clean up of these sites located within the County’s right of way along properties zoned for agricultural and rangeland use will allow owners to use the property for it‘s intended agricultural purpose, without needing to be concerned about plastic waste being ingested by livestock, contamination of the water table below the ground surface, or littering the surrounding areas, as more of the plastic rolls are unearthed by continued erosion of the area. Given the agricultural zoning of these illegal dumping locations, it becomes an environmental health issue as well, jeopardizing the safety of farm animals and food that is grown in the area, making it imperative that these sites are properly remediated. The County will connect with Identifying Violations Affecting Neighborhoods (IVAN), a community-based environmental monitoring system, to deter, report and document future instances of illegal dumping.</x:t>
   </x:si>
   <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chris Howard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072187872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Del Norte County Resource Conservation District has identified three farms with the Smith River plain which have been plagued over the last four decades with prolific dumping, consisting particularly of tires.  The RCD has identified three sites on three farms where tires and illegal waste have been cumulated from various locations of the cumulative five thousand acres. In an effort to assist with solid waste clean-up, the RCD will utilize grant funds to support the farmers who have been overwhelmed by tires and assist in solid waste disposal.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Trinity             </x:t>
   </x:si>
   <x:si>
     <x:t>Trinity County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Kayla Meyer</x:t>
   </x:si>
   <x:si>
     <x:t>5306236004</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Trinity County Resource Conservation District (District) works to protect, manage, conserve and restore the natural resource of Trinity County through information, education, technical assistance and project implementation. The District works to help maintain the scenic and pristine value of the Trinity Alps Wilderness, Wild and Scenic Trinity River, and much for of the Shasta-Trinity National Forest. This funding will be utilized to remove vehicles, trailers, and other wastes illegally deposited on United States National Forest timber lands. This action helps to reduce contamination of local creeks and rivers with oil, gas, waste and other pollutants. </x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Del Norte County Resource Conservation District has identified three farms with the Smith River plain which have been plagued over the last four decades with prolific dumping, consisting particularly of tires.  The RCD has identified three sites on three farms where tires and illegal waste have been cumulated from various locations of the cumulative five thousand acres. In an effort to assist with solid waste clean-up, the RCD will utilize grant funds to support the farmers who have been overwhelmed by tires and assist in solid waste disposal.</x:t>
   </x:si>
   <x:si>
     <x:t>Lassen              </x:t>
   </x:si>
   <x:si>
     <x:t>Honey Lake Valley Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Kelsey Siemer</x:t>
   </x:si>
   <x:si>
     <x:t>5302600067</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Clean up will be located on one site in Litchfield, CA, in Lassen County. This 71.6 acre parcel is used for agricultural use. The property historically has been used for cattle grazing, but is currently being utilized for sheep grazing as well as a water access point from adjacent Bureau of Land Management grazing allotments. The area of waste is located in the south-east corner of the property, and approximately the size of 2-3 acres. The location of the waste is a minimum of one mile away from any farmable ground, and appears to have been brought onto the property decades ago, before the property purchase. The current landscape and project site has never been farmed due to overall poor soil health, and has been primary used for grazing. 
 Due to wind erosion, as well as sheep herd movements, the waste had recently been discovered by the property owners, after being buried for 30+ years. Before site A was completed last spring through FR74 funding, large rolls of plastic had begun to emerge from along a drainage on the property. Due to the sheer amount of waste and the weight of plastic that was pulled out of Site A, the additional areas of the project site have now been split up into Site B (0.143 acres) and Site C (0.131 acres) to finish cleanup of the entire project area. Project funds would allow mitigation of the problem as a whole and guarantee that no further contamination to domestic water sources via the water table below the surface would occur.
 Clean up of this site will allow owners to use the property for it‘s intended agricultural purpose, without needing to be concerned about plastic waste being ingested by livestock, contamination of the water table below the ground surface, or littering the surrounding areas, as more of the plastic rolls are unearthed by continued erosion of the area. The responsible party for the illegal dumping activities cannot be identified, located, or pay for timely and proper remediation.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 4</x:t>
   </x:si>
 </x:sst>
@@ -272,51 +272,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e2ff743fba42e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rab4697a443244b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf7f4cda660114288" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R599ae3da51c84ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R658024ddb50f481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R449d0597c0d44c69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -388,84 +388,84 @@
     </x:row>
     <x:row ht="862.41259765625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>32125</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="655.45513916015625" customHeight="1" collapsed="0">
+    <x:row ht="528.94488525390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>14101</x:v>
+        <x:v>49000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
+    <x:row ht="655.455078125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>49000</x:v>
+        <x:v>14101</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row ht="1747.842529296875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>99103</x:v>
       </x:c>
@@ -499,29 +499,29 @@
       <x:c r="F10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 22, 2026 1:29 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 10:41 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>