--- v5 (2026-03-06)
+++ v6 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc2bb6a65f864ac4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8620c17f9c764d80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R658024ddb50f481d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb115be809a544d66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR77)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -272,51 +272,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R599ae3da51c84ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R658024ddb50f481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R449d0597c0d44c69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9486d54ded704a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb115be809a544d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc9211c41012645f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -499,29 +499,29 @@
       <x:c r="F10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 10:41 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 11:40 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>