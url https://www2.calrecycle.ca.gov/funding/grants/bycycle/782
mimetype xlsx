--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,198 +1,198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R515e7f5ff7584031" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5956a307650450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R22104b23aa3c4b17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcda4f4dcbe9d48e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Edible Food Recovery Grant Program (EFR2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Menifee</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kori Jones</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517233890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand a citywide edible food recovery program through Menifee Valley Community Cupboard. This will be facilitated through the purchase of a refrigerated box truck for increased edible food recovery, satellite distribution into underserved communities using a grant-funded cargo van, and expansion of a food preparation area and cold storage capacity at Menifee Valley Community Cupboard’s primary facility in Riverside County. The City of Menifee will also provide outreach and education to food generating businesses about food waste prevention practices and food recovery services available. This project will create one new full-time driver position at Menifee Valley Community Cupboard.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heidi Darby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143340230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vandhana Dharan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County will partner with the John Wayne Airport to increase the amount of edible food recovered in the airport by up to 20 percent. This project will expand cold storage and fund additional food recovery supplies such as carts to help with the transport of edible food within the airport. Grant funds will also be used for education and outreach to food generators and the general public at the airport and staff time  spent on program implementation and management.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>White Pony Express</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Merry Dempsey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253220064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trina Ritter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: White Pony Express recovers 10-12,000 pounds of fresh, wholesome food every day, seven days a week. Currently, White Pony Express receives food donations from over 80 sources and distributes these donations to over 90 recipient agencies in and around Contra Costa County. This project will expand White Pony Express’ capacity to recover, process, and distribute edible food through the purchase of a walk-in refrigerator and freezer. Equipment such as a forklift and pallet jack will also be purchased to increase efficiency and decrease unloading and sorting times.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food Bank of Contra Costa and Solano</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lindsay Drakeley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256777036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Food Bank of Contra Costa and Solano serves up to 240,000 people each month in Contra Costa and Solano Counties. This project will allow the Food Bank to expand current edible food recovery activities to include 14 Safeway stores located throughout Contra Costa County. This expansion will be accomplished through the purchase of a refrigerated truck and the creation of a new full-time driver position. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Madison Materials, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Jay Ware</x:t>
   </x:si>
   <x:si>
     <x:t>7146640159</x:t>
   </x:si>
   <x:si>
-    <x:t>Vandhana Dharan</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Madison Materials, a permitted solid waste and resource recovery facility, serves nearly 30 school districts in Orange County as the destination of food waste. Through this project, Madison Materials will purchase a food recovery vehicle, expand on-site cold storage, and hire a new part-time driver position. Abound Food Care will support the food recovery program with their cloud-based food donation tracking and redistribution system to match edible food to recipients. The first phase of this project will focus on schools that have refrigeration, and the second phase will target the remaining schools that do not have refrigeration, which will receive a mobile food freezing unit for temporary storage. </x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>Feeding the Soul Foundation, Inc. dba O'side Kitchen Collaborative</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Vallie Gilley</x:t>
   </x:si>
   <x:si>
     <x:t>7609677886</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through this project, O’side Kitchen Collaborative will expand its capacity to recover edible food and distribute nutritious meals to communities in San Diego County. O’side Kitchen Collaborative recovers items such as produce, bread, frozen meats, dairy, and nonperishables, and chefs then use those recovered foods to prepare nutritious and healthy meals for the community. Through the purchase of a hybrid food recovery truck, a trailer, and refrigeration equipment, O’side Kitchen Collaborative will be able to increase their edible food recovery by 15% annually.  </x:t>
   </x:si>
   <x:si>
-    <x:t>White Pony Express</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>Tri-Valley Haven for Women, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Cynthia Morales</x:t>
   </x:si>
   <x:si>
     <x:t>9254495845</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Tri-Valley Haven Food Pantry  provides recovered food to households in the Tri-Valley Area of Alameda County. This project will increase edible food recovery through the purchase of a food recovery box truck and a walk-in freezer. The grant will  also supplement the salaries of a Food Pantry Driver and a Food Pantry Assistant , which will enable Tri-Valley Haven Food Pantry to recover and sort more food for distribution.</x:t>
   </x:si>
   <x:si>
     <x:t>Common Vision</x:t>
   </x:si>
   <x:si>
     <x:t> Emily Zukerberg</x:t>
   </x:si>
   <x:si>
     <x:t>5108049727</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will increase the amount of edible food that Common Vision is able to recover and distribute to families in Alameda County. Distribution sites   will include at least five schools, all located in disadvantaged neighborhoods in Oakland and within 20 miles of the food generator’s distribution center.  Common Vision hopes to more than double the amount of food currently   recovered through the purchase of a cargo van, cold storage, and other food recovery supplies. This project will create one part-time Program Manager/Distribution Driver position. </x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County will partner with the John Wayne Airport to increase the amount of edible food recovered in the airport by up to 20 percent. This project will expand cold storage and fund additional food recovery supplies such as carts to help with the transport of edible food within the airport. Grant funds will also be used for education and outreach to food generators and the general public at the airport and staff time  spent on program implementation and management.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 8</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -327,51 +327,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3508081e5dd45ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R22104b23aa3c4b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9b9d0d3fc5584b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra157f1e39a9f4f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcda4f4dcbe9d48e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R65b92308df1049eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -419,264 +419,264 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
+    <x:row ht="701.43304443359375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>239867</x:v>
+        <x:v>241360</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.96063232421875" customHeight="1" collapsed="0">
+    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.4329833984375" customHeight="1" collapsed="0">
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>241360</x:v>
+        <x:v>205332</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
+    <x:row ht="436.9605712890625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>165977</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>32</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>205332</x:v>
+        <x:v>239867</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>165977</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.960693359375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>224457</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>224457</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>1726993</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 12:25 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:42 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>