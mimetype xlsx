--- v1 (2025-12-16)
+++ v2 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5956a307650450c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a524fe3a8d845a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcda4f4dcbe9d48e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ree7f383b49804bab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Edible Food Recovery Grant Program (EFR2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -327,51 +327,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra157f1e39a9f4f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcda4f4dcbe9d48e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R65b92308df1049eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf67e6dfc9c5d4b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ree7f383b49804bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6aefb90b296e4e6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -654,29 +654,29 @@
         <x:v>50</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:42 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:55 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>