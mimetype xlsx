--- v2 (2025-12-17)
+++ v3 (2025-12-24)
@@ -1,198 +1,198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a524fe3a8d845a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc258704c60c6490c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ree7f383b49804bab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re9304a4854e146fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Edible Food Recovery Grant Program (EFR2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madison Materials, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jay Ware</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7146640159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vandhana Dharan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Madison Materials, a permitted solid waste and resource recovery facility, serves nearly 30 school districts in Orange County as the destination of food waste. Through this project, Madison Materials will purchase a food recovery vehicle, expand on-site cold storage, and hire a new part-time driver position. Abound Food Care will support the food recovery program with their cloud-based food donation tracking and redistribution system to match edible food to recipients. The first phase of this project will focus on schools that have refrigeration, and the second phase will target the remaining schools that do not have refrigeration, which will receive a mobile food freezing unit for temporary storage. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food Bank of Contra Costa and Solano</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lindsay Drakeley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256777036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trina Ritter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Food Bank of Contra Costa and Solano serves up to 240,000 people each month in Contra Costa and Solano Counties. This project will allow the Food Bank to expand current edible food recovery activities to include 14 Safeway stores located throughout Contra Costa County. This expansion will be accomplished through the purchase of a refrigerated truck and the creation of a new full-time driver position. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Menifee</x:t>
   </x:si>
   <x:si>
     <x:t> Kori Jones</x:t>
   </x:si>
   <x:si>
     <x:t>9517233890</x:t>
   </x:si>
   <x:si>
     <x:t>Shaina Meiners</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand a citywide edible food recovery program through Menifee Valley Community Cupboard. This will be facilitated through the purchase of a refrigerated box truck for increased edible food recovery, satellite distribution into underserved communities using a grant-funded cargo van, and expansion of a food preparation area and cold storage capacity at Menifee Valley Community Cupboard’s primary facility in Riverside County. The City of Menifee will also provide outreach and education to food generating businesses about food waste prevention practices and food recovery services available. This project will create one new full-time driver position at Menifee Valley Community Cupboard.</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Feeding the Soul Foundation, Inc. dba O'side Kitchen Collaborative</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Vallie Gilley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609677886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through this project, O’side Kitchen Collaborative will expand its capacity to recover edible food and distribute nutritious meals to communities in San Diego County. O’side Kitchen Collaborative recovers items such as produce, bread, frozen meats, dairy, and nonperishables, and chefs then use those recovered foods to prepare nutritious and healthy meals for the community. Through the purchase of a hybrid food recovery truck, a trailer, and refrigeration equipment, O’side Kitchen Collaborative will be able to increase their edible food recovery by 15% annually.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>White Pony Express</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Merry Dempsey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253220064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: White Pony Express recovers 10-12,000 pounds of fresh, wholesome food every day, seven days a week. Currently, White Pony Express receives food donations from over 80 sources and distributes these donations to over 90 recipient agencies in and around Contra Costa County. This project will expand White Pony Express’ capacity to recover, process, and distribute edible food through the purchase of a walk-in refrigerator and freezer. Equipment such as a forklift and pallet jack will also be purchased to increase efficiency and decrease unloading and sorting times.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tri-Valley Haven for Women, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cynthia Morales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9254495845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Tri-Valley Haven Food Pantry  provides recovered food to households in the Tri-Valley Area of Alameda County. This project will increase edible food recovery through the purchase of a food recovery box truck and a walk-in freezer. The grant will  also supplement the salaries of a Food Pantry Driver and a Food Pantry Assistant , which will enable Tri-Valley Haven Food Pantry to recover and sort more food for distribution.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Common Vision</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Emily Zukerberg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5108049727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will increase the amount of edible food that Common Vision is able to recover and distribute to families in Alameda County. Distribution sites   will include at least five schools, all located in disadvantaged neighborhoods in Oakland and within 20 miles of the food generator’s distribution center.  Common Vision hopes to more than double the amount of food currently   recovered through the purchase of a cargo van, cold storage, and other food recovery supplies. This project will create one part-time Program Manager/Distribution Driver position. </x:t>
   </x:si>
   <x:si>
     <x:t>Orange County</x:t>
   </x:si>
   <x:si>
     <x:t> Heidi Darby</x:t>
   </x:si>
   <x:si>
     <x:t>7143340230</x:t>
   </x:si>
   <x:si>
-    <x:t>Vandhana Dharan</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County will partner with the John Wayne Airport to increase the amount of edible food recovered in the airport by up to 20 percent. This project will expand cold storage and fund additional food recovery supplies such as carts to help with the transport of edible food within the airport. Grant funds will also be used for education and outreach to food generators and the general public at the airport and staff time  spent on program implementation and management.</x:t>
-  </x:si>
-[...82 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will increase the amount of edible food that Common Vision is able to recover and distribute to families in Alameda County. Distribution sites   will include at least five schools, all located in disadvantaged neighborhoods in Oakland and within 20 miles of the food generator’s distribution center.  Common Vision hopes to more than double the amount of food currently   recovered through the purchase of a cargo van, cold storage, and other food recovery supplies. This project will create one part-time Program Manager/Distribution Driver position. </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 8</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -327,51 +327,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf67e6dfc9c5d4b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ree7f383b49804bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6aefb90b296e4e6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b4c94bfc538479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re9304a4854e146fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1ee292947cd84150" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -419,264 +419,264 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.43304443359375" customHeight="1" collapsed="0">
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>241360</x:v>
+        <x:v>239867</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
+    <x:row ht="436.96063232421875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+    <x:row ht="701.4329833984375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>205332</x:v>
+        <x:v>241360</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.9605712890625" customHeight="1" collapsed="0">
+    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>165977</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>239867</x:v>
+        <x:v>205332</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.960693359375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>165977</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.960693359375" customHeight="1" collapsed="0">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>224457</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>224457</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>1726993</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:55 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>