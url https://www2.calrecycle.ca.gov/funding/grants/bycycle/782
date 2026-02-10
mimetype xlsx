--- v3 (2025-12-24)
+++ v4 (2026-02-10)
@@ -1,198 +1,198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc258704c60c6490c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree090fb338c7453e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re9304a4854e146fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3d07617e20544486"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Edible Food Recovery Grant Program (EFR2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Menifee</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kori Jones</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517233890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand a citywide edible food recovery program through Menifee Valley Community Cupboard. This will be facilitated through the purchase of a refrigerated box truck for increased edible food recovery, satellite distribution into underserved communities using a grant-funded cargo van, and expansion of a food preparation area and cold storage capacity at Menifee Valley Community Cupboard’s primary facility in Riverside County. The City of Menifee will also provide outreach and education to food generating businesses about food waste prevention practices and food recovery services available. This project will create one new full-time driver position at Menifee Valley Community Cupboard.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heidi Darby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143340230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vandhana Dharan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County will partner with the John Wayne Airport to increase the amount of edible food recovered in the airport by up to 20 percent. This project will expand cold storage and fund additional food recovery supplies such as carts to help with the transport of edible food within the airport. Grant funds will also be used for education and outreach to food generators and the general public at the airport and staff time  spent on program implementation and management.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>White Pony Express</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Merry Dempsey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253220064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trina Ritter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: White Pony Express recovers 10-12,000 pounds of fresh, wholesome food every day, seven days a week. Currently, White Pony Express receives food donations from over 80 sources and distributes these donations to over 90 recipient agencies in and around Contra Costa County. This project will expand White Pony Express’ capacity to recover, process, and distribute edible food through the purchase of a walk-in refrigerator and freezer. Equipment such as a forklift and pallet jack will also be purchased to increase efficiency and decrease unloading and sorting times.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food Bank of Contra Costa and Solano</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lindsay Drakeley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256777036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Food Bank of Contra Costa and Solano serves up to 240,000 people each month in Contra Costa and Solano Counties. This project will allow the Food Bank to expand current edible food recovery activities to include 14 Safeway stores located throughout Contra Costa County. This expansion will be accomplished through the purchase of a refrigerated truck and the creation of a new full-time driver position. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Madison Materials, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Jay Ware</x:t>
   </x:si>
   <x:si>
     <x:t>7146640159</x:t>
   </x:si>
   <x:si>
-    <x:t>Vandhana Dharan</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Madison Materials, a permitted solid waste and resource recovery facility, serves nearly 30 school districts in Orange County as the destination of food waste. Through this project, Madison Materials will purchase a food recovery vehicle, expand on-site cold storage, and hire a new part-time driver position. Abound Food Care will support the food recovery program with their cloud-based food donation tracking and redistribution system to match edible food to recipients. The first phase of this project will focus on schools that have refrigeration, and the second phase will target the remaining schools that do not have refrigeration, which will receive a mobile food freezing unit for temporary storage. </x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>Feeding the Soul Foundation, Inc. dba O'side Kitchen Collaborative</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Vallie Gilley</x:t>
   </x:si>
   <x:si>
     <x:t>7609677886</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through this project, O’side Kitchen Collaborative will expand its capacity to recover edible food and distribute nutritious meals to communities in San Diego County. O’side Kitchen Collaborative recovers items such as produce, bread, frozen meats, dairy, and nonperishables, and chefs then use those recovered foods to prepare nutritious and healthy meals for the community. Through the purchase of a hybrid food recovery truck, a trailer, and refrigeration equipment, O’side Kitchen Collaborative will be able to increase their edible food recovery by 15% annually.  </x:t>
   </x:si>
   <x:si>
-    <x:t>White Pony Express</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>Tri-Valley Haven for Women, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Cynthia Morales</x:t>
   </x:si>
   <x:si>
     <x:t>9254495845</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Tri-Valley Haven Food Pantry  provides recovered food to households in the Tri-Valley Area of Alameda County. This project will increase edible food recovery through the purchase of a food recovery box truck and a walk-in freezer. The grant will  also supplement the salaries of a Food Pantry Driver and a Food Pantry Assistant , which will enable Tri-Valley Haven Food Pantry to recover and sort more food for distribution.</x:t>
   </x:si>
   <x:si>
     <x:t>Common Vision</x:t>
   </x:si>
   <x:si>
     <x:t> Emily Zukerberg</x:t>
   </x:si>
   <x:si>
     <x:t>5108049727</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will increase the amount of edible food that Common Vision is able to recover and distribute to families in Alameda County. Distribution sites   will include at least five schools, all located in disadvantaged neighborhoods in Oakland and within 20 miles of the food generator’s distribution center.  Common Vision hopes to more than double the amount of food currently   recovered through the purchase of a cargo van, cold storage, and other food recovery supplies. This project will create one part-time Program Manager/Distribution Driver position. </x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County will partner with the John Wayne Airport to increase the amount of edible food recovered in the airport by up to 20 percent. This project will expand cold storage and fund additional food recovery supplies such as carts to help with the transport of edible food within the airport. Grant funds will also be used for education and outreach to food generators and the general public at the airport and staff time  spent on program implementation and management.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 8</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -327,51 +327,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b4c94bfc538479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re9304a4854e146fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1ee292947cd84150" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd90a368a3ff24672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3d07617e20544486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R301809c286f84544" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -419,264 +419,264 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
+    <x:row ht="701.43304443359375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>239867</x:v>
+        <x:v>241360</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.96063232421875" customHeight="1" collapsed="0">
+    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.4329833984375" customHeight="1" collapsed="0">
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>241360</x:v>
+        <x:v>205332</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
+    <x:row ht="436.9605712890625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>165977</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>32</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>205332</x:v>
+        <x:v>239867</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>165977</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.960693359375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>224457</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>224457</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>1726993</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>