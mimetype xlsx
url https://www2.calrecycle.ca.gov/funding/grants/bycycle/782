--- v4 (2026-02-10)
+++ v5 (2026-03-05)
@@ -1,198 +1,198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree090fb338c7453e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R753868e098be4599" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3d07617e20544486"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf9b916bb5a4b47d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Edible Food Recovery Grant Program (EFR2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madison Materials, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jay Ware</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7146640159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vandhana Dharan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Madison Materials, a permitted solid waste and resource recovery facility, serves nearly 30 school districts in Orange County as the destination of food waste. Through this project, Madison Materials will purchase a food recovery vehicle, expand on-site cold storage, and hire a new part-time driver position. Abound Food Care will support the food recovery program with their cloud-based food donation tracking and redistribution system to match edible food to recipients. The first phase of this project will focus on schools that have refrigeration, and the second phase will target the remaining schools that do not have refrigeration, which will receive a mobile food freezing unit for temporary storage. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food Bank of Contra Costa and Solano</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lindsay Drakeley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256777036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trina Ritter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Food Bank of Contra Costa and Solano serves up to 240,000 people each month in Contra Costa and Solano Counties. This project will allow the Food Bank to expand current edible food recovery activities to include 14 Safeway stores located throughout Contra Costa County. This expansion will be accomplished through the purchase of a refrigerated truck and the creation of a new full-time driver position. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Menifee</x:t>
   </x:si>
   <x:si>
     <x:t> Kori Jones</x:t>
   </x:si>
   <x:si>
     <x:t>9517233890</x:t>
   </x:si>
   <x:si>
     <x:t>Shaina Meiners</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand a citywide edible food recovery program through Menifee Valley Community Cupboard. This will be facilitated through the purchase of a refrigerated box truck for increased edible food recovery, satellite distribution into underserved communities using a grant-funded cargo van, and expansion of a food preparation area and cold storage capacity at Menifee Valley Community Cupboard’s primary facility in Riverside County. The City of Menifee will also provide outreach and education to food generating businesses about food waste prevention practices and food recovery services available. This project will create one new full-time driver position at Menifee Valley Community Cupboard.</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Feeding the Soul Foundation, Inc. dba O'side Kitchen Collaborative</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Vallie Gilley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609677886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through this project, O’side Kitchen Collaborative will expand its capacity to recover edible food and distribute nutritious meals to communities in San Diego County. O’side Kitchen Collaborative recovers items such as produce, bread, frozen meats, dairy, and nonperishables, and chefs then use those recovered foods to prepare nutritious and healthy meals for the community. Through the purchase of a hybrid food recovery truck, a trailer, and refrigeration equipment, O’side Kitchen Collaborative will be able to increase their edible food recovery by 15% annually.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>White Pony Express</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Merry Dempsey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253220064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: White Pony Express recovers 10-12,000 pounds of fresh, wholesome food every day, seven days a week. Currently, White Pony Express receives food donations from over 80 sources and distributes these donations to over 90 recipient agencies in and around Contra Costa County. This project will expand White Pony Express’ capacity to recover, process, and distribute edible food through the purchase of a walk-in refrigerator and freezer. Equipment such as a forklift and pallet jack will also be purchased to increase efficiency and decrease unloading and sorting times.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tri-Valley Haven for Women, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cynthia Morales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9254495845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Tri-Valley Haven Food Pantry  provides recovered food to households in the Tri-Valley Area of Alameda County. This project will increase edible food recovery through the purchase of a food recovery box truck and a walk-in freezer. The grant will  also supplement the salaries of a Food Pantry Driver and a Food Pantry Assistant , which will enable Tri-Valley Haven Food Pantry to recover and sort more food for distribution.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Common Vision</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Emily Zukerberg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5108049727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will increase the amount of edible food that Common Vision is able to recover and distribute to families in Alameda County. Distribution sites   will include at least five schools, all located in disadvantaged neighborhoods in Oakland and within 20 miles of the food generator’s distribution center.  Common Vision hopes to more than double the amount of food currently   recovered through the purchase of a cargo van, cold storage, and other food recovery supplies. This project will create one part-time Program Manager/Distribution Driver position. </x:t>
   </x:si>
   <x:si>
     <x:t>Orange County</x:t>
   </x:si>
   <x:si>
     <x:t> Heidi Darby</x:t>
   </x:si>
   <x:si>
     <x:t>7143340230</x:t>
   </x:si>
   <x:si>
-    <x:t>Vandhana Dharan</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County will partner with the John Wayne Airport to increase the amount of edible food recovered in the airport by up to 20 percent. This project will expand cold storage and fund additional food recovery supplies such as carts to help with the transport of edible food within the airport. Grant funds will also be used for education and outreach to food generators and the general public at the airport and staff time  spent on program implementation and management.</x:t>
-  </x:si>
-[...82 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will increase the amount of edible food that Common Vision is able to recover and distribute to families in Alameda County. Distribution sites   will include at least five schools, all located in disadvantaged neighborhoods in Oakland and within 20 miles of the food generator’s distribution center.  Common Vision hopes to more than double the amount of food currently   recovered through the purchase of a cargo van, cold storage, and other food recovery supplies. This project will create one part-time Program Manager/Distribution Driver position. </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 8</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -327,51 +327,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd90a368a3ff24672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3d07617e20544486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R301809c286f84544" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0347b24b2f924412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf9b916bb5a4b47d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R239e08f2e6614467" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -419,264 +419,264 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.43304443359375" customHeight="1" collapsed="0">
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>241360</x:v>
+        <x:v>239867</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
+    <x:row ht="436.96063232421875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+    <x:row ht="701.4329833984375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>205332</x:v>
+        <x:v>241360</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.9605712890625" customHeight="1" collapsed="0">
+    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>165977</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>239867</x:v>
+        <x:v>205332</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.960693359375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>165977</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.960693359375" customHeight="1" collapsed="0">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>224457</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>224457</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>1726993</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:31 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 7:23 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>