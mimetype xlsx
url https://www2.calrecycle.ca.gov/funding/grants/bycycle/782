--- v5 (2026-03-05)
+++ v6 (2026-03-09)
@@ -1,198 +1,198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R753868e098be4599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra92b72a651854627" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf9b916bb5a4b47d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R34bab4c8155d4f6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Edible Food Recovery Grant Program (EFR2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Menifee</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kori Jones</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517233890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand a citywide edible food recovery program through Menifee Valley Community Cupboard. This will be facilitated through the purchase of a refrigerated box truck for increased edible food recovery, satellite distribution into underserved communities using a grant-funded cargo van, and expansion of a food preparation area and cold storage capacity at Menifee Valley Community Cupboard’s primary facility in Riverside County. The City of Menifee will also provide outreach and education to food generating businesses about food waste prevention practices and food recovery services available. This project will create one new full-time driver position at Menifee Valley Community Cupboard.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heidi Darby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143340230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vandhana Dharan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County will partner with the John Wayne Airport to increase the amount of edible food recovered in the airport by up to 20 percent. This project will expand cold storage and fund additional food recovery supplies such as carts to help with the transport of edible food within the airport. Grant funds will also be used for education and outreach to food generators and the general public at the airport and staff time  spent on program implementation and management.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>White Pony Express</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Merry Dempsey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253220064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trina Ritter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: White Pony Express recovers 10-12,000 pounds of fresh, wholesome food every day, seven days a week. Currently, White Pony Express receives food donations from over 80 sources and distributes these donations to over 90 recipient agencies in and around Contra Costa County. This project will expand White Pony Express’ capacity to recover, process, and distribute edible food through the purchase of a walk-in refrigerator and freezer. Equipment such as a forklift and pallet jack will also be purchased to increase efficiency and decrease unloading and sorting times.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food Bank of Contra Costa and Solano</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lindsay Drakeley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256777036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Food Bank of Contra Costa and Solano serves up to 240,000 people each month in Contra Costa and Solano Counties. This project will allow the Food Bank to expand current edible food recovery activities to include 14 Safeway stores located throughout Contra Costa County. This expansion will be accomplished through the purchase of a refrigerated truck and the creation of a new full-time driver position. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Madison Materials, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Jay Ware</x:t>
   </x:si>
   <x:si>
     <x:t>7146640159</x:t>
   </x:si>
   <x:si>
-    <x:t>Vandhana Dharan</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Madison Materials, a permitted solid waste and resource recovery facility, serves nearly 30 school districts in Orange County as the destination of food waste. Through this project, Madison Materials will purchase a food recovery vehicle, expand on-site cold storage, and hire a new part-time driver position. Abound Food Care will support the food recovery program with their cloud-based food donation tracking and redistribution system to match edible food to recipients. The first phase of this project will focus on schools that have refrigeration, and the second phase will target the remaining schools that do not have refrigeration, which will receive a mobile food freezing unit for temporary storage. </x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>Feeding the Soul Foundation, Inc. dba O'side Kitchen Collaborative</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Vallie Gilley</x:t>
   </x:si>
   <x:si>
     <x:t>7609677886</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through this project, O’side Kitchen Collaborative will expand its capacity to recover edible food and distribute nutritious meals to communities in San Diego County. O’side Kitchen Collaborative recovers items such as produce, bread, frozen meats, dairy, and nonperishables, and chefs then use those recovered foods to prepare nutritious and healthy meals for the community. Through the purchase of a hybrid food recovery truck, a trailer, and refrigeration equipment, O’side Kitchen Collaborative will be able to increase their edible food recovery by 15% annually.  </x:t>
   </x:si>
   <x:si>
-    <x:t>White Pony Express</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>Tri-Valley Haven for Women, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Cynthia Morales</x:t>
   </x:si>
   <x:si>
     <x:t>9254495845</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Tri-Valley Haven Food Pantry  provides recovered food to households in the Tri-Valley Area of Alameda County. This project will increase edible food recovery through the purchase of a food recovery box truck and a walk-in freezer. The grant will  also supplement the salaries of a Food Pantry Driver and a Food Pantry Assistant , which will enable Tri-Valley Haven Food Pantry to recover and sort more food for distribution.</x:t>
   </x:si>
   <x:si>
     <x:t>Common Vision</x:t>
   </x:si>
   <x:si>
     <x:t> Emily Zukerberg</x:t>
   </x:si>
   <x:si>
     <x:t>5108049727</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will increase the amount of edible food that Common Vision is able to recover and distribute to families in Alameda County. Distribution sites   will include at least five schools, all located in disadvantaged neighborhoods in Oakland and within 20 miles of the food generator’s distribution center.  Common Vision hopes to more than double the amount of food currently   recovered through the purchase of a cargo van, cold storage, and other food recovery supplies. This project will create one part-time Program Manager/Distribution Driver position. </x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County will partner with the John Wayne Airport to increase the amount of edible food recovered in the airport by up to 20 percent. This project will expand cold storage and fund additional food recovery supplies such as carts to help with the transport of edible food within the airport. Grant funds will also be used for education and outreach to food generators and the general public at the airport and staff time  spent on program implementation and management.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 8</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -327,51 +327,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0347b24b2f924412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf9b916bb5a4b47d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R239e08f2e6614467" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3c4e4b8e2334b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R34bab4c8155d4f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra18ba089e4a04cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -419,264 +419,264 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
+    <x:row ht="701.43304443359375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>239867</x:v>
+        <x:v>241360</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.96063232421875" customHeight="1" collapsed="0">
+    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.4329833984375" customHeight="1" collapsed="0">
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>241360</x:v>
+        <x:v>205332</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
+    <x:row ht="436.9605712890625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>165977</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>32</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>205332</x:v>
+        <x:v>239867</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>165977</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.960693359375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>224457</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>224457</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>1726993</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 7:23 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:19 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>