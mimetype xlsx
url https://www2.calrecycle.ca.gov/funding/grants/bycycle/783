--- v0 (2025-12-07)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb2ec534a6ab49a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f6307e70d94983" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9e1903ba50ba4929"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3e32992b0bde4d9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Community Composting for Green Spaces (CCG2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -264,51 +264,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6aefa98e82249f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e1903ba50ba4929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2412117b93524146" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89154fddfce2466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3e32992b0bde4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9c07f3efeba24b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -591,29 +591,29 @@
         <x:v>28</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 4:25 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 5:49 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>