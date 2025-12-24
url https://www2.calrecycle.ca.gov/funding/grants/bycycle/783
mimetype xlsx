--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f6307e70d94983" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd34421b03d34087" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3e32992b0bde4d9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R279522b145bb45fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Community Composting for Green Spaces (CCG2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -264,51 +264,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89154fddfce2466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3e32992b0bde4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9c07f3efeba24b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3abadc8c5ae47dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R279522b145bb45fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R580912801df64c2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -591,29 +591,29 @@
         <x:v>28</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 5:49 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:35 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>