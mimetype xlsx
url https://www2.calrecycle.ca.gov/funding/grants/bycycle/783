--- v2 (2025-12-24)
+++ v3 (2026-02-01)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd34421b03d34087" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0302f237eaa4039" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R279522b145bb45fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd792668af39e4be4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Community Composting for Green Spaces (CCG2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -264,51 +264,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3abadc8c5ae47dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R279522b145bb45fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R580912801df64c2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f16937dc6b24a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd792668af39e4be4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0fef2ec777b84b24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -591,29 +591,29 @@
         <x:v>28</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:35 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 1, 2026 3:17 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>