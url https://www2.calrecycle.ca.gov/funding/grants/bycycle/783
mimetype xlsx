--- v3 (2026-02-01)
+++ v4 (2026-02-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0302f237eaa4039" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96dad863b8304e02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd792668af39e4be4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R040e58f7e21841a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Community Composting for Green Spaces (CCG2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -58,57 +58,57 @@
   <x:si>
     <x:t>California Alliance for Community Composting</x:t>
   </x:si>
   <x:si>
     <x:t> Kourtnii Brown</x:t>
   </x:si>
   <x:si>
     <x:t>2022509411</x:t>
   </x:si>
   <x:si>
     <x:t>Trina Ritter</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project engages with numerous well established community garden and urban agriculture sites within and nearby to the City of Sacramento, as well as the City of West Sacramento, taking advantage of years of work and community investment in these programs.  These programs serve priority populations including schools, immigrants, refugees and disenfranchised communities of color. Our efforts expand on existing efforts to divert compostable materials in the community, and route those materials to sites within the community to build soil, climate resilience and food security.</x:t>
   </x:si>
   <x:si>
     <x:t>Shaina Meiners</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project engages with numerous well established community gardens and urban agriculture sites within San Bernardino and Riverside counties, taking advantage of years of work and community investment in these programs.  These programs serve priority populations including schools, tribes, immigrants, refugees and disenfranchised communities of color. Our efforts expand upon Desert Compost's existing efforts to divert compostable materials in the community, and route those materials to sites within the community to build soil, climate resilience and food security.</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project engages with numerous well established community garden and urban agriculture sites within San Diego and Imperial counties, taking advantage of years of work and community investment in from Solana Center, Food2Soil, and UC Master Gardeners of Imperial County.  These programs serve priority populations including schools, immigrants, tribes, refugees and disenfranchised communities of color. Our efforts expand upon existing efforts to divert compostable materials in the community, and route those materials to sites within the community to build soil, climate resilience and food security.</x:t>
   </x:si>
   <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project engages with numerous well established community gardens, urban agriculture, and county waste agency sites in Humboldt, Shasta, Trinity, and Butte counties, taking advantage of years of work and community investment in these programs.  These programs serve priority populations including schools, tribes, immigrants, refugees and disenfranchised communities of color. Our efforts expand upon existing efforts to divert compostable materials in the community, and route those materials to sites within the community to build soil, climate resilience and food security.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vandhana Dharan</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project engages with numerous well established community gardens, urban agriculture, and county waste agency sites in all Central Sierra regional counties, taking advantage of years of work and community investment in these programs.  These programs serve priority populations including schools, tribes, immigrants, refugees and disenfranchised communities of color. Our efforts expand on existing efforts to divert compostable materials in the community, and route those materials to sites within the community to build soil, climate resilience and food security.</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project engages with numerous well established community gardens, urban agriculture, and county waste agency sites in Humboldt, Shasta, Trinity, and Butte counties, taking advantage of years of work and community investment in these programs.  These programs serve priority populations including schools, tribes, immigrants, refugees and disenfranchised communities of color. Our efforts expand upon existing efforts to divert compostable materials in the community, and route those materials to sites within the community to build soil, climate resilience and food security.</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project engages with numerous well established community gardens, urban agriculture, school, and prison sites in the Greater Bay Area, taking advantage of years of work and community investment in these programs.  These programs serve priority populations including schools, immigrants, refugees and disenfranchised communities of color. Our efforts are expand existing efforts to divert compostable materials in the community, and route those materials to sites within the community to build soil, climate resilience and food security.</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project engages with numerous well established community gardens, urban agriculture, and prison sites in all San Joaquin region counties, taking advantage of years of work and community investment in these programs.  These programs serve priority populations including schools, immigrants, refugees and disenfranchised communities of color. Our efforts expand existing efforts to divert compostable materials in the community, and route those materials to sites within the community to build soil, climate resilience and food security.</x:t>
   </x:si>
   <x:si>
     <x:t>LA Compost</x:t>
   </x:si>
   <x:si>
     <x:t> Gina Vollano</x:t>
   </x:si>
   <x:si>
     <x:t>6268087340</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 For the CalRecycle Community Composting for Green Spaces Grant Program Cycle 2, LA Compost will serve as Lead Applicant and project administrator to disperse $1,232,000 in staffing and materials support to an estimated 70 community composting Project Site locations across the Greater Los Angeles Region, which includes Los Angeles County, Ventura County, Santa Barbara County and Orange County.
 Specifically, LA Compost will support the capacity expansion of up to 50 Project Sites within Los Angeles County and up to 20 Project Sites across the less populous Ventura, Santa Barbara and Orange Counties. 
 At least 80 percent of LA Compost Project Site applicants and locations will qualify as Priority Population communities according to the updated version of the California Air Resources Board (CARB) Priority Populations 2022 CES 4.0 mapping tool (Priority Populations mapping tool) indicators. LA Compost will prioritize Priority Populations categorized as Disadvantaged Communities.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
@@ -264,51 +264,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f16937dc6b24a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd792668af39e4be4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0fef2ec777b84b24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74391d9440aa448e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R040e58f7e21841a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R743bc9012e634f7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -428,192 +428,192 @@
     </x:row>
     <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>365000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.4534912109375" customHeight="1" collapsed="0">
+    <x:row ht="551.9620361328125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
-[...3 lines deleted...]
-    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="528.94482421875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row ht="528.945068359375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>716000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row ht="988.922607421875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>1232000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>4240000</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 1, 2026 3:17 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 24, 2026 11:14 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>