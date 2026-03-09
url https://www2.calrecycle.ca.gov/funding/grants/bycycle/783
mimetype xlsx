--- v4 (2026-02-25)
+++ v5 (2026-03-09)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96dad863b8304e02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aeadd03c41a4c58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R040e58f7e21841a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbdde18c7467d462f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Community Composting for Green Spaces (CCG2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -264,51 +264,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74391d9440aa448e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R040e58f7e21841a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R743bc9012e634f7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recaa97a4e4cc4f27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbdde18c7467d462f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R68ae50132fab4a17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -591,29 +591,29 @@
         <x:v>28</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 24, 2026 11:14 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:19 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>