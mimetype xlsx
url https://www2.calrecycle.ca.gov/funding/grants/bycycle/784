--- v0 (2025-12-07)
+++ v1 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2507782d53d423d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd64811528d4e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R586a8c05c8d7499f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R00edc3957b704733"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Recycling Grant Program (RBC34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -49,129 +49,129 @@
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>City of Oroville</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Arbuckle</x:t>
   </x:si>
   <x:si>
     <x:t>5306247947</x:t>
   </x:si>
   <x:si>
     <x:t>Duartina Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oroville will purchase and install approximately 80 permanent outdoor beverage container recycling bins and ten water refill stations. The beverage container recycling bins and water refill stations will be placed along walkways, adjacent to play structures, and next to restrooms in 10 underserved parks and recreation areas throughout the city. They will also provide education and outreach through posters, signage and social media ads.</x:t>
   </x:si>
   <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Petaluma</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patrick Carter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077784544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJ Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Petaluma will purchase and install approximately 150 dual-stream beverage recycling receptacles in three key areas (e.g., downtown, transit stops, city parks) of the city.  The beverage recycling receptacles will be replaced and enhanced existing one.  The City will implement a multi-faceted education and outreach program including community survey, public campaign, and school art competition. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Luis Obispo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachelle Paris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054411066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jerri Diep</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of San Luis Obispo will purchase and install approximately 30 BigBelly dual-stream beverage recycling bins at high-traffic public use areas including City’s downtown Mission Plaza Park and Farmers’ Market. The City will provide the education and outreach component of the project which includes bin wraps, signage, advertisements, a webpage, and social media blasts.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Woodland</x:t>
   </x:si>
   <x:si>
     <x:t> Rosie Ledesma</x:t>
   </x:si>
   <x:si>
     <x:t>5306612059</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Woodland will purchase and install approximately 220 beverage container recycling bins and transfer carts in 14 K-12 public schools within the City.  They will promote the beverage container recycling education and outreach within the Woodland Joint Unified School District through curriculum materials for staff and educators to integrate into their classrooms.</x:t>
   </x:si>
   <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of American Canyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pam Phillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076474544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of American Canyon will purchase and install approximately 15 permanent outdoor beverage container recycling bins and 15 water refill stations in 11 parks and recreation areas located throughout American Canyon.  The beverage container recycling bins and water refill stations will be placed along walkways, adjacent to play structures, and next to restrooms in the 10 underserved parks.  They will also provide education and outreach for the residents through print, website, and social media.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
     <x:t>CSU Fullerton Auxiliary Services Corporation</x:t>
   </x:si>
   <x:si>
     <x:t> Olga Riveron</x:t>
   </x:si>
   <x:si>
     <x:t>6572787679</x:t>
   </x:si>
   <x:si>
-    <x:t>TJ Nguyen</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The CSU Fullerton Auxiliary Services Corporation (CSUF) will purchase and install approximately 220 outdoor dual beverage container recycling bins throughout the school campus. They will also purchase supplies such as liners, gloves, Tyvek suits, scales, and pop-up bags to facilitate the collection of beverage containers from inside the school buildings.  The CSUF will implement the education and outreach component of the project utilizing standardized marketing that will educate students, faculty, and staff through labels, flyers, and various social media.</x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of San Luis Obispo will purchase and install approximately 30 BigBelly dual-stream beverage recycling bins at high-traffic public use areas including City’s downtown Mission Plaza Park and Farmers’ Market. The City will provide the education and outreach component of the project which includes bin wraps, signage, advertisements, a webpage, and social media blasts.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -306,51 +306,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92a94ff608ac4176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R586a8c05c8d7499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd3c86ccf4bd94f2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1021635ff7141ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R00edc3957b704733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra6ba55e2fed843f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,190 +422,190 @@
     </x:row>
     <x:row ht="471.45831298828125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>275000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.97161865234375" customHeight="1" collapsed="0">
+    <x:row ht="448.46929931640625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>210000</x:v>
+        <x:v>275000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.45977783203125" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.97161865234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>275000</x:v>
+        <x:v>236531</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>275000</x:v>
+        <x:v>210000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>275000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.459716796875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>236531</x:v>
+        <x:v>275000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="10" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="10"/>
       <x:c r="D12" s="11" t="n">
         <x:v>1546531</x:v>
       </x:c>
       <x:c r="E12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 7:08 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>