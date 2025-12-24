--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd64811528d4e40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02f382a35c8c49c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R00edc3957b704733"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5298f3e531a74680"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Recycling Grant Program (RBC34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -49,129 +49,129 @@
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>City of Oroville</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Arbuckle</x:t>
   </x:si>
   <x:si>
     <x:t>5306247947</x:t>
   </x:si>
   <x:si>
     <x:t>Duartina Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oroville will purchase and install approximately 80 permanent outdoor beverage container recycling bins and ten water refill stations. The beverage container recycling bins and water refill stations will be placed along walkways, adjacent to play structures, and next to restrooms in 10 underserved parks and recreation areas throughout the city. They will also provide education and outreach through posters, signage and social media ads.</x:t>
   </x:si>
   <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Woodland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosie Ledesma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306612059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Woodland will purchase and install approximately 220 beverage container recycling bins and transfer carts in 14 K-12 public schools within the City.  They will promote the beverage container recycling education and outreach within the Woodland Joint Unified School District through curriculum materials for staff and educators to integrate into their classrooms.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSU Fullerton Auxiliary Services Corporation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Olga Riveron</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6572787679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJ Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The CSU Fullerton Auxiliary Services Corporation (CSUF) will purchase and install approximately 220 outdoor dual beverage container recycling bins throughout the school campus. They will also purchase supplies such as liners, gloves, Tyvek suits, scales, and pop-up bags to facilitate the collection of beverage containers from inside the school buildings.  The CSUF will implement the education and outreach component of the project utilizing standardized marketing that will educate students, faculty, and staff through labels, flyers, and various social media.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of American Canyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pam Phillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076474544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of American Canyon will purchase and install approximately 15 permanent outdoor beverage container recycling bins and 15 water refill stations in 11 parks and recreation areas located throughout American Canyon.  The beverage container recycling bins and water refill stations will be placed along walkways, adjacent to play structures, and next to restrooms in the 10 underserved parks.  They will also provide education and outreach for the residents through print, website, and social media.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Petaluma</x:t>
   </x:si>
   <x:si>
     <x:t> Patrick Carter</x:t>
   </x:si>
   <x:si>
     <x:t>7077784544</x:t>
   </x:si>
   <x:si>
-    <x:t>TJ Nguyen</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Petaluma will purchase and install approximately 150 dual-stream beverage recycling receptacles in three key areas (e.g., downtown, transit stops, city parks) of the city.  The beverage recycling receptacles will be replaced and enhanced existing one.  The City will implement a multi-faceted education and outreach program including community survey, public campaign, and school art competition. </x:t>
   </x:si>
   <x:si>
     <x:t>San Luis Obispo     </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Luis Obispo</x:t>
   </x:si>
   <x:si>
     <x:t> Rachelle Paris</x:t>
   </x:si>
   <x:si>
     <x:t>8054411066</x:t>
   </x:si>
   <x:si>
     <x:t>Jerri Diep</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of San Luis Obispo will purchase and install approximately 30 BigBelly dual-stream beverage recycling bins at high-traffic public use areas including City’s downtown Mission Plaza Park and Farmers’ Market. The City will provide the education and outreach component of the project which includes bin wraps, signage, advertisements, a webpage, and social media blasts.</x:t>
-  </x:si>
-[...43 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The CSU Fullerton Auxiliary Services Corporation (CSUF) will purchase and install approximately 220 outdoor dual beverage container recycling bins throughout the school campus. They will also purchase supplies such as liners, gloves, Tyvek suits, scales, and pop-up bags to facilitate the collection of beverage containers from inside the school buildings.  The CSUF will implement the education and outreach component of the project utilizing standardized marketing that will educate students, faculty, and staff through labels, flyers, and various social media.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -306,51 +306,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1021635ff7141ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R00edc3957b704733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra6ba55e2fed843f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e7f91c8342e4583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5298f3e531a74680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf87a491b04e24227" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,190 +422,190 @@
     </x:row>
     <x:row ht="471.45831298828125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>275000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.46929931640625" customHeight="1" collapsed="0">
+    <x:row ht="413.97161865234375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>275000</x:v>
+        <x:v>210000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="586.45977783203125" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>236531</x:v>
+        <x:v>275000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>210000</x:v>
+        <x:v>275000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>275000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>275000</x:v>
+        <x:v>236531</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="10" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="10"/>
       <x:c r="D12" s="11" t="n">
         <x:v>1546531</x:v>
       </x:c>
       <x:c r="E12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:39 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>