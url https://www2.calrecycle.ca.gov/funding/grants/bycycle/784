--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02f382a35c8c49c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a9413f8508d44f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5298f3e531a74680"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R50d866f245614ade"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Recycling Grant Program (RBC34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -306,51 +306,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e7f91c8342e4583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5298f3e531a74680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf87a491b04e24227" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c56d3ceaf204c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R50d866f245614ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc4614212a5604217" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -583,29 +583,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:39 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>