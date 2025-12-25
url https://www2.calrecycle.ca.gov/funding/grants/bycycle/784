--- v3 (2025-12-24)
+++ v4 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a9413f8508d44f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96576499b86744c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R50d866f245614ade"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1aa8b57ea6de4c50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Recycling Grant Program (RBC34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -306,51 +306,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c56d3ceaf204c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R50d866f245614ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc4614212a5604217" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6d4a3e829b7492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1aa8b57ea6de4c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R55eed5370fac4932" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -583,29 +583,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:07 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>