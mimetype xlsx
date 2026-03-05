--- v4 (2025-12-25)
+++ v5 (2026-03-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96576499b86744c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4830a50416cd47c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1aa8b57ea6de4c50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R32255cedf8ee4daa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Recycling Grant Program (RBC34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -306,51 +306,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6d4a3e829b7492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1aa8b57ea6de4c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R55eed5370fac4932" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R874a823b57a24404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R32255cedf8ee4daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7f3a565cdb32410d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -583,29 +583,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:07 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 8:31 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>