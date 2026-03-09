--- v5 (2026-03-05)
+++ v6 (2026-03-09)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4830a50416cd47c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra683969b15014c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R32255cedf8ee4daa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6b1a928a1d854510"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Recycling Grant Program (RBC34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -49,129 +49,129 @@
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>City of Oroville</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Arbuckle</x:t>
   </x:si>
   <x:si>
     <x:t>5306247947</x:t>
   </x:si>
   <x:si>
     <x:t>Duartina Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oroville will purchase and install approximately 80 permanent outdoor beverage container recycling bins and ten water refill stations. The beverage container recycling bins and water refill stations will be placed along walkways, adjacent to play structures, and next to restrooms in 10 underserved parks and recreation areas throughout the city. They will also provide education and outreach through posters, signage and social media ads.</x:t>
   </x:si>
   <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Petaluma</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patrick Carter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077784544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJ Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Petaluma will purchase and install approximately 150 dual-stream beverage recycling receptacles in three key areas (e.g., downtown, transit stops, city parks) of the city.  The beverage recycling receptacles will be replaced and enhanced existing one.  The City will implement a multi-faceted education and outreach program including community survey, public campaign, and school art competition. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Luis Obispo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachelle Paris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054411066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jerri Diep</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of San Luis Obispo will purchase and install approximately 30 BigBelly dual-stream beverage recycling bins at high-traffic public use areas including City’s downtown Mission Plaza Park and Farmers’ Market. The City will provide the education and outreach component of the project which includes bin wraps, signage, advertisements, a webpage, and social media blasts.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Woodland</x:t>
   </x:si>
   <x:si>
     <x:t> Rosie Ledesma</x:t>
   </x:si>
   <x:si>
     <x:t>5306612059</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Woodland will purchase and install approximately 220 beverage container recycling bins and transfer carts in 14 K-12 public schools within the City.  They will promote the beverage container recycling education and outreach within the Woodland Joint Unified School District through curriculum materials for staff and educators to integrate into their classrooms.</x:t>
   </x:si>
   <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of American Canyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pam Phillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076474544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of American Canyon will purchase and install approximately 15 permanent outdoor beverage container recycling bins and 15 water refill stations in 11 parks and recreation areas located throughout American Canyon.  The beverage container recycling bins and water refill stations will be placed along walkways, adjacent to play structures, and next to restrooms in the 10 underserved parks.  They will also provide education and outreach for the residents through print, website, and social media.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
     <x:t>CSU Fullerton Auxiliary Services Corporation</x:t>
   </x:si>
   <x:si>
     <x:t> Olga Riveron</x:t>
   </x:si>
   <x:si>
     <x:t>6572787679</x:t>
   </x:si>
   <x:si>
-    <x:t>TJ Nguyen</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The CSU Fullerton Auxiliary Services Corporation (CSUF) will purchase and install approximately 220 outdoor dual beverage container recycling bins throughout the school campus. They will also purchase supplies such as liners, gloves, Tyvek suits, scales, and pop-up bags to facilitate the collection of beverage containers from inside the school buildings.  The CSUF will implement the education and outreach component of the project utilizing standardized marketing that will educate students, faculty, and staff through labels, flyers, and various social media.</x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of San Luis Obispo will purchase and install approximately 30 BigBelly dual-stream beverage recycling bins at high-traffic public use areas including City’s downtown Mission Plaza Park and Farmers’ Market. The City will provide the education and outreach component of the project which includes bin wraps, signage, advertisements, a webpage, and social media blasts.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -306,51 +306,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R874a823b57a24404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R32255cedf8ee4daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7f3a565cdb32410d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99c1425319df4802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6b1a928a1d854510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R178d08d63f204791" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,190 +422,190 @@
     </x:row>
     <x:row ht="471.45831298828125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>275000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.97161865234375" customHeight="1" collapsed="0">
+    <x:row ht="448.46929931640625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>210000</x:v>
+        <x:v>275000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.45977783203125" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.97161865234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>275000</x:v>
+        <x:v>236531</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>275000</x:v>
+        <x:v>210000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>275000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.459716796875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>236531</x:v>
+        <x:v>275000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="10" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="10"/>
       <x:c r="D12" s="11" t="n">
         <x:v>1546531</x:v>
       </x:c>
       <x:c r="E12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 8:31 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:30 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>