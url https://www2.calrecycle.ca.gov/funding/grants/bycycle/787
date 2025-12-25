--- v0 (2025-12-24)
+++ v1 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08cc367747ff44be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffedfbaaca724b3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfcbf4ba1e17e45f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcbdaec397e49409d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Farm and Ranch Cleanup and Abatement Grants (FR78)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -301,51 +301,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R670ff5ca108746b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfcbf4ba1e17e45f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf445652395be4f86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0cf63ebb8bc4903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcbdaec397e49409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R21c9675c3d4e4ac1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -578,29 +578,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:11 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>