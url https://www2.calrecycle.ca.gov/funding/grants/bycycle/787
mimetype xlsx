--- v1 (2025-12-25)
+++ v2 (2026-02-22)
@@ -1,157 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffedfbaaca724b3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3376b9144b604417" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcbdaec397e49409d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf8cb513e595d437d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Farm and Ranch Cleanup and Abatement Grants (FR78)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Tulare              </x:t>
-[...8 lines deleted...]
-    <x:t>5596247000</x:t>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Aaron Aceves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603397223</x:t>
   </x:si>
   <x:si>
     <x:t>Josephine Chapman</x:t>
   </x:si>
   <x:si>
-    <x:t>Tulare County Resource Management Agency has identified three farms in Tulare County which have been plagued with prolific dumping. These three sites have a history of illegal dumping and are zoned for agricultural use. To assist with solid waste clean-up, Tulare County will utilize grant funds to remove the material and assist with disposal. Grant funds will also be used to purchase and install signage to deter future illegal dumping on these three identified sites.  </x:t>
+    <x:t>Riverside County is seeking funding for illegal dumping cleanup and prevention measures for four unidentified dump sites located on farm and ranch property within Riverside County. Funds will be used to assist the agricultural community to revitalize properties victimized by illegally dumped solid waste, funding will ease the financial hardship and the land can be used for its intended agricultural purpose. Staff will also educate owners of agricultural properties as to proper ways to secure the land, proper disposal methods for small illegal dumps and provide appropriate referrals, as well as pay for various types of prevention measures to assist with the county’s long-term illegal dumping strategy. </x:t>
   </x:si>
   <x:si>
     <x:t>El Dorado           </x:t>
   </x:si>
   <x:si>
     <x:t>City of South Lake Tahoe</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Lori Marino</x:t>
   </x:si>
   <x:si>
     <x:t>5305427410</x:t>
   </x:si>
   <x:si>
     <x:t>The City of South Lake Tahoe is applying under the pilot program option to abate homeless encampments on riverbanks and meadows that filter into the lake throughout the region. The areas are agriculturally zoned, and sites are currently being identified. Clean Tahoe is the organization who ultimately receives the area’s encampment complaints and handles cleanup.  Grant funds would allow the organization to expand their cleanup efforts through training, additional labor, and rental equipment, if needed.   This program will allow for timely cleanups, regardless of the landowner, eliminating a lengthy waiting period between eviction and cleanup.   
 Projects include a site survey of debris and photos, property owner determination, any necessary agreement negotiation, eviction, and abatement.  Last year there were 80 encampments reported, which varied in size.  Timely cleanup will help ease any environmental impacts and help eliminate wildlife’s access to food, trash, and other harmful material.  Clean Tahoe will prevent future illegal dumping incidences by responding quickly to illegal dumping cases, so they don’t escalate and through collaboration efforts with law enforcement. </x:t>
   </x:si>
   <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alphonso Andrade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Through the Farm and Ranch Grant, the county proposes to clean up two sites.  The sites are adjacent to each other and were a former animal feedlot, until the early 2000s.  Since then, the sites have been cleared of all structures and have become vacant lots.  This vacancy has unfortunately attracted illegal dumping. The Imperial County Public Health Department, Division of Environmental Health, was first notified about the illegal dumping at this site on September 26, 2022, although, it appears that the dumping has possibly been occurring for years. If awarded a Farm and Ranch Grant, the property owner has agreed to work with a contractor to have the site cleaned up.  Much of the waste consists of concrete demolition waste, the prospective contractor for the clean-up project has proposed to recycle this concrete. Household waste, which is also prevalent at the site, will be taken for proper disposal at a local landfill. The property owner is contemplating grinding overgrown brush at the site to turn it into mulch material which will be spread onto the site for dust suppression. To prevent further dumping on the site, once it is clean, the prospective contractor has proposed digging two parallel ditches, which will hopefully prevent easy access to the site.  These ditches will be installed on the northern and western property lines, as there are existing barriers on the southern and eastern perimeters. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Ben Weise</x:t>
   </x:si>
   <x:si>
     <x:t>9256904145</x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa Resource Conservation District plans to remove solid waste from two privately-owned sites in Contra Costa County and reimburse one site cleanup that has been completed in November 2020. Two of the identified sites have accumulated illegally dumped solid waste on an orchard owned and managed by Frog Hollow Farm and the third site is a privately owned vineyard struggling with illegally dumped solid waste. Project funds would be used to dispose of illegally deposited solid waste on the identified sites, purchase signs and install preventive measures to deter future solid waste.  </x:t>
   </x:si>
   <x:si>
-    <x:t>Imperial            </x:t>
-[...26 lines deleted...]
-    <x:t>Riverside County is seeking funding for illegal dumping cleanup and prevention measures for four unidentified dump sites located on farm and ranch property within Riverside County. Funds will be used to assist the agricultural community to revitalize properties victimized by illegally dumped solid waste, funding will ease the financial hardship and the land can be used for its intended agricultural purpose. Staff will also educate owners of agricultural properties as to proper ways to secure the land, proper disposal methods for small illegal dumps and provide appropriate referrals, as well as pay for various types of prevention measures to assist with the county’s long-term illegal dumping strategy. </x:t>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexandra Yates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596247000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare County Resource Management Agency has identified three farms in Tulare County which have been plagued with prolific dumping. These three sites have a history of illegal dumping and are zoned for agricultural use. To assist with solid waste clean-up, Tulare County will utilize grant funds to remove the material and assist with disposal. Grant funds will also be used to purchase and install signage to deter future illegal dumping on these three identified sites.  </x:t>
   </x:si>
   <x:si>
     <x:t>Solano              </x:t>
   </x:si>
   <x:si>
     <x:t>Solano County</x:t>
   </x:si>
   <x:si>
     <x:t> Chris Ambrose</x:t>
   </x:si>
   <x:si>
     <x:t>7077846765</x:t>
   </x:si>
   <x:si>
     <x:t>Solano County is seeking funding to reimburse an illegal dumping cleanup site located on an orchard that has been remediated. Cleanup included illegally dumped materials that were engulfed in a fire including but not limited to, barrels of transmission oil, large barrels containing unidentified liquids and other solid waste.   </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -301,51 +301,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0cf63ebb8bc4903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcbdaec397e49409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R21c9675c3d4e4ac1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47a97a0e37484a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf8cb513e595d437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ref38230a94f7499f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -393,156 +393,156 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.4739990234375" customHeight="1" collapsed="0">
+    <x:row ht="632.43780517578125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>54050</x:v>
+        <x:v>172680</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1057.918212890625" customHeight="1" collapsed="0">
+    <x:row ht="1057.9180908203125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>70000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+    <x:row ht="1207.3890380859375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>42989</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1207.3890380859375" customHeight="1" collapsed="0">
+    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>42989</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
+    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>172680</x:v>
+        <x:v>54050</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row ht="298.969970703125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>35310</x:v>
       </x:c>
@@ -578,29 +578,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:11 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 22, 2026 1:33 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>