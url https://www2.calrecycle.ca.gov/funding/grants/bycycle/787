--- v2 (2026-02-22)
+++ v3 (2026-03-06)
@@ -1,157 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3376b9144b604417" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R456ec9dfb5014a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf8cb513e595d437d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb42a09c6e92e4225"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Farm and Ranch Cleanup and Abatement Grants (FR78)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...8 lines deleted...]
-    <x:t>7603397223</x:t>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexandra Yates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596247000</x:t>
   </x:si>
   <x:si>
     <x:t>Josephine Chapman</x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside County is seeking funding for illegal dumping cleanup and prevention measures for four unidentified dump sites located on farm and ranch property within Riverside County. Funds will be used to assist the agricultural community to revitalize properties victimized by illegally dumped solid waste, funding will ease the financial hardship and the land can be used for its intended agricultural purpose. Staff will also educate owners of agricultural properties as to proper ways to secure the land, proper disposal methods for small illegal dumps and provide appropriate referrals, as well as pay for various types of prevention measures to assist with the county’s long-term illegal dumping strategy. </x:t>
+    <x:t>Tulare County Resource Management Agency has identified three farms in Tulare County which have been plagued with prolific dumping. These three sites have a history of illegal dumping and are zoned for agricultural use. To assist with solid waste clean-up, Tulare County will utilize grant funds to remove the material and assist with disposal. Grant funds will also be used to purchase and install signage to deter future illegal dumping on these three identified sites.  </x:t>
   </x:si>
   <x:si>
     <x:t>El Dorado           </x:t>
   </x:si>
   <x:si>
     <x:t>City of South Lake Tahoe</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Lori Marino</x:t>
   </x:si>
   <x:si>
     <x:t>5305427410</x:t>
   </x:si>
   <x:si>
     <x:t>The City of South Lake Tahoe is applying under the pilot program option to abate homeless encampments on riverbanks and meadows that filter into the lake throughout the region. The areas are agriculturally zoned, and sites are currently being identified. Clean Tahoe is the organization who ultimately receives the area’s encampment complaints and handles cleanup.  Grant funds would allow the organization to expand their cleanup efforts through training, additional labor, and rental equipment, if needed.   This program will allow for timely cleanups, regardless of the landowner, eliminating a lengthy waiting period between eviction and cleanup.   
 Projects include a site survey of debris and photos, property owner determination, any necessary agreement negotiation, eviction, and abatement.  Last year there were 80 encampments reported, which varied in size.  Timely cleanup will help ease any environmental impacts and help eliminate wildlife’s access to food, trash, and other harmful material.  Clean Tahoe will prevent future illegal dumping incidences by responding quickly to illegal dumping cases, so they don’t escalate and through collaboration efforts with law enforcement. </x:t>
   </x:si>
   <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ben Weise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256904145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa Resource Conservation District plans to remove solid waste from two privately-owned sites in Contra Costa County and reimburse one site cleanup that has been completed in November 2020. Two of the identified sites have accumulated illegally dumped solid waste on an orchard owned and managed by Frog Hollow Farm and the third site is a privately owned vineyard struggling with illegally dumped solid waste. Project funds would be used to dispose of illegally deposited solid waste on the identified sites, purchase signs and install preventive measures to deter future solid waste.  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial County</x:t>
   </x:si>
   <x:si>
     <x:t> Alphonso Andrade</x:t>
   </x:si>
   <x:si>
     <x:t>4422651892</x:t>
   </x:si>
   <x:si>
     <x:t>Through the Farm and Ranch Grant, the county proposes to clean up two sites.  The sites are adjacent to each other and were a former animal feedlot, until the early 2000s.  Since then, the sites have been cleared of all structures and have become vacant lots.  This vacancy has unfortunately attracted illegal dumping. The Imperial County Public Health Department, Division of Environmental Health, was first notified about the illegal dumping at this site on September 26, 2022, although, it appears that the dumping has possibly been occurring for years. If awarded a Farm and Ranch Grant, the property owner has agreed to work with a contractor to have the site cleaned up.  Much of the waste consists of concrete demolition waste, the prospective contractor for the clean-up project has proposed to recycle this concrete. Household waste, which is also prevalent at the site, will be taken for proper disposal at a local landfill. The property owner is contemplating grinding overgrown brush at the site to turn it into mulch material which will be spread onto the site for dust suppression. To prevent further dumping on the site, once it is clean, the prospective contractor has proposed digging two parallel ditches, which will hopefully prevent easy access to the site.  These ditches will be installed on the northern and western property lines, as there are existing barriers on the southern and eastern perimeters. </x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...26 lines deleted...]
-    <x:t>Tulare County Resource Management Agency has identified three farms in Tulare County which have been plagued with prolific dumping. These three sites have a history of illegal dumping and are zoned for agricultural use. To assist with solid waste clean-up, Tulare County will utilize grant funds to remove the material and assist with disposal. Grant funds will also be used to purchase and install signage to deter future illegal dumping on these three identified sites.  </x:t>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Aaron Aceves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603397223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County is seeking funding for illegal dumping cleanup and prevention measures for four unidentified dump sites located on farm and ranch property within Riverside County. Funds will be used to assist the agricultural community to revitalize properties victimized by illegally dumped solid waste, funding will ease the financial hardship and the land can be used for its intended agricultural purpose. Staff will also educate owners of agricultural properties as to proper ways to secure the land, proper disposal methods for small illegal dumps and provide appropriate referrals, as well as pay for various types of prevention measures to assist with the county’s long-term illegal dumping strategy. </x:t>
   </x:si>
   <x:si>
     <x:t>Solano              </x:t>
   </x:si>
   <x:si>
     <x:t>Solano County</x:t>
   </x:si>
   <x:si>
     <x:t> Chris Ambrose</x:t>
   </x:si>
   <x:si>
     <x:t>7077846765</x:t>
   </x:si>
   <x:si>
     <x:t>Solano County is seeking funding to reimburse an illegal dumping cleanup site located on an orchard that has been remediated. Cleanup included illegally dumped materials that were engulfed in a fire including but not limited to, barrels of transmission oil, large barrels containing unidentified liquids and other solid waste.   </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -301,51 +301,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47a97a0e37484a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf8cb513e595d437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ref38230a94f7499f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6985b26563d44397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb42a09c6e92e4225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc8f08feb78f54f3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -393,156 +393,156 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.43780517578125" customHeight="1" collapsed="0">
+    <x:row ht="379.4739990234375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>172680</x:v>
+        <x:v>54050</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1057.9180908203125" customHeight="1" collapsed="0">
+    <x:row ht="1057.918212890625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>70000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1207.3890380859375" customHeight="1" collapsed="0">
+    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>42989</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
+    <x:row ht="1207.3890380859375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>42989</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
+    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>54050</x:v>
+        <x:v>172680</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row ht="298.969970703125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>35310</x:v>
       </x:c>
@@ -578,29 +578,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 22, 2026 1:33 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 10:41 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>