--- v3 (2026-03-06)
+++ v4 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R456ec9dfb5014a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3541433949b54718" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb42a09c6e92e4225"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8c4ac4ccaafd4c93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Farm and Ranch Cleanup and Abatement Grants (FR78)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -301,51 +301,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6985b26563d44397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb42a09c6e92e4225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc8f08feb78f54f3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2d926c85f9649a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8c4ac4ccaafd4c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R81387fc885804720" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -578,29 +578,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 10:41 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 11:40 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>