--- v0 (2025-12-05)
+++ v1 (2025-12-24)
@@ -1,134 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91658d4791814523" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a18f99ad6a34461" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8ed8f559fc214123"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Raf50582e428645bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Illegal Disposal Sites Abatement Grant Program (SWC92)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268616005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noe Garay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project combats illegal dumping and provides for the cleanup of trash/litter and homeless encampments within the road right-of-way in underserved communities and in flood right-of-way. Discarded waste magnifies urban blight in the dense inner-city neighborhoods.  Waste generated by homeless encampments in riverbeds and channels threaten the quality of water courses and aquifers.  The project will concentrate funds to cleaning up in the underserved communities and environmentally sensitive areas of: Antelope Valley (Quartz Hill community), Rosewood Franchise, and the San Jose Creek tributary.</x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte County</x:t>
   </x:si>
   <x:si>
     <x:t>Miss Heidi Kunstal</x:t>
   </x:si>
   <x:si>
     <x:t>7074647254</x:t>
   </x:si>
   <x:si>
     <x:t>Julian Lopez</x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte County proposes to oversee the cleanup of abandoned properties in Del Norte County that have been targets of illegal dumping which are adjacent to watercourses.  Grant resources will also be used to abate and recycle up to 25-30 abandoned motor homes or trailers during the grant period, which are especially costly and challenging to manage in this rural county which is over 75% public land.   Grant resources will also be used for fencing and other means to inhibit additional dumping on properties following cleanup activities.</x:t>
   </x:si>
   <x:si>
     <x:t>Sutter              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Yuba City</x:t>
   </x:si>
   <x:si>
     <x:t> Eric Ball</x:t>
   </x:si>
   <x:si>
     <x:t>5307888772</x:t>
   </x:si>
   <x:si>
     <x:t>Phillip Kovacs</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Yuba City proposes to provide clean-up activities at a high priority locations identified that pose a threat to public safety, health, and the environment include Illegal dumping along: 1. City-owned land on the east side of the Feather River where a portion of the site is developed with City’s wastewater treatment ponds and 2. Hot spots throughout the City, only when time and resources are available.
 The City has implemented a comprehensive program to combat homelessness that includes outreach, emergency shelter, food assistance, mental health services, and other related support services.  Our goal is compassionate enforcement. With this grant funding, the City intends to combat illegal disposal sites and homeless encampments as associated with the City’s growing homeless problems. The City proposes to increase the frequency of solid waste removal and disposal at one identified site and, when time and resources are available, at city-wide hot spots.  
 Cleanup activities will be evaluated after each cleanup event, ensuring that the area is free of blight or potential health and safety issues. Required records and reports will include statistics, site photos, and costs to evaluate the effectiveness of the grant funds in removing solid waste from encampments. The goals and objectives will continually be monitored to ensure that the City is meeting the overall intent of the grant program. The Project Manager will be responsible to ensure the program is being implemented within the expectations of the City and CalRecycle.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>The project combats illegal dumping and provides for the cleanup of trash/litter and homeless encampments within the road right-of-way in underserved communities and in flood right-of-way. Discarded waste magnifies urban blight in the dense inner-city neighborhoods.  Waste generated by homeless encampments in riverbeds and channels threaten the quality of water courses and aquifers.  The project will concentrate funds to cleaning up in the underserved communities and environmentally sensitive areas of: Antelope Valley (Quartz Hill community), Rosewood Franchise, and the San Jose Creek tributary.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -263,51 +263,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R299e243dcd794e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ed8f559fc214123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8737d7c4024e4ff9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2a0b20ec2564cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raf50582e428645bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb5b3139abf804a72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -355,139 +355,139 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.9495849609375" customHeight="1" collapsed="0">
+    <x:row ht="528.94488525390625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>175000</x:v>
+        <x:v>450000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1425.883544921875" customHeight="1" collapsed="0">
+    <x:row ht="459.9495849609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>150563</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.945068359375" customHeight="1" collapsed="0">
+    <x:row ht="1425.8834228515625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>450000</x:v>
+        <x:v>150563</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>775563</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 5, 2025 3:15 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>