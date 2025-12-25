--- v1 (2025-12-24)
+++ v2 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a18f99ad6a34461" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra67a7fdd86c94db6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Raf50582e428645bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R300ebeeb41174cb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Illegal Disposal Sites Abatement Grant Program (SWC92)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -263,51 +263,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2a0b20ec2564cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raf50582e428645bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb5b3139abf804a72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb46ab985e02a489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R300ebeeb41174cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb4bd496dddcc4b38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -465,29 +465,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:20 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>