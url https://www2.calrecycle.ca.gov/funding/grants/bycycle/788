--- v2 (2025-12-25)
+++ v3 (2026-01-29)
@@ -1,134 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra67a7fdd86c94db6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52f67a51441747fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R300ebeeb41174cb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd6f97945d6a3405e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Illegal Disposal Sites Abatement Grant Program (SWC92)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>The project combats illegal dumping and provides for the cleanup of trash/litter and homeless encampments within the road right-of-way in underserved communities and in flood right-of-way. Discarded waste magnifies urban blight in the dense inner-city neighborhoods.  Waste generated by homeless encampments in riverbeds and channels threaten the quality of water courses and aquifers.  The project will concentrate funds to cleaning up in the underserved communities and environmentally sensitive areas of: Antelope Valley (Quartz Hill community), Rosewood Franchise, and the San Jose Creek tributary.</x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte County</x:t>
   </x:si>
   <x:si>
     <x:t>Miss Heidi Kunstal</x:t>
   </x:si>
   <x:si>
     <x:t>7074647254</x:t>
   </x:si>
   <x:si>
     <x:t>Julian Lopez</x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte County proposes to oversee the cleanup of abandoned properties in Del Norte County that have been targets of illegal dumping which are adjacent to watercourses.  Grant resources will also be used to abate and recycle up to 25-30 abandoned motor homes or trailers during the grant period, which are especially costly and challenging to manage in this rural county which is over 75% public land.   Grant resources will also be used for fencing and other means to inhibit additional dumping on properties following cleanup activities.</x:t>
   </x:si>
   <x:si>
     <x:t>Sutter              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Yuba City</x:t>
   </x:si>
   <x:si>
     <x:t> Eric Ball</x:t>
   </x:si>
   <x:si>
     <x:t>5307888772</x:t>
   </x:si>
   <x:si>
     <x:t>Phillip Kovacs</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Yuba City proposes to provide clean-up activities at a high priority locations identified that pose a threat to public safety, health, and the environment include Illegal dumping along: 1. City-owned land on the east side of the Feather River where a portion of the site is developed with City’s wastewater treatment ponds and 2. Hot spots throughout the City, only when time and resources are available.
 The City has implemented a comprehensive program to combat homelessness that includes outreach, emergency shelter, food assistance, mental health services, and other related support services.  Our goal is compassionate enforcement. With this grant funding, the City intends to combat illegal disposal sites and homeless encampments as associated with the City’s growing homeless problems. The City proposes to increase the frequency of solid waste removal and disposal at one identified site and, when time and resources are available, at city-wide hot spots.  
 Cleanup activities will be evaluated after each cleanup event, ensuring that the area is free of blight or potential health and safety issues. Required records and reports will include statistics, site photos, and costs to evaluate the effectiveness of the grant funds in removing solid waste from encampments. The goals and objectives will continually be monitored to ensure that the City is meeting the overall intent of the grant program. The Project Manager will be responsible to ensure the program is being implemented within the expectations of the City and CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268616005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noe Garay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project combats illegal dumping and provides for the cleanup of trash/litter and homeless encampments within the road right-of-way in underserved communities and in flood right-of-way. Discarded waste magnifies urban blight in the dense inner-city neighborhoods.  Waste generated by homeless encampments in riverbeds and channels threaten the quality of water courses and aquifers.  The project will concentrate funds to cleaning up in the underserved communities and environmentally sensitive areas of: Antelope Valley (Quartz Hill community), Rosewood Franchise, and the San Jose Creek tributary.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -263,51 +263,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb46ab985e02a489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R300ebeeb41174cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb4bd496dddcc4b38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87a8ee5b385d4d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd6f97945d6a3405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66fe2911498c47cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -355,139 +355,139 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.94488525390625" customHeight="1" collapsed="0">
+    <x:row ht="459.9495849609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>450000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.9495849609375" customHeight="1" collapsed="0">
+    <x:row ht="1425.883544921875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>175000</x:v>
+        <x:v>150563</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1425.8834228515625" customHeight="1" collapsed="0">
+    <x:row ht="528.945068359375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>150563</x:v>
+        <x:v>450000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>775563</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:20 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 29, 2026 1:05 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>