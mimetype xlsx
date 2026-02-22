--- v3 (2026-01-29)
+++ v4 (2026-02-22)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52f67a51441747fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23988bc7d4c7458a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd6f97945d6a3405e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9e994f2d91fa412c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Illegal Disposal Sites Abatement Grant Program (SWC92)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -263,51 +263,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87a8ee5b385d4d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd6f97945d6a3405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66fe2911498c47cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c1ee23df25748cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e994f2d91fa412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd887ff631ab24fe6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -465,29 +465,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 29, 2026 1:05 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 21, 2026 9:17 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>