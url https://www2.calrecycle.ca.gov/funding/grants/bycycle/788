--- v4 (2026-02-22)
+++ v5 (2026-03-08)
@@ -1,134 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23988bc7d4c7458a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b97022b543747c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9e994f2d91fa412c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R590e82770cc04516"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Illegal Disposal Sites Abatement Grant Program (SWC92)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268616005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noe Garay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project combats illegal dumping and provides for the cleanup of trash/litter and homeless encampments within the road right-of-way in underserved communities and in flood right-of-way. Discarded waste magnifies urban blight in the dense inner-city neighborhoods.  Waste generated by homeless encampments in riverbeds and channels threaten the quality of water courses and aquifers.  The project will concentrate funds to cleaning up in the underserved communities and environmentally sensitive areas of: Antelope Valley (Quartz Hill community), Rosewood Franchise, and the San Jose Creek tributary.</x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte County</x:t>
   </x:si>
   <x:si>
     <x:t>Miss Heidi Kunstal</x:t>
   </x:si>
   <x:si>
     <x:t>7074647254</x:t>
   </x:si>
   <x:si>
     <x:t>Julian Lopez</x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte County proposes to oversee the cleanup of abandoned properties in Del Norte County that have been targets of illegal dumping which are adjacent to watercourses.  Grant resources will also be used to abate and recycle up to 25-30 abandoned motor homes or trailers during the grant period, which are especially costly and challenging to manage in this rural county which is over 75% public land.   Grant resources will also be used for fencing and other means to inhibit additional dumping on properties following cleanup activities.</x:t>
   </x:si>
   <x:si>
     <x:t>Sutter              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Yuba City</x:t>
   </x:si>
   <x:si>
     <x:t> Eric Ball</x:t>
   </x:si>
   <x:si>
     <x:t>5307888772</x:t>
   </x:si>
   <x:si>
     <x:t>Phillip Kovacs</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Yuba City proposes to provide clean-up activities at a high priority locations identified that pose a threat to public safety, health, and the environment include Illegal dumping along: 1. City-owned land on the east side of the Feather River where a portion of the site is developed with City’s wastewater treatment ponds and 2. Hot spots throughout the City, only when time and resources are available.
 The City has implemented a comprehensive program to combat homelessness that includes outreach, emergency shelter, food assistance, mental health services, and other related support services.  Our goal is compassionate enforcement. With this grant funding, the City intends to combat illegal disposal sites and homeless encampments as associated with the City’s growing homeless problems. The City proposes to increase the frequency of solid waste removal and disposal at one identified site and, when time and resources are available, at city-wide hot spots.  
 Cleanup activities will be evaluated after each cleanup event, ensuring that the area is free of blight or potential health and safety issues. Required records and reports will include statistics, site photos, and costs to evaluate the effectiveness of the grant funds in removing solid waste from encampments. The goals and objectives will continually be monitored to ensure that the City is meeting the overall intent of the grant program. The Project Manager will be responsible to ensure the program is being implemented within the expectations of the City and CalRecycle.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>The project combats illegal dumping and provides for the cleanup of trash/litter and homeless encampments within the road right-of-way in underserved communities and in flood right-of-way. Discarded waste magnifies urban blight in the dense inner-city neighborhoods.  Waste generated by homeless encampments in riverbeds and channels threaten the quality of water courses and aquifers.  The project will concentrate funds to cleaning up in the underserved communities and environmentally sensitive areas of: Antelope Valley (Quartz Hill community), Rosewood Franchise, and the San Jose Creek tributary.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -263,51 +263,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c1ee23df25748cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e994f2d91fa412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd887ff631ab24fe6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eb9c88b8e8d47b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R590e82770cc04516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R946860ded7d14a25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -355,139 +355,139 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.9495849609375" customHeight="1" collapsed="0">
+    <x:row ht="528.94488525390625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>175000</x:v>
+        <x:v>450000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1425.883544921875" customHeight="1" collapsed="0">
+    <x:row ht="459.9495849609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>150563</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.945068359375" customHeight="1" collapsed="0">
+    <x:row ht="1425.8834228515625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>450000</x:v>
+        <x:v>150563</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>775563</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 21, 2026 9:17 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 8:17 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>