--- v5 (2026-03-08)
+++ v6 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b97022b543747c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c4f098d0df44dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R590e82770cc04516"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rad5b670b9f0d4076"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Illegal Disposal Sites Abatement Grant Program (SWC92)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -263,51 +263,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eb9c88b8e8d47b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R590e82770cc04516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R946860ded7d14a25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b9fa6cfdde643a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rad5b670b9f0d4076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf75249469a544427" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -465,29 +465,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 8:17 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 7:59 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>