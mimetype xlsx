--- v0 (2025-12-13)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ef1d8fb13b40ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab7df271236404b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8abfedc6bb504eb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc83e2a0525a64d60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Legacy Disposal Site Abatement Partial Grant Program (SWC93)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -49,84 +49,84 @@
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Daly City</x:t>
   </x:si>
   <x:si>
     <x:t> Shirley Chan</x:t>
   </x:si>
   <x:si>
     <x:t>6509918231</x:t>
   </x:si>
   <x:si>
     <x:t>Julian Lopez</x:t>
   </x:si>
   <x:si>
     <x:t>The project aims to pullback the limits of the landfill from the active landslide area adjacent to the Upper Disposal Area (UDA) on the Mussel Rock Landfill as well as stabilize the slope to avoid future landfill exposure of the UDA. Areas adjacent to the UDA are currently unstable due to an active landslide adjacent to the proposed work area which is exposing the previously covered solid waste material in the area. The project will start by first removing the remaining landfill cover at the work area and then remove and reconsolidate the landfill waste on-site. Once the solid waste is removed, the project work area will be regraded to assist in stabilizing the landslide area and delay the future exposure of waste.</x:t>
   </x:si>
   <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Department of Fish and Wildlife</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jason Holley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168276851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phillip Kovacs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Hallelujah Junction Wildlife Area consists of over 13,000 acres located in the Eastern Sierra Nevadas and was originally acquired by CDFW for the Truckee Donner deer herd winter migration. It is also enjoyed by the public for recreation activities including hunting, fishing, hiking, and observation. The landscape contains high desert flora such as Antelope Bitterbrush, Big Sagebrush, and other native grass species. The wildlife area was originally old ranching properties and previous landowners established the dumpsite in a ravine adjacent to Long Valley Creek. Over several years, household and agricultural waste were deposited in the ravine. The dumpsite is approximately 5,200 square feet at an unknown depth.  The overall project is to remove all waste illegally dumped from one site on the CDFW Hallelujah Junction Wildlife Area to prevent injury or poisoning to the public and wildlife. Removal of debris will also mitigate contaminates leaching and polluting Long Valley Creek. The dumpsite has not been active since the property was acquired by CDFW. The responsible party cannot be identified, located, or pay for timely and proper remediation. CDFW's cleanup strategy consists of partnering with a contractor, California Conservation Corp., and Cal Fire Inmate crews to efficiently remove all waste discarded at the dumpsite using hand crews and heavy equipment to remove, sort, and haul debris to the appropriate waste facilities. CDFW staff will monitor all activity by the contractor to ensure proper remediation and prevent any environmental hazards. Concluding removal of all waste, the site will be restored by mechanically removing all noxious weeds, installing erosion control devices, and re-establishing native vegetation including bitterbrush and sagebrush. CDFW will continue to monitor the site annually to remove any remaining small particle debris and assess the success of the native plantings. Improvement of habitat will benefit all wild game and the public. Matching in-kind funds were estimated to be $33,567.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Jose</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Brown</x:t>
   </x:si>
   <x:si>
     <x:t>4083867566</x:t>
   </x:si>
   <x:si>
     <x:t>Noe Garay</x:t>
   </x:si>
   <x:si>
     <x:t>The City of San Jose is seeking a matching cleanup Grant of $750,000 for the proposed project which includes replacement of the existing flare station and associated landfill gas collection and control system expected to be performed during FY2022- 2023 at the former Singleton Road Disposal Site (SRDS). The City of San Jose owns and operates the SRDS containing a flare station and the associated landfill gas collection and control system (LGCCS). The LGCCS and its operations at the SRDS are required by the Bay Area Air Quality Management District (BAAQMD) and are permitted as Plant No. 4175 in accordance with Regulation 8, Rule 34. Due to the operational inefficiencies associated with ageing infrastructure and the lower amounts of methane being generated from the SRDS over time, the City of San Jose is proposing to replace the existing flare system and the LGCCS which is expected to help improve the operational efficiency with the goal of protecting the health and safety of surrounding residential neighborhood and continuing to meet the Title 27 and the BAAQMD compliance requirements.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Hallelujah Junction Wildlife Area consists of over 13,000 acres located in the Eastern Sierra Nevadas and was originally acquired by CDFW for the Truckee Donner deer herd winter migration. It is also enjoyed by the public for recreation activities including hunting, fishing, hiking, and observation. The landscape contains high desert flora such as Antelope Bitterbrush, Big Sagebrush, and other native grass species. The wildlife area was originally old ranching properties and previous landowners established the dumpsite in a ravine adjacent to Long Valley Creek. Over several years, household and agricultural waste were deposited in the ravine. The dumpsite is approximately 5,200 square feet at an unknown depth.  The overall project is to remove all waste illegally dumped from one site on the CDFW Hallelujah Junction Wildlife Area to prevent injury or poisoning to the public and wildlife. Removal of debris will also mitigate contaminates leaching and polluting Long Valley Creek. The dumpsite has not been active since the property was acquired by CDFW. The responsible party cannot be identified, located, or pay for timely and proper remediation. CDFW's cleanup strategy consists of partnering with a contractor, California Conservation Corp., and Cal Fire Inmate crews to efficiently remove all waste discarded at the dumpsite using hand crews and heavy equipment to remove, sort, and haul debris to the appropriate waste facilities. CDFW staff will monitor all activity by the contractor to ensure proper remediation and prevent any environmental hazards. Concluding removal of all waste, the site will be restored by mechanically removing all noxious weeds, installing erosion control devices, and re-establishing native vegetation including bitterbrush and sagebrush. CDFW will continue to monitor the site annually to remove any remaining small particle debris and assess the success of the native plantings. Improvement of habitat will benefit all wild game and the public. Matching in-kind funds were estimated to be $33,567.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -261,51 +261,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b138803a7c64db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8abfedc6bb504eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf30caae464e34002" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4be4895b6d7040c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc83e2a0525a64d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcc257bdb6cf641e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -377,84 +377,84 @@
     </x:row>
     <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>750000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="954.42523193359375" customHeight="1" collapsed="0">
+    <x:row ht="1851.33544921875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>320621</x:v>
+        <x:v>429379</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1851.33544921875" customHeight="1" collapsed="0">
+    <x:row ht="954.42529296875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>429379</x:v>
+        <x:v>320621</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>1500000</x:v>
       </x:c>
@@ -463,29 +463,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 13, 2025 5:16 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>