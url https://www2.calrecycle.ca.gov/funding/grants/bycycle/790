--- v0 (2025-12-24)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b6584254b04e8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3720832669a472e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd7da51dab835492c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8210cc057fc34fce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Government Waste Tire Enforcement Grants (TEA30)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -698,51 +698,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32c4f31127d8443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7da51dab835492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R97eb3bc2f0b943d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa48c0ee1d5a4f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8210cc057fc34fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd28feb924ca64699" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1600,29 +1600,29 @@
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:31 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:34 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>