--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3720832669a472e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90f8565d770a4f7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8210cc057fc34fce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6e355e111a604c3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Government Waste Tire Enforcement Grants (TEA30)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -698,51 +698,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa48c0ee1d5a4f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8210cc057fc34fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd28feb924ca64699" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b34d4a98bb4cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e355e111a604c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7db2e4125c7c4ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1600,29 +1600,29 @@
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:34 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>