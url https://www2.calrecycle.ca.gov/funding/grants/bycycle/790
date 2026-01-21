--- v2 (2025-12-24)
+++ v3 (2026-01-21)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90f8565d770a4f7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10622f0b09d0481d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6e355e111a604c3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1a12d38fb9254975"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Government Waste Tire Enforcement Grants (TEA30)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -698,51 +698,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b34d4a98bb4cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e355e111a604c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7db2e4125c7c4ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bf1cd76318f44fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a12d38fb9254975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R052d0eaf4b854276" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1600,29 +1600,29 @@
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 21, 2026 6:39 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>