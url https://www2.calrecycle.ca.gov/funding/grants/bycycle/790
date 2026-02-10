--- v3 (2026-01-21)
+++ v4 (2026-02-10)
@@ -1,554 +1,554 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10622f0b09d0481d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd2caaadf36e462c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1a12d38fb9254975"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1b936a352cfd4524"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Government Waste Tire Enforcement Grants (TEA30)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Calaveras           </x:t>
-[...8 lines deleted...]
-    <x:t>2097546744</x:t>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Paquette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263948</x:t>
   </x:si>
   <x:si>
     <x:t>Jim Madden</x:t>
-  </x:si>
-[...343 lines deleted...]
-    <x:t>6613263948</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Bakersfield‘s Waste Tire Enforcement Program will implement an inspection and compliance program that:
 1. Educates waste tire generators within our jurisdiction on their responsibilities to comply with applicable laws;
 2. Surveys Waste Tire Facilities and confirms that generators are using authorized waste tire haulers, properly maintaining CTLs; and fulfilling the WTF requirements;
 3. Identifies and reports sites that may be in violation of WTF storage standards;
 4. Initiates enforcement action against facilities that are in non-compliance by issuing a Notice of Violation (NOV);
 5. Refers facilities that continue to be in non-compliance after the issuance of a LNOV to CalRecycle staff;
 6. Identify and investigate existing sites where waste tires have been illegally dumped; and
 7. Obtains and submits the necessary information required for monthly reporting through WTMS to CalRecycle.
 The activities described above are an effective way to address the City of Bakersfield’s
 need to educate tire dealers and auto dismantlers of their responsibilities and reduce the
 illegal disposal of waste tires. The program will be comprehensive, informative and allows for enforcement action when necessary. It provides for correcting of waste handling problems, reducing long-term disposal problems, identifying illegal waste tire haulers and encouraging compliance.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Henderson</x:t>
   </x:si>
   <x:si>
     <x:t>5306930172</x:t>
   </x:si>
   <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
     <x:t>Performance of TEA duties and related costs</x:t>
   </x:si>
   <x:si>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lisa Medina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097546744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Calaveras County Environmental Health Department grant budget outlines our enforcement needs that will allow for the continued implementation of an effective enforcement program within Calaveras County. Throughout the past several TEA grant cycles waste tire staff have incorporated continued outreach and education to our community and stakeholders and promoted communication through our Board of Supervisor meeting announcements. Due to our rural setting inspection of our waste tire facilities require additional travel time. There continues to be an increase of waste tires being dumped in our County on public roads and public right of ways. Our waste tire staff partner with our Code Enforcement Department and Public Works to act as sentinels for the dump sites for pick-up. Our Environmental Health department also provides education at our public counter to our community members and educate them on how they can assist our staff in locating illegally dumped waste tires throughout our community. It is critical our staff continue to receive ongoing training through CalRecycle's website and the ability to attend the LEA conferences as part of continued education and guidance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Pasillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant will be used for continued inspections and enforcement of waste tire generators, waste tire haulers, and waste tire end-use facilities in accordance with CalRecycle regulations for the disposal and storage of waste/used tires. Inspections will be conducted on the CalRecycle Priority TPID list provided by CalRecycle and businesses currently registered with CalRecycle for the disposal and storage of waste/used tires. Educational visits will be conducted on new businesses generating, storing, and disposing of waste/used tires. Surveillance will be conducted as needed when illegal dumping of waste tires is suspected by a generator, hauler, and end-use facility. This program has aided the City of Fresno in the monitoring generators, haulers, and end-use facilities with the disposal of waste tires ensuring businesses are contracting with a registered hauler resulting in less waste tires being illegally dumped throughout the City of Fresno.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sukhdeep Sidhu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596003271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The goal of the Waste Tire Program is to promote compliance with State and local regulations as it
+pertains to the collection, handling, storage and disposal of waste tires in an effort to protect the air,
+water, and land from pollution and to ensure public health and safety.
+The Fresno County Department of Public Health, Environmental Health Division, proposes to utilize FY
+2022-23 Waste Tire Grant funds for staffing, training and equipment needs associated with continuing
+the County‘s Enforcement Program Plan.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jerry Weir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2138476260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to inspect our over 1800 Waste Tire Facilities for compliance with all waste tire handling regulations. Our past participation in the Local Government Waste Tire Enforcement Grant program resulted in a decrease in the number of large illegal waste tire dumping incidents in our jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rahimullah Sabur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095715145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrea Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Staff time and equipment costs to ensure waste tire generators remain in compliance with the State law and investigate and remove illegally dumped tires out of our streets and alleys.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Holloway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307452300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renee Podris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant will allow for Environmental Health to perform waste tire inspections, identify unpermitted waste tire activities, and provide enforcement for illegally dumped tires within Placer County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MR Jeff Czapla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168766586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sacramento County Environmental Management Department requests TEA 30 grant funding for the continued implementation of a local waste tire inspection and enforcement program. Funds will be used to ensure businesses comply with State regulations governing the storage, transportation, and manifesting of used and waste tires. This will be accomplished via inspection of waste tire generators and haulers, surveying for new businesses that are required to comply with State waste tire regulations, investigating illegal tire hauling and dumping complaints, and providing used/waste tire education to the public and businesses. Funds will also be used for staff training, equipment, and to prepare required reports for submittal to CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Guillermo Morales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602211649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Land Use Services - Code Enforcement anticipates Countywide inspections of all waste tire facilities within our jurisdiction and all cities within the County that are not individual grantees. The largest geographical county in the lower 48 states, San Bernardino County has vast areas of open land in desert and mountain regions, as well as many large incorporated cities; illegal dumping of waste tires in remote areas has been a chronic problem. San Bernardino County Land Use Services - Code Enforcement anticipates that participation in CalRecycle‘s grant programs, the County will mark improvement with respect to illegal waste tire dumping activities. 
+In addition to scheduled facility and compliance inspections, we will provide educational outreach and enforcement efforts throughout the county to promote the proper transport, storing and disposal of waste tires, thereby reducing the incidences of illegal dumping, improper stockpiling and illegal transport activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Miramontes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant program allows Stanislaus County to administer a comprehensive waste tire enforcement program which includes the following elements: identification, documentation, education, and inspection of businesses involved in the generation, collection, transportation, and disposal of waste tires.
+Currently, there are approximately 666 waste tire businesses in Stanislaus County and in the participating cities.  The grant allows inspections of each of these tire facilities, tire dealers, auto dismantler, tire haulers, and other waste tire generators.  The local enforcement of the waste tire regulations will emphasize the importance of proper disposal, reuse, and recycling of waste tires through the education and the regulation of generators, haulers, and end-user businesses.
+Since the program's inception in 2006, two large tire piles containing over 20,000 tires have been cleaned up.  Over 4,524 inspections of tire facilities and tire haulers have been conducted, with 47 notices of violation issued along with 13 referrals to CalRecycle for legal action.  
+If TEA 30 is awarded to Stanislaus County it will enable our jurisdiction to conduct 230 inspections, spend 265 hours on surveillance, investigate reported violations and respond to complaints of tire dumps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lori Muller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305278020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our Waste Tire Program is to protect public health and the environment with regard to waste tires and facilities in Tehama County. TCEHD intends to use TEA 30 reimbursement grant funds for inspection, enforcement, outreach, training and management in order to accomplish these objectives.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jorge Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609555104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Victorville is located in the Mojave Desert area approximately 1.5 hour from the heavily populated Los Angeles, Orange County, Inland Empire and approximately 3 hours from the growing Las Vegas Nevada areas. The City is surrounded by a vast amount of desert land and has three major highways that intersect within the City(I-15 Freeway, CA Highway 18/138, and US highway 395). Due to the surrounding geography, the City experiences a large amount of illegal dumping activity which includes illegally dumped tire piles of both general passenger and commercial type tires. The City is continues to grow industrially and commercially and in total residential units and currently has 117 waste tire related businesses (identified via WTMS as active businesses). Specifically, the City has a large number of used tire dealers located in areas of the City that historically have high frequencies of illegally dumped waste tires. The City will use waste tire enforcement grant funds to establish a presence in our City and partner with the State to regulate the waste tire disposal process and minimize illegal dumping through surveillance, enforcement, and administrative actions. Funds will also aid our assigned staff to provide them with office and small field supplies/equipment to carryout grant inspection, surveillance, and education tasks. Our primary goal when utilizing grant funds is to inspect all waste tire generators and haulers within the grant period. Additionally, we will partner with the businesses, ensuring that all waste tires are manifested utilizing the forms provided by Cal-Recycle and encouraging them to report those who illegally dispose of tires. In administering the grant, the City of Victorville will prioritize its activities to mirror those established in the grant terms/conditions and procedures: inspection, waste tire manifest compliance, identifying illegal disposal activities, education, and awareness.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Moushumi Hasan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEA30 grant funds will be used for conducting routine waste tires facility inspections, attending necessary trainings, related administrative work, educating the public and facilities, field patrolling, small cleanups, and surveillance, to buy necessary equipment, to pay for mileage, etc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gary Cantwell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307497526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The county will use the funds to conduct inspections of active tire facilities.  It will also monitor dumping areas for the presence of illegally disposed tires.  When found, the county will remove and properly dispose of waste tires.  The funds will also be used to send staff to Technical Training Series.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Michelle Frick</x:t>
   </x:si>
   <x:si>
     <x:t>6192367080</x:t>
   </x:si>
   <x:si>
     <x:t>The City of San Diego Regional Waste Tire program will be using grant funds to continue implementing inspections, enforcement, and educate over 1,100 active waste tire generating businesses. In 2007, the City began inviting neighboring cities to participate in the grant program in order to achieve better regional compliance. Today, the City is collaborating with six neighboring cities (Participating Collaborative Jurisdictions).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Rompf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503390327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County EH applies for the TEA 30 Tire enforcement grant to conduct inspection and enforcement activities as it relates to the Tire Program, under guidance from Cal Recycle.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara County</x:t>
   </x:si>
   <x:si>
     <x:t> AJ Sekhon</x:t>
   </x:si>
   <x:si>
     <x:t>4089182787</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the County of Santa Clara Department of Environmental Health (DEH) is to protect public health, safety, and the environment in regards to proper storage, transport and use of waste tires within our jurisdiction.
 The County of Santa Clara DEH intends to use TEA grant funds for activities directly related to inspection and administration costs for implementing the waste tire program as outlined in the grant procedures and requirements, and grant application guidelines and ongoing grant guidance from CalRecycle regarding waste and used tire activities.</x:t>
   </x:si>
   <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Sanchez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317554936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant monies will be used to fund the existing Waste Tire Enforcement Program, which includes conducting routine waste tire inspections, surveillance and enforcement, community education, attending round table events and other training required by Cal Recycle, and to purchase equipment and supplies needed to conduct the program activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brandon Medellin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local Government tire enforcement program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Peter Ex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072534419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investigate illegal tire activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Timothy Hildreth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106391266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Alameda County Department of Environmental Health (ACDEH) will utilize the TEA 30 Waste Tire Grant Funds to implement the Waste Tire Program and conduct compliance inspections to verify compliance with the Waste Tire Regulations. Additionally, ACDEH will use TEA 30 grant funds to prepare reports and payment requests and provide information and education to community stakeholders and regulated businesses, while also providing continuing education for ACDEH Waste Tire inspection staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dean Freed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7144336220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County will utilize these grant funds to investigate illegal tire disposal activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations. Funds will also be used for community and industry education, staff training and administration of the grant.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Marin County</x:t>
   </x:si>
   <x:si>
     <x:t> Lee Bryant</x:t>
   </x:si>
   <x:si>
     <x:t>4154736271</x:t>
   </x:si>
   <x:si>
     <x:t>Environmental Health Services staff will perform duties to enforce the waste tire laws and regulations under CalRecycle's authority.</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...38 lines deleted...]
-    <x:t>The goal of our Waste Tire Program is to protect public health and the environment with regard to waste tires and facilities in Tehama County. TCEHD intends to use TEA 30 reimbursement grant funds for inspection, enforcement, outreach, training and management in order to accomplish these objectives.</x:t>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christine Sosko</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7075656521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Tire Grant funds will be used to continue waste tire management in Sonoma County through permitting, inspections, education and enforcement activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Bowker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County Environmental Management Department is applying on behalf of the County.  The Board of Supervisors has signed a resolution allowing Environmental Management to apply for this grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jorge Perez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to buy equipment to run the program, conduct inspections for generators and haulers, do surveillance activity and to enforce CalRecycle's laws and regulations. The augmentation of the enforcement will be reflected on the generators and haulers that will be in compliance with the proper disposal of waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorcas Hanson-lugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264305540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be utilized for the enforcement of waste tire laws and regulations through inspections of waste tire facilities within our jurisdiction and for the administration of the waste tire grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Kraus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256085549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be used to conduct waste tire inspections and other enforcement actions, train employees on waste tire regulations, enforcement and educate waste tire operators, other enforcement agencies, and the general public on the requirements for handling, disposing and storage of waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Mendez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605782727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be utilized to inspect tire-related businesses and ensure entities within the County are storing and hauling used and waste tires as dictated by California law. These funds will augment local and regional enforcement efforts by seeking to prevent the unlawful stockpiling and dumping of waste tires. This goal is accomplished by allowing personnel to be dedicated to the task of ensuring waste tires reach an appropriate end-use facility by educating business owners of the proper disposal methods and referring the actions of offenders to the appropriate governing agency.
+Training will be provided to assure county employees are kept up to date with new requirements of the state. Staff will also attend safety training of perishable skills.
+Equipment requested will be utilized to assure the employees are well prepared when conducting inspections.
+Direct Administration funds will be used to supervise the grant in an effort to assure all tasks are met.</x:t>
   </x:si>
   <x:si>
     <x:t>Solano              </x:t>
   </x:si>
   <x:si>
     <x:t>Solano County</x:t>
   </x:si>
   <x:si>
     <x:t> Chris Ambrose</x:t>
   </x:si>
   <x:si>
     <x:t>7077846765</x:t>
   </x:si>
   <x:si>
     <x:t>Perform waste tire enforcement activities, including: inspecting waste tire generators and transporters, perform educational/outreach, and perform enforcement activities.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 31</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -698,51 +698,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bf1cd76318f44fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a12d38fb9254975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R052d0eaf4b854276" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re164ebdc12ab4707" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1b936a352cfd4524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R351e97daa10a4017" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -790,789 +790,789 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.9007568359375" customHeight="1" collapsed="0">
+    <x:row ht="1345.3795166015625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>26917</x:v>
+        <x:v>79730</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.4771728515625" customHeight="1" collapsed="0">
+    <x:row ht="34.49755859375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>154458</x:v>
+        <x:v>7109</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1161.410888671875" customHeight="1" collapsed="0">
+    <x:row ht="1034.9007568359375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>193562</x:v>
+        <x:v>26917</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.477294921875" customHeight="1" collapsed="0">
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>52750</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>53962</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+    </x:row>
+    <x:row ht="264.472900390625" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>71519</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+    </x:row>
+    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>24091</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
-    <x:row ht="885.43017578125" customHeight="1" collapsed="0">
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>154458</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>185678</x:v>
+        <x:v>484325</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="885.4296875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>162468</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1161.4111328125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>193562</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>484325</x:v>
+        <x:v>30310</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.4716796875" customHeight="1" collapsed="0">
+    <x:row ht="1655.85888671875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>71519</x:v>
+        <x:v>61547</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row ht="160.97998046875" customHeight="1" collapsed="0">
+    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>83296</x:v>
+        <x:v>85083</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.00146484375" customHeight="1" collapsed="0">
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>58694</x:v>
+        <x:v>129788</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1655.8583984375" customHeight="1" collapsed="0">
+    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>61547</x:v>
+        <x:v>185698</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
-    <x:row ht="885.4296875" customHeight="1" collapsed="0">
+    <x:row ht="160.98046875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>83296</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>409416</x:v>
+        <x:v>152246</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+        <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>124196</x:v>
+        <x:v>53962</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>105</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.005859375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>129788</x:v>
+        <x:v>83784</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
+    <x:row ht="115.001953125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>85083</x:v>
+        <x:v>58694</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
-    <x:row ht="46.0068359375" customHeight="1" collapsed="0">
+    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>83784</x:v>
+        <x:v>420731</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1345.37890625" customHeight="1" collapsed="0">
+    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>79730</x:v>
+        <x:v>409416</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
-    <x:row ht="34.498046875" customHeight="1" collapsed="0">
+    <x:row ht="115.0029296875" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>7109</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
+    <x:row ht="149.498046875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>185698</x:v>
+        <x:v>124196</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+    <x:row ht="195.478515625" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>152246</x:v>
+        <x:v>52750</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.001953125" customHeight="1" collapsed="0">
+    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>45259</x:v>
+        <x:v>162468</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.453125" customHeight="1" collapsed="0">
+    <x:row ht="172.4873046875" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B33" s="8" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>420731</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F33" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="F33" s="8" t="s">
+      <x:c r="G33" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H33" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="G33" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H33" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+      <x:c r="A34" s="8" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>24091</x:v>
+        <x:v>185678</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.4716796875" customHeight="1" collapsed="0">
+    <x:row ht="885.4296875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>30310</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row ht="160.98046875" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
         <x:v>133383</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A37" s="10" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B37" s="10" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C37" s="10"/>
       <x:c r="D37" s="11" t="n">
         <x:v>6050000</x:v>
       </x:c>
       <x:c r="E37" s="10" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F37" s="10" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G37" s="10" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -1600,29 +1600,29 @@
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 21, 2026 6:39 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:40 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>