--- v4 (2026-02-10)
+++ v5 (2026-03-07)
@@ -1,554 +1,554 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd2caaadf36e462c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6ec313125b14738" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1b936a352cfd4524"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R77f9b3e963704ce0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Government Waste Tire Enforcement Grants (TEA30)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lisa Medina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097546744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Calaveras County Environmental Health Department grant budget outlines our enforcement needs that will allow for the continued implementation of an effective enforcement program within Calaveras County. Throughout the past several TEA grant cycles waste tire staff have incorporated continued outreach and education to our community and stakeholders and promoted communication through our Board of Supervisor meeting announcements. Due to our rural setting inspection of our waste tire facilities require additional travel time. There continues to be an increase of waste tires being dumped in our County on public roads and public right of ways. Our waste tire staff partner with our Code Enforcement Department and Public Works to act as sentinels for the dump sites for pick-up. Our Environmental Health department also provides education at our public counter to our community members and educate them on how they can assist our staff in locating illegally dumped waste tires throughout our community. It is critical our staff continue to receive ongoing training through CalRecycle's website and the ability to attend the LEA conferences as part of continued education and guidance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Holloway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307452300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renee Podris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant will allow for Environmental Health to perform waste tire inspections, identify unpermitted waste tire activities, and provide enforcement for illegally dumped tires within Placer County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Miramontes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant program allows Stanislaus County to administer a comprehensive waste tire enforcement program which includes the following elements: identification, documentation, education, and inspection of businesses involved in the generation, collection, transportation, and disposal of waste tires.
+Currently, there are approximately 666 waste tire businesses in Stanislaus County and in the participating cities.  The grant allows inspections of each of these tire facilities, tire dealers, auto dismantler, tire haulers, and other waste tire generators.  The local enforcement of the waste tire regulations will emphasize the importance of proper disposal, reuse, and recycling of waste tires through the education and the regulation of generators, haulers, and end-user businesses.
+Since the program's inception in 2006, two large tire piles containing over 20,000 tires have been cleaned up.  Over 4,524 inspections of tire facilities and tire haulers have been conducted, with 47 notices of violation issued along with 13 referrals to CalRecycle for legal action.  
+If TEA 30 is awarded to Stanislaus County it will enable our jurisdiction to conduct 230 inspections, spend 265 hours on surveillance, investigate reported violations and respond to complaints of tire dumps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Bowker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County Environmental Management Department is applying on behalf of the County.  The Board of Supervisors has signed a resolution allowing Environmental Management to apply for this grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Sanchez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317554936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant monies will be used to fund the existing Waste Tire Enforcement Program, which includes conducting routine waste tire inspections, surveillance and enforcement, community education, attending round table events and other training required by Cal Recycle, and to purchase equipment and supplies needed to conduct the program activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sukhdeep Sidhu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596003271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The goal of the Waste Tire Program is to promote compliance with State and local regulations as it
+pertains to the collection, handling, storage and disposal of waste tires in an effort to protect the air,
+water, and land from pollution and to ensure public health and safety.
+The Fresno County Department of Public Health, Environmental Health Division, proposes to utilize FY
+2022-23 Waste Tire Grant funds for staffing, training and equipment needs associated with continuing
+the County‘s Enforcement Program Plan.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Pasillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant will be used for continued inspections and enforcement of waste tire generators, waste tire haulers, and waste tire end-use facilities in accordance with CalRecycle regulations for the disposal and storage of waste/used tires. Inspections will be conducted on the CalRecycle Priority TPID list provided by CalRecycle and businesses currently registered with CalRecycle for the disposal and storage of waste/used tires. Educational visits will be conducted on new businesses generating, storing, and disposing of waste/used tires. Surveillance will be conducted as needed when illegal dumping of waste tires is suspected by a generator, hauler, and end-use facility. This program has aided the City of Fresno in the monitoring generators, haulers, and end-use facilities with the disposal of waste tires ensuring businesses are contracting with a registered hauler resulting in less waste tires being illegally dumped throughout the City of Fresno.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Mendez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605782727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be utilized to inspect tire-related businesses and ensure entities within the County are storing and hauling used and waste tires as dictated by California law. These funds will augment local and regional enforcement efforts by seeking to prevent the unlawful stockpiling and dumping of waste tires. This goal is accomplished by allowing personnel to be dedicated to the task of ensuring waste tires reach an appropriate end-use facility by educating business owners of the proper disposal methods and referring the actions of offenders to the appropriate governing agency.
+Training will be provided to assure county employees are kept up to date with new requirements of the state. Staff will also attend safety training of perishable skills.
+Equipment requested will be utilized to assure the employees are well prepared when conducting inspections.
+Direct Administration funds will be used to supervise the grant in an effort to assure all tasks are met.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Kraus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256085549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be used to conduct waste tire inspections and other enforcement actions, train employees on waste tire regulations, enforcement and educate waste tire operators, other enforcement agencies, and the general public on the requirements for handling, disposing and storage of waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jorge Perez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to buy equipment to run the program, conduct inspections for generators and haulers, do surveillance activity and to enforce CalRecycle's laws and regulations. The augmentation of the enforcement will be reflected on the generators and haulers that will be in compliance with the proper disposal of waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorcas Hanson-lugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264305540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be utilized for the enforcement of waste tire laws and regulations through inspections of waste tire facilities within our jurisdiction and for the administration of the waste tire grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MR Jeff Czapla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168766586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sacramento County Environmental Management Department requests TEA 30 grant funding for the continued implementation of a local waste tire inspection and enforcement program. Funds will be used to ensure businesses comply with State regulations governing the storage, transportation, and manifesting of used and waste tires. This will be accomplished via inspection of waste tire generators and haulers, surveying for new businesses that are required to comply with State waste tire regulations, investigating illegal tire hauling and dumping complaints, and providing used/waste tire education to the public and businesses. Funds will also be used for staff training, equipment, and to prepare required reports for submittal to CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jerry Weir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2138476260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to inspect our over 1800 Waste Tire Facilities for compliance with all waste tire handling regulations. Our past participation in the Local Government Waste Tire Enforcement Grant program resulted in a decrease in the number of large illegal waste tire dumping incidents in our jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Rompf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503390327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County EH applies for the TEA 30 Tire enforcement grant to conduct inspection and enforcement activities as it relates to the Tire Program, under guidance from Cal Recycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Peter Ex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072534419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrea Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investigate illegal tire activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jorge Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609555104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Victorville is located in the Mojave Desert area approximately 1.5 hour from the heavily populated Los Angeles, Orange County, Inland Empire and approximately 3 hours from the growing Las Vegas Nevada areas. The City is surrounded by a vast amount of desert land and has three major highways that intersect within the City(I-15 Freeway, CA Highway 18/138, and US highway 395). Due to the surrounding geography, the City experiences a large amount of illegal dumping activity which includes illegally dumped tire piles of both general passenger and commercial type tires. The City is continues to grow industrially and commercially and in total residential units and currently has 117 waste tire related businesses (identified via WTMS as active businesses). Specifically, the City has a large number of used tire dealers located in areas of the City that historically have high frequencies of illegally dumped waste tires. The City will use waste tire enforcement grant funds to establish a presence in our City and partner with the State to regulate the waste tire disposal process and minimize illegal dumping through surveillance, enforcement, and administrative actions. Funds will also aid our assigned staff to provide them with office and small field supplies/equipment to carryout grant inspection, surveillance, and education tasks. Our primary goal when utilizing grant funds is to inspect all waste tire generators and haulers within the grant period. Additionally, we will partner with the businesses, ensuring that all waste tires are manifested utilizing the forms provided by Cal-Recycle and encouraging them to report those who illegally dispose of tires. In administering the grant, the City of Victorville will prioritize its activities to mirror those established in the grant terms/conditions and procedures: inspection, waste tire manifest compliance, identifying illegal disposal activities, education, and awareness.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Guillermo Morales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602211649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Land Use Services - Code Enforcement anticipates Countywide inspections of all waste tire facilities within our jurisdiction and all cities within the County that are not individual grantees. The largest geographical county in the lower 48 states, San Bernardino County has vast areas of open land in desert and mountain regions, as well as many large incorporated cities; illegal dumping of waste tires in remote areas has been a chronic problem. San Bernardino County Land Use Services - Code Enforcement anticipates that participation in CalRecycle‘s grant programs, the County will mark improvement with respect to illegal waste tire dumping activities. 
+In addition to scheduled facility and compliance inspections, we will provide educational outreach and enforcement efforts throughout the county to promote the proper transport, storing and disposal of waste tires, thereby reducing the incidences of illegal dumping, improper stockpiling and illegal transport activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dean Freed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7144336220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County will utilize these grant funds to investigate illegal tire disposal activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations. Funds will also be used for community and industry education, staff training and administration of the grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christine Sosko</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7075656521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Tire Grant funds will be used to continue waste tire management in Sonoma County through permitting, inspections, education and enforcement activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gary Cantwell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307497526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The county will use the funds to conduct inspections of active tire facilities.  It will also monitor dumping areas for the presence of illegally disposed tires.  When found, the county will remove and properly dispose of waste tires.  The funds will also be used to send staff to Technical Training Series.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Moushumi Hasan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEA30 grant funds will be used for conducting routine waste tires facility inspections, attending necessary trainings, related administrative work, educating the public and facilities, field patrolling, small cleanups, and surveillance, to buy necessary equipment, to pay for mileage, etc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brandon Medellin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local Government tire enforcement program.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Bakersfield</x:t>
   </x:si>
   <x:si>
     <x:t> David Paquette</x:t>
   </x:si>
   <x:si>
     <x:t>6613263948</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Bakersfield‘s Waste Tire Enforcement Program will implement an inspection and compliance program that:
 1. Educates waste tire generators within our jurisdiction on their responsibilities to comply with applicable laws;
 2. Surveys Waste Tire Facilities and confirms that generators are using authorized waste tire haulers, properly maintaining CTLs; and fulfilling the WTF requirements;
 3. Identifies and reports sites that may be in violation of WTF storage standards;
 4. Initiates enforcement action against facilities that are in non-compliance by issuing a Notice of Violation (NOV);
 5. Refers facilities that continue to be in non-compliance after the issuance of a LNOV to CalRecycle staff;
 6. Identify and investigate existing sites where waste tires have been illegally dumped; and
 7. Obtains and submits the necessary information required for monthly reporting through WTMS to CalRecycle.
 The activities described above are an effective way to address the City of Bakersfield’s
 need to educate tire dealers and auto dismantlers of their responsibilities and reduce the
 illegal disposal of waste tires. The program will be comprehensive, informative and allows for enforcement action when necessary. It provides for correcting of waste handling problems, reducing long-term disposal problems, identifying illegal waste tire haulers and encouraging compliance.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Henderson</x:t>
   </x:si>
   <x:si>
     <x:t>5306930172</x:t>
   </x:si>
   <x:si>
-    <x:t>Phanessa Fong</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Performance of TEA duties and related costs</x:t>
   </x:si>
   <x:si>
-    <x:t>Calaveras           </x:t>
-[...202 lines deleted...]
-  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Michelle Frick</x:t>
   </x:si>
   <x:si>
     <x:t>6192367080</x:t>
   </x:si>
   <x:si>
     <x:t>The City of San Diego Regional Waste Tire program will be using grant funds to continue implementing inspections, enforcement, and educate over 1,100 active waste tire generating businesses. In 2007, the City began inviting neighboring cities to participate in the grant program in order to achieve better regional compliance. Today, the City is collaborating with six neighboring cities (Participating Collaborative Jurisdictions).</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>San Mateo County EH applies for the TEA 30 Tire enforcement grant to conduct inspection and enforcement activities as it relates to the Tire Program, under guidance from Cal Recycle.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara County</x:t>
   </x:si>
   <x:si>
     <x:t> AJ Sekhon</x:t>
   </x:si>
   <x:si>
     <x:t>4089182787</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the County of Santa Clara Department of Environmental Health (DEH) is to protect public health, safety, and the environment in regards to proper storage, transport and use of waste tires within our jurisdiction.
 The County of Santa Clara DEH intends to use TEA grant funds for activities directly related to inspection and administration costs for implementing the waste tire program as outlined in the grant procedures and requirements, and grant application guidelines and ongoing grant guidance from CalRecycle regarding waste and used tire activities.</x:t>
   </x:si>
   <x:si>
-    <x:t>Monterey            </x:t>
-[...41 lines deleted...]
-    <x:t>Investigate illegal tire activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations.</x:t>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lee Bryant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154736271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Environmental Health Services staff will perform duties to enforce the waste tire laws and regulations under CalRecycle's authority.</x:t>
   </x:si>
   <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>Alameda County</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Timothy Hildreth</x:t>
   </x:si>
   <x:si>
     <x:t>5106391266</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Alameda County Department of Environmental Health (ACDEH) will utilize the TEA 30 Waste Tire Grant Funds to implement the Waste Tire Program and conduct compliance inspections to verify compliance with the Waste Tire Regulations. Additionally, ACDEH will use TEA 30 grant funds to prepare reports and payment requests and provide information and education to community stakeholders and regulated businesses, while also providing continuing education for ACDEH Waste Tire inspection staff.</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...116 lines deleted...]
-Direct Administration funds will be used to supervise the grant in an effort to assure all tasks are met.</x:t>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rahimullah Sabur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095715145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Staff time and equipment costs to ensure waste tire generators remain in compliance with the State law and investigate and remove illegally dumped tires out of our streets and alleys.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lori Muller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305278020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our Waste Tire Program is to protect public health and the environment with regard to waste tires and facilities in Tehama County. TCEHD intends to use TEA 30 reimbursement grant funds for inspection, enforcement, outreach, training and management in order to accomplish these objectives.</x:t>
   </x:si>
   <x:si>
     <x:t>Solano              </x:t>
   </x:si>
   <x:si>
     <x:t>Solano County</x:t>
   </x:si>
   <x:si>
     <x:t> Chris Ambrose</x:t>
   </x:si>
   <x:si>
     <x:t>7077846765</x:t>
   </x:si>
   <x:si>
     <x:t>Perform waste tire enforcement activities, including: inspecting waste tire generators and transporters, perform educational/outreach, and perform enforcement activities.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 31</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -698,51 +698,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re164ebdc12ab4707" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1b936a352cfd4524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R351e97daa10a4017" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b1eb7ef5035467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R77f9b3e963704ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R627671d9066741cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -790,789 +790,789 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1345.3795166015625" customHeight="1" collapsed="0">
+    <x:row ht="1034.9007568359375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>79730</x:v>
+        <x:v>26917</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="34.49755859375" customHeight="1" collapsed="0">
+    <x:row ht="195.4771728515625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>7109</x:v>
+        <x:v>154458</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.9007568359375" customHeight="1" collapsed="0">
+    <x:row ht="1161.410888671875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>26917</x:v>
+        <x:v>193562</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+    <x:row ht="195.477294921875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>52750</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>53962</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.472900390625" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>71519</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="827.943115234375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
-[...12 lines deleted...]
-      </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>24091</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+    <x:row ht="885.43017578125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>154458</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>484325</x:v>
+        <x:v>185678</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>162468</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>193562</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
+    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>30310</x:v>
+        <x:v>484325</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1655.85888671875" customHeight="1" collapsed="0">
+    <x:row ht="264.4716796875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>61547</x:v>
+        <x:v>71519</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
+    <x:row ht="160.97998046875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>85083</x:v>
+        <x:v>83296</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+    <x:row ht="115.00146484375" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>129788</x:v>
+        <x:v>58694</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
+    <x:row ht="1655.8583984375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>185698</x:v>
+        <x:v>61547</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
-    <x:row ht="160.98046875" customHeight="1" collapsed="0">
+    <x:row ht="885.4296875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>83296</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+      <x:c r="G22" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A23" s="8" t="s">
+      <x:c r="B23" s="8" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>152246</x:v>
+        <x:v>409416</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+      <x:c r="G23" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="G23" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H23" s="8" t="s">
+    </x:row>
+    <x:row ht="149.5" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A24" s="8" t="s">
+      <x:c r="B24" s="8" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>53962</x:v>
+        <x:v>124196</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+      <x:c r="G24" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A25" s="8" t="s">
+      <x:c r="B25" s="8" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>83784</x:v>
+        <x:v>129788</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.001953125" customHeight="1" collapsed="0">
+    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>58694</x:v>
+        <x:v>85083</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+    <x:row ht="46.0068359375" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>420731</x:v>
+        <x:v>83784</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
+    <x:row ht="1345.37890625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>409416</x:v>
+        <x:v>79730</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.0029296875" customHeight="1" collapsed="0">
+    <x:row ht="34.498046875" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>45259</x:v>
+        <x:v>7109</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.498046875" customHeight="1" collapsed="0">
+    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>124196</x:v>
+        <x:v>185698</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.478515625" customHeight="1" collapsed="0">
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>52750</x:v>
+        <x:v>152246</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+    <x:row ht="115.001953125" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>162468</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.4873046875" customHeight="1" collapsed="0">
+    <x:row ht="540.453125" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>420731</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>150</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>151</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.5" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>185678</x:v>
+        <x:v>24091</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
-    <x:row ht="885.4296875" customHeight="1" collapsed="0">
+    <x:row ht="264.4716796875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>30310</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row ht="160.98046875" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
         <x:v>133383</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A37" s="10" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B37" s="10" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C37" s="10"/>
       <x:c r="D37" s="11" t="n">
         <x:v>6050000</x:v>
       </x:c>
       <x:c r="E37" s="10" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F37" s="10" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G37" s="10" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -1600,29 +1600,29 @@
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:40 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 1:53 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>