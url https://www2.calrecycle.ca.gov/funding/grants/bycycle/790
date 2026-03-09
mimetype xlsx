--- v5 (2026-03-07)
+++ v6 (2026-03-09)
@@ -1,554 +1,554 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6ec313125b14738" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ddda6594d3b45dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R77f9b3e963704ce0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re3275b0dadda4bcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Government Waste Tire Enforcement Grants (TEA30)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Calaveras           </x:t>
-[...8 lines deleted...]
-    <x:t>2097546744</x:t>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Paquette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263948</x:t>
   </x:si>
   <x:si>
     <x:t>Jim Madden</x:t>
-  </x:si>
-[...343 lines deleted...]
-    <x:t>6613263948</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Bakersfield‘s Waste Tire Enforcement Program will implement an inspection and compliance program that:
 1. Educates waste tire generators within our jurisdiction on their responsibilities to comply with applicable laws;
 2. Surveys Waste Tire Facilities and confirms that generators are using authorized waste tire haulers, properly maintaining CTLs; and fulfilling the WTF requirements;
 3. Identifies and reports sites that may be in violation of WTF storage standards;
 4. Initiates enforcement action against facilities that are in non-compliance by issuing a Notice of Violation (NOV);
 5. Refers facilities that continue to be in non-compliance after the issuance of a LNOV to CalRecycle staff;
 6. Identify and investigate existing sites where waste tires have been illegally dumped; and
 7. Obtains and submits the necessary information required for monthly reporting through WTMS to CalRecycle.
 The activities described above are an effective way to address the City of Bakersfield’s
 need to educate tire dealers and auto dismantlers of their responsibilities and reduce the
 illegal disposal of waste tires. The program will be comprehensive, informative and allows for enforcement action when necessary. It provides for correcting of waste handling problems, reducing long-term disposal problems, identifying illegal waste tire haulers and encouraging compliance.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Henderson</x:t>
   </x:si>
   <x:si>
     <x:t>5306930172</x:t>
   </x:si>
   <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
     <x:t>Performance of TEA duties and related costs</x:t>
   </x:si>
   <x:si>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lisa Medina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097546744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Calaveras County Environmental Health Department grant budget outlines our enforcement needs that will allow for the continued implementation of an effective enforcement program within Calaveras County. Throughout the past several TEA grant cycles waste tire staff have incorporated continued outreach and education to our community and stakeholders and promoted communication through our Board of Supervisor meeting announcements. Due to our rural setting inspection of our waste tire facilities require additional travel time. There continues to be an increase of waste tires being dumped in our County on public roads and public right of ways. Our waste tire staff partner with our Code Enforcement Department and Public Works to act as sentinels for the dump sites for pick-up. Our Environmental Health department also provides education at our public counter to our community members and educate them on how they can assist our staff in locating illegally dumped waste tires throughout our community. It is critical our staff continue to receive ongoing training through CalRecycle's website and the ability to attend the LEA conferences as part of continued education and guidance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Pasillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant will be used for continued inspections and enforcement of waste tire generators, waste tire haulers, and waste tire end-use facilities in accordance with CalRecycle regulations for the disposal and storage of waste/used tires. Inspections will be conducted on the CalRecycle Priority TPID list provided by CalRecycle and businesses currently registered with CalRecycle for the disposal and storage of waste/used tires. Educational visits will be conducted on new businesses generating, storing, and disposing of waste/used tires. Surveillance will be conducted as needed when illegal dumping of waste tires is suspected by a generator, hauler, and end-use facility. This program has aided the City of Fresno in the monitoring generators, haulers, and end-use facilities with the disposal of waste tires ensuring businesses are contracting with a registered hauler resulting in less waste tires being illegally dumped throughout the City of Fresno.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sukhdeep Sidhu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596003271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The goal of the Waste Tire Program is to promote compliance with State and local regulations as it
+pertains to the collection, handling, storage and disposal of waste tires in an effort to protect the air,
+water, and land from pollution and to ensure public health and safety.
+The Fresno County Department of Public Health, Environmental Health Division, proposes to utilize FY
+2022-23 Waste Tire Grant funds for staffing, training and equipment needs associated with continuing
+the County‘s Enforcement Program Plan.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jerry Weir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2138476260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to inspect our over 1800 Waste Tire Facilities for compliance with all waste tire handling regulations. Our past participation in the Local Government Waste Tire Enforcement Grant program resulted in a decrease in the number of large illegal waste tire dumping incidents in our jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rahimullah Sabur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095715145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrea Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Staff time and equipment costs to ensure waste tire generators remain in compliance with the State law and investigate and remove illegally dumped tires out of our streets and alleys.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Holloway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307452300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renee Podris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant will allow for Environmental Health to perform waste tire inspections, identify unpermitted waste tire activities, and provide enforcement for illegally dumped tires within Placer County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MR Jeff Czapla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168766586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sacramento County Environmental Management Department requests TEA 30 grant funding for the continued implementation of a local waste tire inspection and enforcement program. Funds will be used to ensure businesses comply with State regulations governing the storage, transportation, and manifesting of used and waste tires. This will be accomplished via inspection of waste tire generators and haulers, surveying for new businesses that are required to comply with State waste tire regulations, investigating illegal tire hauling and dumping complaints, and providing used/waste tire education to the public and businesses. Funds will also be used for staff training, equipment, and to prepare required reports for submittal to CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Guillermo Morales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602211649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Land Use Services - Code Enforcement anticipates Countywide inspections of all waste tire facilities within our jurisdiction and all cities within the County that are not individual grantees. The largest geographical county in the lower 48 states, San Bernardino County has vast areas of open land in desert and mountain regions, as well as many large incorporated cities; illegal dumping of waste tires in remote areas has been a chronic problem. San Bernardino County Land Use Services - Code Enforcement anticipates that participation in CalRecycle‘s grant programs, the County will mark improvement with respect to illegal waste tire dumping activities. 
+In addition to scheduled facility and compliance inspections, we will provide educational outreach and enforcement efforts throughout the county to promote the proper transport, storing and disposal of waste tires, thereby reducing the incidences of illegal dumping, improper stockpiling and illegal transport activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Miramontes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant program allows Stanislaus County to administer a comprehensive waste tire enforcement program which includes the following elements: identification, documentation, education, and inspection of businesses involved in the generation, collection, transportation, and disposal of waste tires.
+Currently, there are approximately 666 waste tire businesses in Stanislaus County and in the participating cities.  The grant allows inspections of each of these tire facilities, tire dealers, auto dismantler, tire haulers, and other waste tire generators.  The local enforcement of the waste tire regulations will emphasize the importance of proper disposal, reuse, and recycling of waste tires through the education and the regulation of generators, haulers, and end-user businesses.
+Since the program's inception in 2006, two large tire piles containing over 20,000 tires have been cleaned up.  Over 4,524 inspections of tire facilities and tire haulers have been conducted, with 47 notices of violation issued along with 13 referrals to CalRecycle for legal action.  
+If TEA 30 is awarded to Stanislaus County it will enable our jurisdiction to conduct 230 inspections, spend 265 hours on surveillance, investigate reported violations and respond to complaints of tire dumps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lori Muller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305278020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our Waste Tire Program is to protect public health and the environment with regard to waste tires and facilities in Tehama County. TCEHD intends to use TEA 30 reimbursement grant funds for inspection, enforcement, outreach, training and management in order to accomplish these objectives.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jorge Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609555104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Victorville is located in the Mojave Desert area approximately 1.5 hour from the heavily populated Los Angeles, Orange County, Inland Empire and approximately 3 hours from the growing Las Vegas Nevada areas. The City is surrounded by a vast amount of desert land and has three major highways that intersect within the City(I-15 Freeway, CA Highway 18/138, and US highway 395). Due to the surrounding geography, the City experiences a large amount of illegal dumping activity which includes illegally dumped tire piles of both general passenger and commercial type tires. The City is continues to grow industrially and commercially and in total residential units and currently has 117 waste tire related businesses (identified via WTMS as active businesses). Specifically, the City has a large number of used tire dealers located in areas of the City that historically have high frequencies of illegally dumped waste tires. The City will use waste tire enforcement grant funds to establish a presence in our City and partner with the State to regulate the waste tire disposal process and minimize illegal dumping through surveillance, enforcement, and administrative actions. Funds will also aid our assigned staff to provide them with office and small field supplies/equipment to carryout grant inspection, surveillance, and education tasks. Our primary goal when utilizing grant funds is to inspect all waste tire generators and haulers within the grant period. Additionally, we will partner with the businesses, ensuring that all waste tires are manifested utilizing the forms provided by Cal-Recycle and encouraging them to report those who illegally dispose of tires. In administering the grant, the City of Victorville will prioritize its activities to mirror those established in the grant terms/conditions and procedures: inspection, waste tire manifest compliance, identifying illegal disposal activities, education, and awareness.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Moushumi Hasan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEA30 grant funds will be used for conducting routine waste tires facility inspections, attending necessary trainings, related administrative work, educating the public and facilities, field patrolling, small cleanups, and surveillance, to buy necessary equipment, to pay for mileage, etc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gary Cantwell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307497526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The county will use the funds to conduct inspections of active tire facilities.  It will also monitor dumping areas for the presence of illegally disposed tires.  When found, the county will remove and properly dispose of waste tires.  The funds will also be used to send staff to Technical Training Series.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Michelle Frick</x:t>
   </x:si>
   <x:si>
     <x:t>6192367080</x:t>
   </x:si>
   <x:si>
     <x:t>The City of San Diego Regional Waste Tire program will be using grant funds to continue implementing inspections, enforcement, and educate over 1,100 active waste tire generating businesses. In 2007, the City began inviting neighboring cities to participate in the grant program in order to achieve better regional compliance. Today, the City is collaborating with six neighboring cities (Participating Collaborative Jurisdictions).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Rompf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503390327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County EH applies for the TEA 30 Tire enforcement grant to conduct inspection and enforcement activities as it relates to the Tire Program, under guidance from Cal Recycle.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara County</x:t>
   </x:si>
   <x:si>
     <x:t> AJ Sekhon</x:t>
   </x:si>
   <x:si>
     <x:t>4089182787</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the County of Santa Clara Department of Environmental Health (DEH) is to protect public health, safety, and the environment in regards to proper storage, transport and use of waste tires within our jurisdiction.
 The County of Santa Clara DEH intends to use TEA grant funds for activities directly related to inspection and administration costs for implementing the waste tire program as outlined in the grant procedures and requirements, and grant application guidelines and ongoing grant guidance from CalRecycle regarding waste and used tire activities.</x:t>
   </x:si>
   <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Sanchez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317554936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant monies will be used to fund the existing Waste Tire Enforcement Program, which includes conducting routine waste tire inspections, surveillance and enforcement, community education, attending round table events and other training required by Cal Recycle, and to purchase equipment and supplies needed to conduct the program activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brandon Medellin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local Government tire enforcement program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Peter Ex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072534419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investigate illegal tire activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Timothy Hildreth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106391266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Alameda County Department of Environmental Health (ACDEH) will utilize the TEA 30 Waste Tire Grant Funds to implement the Waste Tire Program and conduct compliance inspections to verify compliance with the Waste Tire Regulations. Additionally, ACDEH will use TEA 30 grant funds to prepare reports and payment requests and provide information and education to community stakeholders and regulated businesses, while also providing continuing education for ACDEH Waste Tire inspection staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dean Freed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7144336220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County will utilize these grant funds to investigate illegal tire disposal activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations. Funds will also be used for community and industry education, staff training and administration of the grant.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Marin County</x:t>
   </x:si>
   <x:si>
     <x:t> Lee Bryant</x:t>
   </x:si>
   <x:si>
     <x:t>4154736271</x:t>
   </x:si>
   <x:si>
     <x:t>Environmental Health Services staff will perform duties to enforce the waste tire laws and regulations under CalRecycle's authority.</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...38 lines deleted...]
-    <x:t>The goal of our Waste Tire Program is to protect public health and the environment with regard to waste tires and facilities in Tehama County. TCEHD intends to use TEA 30 reimbursement grant funds for inspection, enforcement, outreach, training and management in order to accomplish these objectives.</x:t>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christine Sosko</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7075656521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Tire Grant funds will be used to continue waste tire management in Sonoma County through permitting, inspections, education and enforcement activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Bowker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County Environmental Management Department is applying on behalf of the County.  The Board of Supervisors has signed a resolution allowing Environmental Management to apply for this grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jorge Perez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to buy equipment to run the program, conduct inspections for generators and haulers, do surveillance activity and to enforce CalRecycle's laws and regulations. The augmentation of the enforcement will be reflected on the generators and haulers that will be in compliance with the proper disposal of waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorcas Hanson-lugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264305540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be utilized for the enforcement of waste tire laws and regulations through inspections of waste tire facilities within our jurisdiction and for the administration of the waste tire grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Kraus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256085549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be used to conduct waste tire inspections and other enforcement actions, train employees on waste tire regulations, enforcement and educate waste tire operators, other enforcement agencies, and the general public on the requirements for handling, disposing and storage of waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Mendez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605782727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be utilized to inspect tire-related businesses and ensure entities within the County are storing and hauling used and waste tires as dictated by California law. These funds will augment local and regional enforcement efforts by seeking to prevent the unlawful stockpiling and dumping of waste tires. This goal is accomplished by allowing personnel to be dedicated to the task of ensuring waste tires reach an appropriate end-use facility by educating business owners of the proper disposal methods and referring the actions of offenders to the appropriate governing agency.
+Training will be provided to assure county employees are kept up to date with new requirements of the state. Staff will also attend safety training of perishable skills.
+Equipment requested will be utilized to assure the employees are well prepared when conducting inspections.
+Direct Administration funds will be used to supervise the grant in an effort to assure all tasks are met.</x:t>
   </x:si>
   <x:si>
     <x:t>Solano              </x:t>
   </x:si>
   <x:si>
     <x:t>Solano County</x:t>
   </x:si>
   <x:si>
     <x:t> Chris Ambrose</x:t>
   </x:si>
   <x:si>
     <x:t>7077846765</x:t>
   </x:si>
   <x:si>
     <x:t>Perform waste tire enforcement activities, including: inspecting waste tire generators and transporters, perform educational/outreach, and perform enforcement activities.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 31</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -698,51 +698,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b1eb7ef5035467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R77f9b3e963704ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R627671d9066741cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5073b7cb3fe5472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re3275b0dadda4bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2c392d39057f46a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -790,789 +790,789 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.9007568359375" customHeight="1" collapsed="0">
+    <x:row ht="1345.3795166015625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>26917</x:v>
+        <x:v>79730</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.4771728515625" customHeight="1" collapsed="0">
+    <x:row ht="34.49755859375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>154458</x:v>
+        <x:v>7109</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1161.410888671875" customHeight="1" collapsed="0">
+    <x:row ht="1034.9007568359375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>193562</x:v>
+        <x:v>26917</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.477294921875" customHeight="1" collapsed="0">
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>52750</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>53962</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+    </x:row>
+    <x:row ht="264.472900390625" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>71519</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+    </x:row>
+    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>24091</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
-    <x:row ht="885.43017578125" customHeight="1" collapsed="0">
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>154458</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>185678</x:v>
+        <x:v>484325</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="885.4296875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>162468</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1161.4111328125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>193562</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>484325</x:v>
+        <x:v>30310</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.4716796875" customHeight="1" collapsed="0">
+    <x:row ht="1655.85888671875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>71519</x:v>
+        <x:v>61547</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row ht="160.97998046875" customHeight="1" collapsed="0">
+    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>83296</x:v>
+        <x:v>85083</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.00146484375" customHeight="1" collapsed="0">
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>58694</x:v>
+        <x:v>129788</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1655.8583984375" customHeight="1" collapsed="0">
+    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>61547</x:v>
+        <x:v>185698</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
-    <x:row ht="885.4296875" customHeight="1" collapsed="0">
+    <x:row ht="160.98046875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>83296</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>409416</x:v>
+        <x:v>152246</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+        <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>124196</x:v>
+        <x:v>53962</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>105</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.005859375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>129788</x:v>
+        <x:v>83784</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
+    <x:row ht="115.001953125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>85083</x:v>
+        <x:v>58694</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
-    <x:row ht="46.0068359375" customHeight="1" collapsed="0">
+    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>83784</x:v>
+        <x:v>420731</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1345.37890625" customHeight="1" collapsed="0">
+    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>79730</x:v>
+        <x:v>409416</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
-    <x:row ht="34.498046875" customHeight="1" collapsed="0">
+    <x:row ht="115.0029296875" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>7109</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
+    <x:row ht="149.498046875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>185698</x:v>
+        <x:v>124196</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+    <x:row ht="195.478515625" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>152246</x:v>
+        <x:v>52750</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.001953125" customHeight="1" collapsed="0">
+    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>45259</x:v>
+        <x:v>162468</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.453125" customHeight="1" collapsed="0">
+    <x:row ht="172.4873046875" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B33" s="8" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>420731</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F33" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="F33" s="8" t="s">
+      <x:c r="G33" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H33" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="G33" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H33" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+      <x:c r="A34" s="8" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>24091</x:v>
+        <x:v>185678</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.4716796875" customHeight="1" collapsed="0">
+    <x:row ht="885.4296875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>30310</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row ht="160.98046875" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
         <x:v>133383</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A37" s="10" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B37" s="10" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C37" s="10"/>
       <x:c r="D37" s="11" t="n">
         <x:v>6050000</x:v>
       </x:c>
       <x:c r="E37" s="10" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F37" s="10" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G37" s="10" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -1600,29 +1600,29 @@
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 1:53 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:18 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>