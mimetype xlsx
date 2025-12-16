--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,384 +1,384 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb961bada36634fe1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb049ccf5fb4764" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfb50cdfdeaf44fe3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re92794a61fb3404f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Organics Grant Program (ORG7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>California State University, Sacramento</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Todd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9162782817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molly Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sacramento State University proposes to replace an organics compactor located at the Dining Commons with an in-vessel composting system. This will eliminate the need for the waste hauler to provide service for the compactor, which will reduce emissions associated with waste transportation.  In addition, the food material will be composted on-site instead of being sent to Yolo County Landfill. The compost will be used to fertilize campus lawns at Sacramento State by Grounds and Landscape Services and donated to Sacramento City Unified School District school gardens.  The project will result in 958 tons of newly diverted food material from landfill and a reduction of 345 MTCO2e of greenhouse gas emissions over ten years.   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Eric Keller-Heckman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072688680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt Waste Management Authority proposes a Stand-Alone Pre-Processing project to convert an existing 19,000-square-foot building at the Hawthorne Street Transfer Station located in Eureka, CA into an Organics Waste Processing Operation. The renovated facility will be used to receive, sort and process new residential co-collected and commercial source-separated food and green material currently disposed of at the Dry Creek Landfill. Commercial food material will be cleaned and processed into an organic slurry that will be transported to a composting facility. The project will result in 237,823 tons of newly diverted food and green material from landfill and a reduction of 47,298 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide an estimated five full-time jobs targeted for priority populations and supports Humboldt County’s edible food recovery program.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County Sanitation Districts</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Changhee Song</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629084288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mayette McDonald</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County Sanitation Districts (LACSD) proposes to expand its Food Waste Recycling Program with the construction of the Biogas Conditioning System 2 (BCS-2), which will include equipment such as biogas compression, dehydration, and treatment systems. BCS-2 will allow the co-digestion facility to operate at full capacity. BCS-2 will upgrade biogas generated from the co-digestion of food material at LACSD’s Joint Water Pollution Control Plant into renewable natural gas for vehicle use at LACSD's compressed natural gas fueling station or injection into the SoCalGas utility pipeline. The source-separated food material is currently being landfilled at Mid-Valley Sanitary Landfill, Lost Hills Environmental Waste Facility, and Salton City Solid Waste Site. The project will result in 600,000 tons of newly diverted food and green material from landfills located in disadvantaged and low-income communities and a reduction of 160,000 MTCO2e of greenhouse gas emissions over ten years. Benefits to priority populations include air and water pollution reduction and energy from renewable natural gas. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Napa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grant Readle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306138069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanley Uyeda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Napa proposes to add an anaerobic digestion operation at its material diversion facility. The project will include installation of food waste pre-processing and polishing equipment, an anaerobic digester, and a biogas upgrading system. The biogas will be used to produce compressed natural gas for on-site fueling of City trucks and Napa Recycling and Waste Services solid waste collection vehicles and renewable electricity to power facility operations. The digestate will typically be composted on-site in the covered aerated static pile unit or sent to another composting facility, if needed, but can also be dried and sold as fertilizer. The food and green material are currently landfilled at Vasco Road, Potrero Hills, Ox Mountain, and Clover Flat Landfills. The project will result in 300,000 tons of newly diverted food and green material from landfill and a reduction of 120,000 MTCO2e of greenhouse gas emissions over ten years. The project will provide five permanent, full-time jobs targeting priority populations. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redding</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Josh Vandiver</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302246069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Redding proposes to design and construct infrastructure that will enable the City to utilize excess anaerobic digestion capacity at the Clear Creek Wastewater Treatment Plant to divert food material from landfills for co-digestion. The project will include the construction of food waste slurry receiving equipment and storage tanks, a polishing process for intake of feedstock into the existing anaerobic digesters, and a two-stage biogas conditioning system to meet the increased output of biogas before injecting this renewable natural gas into the PG&amp;E gas transmission main. The source-separated food and green material is currently landfilled at West Central Landfill. The project will result in 40,000 tons of newly diverted food material from a landfill located in a low-income community, a reduction of over 9,000 MTCO2e of greenhouse gas emissions over ten years, and will create one full-time permanent job. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kathleen Utter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Riverside County proposes to construct a new windrow composting facility and purchase a loader and a water tank, for the newly operational Badlands Compost Facility. The source-separated food and green material is currently landfilled at the Badlands Landfill which is located in a disadvantaged community. The project will result in 59,000 tons of newly diverted green material from landfill and a reduction of 9,000 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide free compost for use in the local community, and an estimated two jobs targeting a priority population. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>University of California, Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joseph Yonkoski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303041592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UC Davis proposes to expand its Renewable Energy Anaerobic Digester facility. The facility improvements will consist of upgraded feedstock processing equipment and the installation of a gas engine generator. The food and green material are currently landfilled at Yolo County Landfill. The project will result in 75,000 tons of newly diverted food material from landfill and a reduction of 18,000 MTCO2e of greenhouse gas emissions over ten years.  The project will also produce green, carbon-negative electricity for use in campus electric vehicles and electric buses, which serves the campus and surrounding community, including grade-school students, low-income residents, disabled persons, and older adults. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Placer Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Ulmer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9165433985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Western Placer Waste Management Authority proposes to construct a new aerated static pile composting facility and increase capacity to process food and green material. Additionally, grant funds will purchase equipment, including a grinder, stacker, conveyer, magnet, screens, and blowers. The green and food material is currently landfilled at the Western Regional Sanitary Landfill. The project will result in 1,259,000 tons of newly diverted food and green material from landfill and a reduction of 296,000 MTCO2e of greenhouse gas emissions over ten years. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dave Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618628765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County Public Works proposes to construct a covered aerated static pile composting system at its facility located at the Shafter Wasco Sanitary Landfill. The Grant-funds for construction encompass site construction of a covered aerated static pile bunker system site. The green and food material is currently landfilled at Shafter-Wasco Landfill, Mojave-Rosamond Sanitary Landfill, Bena Sanitary Landfill, or Ridgecrest Recycling and Sanitary Landfill, with Shafter-Wasco Landfill located in a disadvantaged community. The project will increase composting capacity by 100,000 tons per year and result in 831,000 tons of newly diverted food and green material from landfill and a reduction of 247,000 MTCO2e of greenhouse gas emissions over ten years. It will also provide free compost for expanding tree and green zones in Kern County, and hire an estimated six new full-time permanent jobs targeting a priority population.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Riverside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Edward Filadelfia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513516080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mussie Yehaise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Riverside proposes the installation of food waste receiving, pre-processing, polishing, and storage infrastructure, as part of the Riverside Water Quality Control Plant co-digestion project. The project will significantly expand the facility’s food waste receiving and anaerobic co-digestion capacity. Food waste cake will be received via dump trucks, polished to a slurry to remove plastic and grit contaminants, and then co-digested with wastewater sludge. The biogas produced will be upgraded to renewable natural gas and injected into the SoCalGas utility pipeline. The commingled food and green material are currently landfilled at Badlands and Lamb Canyon Landfills. The project will result in 200,000 tons of newly diverted food and green material partially from a landfill located in a low-income community and a reduction of 81,000 MTCO2e of greenhouse gas emissions over ten years.  Benefits to priority populations include energy rate stabilization, air pollution reduction, and reduced impact to freshwater resources; as well as a wastewater treatment operator-in-training program targeted to local workers. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANCO Services LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANCO Services LP proposes to expand its anaerobic digestion operation located at the Escondido Resource Recovery facility. The project will include the installation of two new digesters and a biogas upgrading system. The facility will also produce high-quality compost that will be sent to farms in San Diego and Imperial Counties. The project will add renewable gas injected into the San Diego Gas and Electric pipeline and be used to fuel waste collection fleets. The commingled and source-separated food and green material is currently landfilled at Sycamore and Otay Landfills. The project will result in 775,000 tons of newly diverted food and green material from landfill and a reduction of over 300,000 MTCO2e of greenhouse gas emissions over ten years, and create an estimated eight permanent jobs targeting priority populations. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Grinding, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr David Balakian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5594975320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Grinding Inc (CGI) proposes to build an anaerobic digestion facility that will include installation of pre-processing equipment, anaerobic digesters, a biogas upgrading system, and a pre-digestion system. The food and green material are currently landfilled at American Avenue Disposal Site, Visalia Disposal Site, and Woodville Landfill. The project will result in 390,000 tons of newly diverted food and green material from landfills located in disadvantaged and low-income communities and a reduction of 150,000 MTCO2e over ten years. The facility will produce renewable natural gas that will be injected into the adjacent PG&amp;E pipeline and provide an estimated 26 permanent jobs targeting priority populations. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chloe Kelley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073029084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Northern Recycling, LLC proposes to expand a covered aerated static pile composting facility located at Yolo County Central Landfill.  Grant funds will be used for a composting aeration system, working pads, and equipment to screen and sort food and green material. The green and food material is currently landfilled at Forward Landfill, Kiefer Road Landfill, Lockwood Landfill, Potrero Hills Landfill, Neal Road Landfill, or Keller Canyon. The project will divert an additional 32,970 tons per year of food and local communities’ green material from landfills. The project will result in 330,000 tons of newly diverted food and green material from landfill and a reduction of 114,000 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will reduce pesticide and groundwater use in the surrounding agriculture community, support edible food recovery, and provide an estimated seven new full-time permanent jobs targeting a priority population. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Ventura             </x:t>
   </x:si>
   <x:si>
     <x:t>California Wood Recycling dba Agromin</x:t>
   </x:si>
   <x:si>
-    <x:t> Grant Readle</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>9167391202</x:t>
   </x:si>
   <x:si>
-    <x:t>Stanley Uyeda</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: California Wood Recycling dba Agromin proposes to expand its existing composting facility in Santa Paula. The Limoneira site will utilize a covered aerated static pile composting system to divert an additional 68,125 tons per year of food and green material from landfill. The green and food material is currently landfilled at Simi Valley Landfill, Toland Road Landfill, or Lost Hills Landfill. The project will result in 681,000 tons of newly diverted food and green material from landfill and a reduction of 147,000 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide 26 jobs targeting a priority population, support community projects with free compost, and provide funds for the Santa Paula Sports Park rehabilitation project. </x:t>
   </x:si>
   <x:si>
-    <x:t>Humboldt            </x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>University of Southern California</x:t>
   </x:si>
   <x:si>
     <x:t> Christopher Kalaw</x:t>
   </x:si>
   <x:si>
     <x:t>2137477111</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: University of Southern California proposes to purchase an in-vessel composting system and hydraulic lift to be added to the LA Memorial Coliseum grounds by the University of Southern California. The in-vessel composter will be used for non-event days to capture food and green material produced on-site, diverting this material from the Sunshine Canyon Landfill. The project is located in a disadvantaged community and will reduce the environmental and health impacts of transportation the food and green material. The compost produced will be used to improve and expand landscaping and support other compost projects on site and the University of Southern California. The project will result in 530 tons of food and green material from landfill and a reduction of 168 MTCO2e of greenhouse gas emissions over ten years.  </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento County</x:t>
   </x:si>
   <x:si>
     <x:t> Peter Hoseit</x:t>
   </x:si>
   <x:si>
     <x:t>9168751563</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento County Department of Waste Management and Recycling proposes a Stand-Alone Pre-Processing project to construct a dedicated building at its North Area Recovery Station for the pre-processing of food and green material currently disposed of at Kiefer Landfill. Commingled food and green material generated from residential curbside collection will be delivered to the new facility and pre-processed to remove contaminants. Once food and green material are pre-processed into one of four top load-out ports within the new transfer building, it is transferred to a permitted composting facility. The project will result in 452,760 tons of newly diverted food and green material from landfill and a reduction of 94,357 MTCO2e of greenhouse gas emissions over ten years. The project will provide job training to members of priority populations that will lead to industry recognized licenses/certifications. </x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno              </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Kochergen Farms Composting, Inc. dba Green Valley Recycling</x:t>
   </x:si>
   <x:si>
-    <x:t>5306138069</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Kochergen Farms Composting, Inc. (KFC), DBA Green Valley Recycling (GVR) proposes a Stand-Alone Pre-Processing project to install a food waste depackaging system, at the Green Valley Recycling Transfer and Processing Facility.? Source separated food and green material (SSO) will be cleaned and processed into an organic slurry that will be transferred to KFC for composting.? The SSO and residential food material is currently disposed of at the American Avenue Landfill in Fresno County, CA, located in a low-income community. The project will result in 461,137 tons of newly diverted food and green material from landfill and a reduction of 90,447 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide up to 15 jobs targeted for priority populations. </x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>Forward, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Chris Seney</x:t>
   </x:si>
   <x:si>
     <x:t>7602721224</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Forward, Inc. proposes to expand their existing composting facility by adding an aerated static pile composting system that can process an additional 200 tons of organics per day. The green and food material is currently landfilled at Forward, Inc. Landfill or Austin Road Landfill, with Forward, Inc. Landfill located in a disadvantaged community. The project will result in 467,000 tons of newly diverted food and green material from landfill and a reduction of 102,000 MTCO2e of greenhouse gas emissions over ten years. The project will provide free compost to the community, support the Edible Schoolyard Community Farm Project, and provide three full time permanent jobs targeting a priority population. </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Riverside</x:t>
-[...11 lines deleted...]
-    <x:t>The City of Riverside proposes the installation of food waste receiving, pre-processing, polishing, and storage infrastructure, as part of the Riverside Water Quality Control Plant co-digestion project. The project will significantly expand the facility’s food waste receiving and anaerobic co-digestion capacity. Food waste cake will be received via dump trucks, polished to a slurry to remove plastic and grit contaminants, and then co-digested with wastewater sludge. The biogas produced will be upgraded to renewable natural gas and injected into the SoCalGas utility pipeline. The commingled food and green material are currently landfilled at Badlands and Lamb Canyon Landfills. The project will result in 200,000 tons of newly diverted food and green material partially from a landfill located in a low-income community and a reduction of 81,000 MTCO2e of greenhouse gas emissions over ten years.  Benefits to priority populations include energy rate stabilization, air pollution reduction, and reduced impact to freshwater resources; as well as a wastewater treatment operator-in-training program targeted to local workers. </x:t>
+    <x:t>Anderson Landfill, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marcus Nettz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9255185871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Anderson Landfill, Inc. proposes to construct and operate a new windrow composting operation at Anderson Landfill. The newly constructed facility will have an initial throughput capacity of approximately 68,000 tons per year. The food and yard material are currently landfilled at Anderson Landfill which is located in a low-income community. The project will result in 122,000 tons of newly diverted food and green material from landfill and a reduction of 30,000 MTCO2e of greenhouse gas emissions over ten years. In addition, the facility will dedicate part of their landfill as wildlife habitat, provide financial support for various community centers, and provide an estimated eight new full-time jobs targeting a priority population. </x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>Republic Services of Sonoma County, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Republic Services of Sonoma County, Inc. proposes a Stand-Alone Pre-Processing project at their Sonoma County Central Transfer/Processing Facility in Petaluma, CA.  This project will install a depackaging system to remove contamination from source-separated commercial food material currently disposed of at the Republic Services of Sonoma County, Inc. Central Disposal Site.  Food and green material will be sent to Republic Services of Sonoma County’s composting facility in Richmond. The project will result in 452,833 tons of newly diverted food and green material from a landfill located in a low-income community and a reduction of 163,020 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide an estimated two full-time permanent jobs targeted for priority populations.</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foodbank of Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Paul Wilkins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054033873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Foodbank of Santa Barbara County proposes to install an in-vessel composter at their Goleta warehouse. The project will divert pre-consumer inedible food material from the Tajiguas Landfill located in Goleta. The composter will transform food material into compost that can be shared with the community. The project will result in 301 tons of newly diverted food material from landfill and a reduction of 109 MTCO2e of greenhouse gas emissions over ten years.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Wilkins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Foodbank of Santa Barbara County proposes to install an in-vessel composter at their Santa Maria warehouse. The project will divert pre-consumer inedible food material from the Santa Maria Regional Landfill located in a low-income community. The composter will transform the food material into compost that can be shared with the community. The project will result in 321 tons of newly diverted food material from landfill and a reduction of 116 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide free compost for use in the local community. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Crop Circle, LLC</x:t>
   </x:si>
   <x:si>
     <x:t> James Bochert</x:t>
   </x:si>
   <x:si>
     <x:t>5052383559</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Crop Circle, LLC proposes to purchase an in-vessel composter to divert green material from cannabis production. Grant funds will also be used to purchase a bobcat skid steer loader with compost mixer, a compost bagger, and a woodchipper. The project will divert green material from the L and D Landfill located in a disadvantaged community. The project will result in 260 tons of newly diverted green material from landfill and a reduction of 41 MTCO2e of greenhouse gas emissions over ten years.</x:t>
-  </x:si>
-[...88 lines deleted...]
-    <x:t>Kern County Public Works proposes to construct a covered aerated static pile composting system at its facility located at the Shafter Wasco Sanitary Landfill. The Grant-funds for construction encompass site construction of a covered aerated static pile bunker system site. The green and food material is currently landfilled at Shafter-Wasco Landfill, Mojave-Rosamond Sanitary Landfill, Bena Sanitary Landfill, or Ridgecrest Recycling and Sanitary Landfill, with Shafter-Wasco Landfill located in a disadvantaged community. The project will increase composting capacity by 100,000 tons per year and result in 831,000 tons of newly diverted food and green material from landfill and a reduction of 247,000 MTCO2e of greenhouse gas emissions over ten years. It will also provide free compost for expanding tree and green zones in Kern County, and hire an estimated six new full-time permanent jobs targeting a priority population.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 23</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -513,51 +513,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21d9bdcf33714d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfb50cdfdeaf44fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R90f35f0a69984131" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c96b86c1d404694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re92794a61fb3404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R40aa97cb6a774a41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -605,597 +605,597 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.93072509765625" customHeight="1" collapsed="0">
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>179618</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="816.4345703125" customHeight="1" collapsed="0">
+    <x:row ht="816.43463134765625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>2710081</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="954.42529296875" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>179618</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
+    <x:row ht="885.4296875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>10000000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.44580078125" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.92626953125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>116000</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-    <x:row ht="816.434326171875" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1288470</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="689.95263671875" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>4769324</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>12</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.43798828125" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>1288470</x:v>
+        <x:v>9960379</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.94677734375" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.92578125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>6625956</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="597.93994140625" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="977.41455078125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>9960379</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.93017578125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>4769324</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.94189453125" customHeight="1" collapsed="0">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.947265625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>5167510</x:v>
+        <x:v>6625956</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-    <x:row ht="977.4140625" customHeight="1" collapsed="0">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="919.9267578125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>10000000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
-    <x:row ht="816.4345703125" customHeight="1" collapsed="0">
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>2461423</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.4462890625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>341367</x:v>
+        <x:v>116000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.43359375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>12</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-    <x:row ht="885.4296875" customHeight="1" collapsed="0">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>12</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.9423828125" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>5167510</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.4609375" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9296875" customHeight="1" collapsed="0">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.4345703125" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>2461423</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-    <x:row ht="919.927734375" customHeight="1" collapsed="0">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="G26" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
+        <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+      <x:c r="B27" s="8" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="F27" s="8" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.9267578125" customHeight="1" collapsed="0">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>341367</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row ht="22.98828125" customHeight="1" collapsed="0">
       <x:c r="A29" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B29" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C29" s="10"/>
       <x:c r="D29" s="11" t="n">
         <x:v>130620128</x:v>
       </x:c>
       <x:c r="E29" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F29" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G29" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -1215,29 +1215,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 6, 2025 9:29 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 9:45 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>