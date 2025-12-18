--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -1,384 +1,384 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb049ccf5fb4764" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e436743ed824984" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re92794a61fb3404f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R22a7379d309a496a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Organics Grant Program (ORG7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Wood Recycling dba Agromin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grant Readle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167391202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanley Uyeda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: California Wood Recycling dba Agromin proposes to expand its existing composting facility in Santa Paula. The Limoneira site will utilize a covered aerated static pile composting system to divert an additional 68,125 tons per year of food and green material from landfill. The green and food material is currently landfilled at Simi Valley Landfill, Toland Road Landfill, or Lost Hills Landfill. The project will result in 681,000 tons of newly diverted food and green material from landfill and a reduction of 147,000 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide 26 jobs targeting a priority population, support community projects with free compost, and provide funds for the Santa Paula Sports Park rehabilitation project. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Eric Keller-Heckman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072688680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molly Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt Waste Management Authority proposes a Stand-Alone Pre-Processing project to convert an existing 19,000-square-foot building at the Hawthorne Street Transfer Station located in Eureka, CA into an Organics Waste Processing Operation. The renovated facility will be used to receive, sort and process new residential co-collected and commercial source-separated food and green material currently disposed of at the Dry Creek Landfill. Commercial food material will be cleaned and processed into an organic slurry that will be transported to a composting facility. The project will result in 237,823 tons of newly diverted food and green material from landfill and a reduction of 47,298 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide an estimated five full-time jobs targeted for priority populations and supports Humboldt County’s edible food recovery program.  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>California State University, Sacramento</x:t>
   </x:si>
   <x:si>
     <x:t> Ryan Todd</x:t>
   </x:si>
   <x:si>
     <x:t>9162782817</x:t>
   </x:si>
   <x:si>
-    <x:t>Molly Park</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sacramento State University proposes to replace an organics compactor located at the Dining Commons with an in-vessel composting system. This will eliminate the need for the waste hauler to provide service for the compactor, which will reduce emissions associated with waste transportation.  In addition, the food material will be composted on-site instead of being sent to Yolo County Landfill. The compost will be used to fertilize campus lawns at Sacramento State by Grounds and Landscape Services and donated to Sacramento City Unified School District school gardens.  The project will result in 958 tons of newly diverted food material from landfill and a reduction of 345 MTCO2e of greenhouse gas emissions over ten years.   </x:t>
   </x:si>
   <x:si>
-    <x:t>Humboldt            </x:t>
-[...11 lines deleted...]
-    <x:t>Humboldt Waste Management Authority proposes a Stand-Alone Pre-Processing project to convert an existing 19,000-square-foot building at the Hawthorne Street Transfer Station located in Eureka, CA into an Organics Waste Processing Operation. The renovated facility will be used to receive, sort and process new residential co-collected and commercial source-separated food and green material currently disposed of at the Dry Creek Landfill. Commercial food material will be cleaned and processed into an organic slurry that will be transported to a composting facility. The project will result in 237,823 tons of newly diverted food and green material from landfill and a reduction of 47,298 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide an estimated five full-time jobs targeted for priority populations and supports Humboldt County’s edible food recovery program.  </x:t>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redding</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Josh Vandiver</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302246069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Redding proposes to design and construct infrastructure that will enable the City to utilize excess anaerobic digestion capacity at the Clear Creek Wastewater Treatment Plant to divert food material from landfills for co-digestion. The project will include the construction of food waste slurry receiving equipment and storage tanks, a polishing process for intake of feedstock into the existing anaerobic digesters, and a two-stage biogas conditioning system to meet the increased output of biogas before injecting this renewable natural gas into the PG&amp;E gas transmission main. The source-separated food and green material is currently landfilled at West Central Landfill. The project will result in 40,000 tons of newly diverted food material from a landfill located in a low-income community, a reduction of over 9,000 MTCO2e of greenhouse gas emissions over ten years, and will create one full-time permanent job. </x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>University of Southern California</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christopher Kalaw</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2137477111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: University of Southern California proposes to purchase an in-vessel composting system and hydraulic lift to be added to the LA Memorial Coliseum grounds by the University of Southern California. The in-vessel composter will be used for non-event days to capture food and green material produced on-site, diverting this material from the Sunshine Canyon Landfill. The project is located in a disadvantaged community and will reduce the environmental and health impacts of transportation the food and green material. The compost produced will be used to improve and expand landscaping and support other compost projects on site and the University of Southern California. The project will result in 530 tons of food and green material from landfill and a reduction of 168 MTCO2e of greenhouse gas emissions over ten years.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Peter Hoseit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168751563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County Department of Waste Management and Recycling proposes a Stand-Alone Pre-Processing project to construct a dedicated building at its North Area Recovery Station for the pre-processing of food and green material currently disposed of at Kiefer Landfill. Commingled food and green material generated from residential curbside collection will be delivered to the new facility and pre-processed to remove contaminants. Once food and green material are pre-processed into one of four top load-out ports within the new transfer building, it is transferred to a permitted composting facility. The project will result in 452,760 tons of newly diverted food and green material from landfill and a reduction of 94,357 MTCO2e of greenhouse gas emissions over ten years. The project will provide job training to members of priority populations that will lead to industry recognized licenses/certifications. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kochergen Farms Composting, Inc. dba Green Valley Recycling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306138069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kochergen Farms Composting, Inc. (KFC), DBA Green Valley Recycling (GVR) proposes a Stand-Alone Pre-Processing project to install a food waste depackaging system, at the Green Valley Recycling Transfer and Processing Facility.? Source separated food and green material (SSO) will be cleaned and processed into an organic slurry that will be transferred to KFC for composting.? The SSO and residential food material is currently disposed of at the American Avenue Landfill in Fresno County, CA, located in a low-income community. The project will result in 461,137 tons of newly diverted food and green material from landfill and a reduction of 90,447 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide up to 15 jobs targeted for priority populations. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kathleen Utter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Riverside County proposes to construct a new windrow composting facility and purchase a loader and a water tank, for the newly operational Badlands Compost Facility. The source-separated food and green material is currently landfilled at the Badlands Landfill which is located in a disadvantaged community. The project will result in 59,000 tons of newly diverted green material from landfill and a reduction of 9,000 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide free compost for use in the local community, and an estimated two jobs targeting a priority population. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Grinding, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr David Balakian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5594975320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mayette McDonald</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Grinding Inc (CGI) proposes to build an anaerobic digestion facility that will include installation of pre-processing equipment, anaerobic digesters, a biogas upgrading system, and a pre-digestion system. The food and green material are currently landfilled at American Avenue Disposal Site, Visalia Disposal Site, and Woodville Landfill. The project will result in 390,000 tons of newly diverted food and green material from landfills located in disadvantaged and low-income communities and a reduction of 150,000 MTCO2e over ten years. The facility will produce renewable natural gas that will be injected into the adjacent PG&amp;E pipeline and provide an estimated 26 permanent jobs targeting priority populations. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Placer Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Ulmer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9165433985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Western Placer Waste Management Authority proposes to construct a new aerated static pile composting facility and increase capacity to process food and green material. Additionally, grant funds will purchase equipment, including a grinder, stacker, conveyer, magnet, screens, and blowers. The green and food material is currently landfilled at the Western Regional Sanitary Landfill. The project will result in 1,259,000 tons of newly diverted food and green material from landfill and a reduction of 296,000 MTCO2e of greenhouse gas emissions over ten years. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>University of California, Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joseph Yonkoski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303041592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UC Davis proposes to expand its Renewable Energy Anaerobic Digester facility. The facility improvements will consist of upgraded feedstock processing equipment and the installation of a gas engine generator. The food and green material are currently landfilled at Yolo County Landfill. The project will result in 75,000 tons of newly diverted food material from landfill and a reduction of 18,000 MTCO2e of greenhouse gas emissions over ten years.  The project will also produce green, carbon-negative electricity for use in campus electric vehicles and electric buses, which serves the campus and surrounding community, including grade-school students, low-income residents, disabled persons, and older adults. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forward, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Chris Seney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602721224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Forward, Inc. proposes to expand their existing composting facility by adding an aerated static pile composting system that can process an additional 200 tons of organics per day. The green and food material is currently landfilled at Forward, Inc. Landfill or Austin Road Landfill, with Forward, Inc. Landfill located in a disadvantaged community. The project will result in 467,000 tons of newly diverted food and green material from landfill and a reduction of 102,000 MTCO2e of greenhouse gas emissions over ten years. The project will provide free compost to the community, support the Edible Schoolyard Community Farm Project, and provide three full time permanent jobs targeting a priority population. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Riverside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Edward Filadelfia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513516080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mussie Yehaise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Riverside proposes the installation of food waste receiving, pre-processing, polishing, and storage infrastructure, as part of the Riverside Water Quality Control Plant co-digestion project. The project will significantly expand the facility’s food waste receiving and anaerobic co-digestion capacity. Food waste cake will be received via dump trucks, polished to a slurry to remove plastic and grit contaminants, and then co-digested with wastewater sludge. The biogas produced will be upgraded to renewable natural gas and injected into the SoCalGas utility pipeline. The commingled food and green material are currently landfilled at Badlands and Lamb Canyon Landfills. The project will result in 200,000 tons of newly diverted food and green material partially from a landfill located in a low-income community and a reduction of 81,000 MTCO2e of greenhouse gas emissions over ten years.  Benefits to priority populations include energy rate stabilization, air pollution reduction, and reduced impact to freshwater resources; as well as a wastewater treatment operator-in-training program targeted to local workers. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Services of Sonoma County, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Republic Services of Sonoma County, Inc. proposes a Stand-Alone Pre-Processing project at their Sonoma County Central Transfer/Processing Facility in Petaluma, CA.  This project will install a depackaging system to remove contamination from source-separated commercial food material currently disposed of at the Republic Services of Sonoma County, Inc. Central Disposal Site.  Food and green material will be sent to Republic Services of Sonoma County’s composting facility in Richmond. The project will result in 452,833 tons of newly diverted food and green material from a landfill located in a low-income community and a reduction of 163,020 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide an estimated two full-time permanent jobs targeted for priority populations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crop Circle, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> James Bochert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5052383559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Crop Circle, LLC proposes to purchase an in-vessel composter to divert green material from cannabis production. Grant funds will also be used to purchase a bobcat skid steer loader with compost mixer, a compost bagger, and a woodchipper. The project will divert green material from the L and D Landfill located in a disadvantaged community. The project will result in 260 tons of newly diverted green material from landfill and a reduction of 41 MTCO2e of greenhouse gas emissions over ten years.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANCO Services LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANCO Services LP proposes to expand its anaerobic digestion operation located at the Escondido Resource Recovery facility. The project will include the installation of two new digesters and a biogas upgrading system. The facility will also produce high-quality compost that will be sent to farms in San Diego and Imperial Counties. The project will add renewable gas injected into the San Diego Gas and Electric pipeline and be used to fuel waste collection fleets. The commingled and source-separated food and green material is currently landfilled at Sycamore and Otay Landfills. The project will result in 775,000 tons of newly diverted food and green material from landfill and a reduction of over 300,000 MTCO2e of greenhouse gas emissions over ten years, and create an estimated eight permanent jobs targeting priority populations. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Napa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Napa proposes to add an anaerobic digestion operation at its material diversion facility. The project will include installation of food waste pre-processing and polishing equipment, an anaerobic digester, and a biogas upgrading system. The biogas will be used to produce compressed natural gas for on-site fueling of City trucks and Napa Recycling and Waste Services solid waste collection vehicles and renewable electricity to power facility operations. The digestate will typically be composted on-site in the covered aerated static pile unit or sent to another composting facility, if needed, but can also be dried and sold as fertilizer. The food and green material are currently landfilled at Vasco Road, Potrero Hills, Ox Mountain, and Clover Flat Landfills. The project will result in 300,000 tons of newly diverted food and green material from landfill and a reduction of 120,000 MTCO2e of greenhouse gas emissions over ten years. The project will provide five permanent, full-time jobs targeting priority populations. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foodbank of Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Paul Wilkins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054033873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Foodbank of Santa Barbara County proposes to install an in-vessel composter at their Goleta warehouse. The project will divert pre-consumer inedible food material from the Tajiguas Landfill located in Goleta. The composter will transform food material into compost that can be shared with the community. The project will result in 301 tons of newly diverted food material from landfill and a reduction of 109 MTCO2e of greenhouse gas emissions over ten years.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Wilkins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Foodbank of Santa Barbara County proposes to install an in-vessel composter at their Santa Maria warehouse. The project will divert pre-consumer inedible food material from the Santa Maria Regional Landfill located in a low-income community. The composter will transform the food material into compost that can be shared with the community. The project will result in 321 tons of newly diverted food material from landfill and a reduction of 116 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide free compost for use in the local community. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anderson Landfill, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marcus Nettz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9255185871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Anderson Landfill, Inc. proposes to construct and operate a new windrow composting operation at Anderson Landfill. The newly constructed facility will have an initial throughput capacity of approximately 68,000 tons per year. The food and yard material are currently landfilled at Anderson Landfill which is located in a low-income community. The project will result in 122,000 tons of newly diverted food and green material from landfill and a reduction of 30,000 MTCO2e of greenhouse gas emissions over ten years. In addition, the facility will dedicate part of their landfill as wildlife habitat, provide financial support for various community centers, and provide an estimated eight new full-time jobs targeting a priority population. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chloe Kelley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073029084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Northern Recycling, LLC proposes to expand a covered aerated static pile composting facility located at Yolo County Central Landfill.  Grant funds will be used for a composting aeration system, working pads, and equipment to screen and sort food and green material. The green and food material is currently landfilled at Forward Landfill, Kiefer Road Landfill, Lockwood Landfill, Potrero Hills Landfill, Neal Road Landfill, or Keller Canyon. The project will divert an additional 32,970 tons per year of food and local communities’ green material from landfills. The project will result in 330,000 tons of newly diverted food and green material from landfill and a reduction of 114,000 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will reduce pesticide and groundwater use in the surrounding agriculture community, support edible food recovery, and provide an estimated seven new full-time permanent jobs targeting a priority population. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles County Sanitation Districts</x:t>
   </x:si>
   <x:si>
     <x:t> Changhee Song</x:t>
   </x:si>
   <x:si>
     <x:t>5629084288</x:t>
   </x:si>
   <x:si>
-    <x:t>Mayette McDonald</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Los Angeles County Sanitation Districts (LACSD) proposes to expand its Food Waste Recycling Program with the construction of the Biogas Conditioning System 2 (BCS-2), which will include equipment such as biogas compression, dehydration, and treatment systems. BCS-2 will allow the co-digestion facility to operate at full capacity. BCS-2 will upgrade biogas generated from the co-digestion of food material at LACSD’s Joint Water Pollution Control Plant into renewable natural gas for vehicle use at LACSD's compressed natural gas fueling station or injection into the SoCalGas utility pipeline. The source-separated food material is currently being landfilled at Mid-Valley Sanitary Landfill, Lost Hills Environmental Waste Facility, and Salton City Solid Waste Site. The project will result in 600,000 tons of newly diverted food and green material from landfills located in disadvantaged and low-income communities and a reduction of 160,000 MTCO2e of greenhouse gas emissions over ten years. Benefits to priority populations include air and water pollution reduction and energy from renewable natural gas. </x:t>
   </x:si>
   <x:si>
-    <x:t>Napa                </x:t>
-[...76 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Kern County</x:t>
   </x:si>
   <x:si>
     <x:t> Dave Lee</x:t>
   </x:si>
   <x:si>
     <x:t>6618628765</x:t>
   </x:si>
   <x:si>
     <x:t>Kern County Public Works proposes to construct a covered aerated static pile composting system at its facility located at the Shafter Wasco Sanitary Landfill. The Grant-funds for construction encompass site construction of a covered aerated static pile bunker system site. The green and food material is currently landfilled at Shafter-Wasco Landfill, Mojave-Rosamond Sanitary Landfill, Bena Sanitary Landfill, or Ridgecrest Recycling and Sanitary Landfill, with Shafter-Wasco Landfill located in a disadvantaged community. The project will increase composting capacity by 100,000 tons per year and result in 831,000 tons of newly diverted food and green material from landfill and a reduction of 247,000 MTCO2e of greenhouse gas emissions over ten years. It will also provide free compost for expanding tree and green zones in Kern County, and hire an estimated six new full-time permanent jobs targeting a priority population.</x:t>
-  </x:si>
-[...160 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Crop Circle, LLC proposes to purchase an in-vessel composter to divert green material from cannabis production. Grant funds will also be used to purchase a bobcat skid steer loader with compost mixer, a compost bagger, and a woodchipper. The project will divert green material from the L and D Landfill located in a disadvantaged community. The project will result in 260 tons of newly diverted green material from landfill and a reduction of 41 MTCO2e of greenhouse gas emissions over ten years.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 23</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -513,51 +513,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c96b86c1d404694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re92794a61fb3404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R40aa97cb6a774a41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dd446b0414945ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R22a7379d309a496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcf6b116df80f4e46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -605,597 +605,597 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
+    <x:row ht="735.93072509765625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>179618</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="816.43463134765625" customHeight="1" collapsed="0">
+    <x:row ht="816.4345703125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>2710081</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="954.42529296875" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>179618</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="885.4296875" customHeight="1" collapsed="0">
+    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>10000000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="793.44580078125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>116000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="816.434326171875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>1288470</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.95263671875" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>4769324</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.43798828125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>9960379</x:v>
+        <x:v>1288470</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="G13" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.94677734375" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>6625956</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G14" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.93994140625" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>9960379</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G15" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+    </x:row>
+    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>4769324</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.94189453125" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>6625956</x:v>
+        <x:v>5167510</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="977.4140625" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B18" s="8" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>10000000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+    <x:row ht="816.4345703125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>2461423</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B20" s="8" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>116000</x:v>
+        <x:v>341367</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="G20" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+    </x:row>
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+    </x:row>
+    <x:row ht="885.4296875" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+      <x:c r="B22" s="8" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A23" s="8" t="s">
+      <x:c r="B23" s="8" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>5167510</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+      <x:c r="G23" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="G23" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="586.4609375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="G24" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.9296875" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>2461423</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="919.927734375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="G26" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="954.4248046875" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B27" s="8" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G27" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F27" s="8" t="s">
-[...5 lines deleted...]
-      <x:c r="H27" s="8" t="s">
+    </x:row>
+    <x:row ht="804.9267578125" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>341367</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row ht="22.98828125" customHeight="1" collapsed="0">
       <x:c r="A29" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B29" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C29" s="10"/>
       <x:c r="D29" s="11" t="n">
         <x:v>130620128</x:v>
       </x:c>
       <x:c r="E29" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F29" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G29" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -1215,29 +1215,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 9:45 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 9:10 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>