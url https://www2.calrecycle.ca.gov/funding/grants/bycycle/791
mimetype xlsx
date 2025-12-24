--- v2 (2025-12-18)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e436743ed824984" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R098ece75b6f74066" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R22a7379d309a496a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbd2bf416b4bd4c3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Organics Grant Program (ORG7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -513,51 +513,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dd446b0414945ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R22a7379d309a496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcf6b116df80f4e46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1390247cec064135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbd2bf416b4bd4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8155175da9bb4640" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1215,29 +1215,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 9:10 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:30 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>