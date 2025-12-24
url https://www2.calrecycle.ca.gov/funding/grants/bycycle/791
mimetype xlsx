--- v3 (2025-12-24)
+++ v4 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R098ece75b6f74066" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56a77122b14041f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbd2bf416b4bd4c3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8ee073dbc992484d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Organics Grant Program (ORG7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -513,51 +513,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1390247cec064135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbd2bf416b4bd4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8155175da9bb4640" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b6518d91614b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ee073dbc992484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R18f8a51beb5b494f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1215,29 +1215,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:30 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>