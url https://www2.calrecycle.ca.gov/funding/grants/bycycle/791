--- v4 (2025-12-24)
+++ v5 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56a77122b14041f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31dfb66555eb4587" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8ee073dbc992484d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc60495dea7a04c1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Organics Grant Program (ORG7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -513,51 +513,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b6518d91614b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ee073dbc992484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R18f8a51beb5b494f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re95d0ab59f334564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc60495dea7a04c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdbcbf176f02140d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1215,29 +1215,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:25 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>