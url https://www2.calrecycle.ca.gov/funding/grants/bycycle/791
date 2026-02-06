--- v5 (2025-12-25)
+++ v6 (2026-02-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31dfb66555eb4587" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcecb1bb1f764057" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc60495dea7a04c1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd21298780998435d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Organics Grant Program (ORG7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -513,51 +513,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re95d0ab59f334564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc60495dea7a04c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdbcbf176f02140d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d61aa628bdd4e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd21298780998435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re9ed2c7032c643fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1215,29 +1215,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:25 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 5, 2026 10:30 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>