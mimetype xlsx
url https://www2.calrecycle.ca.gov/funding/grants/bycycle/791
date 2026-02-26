--- v6 (2026-02-06)
+++ v7 (2026-02-26)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcecb1bb1f764057" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f78886a24924c1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd21298780998435d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6457ea906e494009"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Organics Grant Program (ORG7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -513,51 +513,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d61aa628bdd4e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd21298780998435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re9ed2c7032c643fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd335729b2ede4d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6457ea906e494009" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R36d766193f914a4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1215,29 +1215,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 5, 2026 10:30 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 26, 2026 5:17 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>