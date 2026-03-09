--- v7 (2026-02-26)
+++ v8 (2026-03-09)
@@ -1,384 +1,384 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f78886a24924c1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cdb778de55e4ee5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6457ea906e494009"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re975f464d90f4146"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Organics Grant Program (ORG7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>California State University, Sacramento</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Todd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9162782817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molly Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sacramento State University proposes to replace an organics compactor located at the Dining Commons with an in-vessel composting system. This will eliminate the need for the waste hauler to provide service for the compactor, which will reduce emissions associated with waste transportation.  In addition, the food material will be composted on-site instead of being sent to Yolo County Landfill. The compost will be used to fertilize campus lawns at Sacramento State by Grounds and Landscape Services and donated to Sacramento City Unified School District school gardens.  The project will result in 958 tons of newly diverted food material from landfill and a reduction of 345 MTCO2e of greenhouse gas emissions over ten years.   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Eric Keller-Heckman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072688680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt Waste Management Authority proposes a Stand-Alone Pre-Processing project to convert an existing 19,000-square-foot building at the Hawthorne Street Transfer Station located in Eureka, CA into an Organics Waste Processing Operation. The renovated facility will be used to receive, sort and process new residential co-collected and commercial source-separated food and green material currently disposed of at the Dry Creek Landfill. Commercial food material will be cleaned and processed into an organic slurry that will be transported to a composting facility. The project will result in 237,823 tons of newly diverted food and green material from landfill and a reduction of 47,298 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide an estimated five full-time jobs targeted for priority populations and supports Humboldt County’s edible food recovery program.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County Sanitation Districts</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Changhee Song</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629084288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mayette McDonald</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County Sanitation Districts (LACSD) proposes to expand its Food Waste Recycling Program with the construction of the Biogas Conditioning System 2 (BCS-2), which will include equipment such as biogas compression, dehydration, and treatment systems. BCS-2 will allow the co-digestion facility to operate at full capacity. BCS-2 will upgrade biogas generated from the co-digestion of food material at LACSD’s Joint Water Pollution Control Plant into renewable natural gas for vehicle use at LACSD's compressed natural gas fueling station or injection into the SoCalGas utility pipeline. The source-separated food material is currently being landfilled at Mid-Valley Sanitary Landfill, Lost Hills Environmental Waste Facility, and Salton City Solid Waste Site. The project will result in 600,000 tons of newly diverted food and green material from landfills located in disadvantaged and low-income communities and a reduction of 160,000 MTCO2e of greenhouse gas emissions over ten years. Benefits to priority populations include air and water pollution reduction and energy from renewable natural gas. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Napa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grant Readle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306138069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanley Uyeda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Napa proposes to add an anaerobic digestion operation at its material diversion facility. The project will include installation of food waste pre-processing and polishing equipment, an anaerobic digester, and a biogas upgrading system. The biogas will be used to produce compressed natural gas for on-site fueling of City trucks and Napa Recycling and Waste Services solid waste collection vehicles and renewable electricity to power facility operations. The digestate will typically be composted on-site in the covered aerated static pile unit or sent to another composting facility, if needed, but can also be dried and sold as fertilizer. The food and green material are currently landfilled at Vasco Road, Potrero Hills, Ox Mountain, and Clover Flat Landfills. The project will result in 300,000 tons of newly diverted food and green material from landfill and a reduction of 120,000 MTCO2e of greenhouse gas emissions over ten years. The project will provide five permanent, full-time jobs targeting priority populations. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redding</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Josh Vandiver</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302246069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Redding proposes to design and construct infrastructure that will enable the City to utilize excess anaerobic digestion capacity at the Clear Creek Wastewater Treatment Plant to divert food material from landfills for co-digestion. The project will include the construction of food waste slurry receiving equipment and storage tanks, a polishing process for intake of feedstock into the existing anaerobic digesters, and a two-stage biogas conditioning system to meet the increased output of biogas before injecting this renewable natural gas into the PG&amp;E gas transmission main. The source-separated food and green material is currently landfilled at West Central Landfill. The project will result in 40,000 tons of newly diverted food material from a landfill located in a low-income community, a reduction of over 9,000 MTCO2e of greenhouse gas emissions over ten years, and will create one full-time permanent job. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kathleen Utter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Riverside County proposes to construct a new windrow composting facility and purchase a loader and a water tank, for the newly operational Badlands Compost Facility. The source-separated food and green material is currently landfilled at the Badlands Landfill which is located in a disadvantaged community. The project will result in 59,000 tons of newly diverted green material from landfill and a reduction of 9,000 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide free compost for use in the local community, and an estimated two jobs targeting a priority population. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>University of California, Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joseph Yonkoski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303041592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UC Davis proposes to expand its Renewable Energy Anaerobic Digester facility. The facility improvements will consist of upgraded feedstock processing equipment and the installation of a gas engine generator. The food and green material are currently landfilled at Yolo County Landfill. The project will result in 75,000 tons of newly diverted food material from landfill and a reduction of 18,000 MTCO2e of greenhouse gas emissions over ten years.  The project will also produce green, carbon-negative electricity for use in campus electric vehicles and electric buses, which serves the campus and surrounding community, including grade-school students, low-income residents, disabled persons, and older adults. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Placer Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Ulmer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9165433985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Western Placer Waste Management Authority proposes to construct a new aerated static pile composting facility and increase capacity to process food and green material. Additionally, grant funds will purchase equipment, including a grinder, stacker, conveyer, magnet, screens, and blowers. The green and food material is currently landfilled at the Western Regional Sanitary Landfill. The project will result in 1,259,000 tons of newly diverted food and green material from landfill and a reduction of 296,000 MTCO2e of greenhouse gas emissions over ten years. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dave Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618628765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County Public Works proposes to construct a covered aerated static pile composting system at its facility located at the Shafter Wasco Sanitary Landfill. The Grant-funds for construction encompass site construction of a covered aerated static pile bunker system site. The green and food material is currently landfilled at Shafter-Wasco Landfill, Mojave-Rosamond Sanitary Landfill, Bena Sanitary Landfill, or Ridgecrest Recycling and Sanitary Landfill, with Shafter-Wasco Landfill located in a disadvantaged community. The project will increase composting capacity by 100,000 tons per year and result in 831,000 tons of newly diverted food and green material from landfill and a reduction of 247,000 MTCO2e of greenhouse gas emissions over ten years. It will also provide free compost for expanding tree and green zones in Kern County, and hire an estimated six new full-time permanent jobs targeting a priority population.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Riverside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Edward Filadelfia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513516080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mussie Yehaise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Riverside proposes the installation of food waste receiving, pre-processing, polishing, and storage infrastructure, as part of the Riverside Water Quality Control Plant co-digestion project. The project will significantly expand the facility’s food waste receiving and anaerobic co-digestion capacity. Food waste cake will be received via dump trucks, polished to a slurry to remove plastic and grit contaminants, and then co-digested with wastewater sludge. The biogas produced will be upgraded to renewable natural gas and injected into the SoCalGas utility pipeline. The commingled food and green material are currently landfilled at Badlands and Lamb Canyon Landfills. The project will result in 200,000 tons of newly diverted food and green material partially from a landfill located in a low-income community and a reduction of 81,000 MTCO2e of greenhouse gas emissions over ten years.  Benefits to priority populations include energy rate stabilization, air pollution reduction, and reduced impact to freshwater resources; as well as a wastewater treatment operator-in-training program targeted to local workers. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANCO Services LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANCO Services LP proposes to expand its anaerobic digestion operation located at the Escondido Resource Recovery facility. The project will include the installation of two new digesters and a biogas upgrading system. The facility will also produce high-quality compost that will be sent to farms in San Diego and Imperial Counties. The project will add renewable gas injected into the San Diego Gas and Electric pipeline and be used to fuel waste collection fleets. The commingled and source-separated food and green material is currently landfilled at Sycamore and Otay Landfills. The project will result in 775,000 tons of newly diverted food and green material from landfill and a reduction of over 300,000 MTCO2e of greenhouse gas emissions over ten years, and create an estimated eight permanent jobs targeting priority populations. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Grinding, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr David Balakian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5594975320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Grinding Inc (CGI) proposes to build an anaerobic digestion facility that will include installation of pre-processing equipment, anaerobic digesters, a biogas upgrading system, and a pre-digestion system. The food and green material are currently landfilled at American Avenue Disposal Site, Visalia Disposal Site, and Woodville Landfill. The project will result in 390,000 tons of newly diverted food and green material from landfills located in disadvantaged and low-income communities and a reduction of 150,000 MTCO2e over ten years. The facility will produce renewable natural gas that will be injected into the adjacent PG&amp;E pipeline and provide an estimated 26 permanent jobs targeting priority populations. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chloe Kelley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073029084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Northern Recycling, LLC proposes to expand a covered aerated static pile composting facility located at Yolo County Central Landfill.  Grant funds will be used for a composting aeration system, working pads, and equipment to screen and sort food and green material. The green and food material is currently landfilled at Forward Landfill, Kiefer Road Landfill, Lockwood Landfill, Potrero Hills Landfill, Neal Road Landfill, or Keller Canyon. The project will divert an additional 32,970 tons per year of food and local communities’ green material from landfills. The project will result in 330,000 tons of newly diverted food and green material from landfill and a reduction of 114,000 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will reduce pesticide and groundwater use in the surrounding agriculture community, support edible food recovery, and provide an estimated seven new full-time permanent jobs targeting a priority population. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Ventura             </x:t>
   </x:si>
   <x:si>
     <x:t>California Wood Recycling dba Agromin</x:t>
   </x:si>
   <x:si>
-    <x:t> Grant Readle</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>9167391202</x:t>
   </x:si>
   <x:si>
-    <x:t>Stanley Uyeda</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: California Wood Recycling dba Agromin proposes to expand its existing composting facility in Santa Paula. The Limoneira site will utilize a covered aerated static pile composting system to divert an additional 68,125 tons per year of food and green material from landfill. The green and food material is currently landfilled at Simi Valley Landfill, Toland Road Landfill, or Lost Hills Landfill. The project will result in 681,000 tons of newly diverted food and green material from landfill and a reduction of 147,000 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide 26 jobs targeting a priority population, support community projects with free compost, and provide funds for the Santa Paula Sports Park rehabilitation project. </x:t>
   </x:si>
   <x:si>
-    <x:t>Humboldt            </x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>University of Southern California</x:t>
   </x:si>
   <x:si>
     <x:t> Christopher Kalaw</x:t>
   </x:si>
   <x:si>
     <x:t>2137477111</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: University of Southern California proposes to purchase an in-vessel composting system and hydraulic lift to be added to the LA Memorial Coliseum grounds by the University of Southern California. The in-vessel composter will be used for non-event days to capture food and green material produced on-site, diverting this material from the Sunshine Canyon Landfill. The project is located in a disadvantaged community and will reduce the environmental and health impacts of transportation the food and green material. The compost produced will be used to improve and expand landscaping and support other compost projects on site and the University of Southern California. The project will result in 530 tons of food and green material from landfill and a reduction of 168 MTCO2e of greenhouse gas emissions over ten years.  </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento County</x:t>
   </x:si>
   <x:si>
     <x:t> Peter Hoseit</x:t>
   </x:si>
   <x:si>
     <x:t>9168751563</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento County Department of Waste Management and Recycling proposes a Stand-Alone Pre-Processing project to construct a dedicated building at its North Area Recovery Station for the pre-processing of food and green material currently disposed of at Kiefer Landfill. Commingled food and green material generated from residential curbside collection will be delivered to the new facility and pre-processed to remove contaminants. Once food and green material are pre-processed into one of four top load-out ports within the new transfer building, it is transferred to a permitted composting facility. The project will result in 452,760 tons of newly diverted food and green material from landfill and a reduction of 94,357 MTCO2e of greenhouse gas emissions over ten years. The project will provide job training to members of priority populations that will lead to industry recognized licenses/certifications. </x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno              </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Kochergen Farms Composting, Inc. dba Green Valley Recycling</x:t>
   </x:si>
   <x:si>
-    <x:t>5306138069</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Kochergen Farms Composting, Inc. (KFC), DBA Green Valley Recycling (GVR) proposes a Stand-Alone Pre-Processing project to install a food waste depackaging system, at the Green Valley Recycling Transfer and Processing Facility.? Source separated food and green material (SSO) will be cleaned and processed into an organic slurry that will be transferred to KFC for composting.? The SSO and residential food material is currently disposed of at the American Avenue Landfill in Fresno County, CA, located in a low-income community. The project will result in 461,137 tons of newly diverted food and green material from landfill and a reduction of 90,447 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide up to 15 jobs targeted for priority populations. </x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>Forward, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Chris Seney</x:t>
   </x:si>
   <x:si>
     <x:t>7602721224</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Forward, Inc. proposes to expand their existing composting facility by adding an aerated static pile composting system that can process an additional 200 tons of organics per day. The green and food material is currently landfilled at Forward, Inc. Landfill or Austin Road Landfill, with Forward, Inc. Landfill located in a disadvantaged community. The project will result in 467,000 tons of newly diverted food and green material from landfill and a reduction of 102,000 MTCO2e of greenhouse gas emissions over ten years. The project will provide free compost to the community, support the Edible Schoolyard Community Farm Project, and provide three full time permanent jobs targeting a priority population. </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Riverside</x:t>
-[...11 lines deleted...]
-    <x:t>The City of Riverside proposes the installation of food waste receiving, pre-processing, polishing, and storage infrastructure, as part of the Riverside Water Quality Control Plant co-digestion project. The project will significantly expand the facility’s food waste receiving and anaerobic co-digestion capacity. Food waste cake will be received via dump trucks, polished to a slurry to remove plastic and grit contaminants, and then co-digested with wastewater sludge. The biogas produced will be upgraded to renewable natural gas and injected into the SoCalGas utility pipeline. The commingled food and green material are currently landfilled at Badlands and Lamb Canyon Landfills. The project will result in 200,000 tons of newly diverted food and green material partially from a landfill located in a low-income community and a reduction of 81,000 MTCO2e of greenhouse gas emissions over ten years.  Benefits to priority populations include energy rate stabilization, air pollution reduction, and reduced impact to freshwater resources; as well as a wastewater treatment operator-in-training program targeted to local workers. </x:t>
+    <x:t>Anderson Landfill, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marcus Nettz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9255185871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Anderson Landfill, Inc. proposes to construct and operate a new windrow composting operation at Anderson Landfill. The newly constructed facility will have an initial throughput capacity of approximately 68,000 tons per year. The food and yard material are currently landfilled at Anderson Landfill which is located in a low-income community. The project will result in 122,000 tons of newly diverted food and green material from landfill and a reduction of 30,000 MTCO2e of greenhouse gas emissions over ten years. In addition, the facility will dedicate part of their landfill as wildlife habitat, provide financial support for various community centers, and provide an estimated eight new full-time jobs targeting a priority population. </x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>Republic Services of Sonoma County, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Republic Services of Sonoma County, Inc. proposes a Stand-Alone Pre-Processing project at their Sonoma County Central Transfer/Processing Facility in Petaluma, CA.  This project will install a depackaging system to remove contamination from source-separated commercial food material currently disposed of at the Republic Services of Sonoma County, Inc. Central Disposal Site.  Food and green material will be sent to Republic Services of Sonoma County’s composting facility in Richmond. The project will result in 452,833 tons of newly diverted food and green material from a landfill located in a low-income community and a reduction of 163,020 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide an estimated two full-time permanent jobs targeted for priority populations.</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foodbank of Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Paul Wilkins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054033873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Foodbank of Santa Barbara County proposes to install an in-vessel composter at their Goleta warehouse. The project will divert pre-consumer inedible food material from the Tajiguas Landfill located in Goleta. The composter will transform food material into compost that can be shared with the community. The project will result in 301 tons of newly diverted food material from landfill and a reduction of 109 MTCO2e of greenhouse gas emissions over ten years.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Wilkins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Foodbank of Santa Barbara County proposes to install an in-vessel composter at their Santa Maria warehouse. The project will divert pre-consumer inedible food material from the Santa Maria Regional Landfill located in a low-income community. The composter will transform the food material into compost that can be shared with the community. The project will result in 321 tons of newly diverted food material from landfill and a reduction of 116 MTCO2e of greenhouse gas emissions over ten years. In addition, the project will provide free compost for use in the local community. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Crop Circle, LLC</x:t>
   </x:si>
   <x:si>
     <x:t> James Bochert</x:t>
   </x:si>
   <x:si>
     <x:t>5052383559</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Crop Circle, LLC proposes to purchase an in-vessel composter to divert green material from cannabis production. Grant funds will also be used to purchase a bobcat skid steer loader with compost mixer, a compost bagger, and a woodchipper. The project will divert green material from the L and D Landfill located in a disadvantaged community. The project will result in 260 tons of newly diverted green material from landfill and a reduction of 41 MTCO2e of greenhouse gas emissions over ten years.</x:t>
-  </x:si>
-[...88 lines deleted...]
-    <x:t>Kern County Public Works proposes to construct a covered aerated static pile composting system at its facility located at the Shafter Wasco Sanitary Landfill. The Grant-funds for construction encompass site construction of a covered aerated static pile bunker system site. The green and food material is currently landfilled at Shafter-Wasco Landfill, Mojave-Rosamond Sanitary Landfill, Bena Sanitary Landfill, or Ridgecrest Recycling and Sanitary Landfill, with Shafter-Wasco Landfill located in a disadvantaged community. The project will increase composting capacity by 100,000 tons per year and result in 831,000 tons of newly diverted food and green material from landfill and a reduction of 247,000 MTCO2e of greenhouse gas emissions over ten years. It will also provide free compost for expanding tree and green zones in Kern County, and hire an estimated six new full-time permanent jobs targeting a priority population.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 23</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -513,51 +513,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd335729b2ede4d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6457ea906e494009" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R36d766193f914a4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R054e305fe529498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re975f464d90f4146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R24c6c29a50764d1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -605,597 +605,597 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.93072509765625" customHeight="1" collapsed="0">
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>179618</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="816.4345703125" customHeight="1" collapsed="0">
+    <x:row ht="816.43463134765625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>2710081</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="954.42529296875" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>179618</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
+    <x:row ht="885.4296875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>10000000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.44580078125" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.92626953125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>116000</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-    <x:row ht="816.434326171875" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1288470</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="689.95263671875" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>4769324</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>12</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.43798828125" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>1288470</x:v>
+        <x:v>9960379</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.94677734375" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.92578125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>6625956</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="597.93994140625" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="977.41455078125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>9960379</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.93017578125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>4769324</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.94189453125" customHeight="1" collapsed="0">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.947265625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>5167510</x:v>
+        <x:v>6625956</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-    <x:row ht="977.4140625" customHeight="1" collapsed="0">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="919.9267578125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>10000000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
-    <x:row ht="816.4345703125" customHeight="1" collapsed="0">
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>2461423</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.4462890625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>341367</x:v>
+        <x:v>116000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.43359375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>12</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-    <x:row ht="885.4296875" customHeight="1" collapsed="0">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>12</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.9423828125" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>5167510</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.4609375" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9296875" customHeight="1" collapsed="0">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.4345703125" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>2461423</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-    <x:row ht="919.927734375" customHeight="1" collapsed="0">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="G26" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
+        <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+      <x:c r="B27" s="8" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="F27" s="8" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.9267578125" customHeight="1" collapsed="0">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>341367</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row ht="22.98828125" customHeight="1" collapsed="0">
       <x:c r="A29" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B29" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C29" s="10"/>
       <x:c r="D29" s="11" t="n">
         <x:v>130620128</x:v>
       </x:c>
       <x:c r="E29" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F29" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G29" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -1215,29 +1215,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 26, 2026 5:17 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:18 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>