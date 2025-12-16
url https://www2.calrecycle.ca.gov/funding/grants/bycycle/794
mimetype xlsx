--- v0 (2025-12-06)
+++ v1 (2025-12-16)
@@ -1,612 +1,612 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3146d202d7a947ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82147fa782db4d45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R633bca443657483b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5e2c84594d1443e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Government Waste Tire Amnesty Grant (TA7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pamela Quick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602407000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cathy Aggergaard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The Town of Apple Valley is requesting funds to provide Waste Tire Amnesty events and a drop off location for residents to dispose of waste tires for free in accordance with CalRecycle requirements and regulations. Tire Amnesty events will take place at a permanent location at the Town of Apple Valley Household Hazardous Waste Facility located at 13450 Nomwaket Rd, and 12 additional events at Lions Park located at 20789 CA-18. Funds will be used for salaries and benefits for staff at the 12 Tire Amnesty events; collection and transportation of waste tires; public outreach and advertising; and container usage for collection on event days. The estimated cost per tire for each event is $1.70. Town staff anticipates collecting approximately 993 waste tires per event, plus 58 tires per week at the permanent drop off location, totaling 14,932 waste tires collected throughout the grant period. Staff will focus on conducting a public outreach campaign to publicize events and promote proper disposal of waste tires. The events will be advertised in the local newspaper, in accordance with CalRecycle guidelines. Further, events will be publicized through Facebook, Twitter, Town of Apple Valley website, Code Enforcement Brochure, and in the “Our Town” quarterly newsletter. Flyers will be created, printed, and distributed through handouts and mailings to Apple Valley residents.
+All waste tires collected during events will be transported by Burrtec Waste Industries, utilizing 40 cubic yard roll off containers. Waste tires will be transported to a recycling facility (Mitsubishi Cement Corporation located in Lucerne Valley, California) for proper handling.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Valerie Meza</x:t>
   </x:si>
   <x:si>
     <x:t>5305525705</x:t>
   </x:si>
   <x:si>
-    <x:t>Cathy Aggergaard</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>To provide 4 Waste Tire Amnesty events within the county of Butte; 1 event per large population area. The goal is to remove up to 4,050 waste tires, and have them sent to a licensed recycling facility.</x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
-    <x:t>Stanislaus County</x:t>
-[...39 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Imperial County is a unique community consisting of seven cities and two franchised haulers.  Each City has both a spring and fall City Clean-ups (CU) that their pertaining haulers host and IVRMA participates to provide the opportunity to residents to drop off waste tires. Some of the larger Cities have between 3 to 4 Clean-Up Events.  In addition, the County will have two to three per year. The Imperial Valley Resource Management Agency (IVRMA) will be coordinating its own events as well to increase collection of residents’ waste tires, especially focusing on those communities that need more events like these throughout the year. There is an estimation of about 40 events per year, thus estimating for a total collection of 15,000 waste tires. The waste tires collected during events will be properly hauled and recycled with our contracted tire recycler. IVRMA is focusing on increasing coordinated and participation of amnesty events for the residents of Imperial County along with effective advertisement/promotion to increase collection of waste tires.</x:t>
+    <x:t>City of Ceres</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Toni Cordell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095385602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funding will be used for the collection and disposal of the waste tires collected at the City's annual city-wide free disposal day.  There will be a total of 2 events throughout the grant cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coachella Valley Association of Governments</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eman Nazir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258172522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To hold several tire collection events throughout the Coachella Valley, helping to keep tires from being illegally dumped or discarded.  I would like to point out that tires collected in the Coachella Valley are statistically heavier (avg. 30 lbs) than tires collected in other jurisdictions (avg. 26 lbs) which makes a big difference in the number of tires collected per cost requirement.  For example, for a collection of 10,000 tires at 26lbs per tire, Coachella Valley should only have to collect 8,462 tires at 30 lbs to match the $5.00 per tire threshold, a difference of 1,538 tires!</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Kraus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256085549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Contra Costa County Environmental Health will conduct 8 tire amnesty day events at County owned properties in the east, central, and western areas of the county.  These events will be conducted with the assistance of Civicorps who will provide staffing and will deliver collected tires to an approved end use facility.  When possible, these events will be coordinated with existing community clean-up events.  The events will be publicized via various County agency websites, social media, and flyers.  Environmental Health is expecting to collect 3,000 tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carlos Duque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Tire Amnesty program purpose is to financially assist Sacramento County residents to recycle their unwanted tires with a once a month multi-day tire collection for the next 2 years. Scrap tires pose a threat to human health and the environment as ideal breeding grounds for mosquitoes, which can carry and transmit life-threatening diseases, but through proper handling and disposal, scrap tires do not present any major environmental problems.</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Fresno</x:t>
   </x:si>
   <x:si>
     <x:t> Christina Pasillas</x:t>
   </x:si>
   <x:si>
     <x:t>5596218456</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Our Code Enforcement unit plans to hold 6 Tire Amnesty events in different locations throughout the City of Fresno. Our goal is to collect 15,000 tires. The unit will work towards the tires being recycled but will also have them processed for recycling.</x:t>
   </x:si>
   <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gurprit Jhujj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596004320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County staff proposes to host five (5) Tire Amnesty events for the TA7 grant performance period. Events will be held at the various Road Maintenance Yards throughout the County. Residents will be invited to the events via a Tire Amnesty mailer that emphasizes the event’s importance in preventing illegal tire disposal. Additionally, staff will distribute various educational/outreach materials oriented toward automotive care (proper tire care, used oil/filter recycling, etc.) Staff will coordinate with the Fresno Economic Opportunities Commission Local Conservation Corps to provide Corps Member labor for purposes loading tires into trailers. Currently, Fresno County has contracts with two (2) State permitted tire haulers/recyclers to provide trailers/containers for the events, who will transport the collected tires to their facilities for processing:  1) American Refuse, Inc. dba American Tire Tec of Wasco, CA; and 2) West Coast Rubber Recycling, Inc.  Waste tires are grounded and shredded for purposes of creating raw materials in producing various recycled rubber products, rubberized asphalt, etc.
+County staff is requesting $40,000.00 in grant funding to offset the costs of hosting the Tire Amnesty events.  It is anticipated that staff will meet the $5.00 per tire cost parameter established by CalRecycle Administration, by collecting a minimum of 8,000 tires.  The County currently pays varying rates per trailer/container dependent upon the location of the amnesty event and the contractor selected for the event.  Staff plans to utilize approximately 10-15 trailers during the grant performance period.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tammy Pelayes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia will utilize the Tire Amnesty funds to hold eight (8) Tire Amnesty events at the City's  Franchise Waste Hauler facility during the two-year grant term with the anticipation of collecting 7,900 waste tires. All tires will be delivered to a recycling facility to be used for fuel. Tire Amnesty grant funds will also be used for salaries, benefits, and overtime costs for personnel who are scheduled to work the weekend tire amnesty events, and salaries for personnel providing grant management and reporting, and creation or education materials. Events will be advertised through posters, flyers, mailers, radio advertising, and social media to help promote events and encourage cleaner environment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lake Elsinore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicole McCalmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516743124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 1. Conduct 8 tire collection events in the Lake Elsinore community. The City will continue to team with the Southern California Mountains Conservancy, the local Urban Conservation Corps that services western portion of Riverside County.  Currently the local Urban Conservation Corps provides staff support for the City's TA6 Amnesty Day Grant and for the TCU18 Tire Cleanup grant.  
+Four events will take place at the City‘s twice-yearly community cleanup events (normally held in March/April and October), these events tires collected at these event will not be charged to the grant as all roll-off bins, transportation and tire recycling are provided to the City FREE of charge by the local trash company as part of their contract with the City of Lake Elsinore.  These events, on average collect 2.5 tons of scrap tires (250 PTE per event).
+The remaining 4 tire collection events are what the City call "stand alone" event, held at the City's Public Works yard.  These events are staffed by the City's contractor and members of the Local Urban Conservation Corps.  These events collect 8 to 10 tons of tires per event (800 to 1000 PTE).
+The event locations, the City's Public Works Yard and the Lake Elsinore Storm Stadium are both located in areas of the City with a CalEnviroScreen 4.0 rating of 71% to 100%.
+2. Develop a waste tire educational outreach program. Includes the development and placement of newspaper ads to promote cleanup events and City‘s overall tire recycling program.  The City also uses its existing social media tools to promote the tire collection events.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles County</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>City of Long Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Tina Bitten</x:t>
   </x:si>
   <x:si>
     <x:t>5625704695</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: To supplement the City‘s free oversized collection program, residents will have the opportunity, through this grant, to properly dispose of tires at tire amnesty events. These events will be widely publicized through the City‘s website, newspaper ads, social media and flyers. Promotional materials and information will also be available at City facilities such as libraries and recreational venues. At each of the amnesty events, the City will provide one forty-yard roll-off container and adequate staffing to assist residents with their tire disposal. The containers will be hauled to Crumb Rubber Manufacturing (CRM) for recycling. The City of Long Beach will supply staff and a LNG powered vehicle to collect and haul the tires to CRM. The Recycling staff will organize all the events, coordinate the advertising and educational materials, and design and update the website and flyer. The City plans to hold a total of 38 events (twice a month) over two years, collecting an estimated 4,000 tires.</x:t>
-  </x:si>
-[...55 lines deleted...]
-    <x:t>The funding will be used for the collection and disposal of the waste tires collected at the City's annual city-wide free disposal day.  There will be a total of 2 events throughout the grant cycle.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Nuccio</x:t>
   </x:si>
   <x:si>
     <x:t>2138205685</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City's Department of Public Works, Bureau of Sanitation (LASAN) through its Solid Resources Support Services Division (SRSSD) and Solid Resources Collection Division (SRCD) has an on-going used/waste tire collection and recycling program conducted year-round at LASAN's six (6) district yards. The yards provide for an environmentally sound opportunity for all residents of the City to dispose of used/waste tires, and promote the used tire drop-off sites. Moreover, each yard location has a Tire Program Identification (TPID) Number certificate issued by CalRecycle. The City residents may drop-off up to four (4) passenger and/or light truck tires to any of the local district yards each year. To further enhance the program, LASAN is planning to hold a minimum of twelve (12) amnesty events during the fiscal years 2023-24 and 2024-25. These amnesty events can coincide with LASAN’s Open House activity, mobile collection events or to any approved City locations. 
 The City is on the final approval review process of a service contract agreement with B.J. Used Tire and Rubber Recycling, Inc. (B.J.) for the collection, transportation, and processing of used/waste tires for beneficial reuse. As per the contract, the cost of collection, transportation &amp; processing, recycling, and disposal of passenger tire is $4.25/tire while the light truck tire is $4.75/tire. The City will be using the services of Los Angeles Conservation Corps (LACC), a local conservation corps, for the set-up, collection, and transportation of used/waste tires in the amnesty events. Tires collected will be transported by LACC to B.J., where they are processed into recycled products for beneficial reuse. The City will only pay the processing, recycling and disposal of all used/waste tires collected during the term of this Local Government Waste Tire Amnesty Grant Program (TA7-FY 2023-2024)
 It is estimated that 8,063 used/waste tires are to be collected at the proposed minimum twelve(12) amnesty events, through which an estimate of 82% or 6,589 passenger tires and 18% or 1,474 light truck tires are to be collected. These amnesty tire collection events will be advertised through direct mailing to City residents, the City’s website and social media, Neighborhood Council, flyers to the libraries, and the Solid Waste Integrated Plan (SWIRP) database, otherwise, known as the ZERO waste program.
 The City of Los Angeles is requesting the maximum grant amount of $40,000 for single jurisdiction applicant. LACC's "In-Kind" cost will be used for the services described in this program. Thus, the calculation of City's cost per tire ($4.96) was derived from the total grant request ($40,000) divided by the estimated number of tires collected (8,063).</x:t>
   </x:si>
   <x:si>
-    <x:t>Town of Paradise</x:t>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Madera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Claudia Mendoza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596615113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: At least 5 events over the two year grant term. The amount of waste tires estimated to be collected over the grant period is 24,000. The Waste tires will be transported to a permitted facility for recycling purposes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jody Strait</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095776416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Modesto intends to collect waste tires through two means- 1) waste tire amnesty coupon programs and 2) waste tire amnesty events. Coupons will be distributed by request of the resident and can be redeemed at an approved waste hauler every other month (for a total of 12 times during the term of the grant). Events will be held throughout Modesto roughly every four months (for a total of seven events during the term of the grant) and will target neighborhoods where dumping is more common. In both cases, tires will be recycled by the collector.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oroville</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Arbuckle</x:t>
   </x:si>
   <x:si>
     <x:t>5306247947</x:t>
-  </x:si>
-[...69 lines deleted...]
-    <x:t>City of Oroville</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oroville (Oroville) requests $40,000 to hold 5 waste tire collection events, one in the fall of 2023, and two in the Spring and Fall of 2024 and 2025, to provide needed disposal to the City of Oroville and the surrounding unincorporated communities that include, Oroville East, Wyandotte, Vista Robles, Thermalito, and Palermo, a majority of these areas are considered disadvantaged communities (see EnviroScreen Documents).
  Events will be run as one day events and /or month-long collection events depending on the time of year and weather conditions. We anticipate collecting 8,000 tires over the 2-year grant term. The one day and month-long events will utilize the services of  Jennifer Arbuckle Consulting to plan and manage the events and Waste Tire Products to load tires, and collect participation data. Collected tires will be removed, transported, and recycled by Waste Tire Products.
 We plan to hold one day events on TBD Saturdays from 10 a.m. to 2 p.m. at our franchise waste hauler's (Recology) Transfer Station, located at 2720 South 5th Ave, Oroville. Each event will include the collection, removal, and transportation of waste tires for recycling by our local tire recycler Waste Tire Products. Remaining funds not exceeded at the events will be used to support a appointment/coupon program that will allow citizens to take waste tires to Recology's transfer station on specific days between Amnesty Events.  
 We have confirmed with our Grant Manager that this is Oroville's first TA Grant application and if awarded will be our first local community Tire Amnesty Program. We anticipate collecting approximately 8,000 tires total (700 to 1,600 tires per event).This estimate is based on Oroville and surrounding unincorporated communities current population of 41,700. Our research found that adjacent communities with 25,000 + population have historically brought in approximately 500-700  tires per event. Being that our community is almost double and we have never held an event we anticipate the need will be great.  All tires collected are shredded by Waste Tire Products and turned into rubber mates sold to retailers and/or made to be used  as ground cover for a majority of uses in parks and recreational venues.
 By providing annual “free” drop off events, Oroville believes that 100% of our community will be served. In addition to enhancing opportunities to divert waste tires from landfills, prevent illegal dumping, and promote recycled-content tire markets, these proposed events will provide the public with a waste tire disposal outlet as well as educational information that gives people the information needed to promote environmentally safe behavior regarding using and transporting waste tires.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Lake Elsinore</x:t>
-[...97 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The San Bernardino County Code Enforcement Division will host 16 to 22 tire amnesty events throughout the unincorporated areas of San Bernardino County. We plan on collecting over 15,500 tires. Some of the tire amnesty events will be held in conjunction with regularly planned community cleanup events or as stand-alone tire collection events. The waste tires collected are recycled. The events are advertised via flyer mail outs and on social media. The grant will pay for disposal fees, personnel to staff the tire amnesty events and to administer the grant.</x:t>
+    <x:t>Town of Paradise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of Paradise (Paradise) requests $27,000 to hold 5 waste tire collection events, one in the fall of 2023, and two in the Spring and Fall of 2024 and 2025, to provide needed disposal to Paradise and the surrounding Upper Ridge Community that includes the unincorporated area of Magalia. Events will be run as one day events and /or month-long collection events depending on the time of year and weather conditions. We anticipate collecting 5,400 tires over the 2-year grant term. The one day and month-long events will utilize the services Jennifer Arbuckle Consulting to plan and manage the events and utilize Waste Tire Products to staff the events, load, remove, transport, and recycle waste tires. 
+These one day events will be held on TBD Saturdays from 10 a.m. to 2 p.m. at our franchise waste hauler's (Northern Recycling and Waste Services) Transfer Station, located at 920 American Way, Paradise. Each event will include the collection, removal, and transportation of waste tires for recycling by our local tire recyclers Waste Tire Products. Remaining funds not exceeded at the events will be used to support a appointment/coupon program that will allow citizens to take waste tires to our local transfer station on specific days between Amnesty Events. 
+We anticipate collecting approximately 5,400 tires total (700 to 1080 tires per event). This estimate is based on our last event held in 2022 where we collected 1058 tires in one day. We anticipate collecting a similar amount or tires going forward perhaps more as our population continues to grow after the Camp Fire. All tires collected are shredded by Waste Tire Products and turned into rubber mates sold to retailers and/or made to be used  as ground cover for a majority of uses in parks and recreational venues. Town of Paradise did not receive a TA6 grant and has a current population of &lt;6,000.
+By providing annual “free” drop off events, the Town of Paradise believes that 100% of our community will be served. In addition to enhancing opportunities to divert waste tires from landfills, prevent illegal dumping, and promote recycled-content tire markets, these proposed events will provide the public with a waste tire disposal outlet as well as educational information that gives people the information needed to promote environmentally safe behavior regarding using and transporting waste tires.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Pomona</x:t>
   </x:si>
   <x:si>
     <x:t> Irene Madrid</x:t>
   </x:si>
   <x:si>
     <x:t>9096202231</x:t>
   </x:si>
   <x:si>
     <x:t>The City will conduct 56 Amnesty Collection Events during two-year grant cycle. The goal is to collect over 3,000 waste tires from residents at these collection events. The City will advertise in local papers and on social media (City's website, Facebook and Instagram). Additionally, the City will advertise on reader board, flyers and as a bill message to residents to highlight the Waste Tire Amnesty program. The City has received funding in previous cycles with successfully collection of tires.</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: In an effort to reduce illegal dumping and stockpiling of tires, through this grant, the County will accept up to eight (8) passenger tires at County Solid Waste facilities at no charge for residents of the County through means of a “paper less” coupon that can be found on the County’s website and on other media outlets. Through the “paper less” coupon the County has successfully recycled an average of over 55,000 tires in previous Tire Amnesty cycles. San Joaquin County uses a local certified tire recycler who transforms the tires into a variety of products including rubber bark for gardens and playgrounds, rubber asphalt for city streets and sidewalks, and various products such as floor mats. As lead, San Joaquin County works with local jurisdictions to hold a minimum of two tire recycling events per year as well as other local community cleanup events such as Coastal Cleanup Day. The goal is to collect an average of 300 tires per event. To raise awareness of upcoming events, ads will be placed with local publications and other mediums. The County plans to work with the Greater Valley Conservation Corps during events, where possible.</x:t>
   </x:si>
   <x:si>
     <x:t>Yuba                </x:t>
   </x:si>
   <x:si>
     <x:t>Regional Waste Management Authority</x:t>
   </x:si>
   <x:si>
     <x:t> Nathan Arechiga</x:t>
   </x:si>
   <x:si>
     <x:t>9165731773</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Regional Waste Management Authority (RWMA) is proposing to collect 4,000 waste tires through a free tire recycling coupon program at two local transfer stations operated by the local franchised waste hauler, Recology Yuba-Sutter, plus another 6,000 waste tires in 40-yard waste tire bins provided to ten (10) community clean-up events. The 4,000 waste tire figure is based on the most recently completed waste tire amnesty program (TA5-19-0041) in which 3,947 waste tires were collected through the coupon program. The 6,000 waste tires proposed to be collected in 40-yard waste tire bins provided to ten (10) community clean-up events is based on the 2,362 waste tires collected at six (6) community collection events in the most recently completed waste tire amnesty program (TA5-19-0041) and that there are now ten (10 community clean-up events planned for the TA7 grant cycle.  The free tire recycling coupons will allow residents to deliver up to 20 passenger car and light truck waste tires to the transfer stations within a 30-day period. Written authorization for residents to haul more than nine (9) waste tires with the free tire recycling coupons will be requested from the Local Enforcement Agency. Residents will be limited to hauling no more than nine (9) waste tires to community clean-up events.
 The RWMA will update and distribute the public education and information campaign utilized for previous waste tire amnesty projects to inform the public about tire maintenance and safety issues to prolong the useful life of tires; health and safety issues related to improper storage and disposal of waste tires; and, the availability of free tire recycling coupons for the proper disposal of waste tires. RWMA and Recology Yuba-Sutter staff will coordinate with the sponsors of the community clean-up events to provide waste tire collection bins and appropriate messages regarding tire collection for event promotional materials. Tires collected through the coupon program and at community collection events will be recycled.</x:t>
   </x:si>
   <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Elia Zavala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317753010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Salinas Valley Solid Waste Authority (SVSWA) is a Joint Powers Authority representing five cities: Gonzales, Greenfield, King City, Salinas, and Soledad, and the unincorporated area of eastern Monterey County located in rural agricultural Salinas Valley.  It’s fees for tire disposal range from $2.00 per auto/light duty tires up to $75.00 per commercial tires.  The tire amnesty program allows SVSWA to offer the public the opportunity to legally dispose of tires at no cost, thus reducing instances of illegal dumping, improper storage and potential public health issues.  It also utilizes the events as an educational opportunity to promote the proper disposal/recycling of waste tires.  If funded, residents in SVSWA’s jurisdiction will be informed through social media, flyers, print ads, radio, email blasts, website information, and/or garbage and recycling bill inserts/newsletters about the opportunity to take their waste tires to any of the event locations for free disposal.
+SVSWA has a history of hosting successful tire amnesty events with the assistance of waste tire amnesty grant funds.  Since 2000, through this grant program, SVSWA has collected and recycled an estimated 329,785 tires, at a total cost of $565,658, or an average of $1.58 per tire through November 2022.  If funded, SVSWA intends to conduct four (4) collection events over the new two-year grant term and expects to collect and recycle 27,500 tires at a cost of $2.92 per tire.  The four collection events will be held at its three (3) open facilities (Salinas, Gonzales, and King City).  SVSWA will continue to partner with San Jose Conservation Corps for staffing some collection events.
+These events continue to be a very important resource and outlet for proper waste tire disposal in the Salinas Valley.  By capitalizing on the successful aspects of previous events, and expanding those successes, SVSWA has had the ability to significantly reduce the amount of waste tires that may have otherwise been illegally dumped, improperly stored or buried in the landfill.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Deleon Luna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093832133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The San Bernardino County Code Enforcement Division will host 16 to 22 tire amnesty events throughout the unincorporated areas of San Bernardino County. We plan on collecting over 15,500 tires. Some of the tire amnesty events will be held in conjunction with regularly planned community cleanup events or as stand-alone tire collection events. The waste tires collected are recycled. The events are advertised via flyer mail outs and on social media. The grant will pay for disposal fees, personnel to staff the tire amnesty events and to administer the grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Skillen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308428272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Siskiyou County will hold several tire amnesty events over a large, rural geographical area over the two year grant terms in order to collect thousands of tires for recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wallace Low</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Department of Environmental Resources will administer the grant funding for the four cities and Stanislaus Unincorporated to hold community clean up events or to provide vouchers to residents to turn in waste tires at no cost bimonthly.  The collected tires will be recycled.  The increase in grant funds is due to increase events for Stanislaus Unincorporated.  Stanislaus Unincorporated wants to hold bimonthly events which should increase the amount of tires collected.   County Staff will receive reimbursement requests from the participating cities and will prepare and submit reimbursement requests to CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anne Darrosh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609552987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Located in Southern California at the high point between Los Angeles and Las Vegas, Victorville is the leading city for both industry and retail in the High Desert Region.  Victorville is a growing, vibrant community that is home to approximately 125,000 residents and some of the area’s largest employers.  The Local Government Waste Tire Amnesty (TA) Grant Program (FY 2021-22) will be a valuable opportunity to support a clean and organized community environment by funding the costs associated with providing a convenient tire disposal program for City of Victorville residents. Tires will be collected 52 weeks per year at the City of Victorville Recycling Drop Off Center located at 15164 Anacapa Rd., in Victorville.  The Free Tire Drop Off Program will be open Monday through Friday from 8 a.m. to 4 p.m. and Saturdays from 8 a.m. to noon.  Tires will be accepted from Victorville residents only, with proof of residency required. A maximum of five (5) tires per resident will be accepted.  Only passenger car, light truck, and motorcycle tires will be accepted through this amnesty program.  No semi-truck tires will be accepted, as these would likely be from a business or commercial trucker.  Disposal of the tires will be performed by Burrtec Waste Industries, Inc, a registered waste tire hauler.  Grant funds are being requested to cover the cost of hauling and disposal of tires, as well as the cost of placing fliers about the tire recycling program in the water/sanitation bills mailed to city residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marissa Juhler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Yolo County will hold 4 events in this grant term to be located throughout Yolo County in areas accessible to residents, farmers or ranchers. Due to a high volume of illegal dumping, we see a great need for the Tire Amnesty program in our community.  It is anticipated that we will collect an estimated 5,700 tires from these events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rural Counties ESJPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Staci Heaton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164474806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: On behalf of Colusa, Mariposa, and Sierra Counties, the Rural Counties‘ Environmental Services Joint Powers Authority (ESJPA) will administer a regional tire amnesty grant. These three Counties were participants in past regional tire amnesty grants. All participating counties plan to hold events in the Fall and Spring of the grant term.  Grant funds will be monitored constantly. The numbers of tires estimated to be collected are 60,000 tire equivalents. Rural areas tend to have larger tires than urban areas (more trucks) so the cost per tire tends to be higher. All tire vendors stress that tires are sent for recycling rather than land filling as much as feasible. The ESJPA utilized the services of the Sacramento Local Conservation Corps for the Colusa and Sierra County events under TA6 and the Fresno Corps will be approached about assisting with the Mariposa events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Valley Resource Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maricela Galarza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609960972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Imperial County is a unique community consisting of seven cities and two franchised haulers.  Each City has both a spring and fall City Clean-ups (CU) that their pertaining haulers host and IVRMA participates to provide the opportunity to residents to drop off waste tires. Some of the larger Cities have between 3 to 4 Clean-Up Events.  In addition, the County will have two to three per year. The Imperial Valley Resource Management Agency (IVRMA) will be coordinating its own events as well to increase collection of residents’ waste tires, especially focusing on those communities that need more events like these throughout the year. There is an estimation of about 40 events per year, thus estimating for a total collection of 15,000 waste tires. The waste tires collected during events will be properly hauled and recycled with our contracted tire recycler. IVRMA is focusing on increasing coordinated and participation of amnesty events for the residents of Imperial County along with effective advertisement/promotion to increase collection of waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Merced County Regional Waste Management Authority's jurisdictions plan on holding an estimated total of 46 Tire Amnesty events during the grant term.  Tires collected during these events will be recycled. An estimated total of 42,054 tires are expected to be collected.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carlos Chavez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072688680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Humboldt Waste Management Authority provides waste tire disposal for the public at the Hawthorne Street Transfer Station.     
+The grant funds would allow us to continue to the tire collection program.  This minimizes the impact of waste tire disposal to ratepayers and reduces illegal tire dumping in Humboldt County.  This transfer station is located two blocks from a census tract with a CalEnviroScreen Percentile of 73%.  Annotated screenshot attached.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Cap Aubrey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608737191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Conducting amnesty events in the spring and fall throughout the grant term as long as funds last. These events will be open to all Inyo County residents and Tribal members, tire dealers will not be allowed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sarita Wati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: In an effort to reduce illegal dumping and stockpiling of tires, through this grant, the County will accept up to eight (8) passenger tires at County Solid Waste facilities at no charge for residents of the County through means of a “paper less” coupon that can be found on the County’s website and on other media outlets. Through the “paper less” coupon the County has successfully recycled an average of over 55,000 tires in previous Tire Amnesty cycles. San Joaquin County uses a local certified tire recycler who transforms the tires into a variety of products including rubber bark for gardens and playgrounds, rubber asphalt for city streets and sidewalks, and various products such as floor mats. As lead, San Joaquin County works with local jurisdictions to hold a minimum of two tire recycling events per year as well as other local community cleanup events such as Coastal Cleanup Day. The goal is to collect an average of 300 tires per event. To raise awareness of upcoming events, ads will be placed with local publications and other mediums. The County plans to work with the Greater Valley Conservation Corps during events, where possible.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Shasta              </x:t>
   </x:si>
   <x:si>
     <x:t>Shasta County</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Myhrvold</x:t>
   </x:si>
   <x:si>
     <x:t>5302255789</x:t>
   </x:si>
   <x:si>
     <x:t>Shasta County, through its Department of Resource Management, plans to hold up to six in-person waste tire collection events in various locations throughout the unincorporated area of Shasta County and the cities of Anderson and Shasta Lake during the grant activity period fiscal years 2023-24 and 2024-25. Residents will be given a convenient opportunity to properly dispose of up to 17,000 passenger waste tires during these events. The waste tires collected at each event will be recycled.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Victorville</x:t>
-[...8 lines deleted...]
-    <x:t>Located in Southern California at the high point between Los Angeles and Las Vegas, Victorville is the leading city for both industry and retail in the High Desert Region.  Victorville is a growing, vibrant community that is home to approximately 125,000 residents and some of the area’s largest employers.  The Local Government Waste Tire Amnesty (TA) Grant Program (FY 2021-22) will be a valuable opportunity to support a clean and organized community environment by funding the costs associated with providing a convenient tire disposal program for City of Victorville residents. Tires will be collected 52 weeks per year at the City of Victorville Recycling Drop Off Center located at 15164 Anacapa Rd., in Victorville.  The Free Tire Drop Off Program will be open Monday through Friday from 8 a.m. to 4 p.m. and Saturdays from 8 a.m. to noon.  Tires will be accepted from Victorville residents only, with proof of residency required. A maximum of five (5) tires per resident will be accepted.  Only passenger car, light truck, and motorcycle tires will be accepted through this amnesty program.  No semi-truck tires will be accepted, as these would likely be from a business or commercial trucker.  Disposal of the tires will be performed by Burrtec Waste Industries, Inc, a registered waste tire hauler.  Grant funds are being requested to cover the cost of hauling and disposal of tires, as well as the cost of placing fliers about the tire recycling program in the water/sanitation bills mailed to city residents.</x:t>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Engle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The El Dorado County Environmental Management Department (EMD) and its contractors plan to hold routine waste tire amnesty collection events at the two Materials Recovery Facilities (MRF) operated by franchised waste haulers in the County.  One is located in Placerville, CA and the other is in South Lake Tahoe, CA.</x:t>
   </x:si>
   <x:si>
     <x:t>Tehama              </x:t>
   </x:si>
   <x:si>
     <x:t>Tehama County Solid Waste Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Paul Freund</x:t>
   </x:si>
   <x:si>
     <x:t>5305281103</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Tehama County Solid Waste Management Agency (Agency) will hold 4 passenger tire collection events and 2 agricultural tire collection events during the grant term. The Agency hopes to collect 1,350 tires each passenger event and 30 tires each agricultural event. This will bring in an estimated total of 5,460 tires, based on data collected from past tire amnesty grants. The collected tires will be sent with Waste Tire Products for recycling.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Modesto</x:t>
-[...37 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Yolo County will hold 4 events in this grant term to be located throughout Yolo County in areas accessible to residents, farmers or ranchers. Due to a high volume of illegal dumping, we see a great need for the Tire Amnesty program in our community.  It is anticipated that we will collect an estimated 5,700 tires from these events.</x:t>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268616005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works will partner with the City of Santa Clarita to conduct 5-7 free waste tire collection events in Santa Clarita and various communities.  At these events, residents will be able to drop off waste tires to be recycled into crumb rubber, civil engineering applications, or other uses. The project is expected to collect 20,000 passenger tire equivalents. Public Works will contract for hauling and recycling and conducting events.  At least two events will be held in disadvantaged communities as defined by the EnviroScreen 3.0 Map in the 71-100 percentile.  These events are planned for Hawthorne and Baldwin Park.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joseph Contaoi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Riverside County Department of Waste Resources (DWR) conducts approximately 27 bulky item cleanups in a year and over the two year grant period we can have an estimated 54 cleanups.  At each bulky item event, the DWR has been sponsoring a waste tire collection.  In 2022, the residents disposed of over 9000 waste tires at these cleanup events.  If awarded the Amnesty Tire Grant, the DWR staff will continue to accept tires at cleanup events.  The Department will also implement stand alone tire events in communities that have high waste tire numbers at our community cleanup events.     The bulky item community cleanups are very successful in servicing over 3,600 residents.  These events will continue to provide an outlet to our residents in the unincorporated areas of Riverside County.  The DWR advertises the community cleanup through flyers on the DWR website and some Board of Supervisor offices publicize through social media outlets.  DWR is committed to servicing the residents of Riverside County.</x:t>
   </x:si>
   <x:si>
     <x:t>Glenn               </x:t>
   </x:si>
   <x:si>
     <x:t>Glenn County</x:t>
   </x:si>
   <x:si>
     <x:t> Talia Richardson</x:t>
   </x:si>
   <x:si>
     <x:t>5309346530</x:t>
   </x:si>
   <x:si>
     <x:t>The County of Glenn, City of Willows and City of Orland (Applicant) will host six Waste Tire Collection Events (Events) at the Glenn County Transfer Station one Saturday a month for 2024 and 2025. Applicant will host events from December 2023 to September 2025. This will give all residents in the Applicant jurisdictions a central location to dispose of their waste tires for an extended period of time. These events will be held at a time when the weather is predictable and we are outside of the Transfer Station event dates. Populations are concentrated within the city limits of Willows and Orland, this will provide the residents with easy access to events. All events will be open to residents of the Cities and County regardless of where the events are located.</x:t>
   </x:si>
   <x:si>
-    <x:t>Coachella Valley Association of Governments</x:t>
-[...8 lines deleted...]
-    <x:t>To hold several tire collection events throughout the Coachella Valley, helping to keep tires from being illegally dumped or discarded.  I would like to point out that tires collected in the Coachella Valley are statistically heavier (avg. 30 lbs) than tires collected in other jurisdictions (avg. 26 lbs) which makes a big difference in the number of tires collected per cost requirement.  For example, for a collection of 10,000 tires at 26lbs per tire, Coachella Valley should only have to collect 8,462 tires at 30 lbs to match the $5.00 per tire threshold, a difference of 1,538 tires!</x:t>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Renee Taylor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The main objective of this proposal is to create an opportunity for residents of the City of Bakersfield to bring used tires to designated pop events sites/locations for the city to dispose at no cost to them. Each resident is allowed to bring to the amnesty events not more than 9 used tires for disposal. The amnesty events will be held at different times and locations in the city throughout the Fiscal Year 23/24.
+The City of Bakersfield used tire amnesty events are intended to mitigate potential fire and health risks posed by piles of tires that would otherwise be dumped within its jurisdiction.  All waste tires collected through the amnesty events will be transported to the City of Bakersfield’s Corporation yard or Recycling and Composting facility. The City of Bakersfield Solid Waste Division drivers will deliver the tires with its city truck/trailer combination to Kern County Bena Landfill for the purpose of recycling/disposal.
+We estimate that 16,000 tires will be collected and disposed/recycled through the waste tire amnesty events.
+</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 37</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -741,51 +741,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b3db217f4944929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R633bca443657483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3dc673be579d4f95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa48f20293cf4fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e2c84594d1443e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf8e81f08d2e34de8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -833,939 +833,939 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="160.97955322265625" customHeight="1" collapsed="0">
+    <x:row ht="1529.37646484375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>18632</x:v>
+        <x:v>25374</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>52144</x:v>
+        <x:v>18632</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.4471435546875" customHeight="1" collapsed="0">
+    <x:row ht="149.4991455078125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>60000</x:v>
+        <x:v>8100</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="954.42529296875" customHeight="1" collapsed="0">
+    <x:row ht="482.9669189453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.969970703125" customHeight="1" collapsed="0">
+    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>14630</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+    <x:row ht="459.949462890625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>44700</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
-    <x:row ht="919.927490234375" customHeight="1" collapsed="0">
+    <x:row ht="298.969970703125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>19922</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1402.894287109375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>14630</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+    <x:row ht="609.44921875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>38313</x:v>
+        <x:v>38802</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="1471.861328125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B15" s="8" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>38802</x:v>
+        <x:v>18995</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G15" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+    </x:row>
+    <x:row ht="919.927734375" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>8100</x:v>
+        <x:v>19922</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row ht="2506.79052734375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>40000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>27000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1885.8330078125" customHeight="1" collapsed="0">
+    <x:row ht="551.9619140625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>83995</x:v>
+        <x:v>32240</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="G19" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="2506.7900390625" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B20" s="8" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>40000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G20" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+    </x:row>
+    <x:row ht="2058.322265625" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>44700</x:v>
+        <x:v>27000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.4228515625" customHeight="1" collapsed="0">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.4677734375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>17187</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="2506.7900390625" customHeight="1" collapsed="0">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1862.845703125" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>49845</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1885.83203125" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B24" s="8" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>18995</x:v>
+        <x:v>83995</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+      <x:c r="G24" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
         <x:v>40000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="G25" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+    </x:row>
+    <x:row ht="229.9765625" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+      <x:c r="B26" s="8" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>27000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G26" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+    </x:row>
+    <x:row ht="586.458984375" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B27" s="8" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>89950</x:v>
+        <x:v>52144</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="G27" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1264.904296875" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B28" s="8" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>29800</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F28" s="8" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="G28" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H28" s="8" t="s">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+      <x:c r="A29" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="F28" s="8" t="s">
+      <x:c r="B29" s="8" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="G29" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H29" s="8" t="s">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.421875" customHeight="1" collapsed="0">
+      <x:c r="A30" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B30" s="8" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F30" s="8" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="G30" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H30" s="8" t="s">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="954.42578125" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="F30" s="8" t="s">
+      <x:c r="B31" s="8" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>17187</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="G31" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+    </x:row>
+    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="G31" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H31" s="8" t="s">
+      <x:c r="B32" s="8" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>27000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F32" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="G32" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H32" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="F32" s="8" t="s">
+    </x:row>
+    <x:row ht="494.4453125" customHeight="1" collapsed="0">
+      <x:c r="A33" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="G32" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H32" s="8" t="s">
+      <x:c r="B33" s="8" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="F33" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="G33" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H33" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F33" s="8" t="s">
+    </x:row>
+    <x:row ht="252.994140625" customHeight="1" collapsed="0">
+      <x:c r="A34" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="G33" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H33" s="8" t="s">
+      <x:c r="B34" s="8" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>49845</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="F34" s="8" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="G34" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H34" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="F34" s="8" t="s">
+    </x:row>
+    <x:row ht="1023.421875" customHeight="1" collapsed="0">
+      <x:c r="A35" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="G34" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H34" s="8" t="s">
+      <x:c r="B35" s="8" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>84944</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="F35" s="8" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="G35" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H35" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="F35" s="8" t="s">
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
+      <x:c r="A36" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="G35" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H35" s="8" t="s">
+      <x:c r="B36" s="8" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>29800</x:v>
+        <x:v>84944</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="F36" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="F36" s="8" t="s">
+      <x:c r="G36" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H36" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="G36" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H36" s="8" t="s">
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+      <x:c r="A37" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A37" s="8" t="s">
+      <x:c r="B37" s="8" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>26400</x:v>
+        <x:v>89950</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F37" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="F37" s="8" t="s">
+      <x:c r="G37" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H37" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="G37" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H37" s="8" t="s">
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+      <x:c r="A38" s="8" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>32240</x:v>
+        <x:v>26400</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1529.376953125" customHeight="1" collapsed="0">
+    <x:row ht="586.4609375" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>25374</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+    <x:row ht="908.41796875" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B40" s="8" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>38313</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F40" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="F40" s="8" t="s">
+      <x:c r="G40" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H40" s="8" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="G40" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H40" s="8" t="s">
+    </x:row>
+    <x:row ht="643.9453125" customHeight="1" collapsed="0">
+      <x:c r="A41" s="8" t="s">
         <x:v>170</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A41" s="8" t="s">
+      <x:c r="B41" s="8" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="F41" s="8" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="F41" s="8" t="s">
+      <x:c r="G41" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H41" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="G41" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H41" s="8" t="s">
+    </x:row>
+    <x:row ht="977.4140625" customHeight="1" collapsed="0">
+      <x:c r="A42" s="8" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3984375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A43" s="10" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B43" s="10" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C43" s="10"/>
       <x:c r="D43" s="11" t="n">
         <x:v>1767973</x:v>
       </x:c>
       <x:c r="E43" s="10" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F43" s="10" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="G43" s="10" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H43" s="10" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1793,29 +1793,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 6, 2025 12:21 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:30 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>