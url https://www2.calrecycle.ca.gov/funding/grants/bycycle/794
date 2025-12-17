--- v1 (2025-12-16)
+++ v2 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82147fa782db4d45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R586980c46a8f4bcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5e2c84594d1443e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R25af43f505f946b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Government Waste Tire Amnesty Grant (TA7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -741,51 +741,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa48f20293cf4fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e2c84594d1443e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf8e81f08d2e34de8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cdf057d8f7940f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R25af43f505f946b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7cf5335db8ef4379" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1793,29 +1793,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:30 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:38 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>