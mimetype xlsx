--- v2 (2025-12-17)
+++ v3 (2025-12-24)
@@ -1,612 +1,612 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R586980c46a8f4bcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ef6a8dd07584cb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R25af43f505f946b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfdccbdc0e9644eb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Government Waste Tire Amnesty Grant (TA7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Valerie Meza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305525705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cathy Aggergaard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To provide 4 Waste Tire Amnesty events within the county of Butte; 1 event per large population area. The goal is to remove up to 4,050 waste tires, and have them sent to a licensed recycling facility.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wallace Low</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Department of Environmental Resources will administer the grant funding for the four cities and Stanislaus Unincorporated to hold community clean up events or to provide vouchers to residents to turn in waste tires at no cost bimonthly.  The collected tires will be recycled.  The increase in grant funds is due to increase events for Stanislaus Unincorporated.  Stanislaus Unincorporated wants to hold bimonthly events which should increase the amount of tires collected.   County Staff will receive reimbursement requests from the participating cities and will prepare and submit reimbursement requests to CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carlos Chavez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072688680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Humboldt Waste Management Authority provides waste tire disposal for the public at the Hawthorne Street Transfer Station.     
+The grant funds would allow us to continue to the tire collection program.  This minimizes the impact of waste tire disposal to ratepayers and reduces illegal tire dumping in Humboldt County.  This transfer station is located two blocks from a census tract with a CalEnviroScreen Percentile of 73%.  Annotated screenshot attached.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Valley Resource Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maricela Galarza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609960972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Imperial County is a unique community consisting of seven cities and two franchised haulers.  Each City has both a spring and fall City Clean-ups (CU) that their pertaining haulers host and IVRMA participates to provide the opportunity to residents to drop off waste tires. Some of the larger Cities have between 3 to 4 Clean-Up Events.  In addition, the County will have two to three per year. The Imperial Valley Resource Management Agency (IVRMA) will be coordinating its own events as well to increase collection of residents’ waste tires, especially focusing on those communities that need more events like these throughout the year. There is an estimation of about 40 events per year, thus estimating for a total collection of 15,000 waste tires. The waste tires collected during events will be properly hauled and recycled with our contracted tire recycler. IVRMA is focusing on increasing coordinated and participation of amnesty events for the residents of Imperial County along with effective advertisement/promotion to increase collection of waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Pasillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Our Code Enforcement unit plans to hold 6 Tire Amnesty events in different locations throughout the City of Fresno. Our goal is to collect 15,000 tires. The unit will work towards the tires being recycled but will also have them processed for recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268616005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works will partner with the City of Santa Clarita to conduct 5-7 free waste tire collection events in Santa Clarita and various communities.  At these events, residents will be able to drop off waste tires to be recycled into crumb rubber, civil engineering applications, or other uses. The project is expected to collect 20,000 passenger tire equivalents. Public Works will contract for hauling and recycling and conducting events.  At least two events will be held in disadvantaged communities as defined by the EnviroScreen 3.0 Map in the 71-100 percentile.  These events are planned for Hawthorne and Baldwin Park.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tina Bitten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: To supplement the City‘s free oversized collection program, residents will have the opportunity, through this grant, to properly dispose of tires at tire amnesty events. These events will be widely publicized through the City‘s website, newspaper ads, social media and flyers. Promotional materials and information will also be available at City facilities such as libraries and recreational venues. At each of the amnesty events, the City will provide one forty-yard roll-off container and adequate staffing to assist residents with their tire disposal. The containers will be hauled to Crumb Rubber Manufacturing (CRM) for recycling. The City of Long Beach will supply staff and a LNG powered vehicle to collect and haul the tires to CRM. The Recycling staff will organize all the events, coordinate the advertising and educational materials, and design and update the website and flyer. The City plans to hold a total of 38 events (twice a month) over two years, collecting an estimated 4,000 tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Kraus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256085549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Contra Costa County Environmental Health will conduct 8 tire amnesty day events at County owned properties in the east, central, and western areas of the county.  These events will be conducted with the assistance of Civicorps who will provide staffing and will deliver collected tires to an approved end use facility.  When possible, these events will be coordinated with existing community clean-up events.  The events will be publicized via various County agency websites, social media, and flyers.  Environmental Health is expecting to collect 3,000 tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joseph Contaoi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Riverside County Department of Waste Resources (DWR) conducts approximately 27 bulky item cleanups in a year and over the two year grant period we can have an estimated 54 cleanups.  At each bulky item event, the DWR has been sponsoring a waste tire collection.  In 2022, the residents disposed of over 9000 waste tires at these cleanup events.  If awarded the Amnesty Tire Grant, the DWR staff will continue to accept tires at cleanup events.  The Department will also implement stand alone tire events in communities that have high waste tire numbers at our community cleanup events.     The bulky item community cleanups are very successful in servicing over 3,600 residents.  These events will continue to provide an outlet to our residents in the unincorporated areas of Riverside County.  The DWR advertises the community cleanup through flyers on the DWR website and some Board of Supervisor offices publicize through social media outlets.  DWR is committed to servicing the residents of Riverside County.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
-    <x:t>Town of Apple Valley</x:t>
-[...31 lines deleted...]
-    <x:t>Stanislaus          </x:t>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tammy Pelayes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia will utilize the Tire Amnesty funds to hold eight (8) Tire Amnesty events at the City's  Franchise Waste Hauler facility during the two-year grant term with the anticipation of collecting 7,900 waste tires. All tires will be delivered to a recycling facility to be used for fuel. Tire Amnesty grant funds will also be used for salaries, benefits, and overtime costs for personnel who are scheduled to work the weekend tire amnesty events, and salaries for personnel providing grant management and reporting, and creation or education materials. Events will be advertised through posters, flyers, mailers, radio advertising, and social media to help promote events and encourage cleaner environment.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Ceres</x:t>
   </x:si>
   <x:si>
     <x:t> Toni Cordell</x:t>
   </x:si>
   <x:si>
     <x:t>2095385602</x:t>
   </x:si>
   <x:si>
     <x:t>The funding will be used for the collection and disposal of the waste tires collected at the City's annual city-wide free disposal day.  There will be a total of 2 events throughout the grant cycle.</x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...26 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Contra Costa County Environmental Health will conduct 8 tire amnesty day events at County owned properties in the east, central, and western areas of the county.  These events will be conducted with the assistance of Civicorps who will provide staffing and will deliver collected tires to an approved end use facility.  When possible, these events will be coordinated with existing community clean-up events.  The events will be publicized via various County agency websites, social media, and flyers.  Environmental Health is expecting to collect 3,000 tires.</x:t>
+    <x:t>City of Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicholas Nuccio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2138205685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City's Department of Public Works, Bureau of Sanitation (LASAN) through its Solid Resources Support Services Division (SRSSD) and Solid Resources Collection Division (SRCD) has an on-going used/waste tire collection and recycling program conducted year-round at LASAN's six (6) district yards. The yards provide for an environmentally sound opportunity for all residents of the City to dispose of used/waste tires, and promote the used tire drop-off sites. Moreover, each yard location has a Tire Program Identification (TPID) Number certificate issued by CalRecycle. The City residents may drop-off up to four (4) passenger and/or light truck tires to any of the local district yards each year. To further enhance the program, LASAN is planning to hold a minimum of twelve (12) amnesty events during the fiscal years 2023-24 and 2024-25. These amnesty events can coincide with LASAN’s Open House activity, mobile collection events or to any approved City locations. 
+The City is on the final approval review process of a service contract agreement with B.J. Used Tire and Rubber Recycling, Inc. (B.J.) for the collection, transportation, and processing of used/waste tires for beneficial reuse. As per the contract, the cost of collection, transportation &amp; processing, recycling, and disposal of passenger tire is $4.25/tire while the light truck tire is $4.75/tire. The City will be using the services of Los Angeles Conservation Corps (LACC), a local conservation corps, for the set-up, collection, and transportation of used/waste tires in the amnesty events. Tires collected will be transported by LACC to B.J., where they are processed into recycled products for beneficial reuse. The City will only pay the processing, recycling and disposal of all used/waste tires collected during the term of this Local Government Waste Tire Amnesty Grant Program (TA7-FY 2023-2024)
+It is estimated that 8,063 used/waste tires are to be collected at the proposed minimum twelve(12) amnesty events, through which an estimate of 82% or 6,589 passenger tires and 18% or 1,474 light truck tires are to be collected. These amnesty tire collection events will be advertised through direct mailing to City residents, the City’s website and social media, Neighborhood Council, flyers to the libraries, and the Solid Waste Integrated Plan (SWIRP) database, otherwise, known as the ZERO waste program.
+The City of Los Angeles is requesting the maximum grant amount of $40,000 for single jurisdiction applicant. LACC's "In-Kind" cost will be used for the services described in this program. Thus, the calculation of City's cost per tire ($4.96) was derived from the total grant request ($40,000) divided by the estimated number of tires collected (8,063).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Paradise</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of Paradise (Paradise) requests $27,000 to hold 5 waste tire collection events, one in the fall of 2023, and two in the Spring and Fall of 2024 and 2025, to provide needed disposal to Paradise and the surrounding Upper Ridge Community that includes the unincorporated area of Magalia. Events will be run as one day events and /or month-long collection events depending on the time of year and weather conditions. We anticipate collecting 5,400 tires over the 2-year grant term. The one day and month-long events will utilize the services Jennifer Arbuckle Consulting to plan and manage the events and utilize Waste Tire Products to staff the events, load, remove, transport, and recycle waste tires. 
+These one day events will be held on TBD Saturdays from 10 a.m. to 2 p.m. at our franchise waste hauler's (Northern Recycling and Waste Services) Transfer Station, located at 920 American Way, Paradise. Each event will include the collection, removal, and transportation of waste tires for recycling by our local tire recyclers Waste Tire Products. Remaining funds not exceeded at the events will be used to support a appointment/coupon program that will allow citizens to take waste tires to our local transfer station on specific days between Amnesty Events. 
+We anticipate collecting approximately 5,400 tires total (700 to 1080 tires per event). This estimate is based on our last event held in 2022 where we collected 1058 tires in one day. We anticipate collecting a similar amount or tires going forward perhaps more as our population continues to grow after the Camp Fire. All tires collected are shredded by Waste Tire Products and turned into rubber mates sold to retailers and/or made to be used  as ground cover for a majority of uses in parks and recreational venues. Town of Paradise did not receive a TA6 grant and has a current population of &lt;6,000.
+By providing annual “free” drop off events, the Town of Paradise believes that 100% of our community will be served. In addition to enhancing opportunities to divert waste tires from landfills, prevent illegal dumping, and promote recycled-content tire markets, these proposed events will provide the public with a waste tire disposal outlet as well as educational information that gives people the information needed to promote environmentally safe behavior regarding using and transporting waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Elia Zavala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317753010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Salinas Valley Solid Waste Authority (SVSWA) is a Joint Powers Authority representing five cities: Gonzales, Greenfield, King City, Salinas, and Soledad, and the unincorporated area of eastern Monterey County located in rural agricultural Salinas Valley.  It’s fees for tire disposal range from $2.00 per auto/light duty tires up to $75.00 per commercial tires.  The tire amnesty program allows SVSWA to offer the public the opportunity to legally dispose of tires at no cost, thus reducing instances of illegal dumping, improper storage and potential public health issues.  It also utilizes the events as an educational opportunity to promote the proper disposal/recycling of waste tires.  If funded, residents in SVSWA’s jurisdiction will be informed through social media, flyers, print ads, radio, email blasts, website information, and/or garbage and recycling bill inserts/newsletters about the opportunity to take their waste tires to any of the event locations for free disposal.
+SVSWA has a history of hosting successful tire amnesty events with the assistance of waste tire amnesty grant funds.  Since 2000, through this grant program, SVSWA has collected and recycled an estimated 329,785 tires, at a total cost of $565,658, or an average of $1.58 per tire through November 2022.  If funded, SVSWA intends to conduct four (4) collection events over the new two-year grant term and expects to collect and recycle 27,500 tires at a cost of $2.92 per tire.  The four collection events will be held at its three (3) open facilities (Salinas, Gonzales, and King City).  SVSWA will continue to partner with San Jose Conservation Corps for staffing some collection events.
+These events continue to be a very important resource and outlet for proper waste tire disposal in the Salinas Valley.  By capitalizing on the successful aspects of previous events, and expanding those successes, SVSWA has had the ability to significantly reduce the amount of waste tires that may have otherwise been illegally dumped, improperly stored or buried in the landfill.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Renee Taylor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The main objective of this proposal is to create an opportunity for residents of the City of Bakersfield to bring used tires to designated pop events sites/locations for the city to dispose at no cost to them. Each resident is allowed to bring to the amnesty events not more than 9 used tires for disposal. The amnesty events will be held at different times and locations in the city throughout the Fiscal Year 23/24.
+The City of Bakersfield used tire amnesty events are intended to mitigate potential fire and health risks posed by piles of tires that would otherwise be dumped within its jurisdiction.  All waste tires collected through the amnesty events will be transported to the City of Bakersfield’s Corporation yard or Recycling and Composting facility. The City of Bakersfield Solid Waste Division drivers will deliver the tires with its city truck/trailer combination to Kern County Bena Landfill for the purpose of recycling/disposal.
+We estimate that 16,000 tires will be collected and disposed/recycled through the waste tire amnesty events.
+</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>City of Elk Grove</x:t>
   </x:si>
   <x:si>
     <x:t> Carlos Duque</x:t>
   </x:si>
   <x:si>
     <x:t>9166273229</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Tire Amnesty program purpose is to financially assist Sacramento County residents to recycle their unwanted tires with a once a month multi-day tire collection for the next 2 years. Scrap tires pose a threat to human health and the environment as ideal breeding grounds for mosquitoes, which can carry and transmit life-threatening diseases, but through proper handling and disposal, scrap tires do not present any major environmental problems.</x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno              </x:t>
-[...36 lines deleted...]
-    <x:t>The City of Hesperia will utilize the Tire Amnesty funds to hold eight (8) Tire Amnesty events at the City's  Franchise Waste Hauler facility during the two-year grant term with the anticipation of collecting 7,900 waste tires. All tires will be delivered to a recycling facility to be used for fuel. Tire Amnesty grant funds will also be used for salaries, benefits, and overtime costs for personnel who are scheduled to work the weekend tire amnesty events, and salaries for personnel providing grant management and reporting, and creation or education materials. Events will be advertised through posters, flyers, mailers, radio advertising, and social media to help promote events and encourage cleaner environment.</x:t>
+    <x:t>Rural Counties ESJPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Staci Heaton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164474806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: On behalf of Colusa, Mariposa, and Sierra Counties, the Rural Counties‘ Environmental Services Joint Powers Authority (ESJPA) will administer a regional tire amnesty grant. These three Counties were participants in past regional tire amnesty grants. All participating counties plan to hold events in the Fall and Spring of the grant term.  Grant funds will be monitored constantly. The numbers of tires estimated to be collected are 60,000 tire equivalents. Rural areas tend to have larger tires than urban areas (more trucks) so the cost per tire tends to be higher. All tire vendors stress that tires are sent for recycling rather than land filling as much as feasible. The ESJPA utilized the services of the Sacramento Local Conservation Corps for the Colusa and Sierra County events under TA6 and the Fresno Corps will be approached about assisting with the Mariposa events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oroville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oroville (Oroville) requests $40,000 to hold 5 waste tire collection events, one in the fall of 2023, and two in the Spring and Fall of 2024 and 2025, to provide needed disposal to the City of Oroville and the surrounding unincorporated communities that include, Oroville East, Wyandotte, Vista Robles, Thermalito, and Palermo, a majority of these areas are considered disadvantaged communities (see EnviroScreen Documents).
+ Events will be run as one day events and /or month-long collection events depending on the time of year and weather conditions. We anticipate collecting 8,000 tires over the 2-year grant term. The one day and month-long events will utilize the services of  Jennifer Arbuckle Consulting to plan and manage the events and Waste Tire Products to load tires, and collect participation data. Collected tires will be removed, transported, and recycled by Waste Tire Products.
+We plan to hold one day events on TBD Saturdays from 10 a.m. to 2 p.m. at our franchise waste hauler's (Recology) Transfer Station, located at 2720 South 5th Ave, Oroville. Each event will include the collection, removal, and transportation of waste tires for recycling by our local tire recycler Waste Tire Products. Remaining funds not exceeded at the events will be used to support a appointment/coupon program that will allow citizens to take waste tires to Recology's transfer station on specific days between Amnesty Events.  
+We have confirmed with our Grant Manager that this is Oroville's first TA Grant application and if awarded will be our first local community Tire Amnesty Program. We anticipate collecting approximately 8,000 tires total (700 to 1,600 tires per event).This estimate is based on Oroville and surrounding unincorporated communities current population of 41,700. Our research found that adjacent communities with 25,000 + population have historically brought in approximately 500-700  tires per event. Being that our community is almost double and we have never held an event we anticipate the need will be great.  All tires collected are shredded by Waste Tire Products and turned into rubber mates sold to retailers and/or made to be used  as ground cover for a majority of uses in parks and recreational venues.
+By providing annual “free” drop off events, Oroville believes that 100% of our community will be served. In addition to enhancing opportunities to divert waste tires from landfills, prevent illegal dumping, and promote recycled-content tire markets, these proposed events will provide the public with a waste tire disposal outlet as well as educational information that gives people the information needed to promote environmentally safe behavior regarding using and transporting waste tires.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Lake Elsinore</x:t>
   </x:si>
   <x:si>
     <x:t> Nicole McCalmont</x:t>
   </x:si>
   <x:si>
     <x:t>9516743124</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 1. Conduct 8 tire collection events in the Lake Elsinore community. The City will continue to team with the Southern California Mountains Conservancy, the local Urban Conservation Corps that services western portion of Riverside County.  Currently the local Urban Conservation Corps provides staff support for the City's TA6 Amnesty Day Grant and for the TCU18 Tire Cleanup grant.  
 Four events will take place at the City‘s twice-yearly community cleanup events (normally held in March/April and October), these events tires collected at these event will not be charged to the grant as all roll-off bins, transportation and tire recycling are provided to the City FREE of charge by the local trash company as part of their contract with the City of Lake Elsinore.  These events, on average collect 2.5 tons of scrap tires (250 PTE per event).
 The remaining 4 tire collection events are what the City call "stand alone" event, held at the City's Public Works yard.  These events are staffed by the City's contractor and members of the Local Urban Conservation Corps.  These events collect 8 to 10 tons of tires per event (800 to 1000 PTE).
 The event locations, the City's Public Works Yard and the Lake Elsinore Storm Stadium are both located in areas of the City with a CalEnviroScreen 4.0 rating of 71% to 100%.
 2. Develop a waste tire educational outreach program. Includes the development and placement of newspaper ads to promote cleanup events and City‘s overall tire recycling program.  The City also uses its existing social media tools to promote the tire collection events.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...26 lines deleted...]
-The City of Los Angeles is requesting the maximum grant amount of $40,000 for single jurisdiction applicant. LACC's "In-Kind" cost will be used for the services described in this program. Thus, the calculation of City's cost per tire ($4.96) was derived from the total grant request ($40,000) divided by the estimated number of tires collected (8,063).</x:t>
+    <x:t>Inyo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Cap Aubrey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608737191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Conducting amnesty events in the spring and fall throughout the grant term as long as funds last. These events will be open to all Inyo County residents and Tribal members, tire dealers will not be allowed.</x:t>
   </x:si>
   <x:si>
     <x:t>Madera              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Madera</x:t>
   </x:si>
   <x:si>
     <x:t> Claudia Mendoza</x:t>
   </x:si>
   <x:si>
     <x:t>5596615113</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: At least 5 events over the two year grant term. The amount of waste tires estimated to be collected over the grant period is 24,000. The Waste tires will be transported to a permitted facility for recycling purposes.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Modesto</x:t>
-[...33 lines deleted...]
-By providing annual “free” drop off events, the Town of Paradise believes that 100% of our community will be served. In addition to enhancing opportunities to divert waste tires from landfills, prevent illegal dumping, and promote recycled-content tire markets, these proposed events will provide the public with a waste tire disposal outlet as well as educational information that gives people the information needed to promote environmentally safe behavior regarding using and transporting waste tires.</x:t>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Engle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The El Dorado County Environmental Management Department (EMD) and its contractors plan to hold routine waste tire amnesty collection events at the two Materials Recovery Facilities (MRF) operated by franchised waste haulers in the County.  One is located in Placerville, CA and the other is in South Lake Tahoe, CA.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gurprit Jhujj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596004320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County staff proposes to host five (5) Tire Amnesty events for the TA7 grant performance period. Events will be held at the various Road Maintenance Yards throughout the County. Residents will be invited to the events via a Tire Amnesty mailer that emphasizes the event’s importance in preventing illegal tire disposal. Additionally, staff will distribute various educational/outreach materials oriented toward automotive care (proper tire care, used oil/filter recycling, etc.) Staff will coordinate with the Fresno Economic Opportunities Commission Local Conservation Corps to provide Corps Member labor for purposes loading tires into trailers. Currently, Fresno County has contracts with two (2) State permitted tire haulers/recyclers to provide trailers/containers for the events, who will transport the collected tires to their facilities for processing:  1) American Refuse, Inc. dba American Tire Tec of Wasco, CA; and 2) West Coast Rubber Recycling, Inc.  Waste tires are grounded and shredded for purposes of creating raw materials in producing various recycled rubber products, rubberized asphalt, etc.
+County staff is requesting $40,000.00 in grant funding to offset the costs of hosting the Tire Amnesty events.  It is anticipated that staff will meet the $5.00 per tire cost parameter established by CalRecycle Administration, by collecting a minimum of 8,000 tires.  The County currently pays varying rates per trailer/container dependent upon the location of the amnesty event and the contractor selected for the event.  Staff plans to utilize approximately 10-15 trailers during the grant performance period.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Merced County Regional Waste Management Authority's jurisdictions plan on holding an estimated total of 46 Tire Amnesty events during the grant term.  Tires collected during these events will be recycled. An estimated total of 42,054 tires are expected to be collected.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Deleon Luna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093832133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The San Bernardino County Code Enforcement Division will host 16 to 22 tire amnesty events throughout the unincorporated areas of San Bernardino County. We plan on collecting over 15,500 tires. Some of the tire amnesty events will be held in conjunction with regularly planned community cleanup events or as stand-alone tire collection events. The waste tires collected are recycled. The events are advertised via flyer mail outs and on social media. The grant will pay for disposal fees, personnel to staff the tire amnesty events and to administer the grant.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Pomona</x:t>
   </x:si>
   <x:si>
     <x:t> Irene Madrid</x:t>
   </x:si>
   <x:si>
     <x:t>9096202231</x:t>
   </x:si>
   <x:si>
     <x:t>The City will conduct 56 Amnesty Collection Events during two-year grant cycle. The goal is to collect over 3,000 waste tires from residents at these collection events. The City will advertise in local papers and on social media (City's website, Facebook and Instagram). Additionally, the City will advertise on reader board, flyers and as a bill message to residents to highlight the Waste Tire Amnesty program. The City has received funding in previous cycles with successfully collection of tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Skillen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308428272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Siskiyou County will hold several tire amnesty events over a large, rural geographical area over the two year grant terms in order to collect thousands of tires for recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sarita Wati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: In an effort to reduce illegal dumping and stockpiling of tires, through this grant, the County will accept up to eight (8) passenger tires at County Solid Waste facilities at no charge for residents of the County through means of a “paper less” coupon that can be found on the County’s website and on other media outlets. Through the “paper less” coupon the County has successfully recycled an average of over 55,000 tires in previous Tire Amnesty cycles. San Joaquin County uses a local certified tire recycler who transforms the tires into a variety of products including rubber bark for gardens and playgrounds, rubber asphalt for city streets and sidewalks, and various products such as floor mats. As lead, San Joaquin County works with local jurisdictions to hold a minimum of two tire recycling events per year as well as other local community cleanup events such as Coastal Cleanup Day. The goal is to collect an average of 300 tires per event. To raise awareness of upcoming events, ads will be placed with local publications and other mediums. The County plans to work with the Greater Valley Conservation Corps during events, where possible.</x:t>
   </x:si>
   <x:si>
     <x:t>Yuba                </x:t>
   </x:si>
   <x:si>
     <x:t>Regional Waste Management Authority</x:t>
   </x:si>
   <x:si>
     <x:t> Nathan Arechiga</x:t>
   </x:si>
   <x:si>
     <x:t>9165731773</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Regional Waste Management Authority (RWMA) is proposing to collect 4,000 waste tires through a free tire recycling coupon program at two local transfer stations operated by the local franchised waste hauler, Recology Yuba-Sutter, plus another 6,000 waste tires in 40-yard waste tire bins provided to ten (10) community clean-up events. The 4,000 waste tire figure is based on the most recently completed waste tire amnesty program (TA5-19-0041) in which 3,947 waste tires were collected through the coupon program. The 6,000 waste tires proposed to be collected in 40-yard waste tire bins provided to ten (10) community clean-up events is based on the 2,362 waste tires collected at six (6) community collection events in the most recently completed waste tire amnesty program (TA5-19-0041) and that there are now ten (10 community clean-up events planned for the TA7 grant cycle.  The free tire recycling coupons will allow residents to deliver up to 20 passenger car and light truck waste tires to the transfer stations within a 30-day period. Written authorization for residents to haul more than nine (9) waste tires with the free tire recycling coupons will be requested from the Local Enforcement Agency. Residents will be limited to hauling no more than nine (9) waste tires to community clean-up events.
 The RWMA will update and distribute the public education and information campaign utilized for previous waste tire amnesty projects to inform the public about tire maintenance and safety issues to prolong the useful life of tires; health and safety issues related to improper storage and disposal of waste tires; and, the availability of free tire recycling coupons for the proper disposal of waste tires. RWMA and Recology Yuba-Sutter staff will coordinate with the sponsors of the community clean-up events to provide waste tire collection bins and appropriate messages regarding tire collection for event promotional materials. Tires collected through the coupon program and at community collection events will be recycled.</x:t>
   </x:si>
   <x:si>
-    <x:t>Monterey            </x:t>
-[...52 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Department of Environmental Resources will administer the grant funding for the four cities and Stanislaus Unincorporated to hold community clean up events or to provide vouchers to residents to turn in waste tires at no cost bimonthly.  The collected tires will be recycled.  The increase in grant funds is due to increase events for Stanislaus Unincorporated.  Stanislaus Unincorporated wants to hold bimonthly events which should increase the amount of tires collected.   County Staff will receive reimbursement requests from the participating cities and will prepare and submit reimbursement requests to CalRecycle.</x:t>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Myhrvold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County, through its Department of Resource Management, plans to hold up to six in-person waste tire collection events in various locations throughout the unincorporated area of Shasta County and the cities of Anderson and Shasta Lake during the grant activity period fiscal years 2023-24 and 2024-25. Residents will be given a convenient opportunity to properly dispose of up to 17,000 passenger waste tires during these events. The waste tires collected at each event will be recycled.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Victorville</x:t>
   </x:si>
   <x:si>
     <x:t> Anne Darrosh</x:t>
   </x:si>
   <x:si>
     <x:t>7609552987</x:t>
   </x:si>
   <x:si>
     <x:t>Located in Southern California at the high point between Los Angeles and Las Vegas, Victorville is the leading city for both industry and retail in the High Desert Region.  Victorville is a growing, vibrant community that is home to approximately 125,000 residents and some of the area’s largest employers.  The Local Government Waste Tire Amnesty (TA) Grant Program (FY 2021-22) will be a valuable opportunity to support a clean and organized community environment by funding the costs associated with providing a convenient tire disposal program for City of Victorville residents. Tires will be collected 52 weeks per year at the City of Victorville Recycling Drop Off Center located at 15164 Anacapa Rd., in Victorville.  The Free Tire Drop Off Program will be open Monday through Friday from 8 a.m. to 4 p.m. and Saturdays from 8 a.m. to noon.  Tires will be accepted from Victorville residents only, with proof of residency required. A maximum of five (5) tires per resident will be accepted.  Only passenger car, light truck, and motorcycle tires will be accepted through this amnesty program.  No semi-truck tires will be accepted, as these would likely be from a business or commercial trucker.  Disposal of the tires will be performed by Burrtec Waste Industries, Inc, a registered waste tire hauler.  Grant funds are being requested to cover the cost of hauling and disposal of tires, as well as the cost of placing fliers about the tire recycling program in the water/sanitation bills mailed to city residents.</x:t>
   </x:si>
   <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County Solid Waste Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Freund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305281103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Tehama County Solid Waste Management Agency (Agency) will hold 4 passenger tire collection events and 2 agricultural tire collection events during the grant term. The Agency hopes to collect 1,350 tires each passenger event and 30 tires each agricultural event. This will bring in an estimated total of 5,460 tires, based on data collected from past tire amnesty grants. The collected tires will be sent with Waste Tire Products for recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jody Strait</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095776416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Modesto intends to collect waste tires through two means- 1) waste tire amnesty coupon programs and 2) waste tire amnesty events. Coupons will be distributed by request of the resident and can be redeemed at an approved waste hauler every other month (for a total of 12 times during the term of the grant). Events will be held throughout Modesto roughly every four months (for a total of seven events during the term of the grant) and will target neighborhoods where dumping is more common. In both cases, tires will be recycled by the collector.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pamela Quick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602407000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The Town of Apple Valley is requesting funds to provide Waste Tire Amnesty events and a drop off location for residents to dispose of waste tires for free in accordance with CalRecycle requirements and regulations. Tire Amnesty events will take place at a permanent location at the Town of Apple Valley Household Hazardous Waste Facility located at 13450 Nomwaket Rd, and 12 additional events at Lions Park located at 20789 CA-18. Funds will be used for salaries and benefits for staff at the 12 Tire Amnesty events; collection and transportation of waste tires; public outreach and advertising; and container usage for collection on event days. The estimated cost per tire for each event is $1.70. Town staff anticipates collecting approximately 993 waste tires per event, plus 58 tires per week at the permanent drop off location, totaling 14,932 waste tires collected throughout the grant period. Staff will focus on conducting a public outreach campaign to publicize events and promote proper disposal of waste tires. The events will be advertised in the local newspaper, in accordance with CalRecycle guidelines. Further, events will be publicized through Facebook, Twitter, Town of Apple Valley website, Code Enforcement Brochure, and in the “Our Town” quarterly newsletter. Flyers will be created, printed, and distributed through handouts and mailings to Apple Valley residents.
+All waste tires collected during events will be transported by Burrtec Waste Industries, utilizing 40 cubic yard roll off containers. Waste tires will be transported to a recycling facility (Mitsubishi Cement Corporation located in Lucerne Valley, California) for proper handling.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo County</x:t>
   </x:si>
   <x:si>
     <x:t> Marissa Juhler</x:t>
   </x:si>
   <x:si>
     <x:t>5306668813</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Yolo County will hold 4 events in this grant term to be located throughout Yolo County in areas accessible to residents, farmers or ranchers. Due to a high volume of illegal dumping, we see a great need for the Tire Amnesty program in our community.  It is anticipated that we will collect an estimated 5,700 tires from these events.</x:t>
   </x:si>
   <x:si>
-    <x:t>Rural Counties ESJPA</x:t>
-[...155 lines deleted...]
-  <x:si>
     <x:t>Glenn               </x:t>
   </x:si>
   <x:si>
     <x:t>Glenn County</x:t>
   </x:si>
   <x:si>
     <x:t> Talia Richardson</x:t>
   </x:si>
   <x:si>
     <x:t>5309346530</x:t>
   </x:si>
   <x:si>
     <x:t>The County of Glenn, City of Willows and City of Orland (Applicant) will host six Waste Tire Collection Events (Events) at the Glenn County Transfer Station one Saturday a month for 2024 and 2025. Applicant will host events from December 2023 to September 2025. This will give all residents in the Applicant jurisdictions a central location to dispose of their waste tires for an extended period of time. These events will be held at a time when the weather is predictable and we are outside of the Transfer Station event dates. Populations are concentrated within the city limits of Willows and Orland, this will provide the residents with easy access to events. All events will be open to residents of the Cities and County regardless of where the events are located.</x:t>
   </x:si>
   <x:si>
-    <x:t>Kern                </x:t>
-[...14 lines deleted...]
-</x:t>
+    <x:t>Coachella Valley Association of Governments</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eman Nazir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258172522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To hold several tire collection events throughout the Coachella Valley, helping to keep tires from being illegally dumped or discarded.  I would like to point out that tires collected in the Coachella Valley are statistically heavier (avg. 30 lbs) than tires collected in other jurisdictions (avg. 26 lbs) which makes a big difference in the number of tires collected per cost requirement.  For example, for a collection of 10,000 tires at 26lbs per tire, Coachella Valley should only have to collect 8,462 tires at 30 lbs to match the $5.00 per tire threshold, a difference of 1,538 tires!</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 37</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -741,51 +741,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cdf057d8f7940f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R25af43f505f946b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7cf5335db8ef4379" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf840b3db482c47a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfdccbdc0e9644eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7362b4f460dc415d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -833,939 +833,939 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1529.37646484375" customHeight="1" collapsed="0">
+    <x:row ht="160.97955322265625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>25374</x:v>
+        <x:v>18632</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>18632</x:v>
+        <x:v>52144</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.4991455078125" customHeight="1" collapsed="0">
+    <x:row ht="494.4471435546875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>8100</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.9669189453125" customHeight="1" collapsed="0">
+    <x:row ht="954.42529296875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
+    <x:row ht="298.969970703125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>14630</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.949462890625" customHeight="1" collapsed="0">
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>44700</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.969970703125" customHeight="1" collapsed="0">
+    <x:row ht="919.927490234375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>19922</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>14630</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.44921875" customHeight="1" collapsed="0">
+    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>38802</x:v>
+        <x:v>38313</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-    <x:row ht="1471.861328125" customHeight="1" collapsed="0">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>18995</x:v>
+        <x:v>38802</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="919.927734375" customHeight="1" collapsed="0">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.49951171875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>19922</x:v>
+        <x:v>8100</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row ht="2506.79052734375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>40000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2058.3212890625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>27000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row ht="551.9619140625" customHeight="1" collapsed="0">
+    <x:row ht="1885.8330078125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>32240</x:v>
+        <x:v>83995</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-    <x:row ht="2506.7900390625" customHeight="1" collapsed="0">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="977.4150390625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>40000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-    <x:row ht="2058.322265625" customHeight="1" collapsed="0">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>27000</x:v>
+        <x:v>44700</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.4677734375" customHeight="1" collapsed="0">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.4228515625" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>17187</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-    <x:row ht="1862.845703125" customHeight="1" collapsed="0">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2506.7900390625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>49845</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="1885.83203125" customHeight="1" collapsed="0">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1471.86328125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>83995</x:v>
+        <x:v>18995</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.990234375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
         <x:v>40000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.9765625" customHeight="1" collapsed="0">
+        <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>27000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.458984375" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.462890625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>52144</x:v>
+        <x:v>89950</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-    <x:row ht="1264.904296875" customHeight="1" collapsed="0">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1402.89453125" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>29800</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>115</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.96875" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.421875" customHeight="1" collapsed="0">
+        <x:v>120</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>121</x:v>
-[...2 lines deleted...]
-    <x:row ht="954.42578125" customHeight="1" collapsed="0">
+        <x:v>124</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.470703125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>17187</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>126</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+        <x:v>128</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>27000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>131</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.4453125" customHeight="1" collapsed="0">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1023.419921875" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>60000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.994140625" customHeight="1" collapsed="0">
+        <x:v>138</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1862.84375" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>49845</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>141</x:v>
-[...2 lines deleted...]
-    <x:row ht="1023.421875" customHeight="1" collapsed="0">
+        <x:v>143</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>84944</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
-        <x:v>146</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46875" customHeight="1" collapsed="0">
+        <x:v>148</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1264.904296875" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>147</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>84944</x:v>
+        <x:v>29800</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.951171875" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>89950</x:v>
+        <x:v>26400</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+        <x:v>157</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.9609375" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>26400</x:v>
+        <x:v>32240</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4609375" customHeight="1" collapsed="0">
+    <x:row ht="1529.376953125" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>25374</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.41796875" customHeight="1" collapsed="0">
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>38313</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9453125" customHeight="1" collapsed="0">
+        <x:v>170</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.947265625" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
-        <x:v>174</x:v>
-[...2 lines deleted...]
-    <x:row ht="977.4140625" customHeight="1" collapsed="0">
+        <x:v>175</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.3984375" customHeight="1" collapsed="0">
       <x:c r="A43" s="10" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B43" s="10" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C43" s="10"/>
       <x:c r="D43" s="11" t="n">
         <x:v>1767973</x:v>
       </x:c>
       <x:c r="E43" s="10" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F43" s="10" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="G43" s="10" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H43" s="10" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1793,29 +1793,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:38 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>