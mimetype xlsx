--- v3 (2025-12-24)
+++ v4 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ef6a8dd07584cb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd020ed5e2aec4c82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfdccbdc0e9644eb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re17dfdee0a094c31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Government Waste Tire Amnesty Grant (TA7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -741,51 +741,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf840b3db482c47a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfdccbdc0e9644eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7362b4f460dc415d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d6e4ac4051a4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re17dfdee0a094c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R06e2dfddb4704dcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1793,29 +1793,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:14 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>