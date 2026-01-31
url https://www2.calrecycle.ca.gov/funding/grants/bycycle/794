--- v4 (2025-12-24)
+++ v5 (2026-01-31)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd020ed5e2aec4c82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2774eba866245ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re17dfdee0a094c31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R04fe3aa9a31946cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Government Waste Tire Amnesty Grant (TA7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -741,51 +741,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d6e4ac4051a4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re17dfdee0a094c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R06e2dfddb4704dcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56f9293306354536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R04fe3aa9a31946cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2258fad3f83a4e41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1793,29 +1793,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:14 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 31, 2026 4:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>