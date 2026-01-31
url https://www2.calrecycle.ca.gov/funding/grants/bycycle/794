--- v5 (2026-01-31)
+++ v6 (2026-01-31)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2774eba866245ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R065c57dd25004171" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R04fe3aa9a31946cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R46c06a5777ce4319"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Government Waste Tire Amnesty Grant (TA7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -741,51 +741,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56f9293306354536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R04fe3aa9a31946cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2258fad3f83a4e41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01bd59616544714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R46c06a5777ce4319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rae907e94a6fa4ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1793,29 +1793,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 31, 2026 4:31 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 31, 2026 6:15 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>