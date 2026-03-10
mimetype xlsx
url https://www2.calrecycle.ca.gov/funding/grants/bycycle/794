--- v6 (2026-01-31)
+++ v7 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R065c57dd25004171" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1efa053b24dc4f2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R46c06a5777ce4319"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R207ed86ebcf847a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Government Waste Tire Amnesty Grant (TA7)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -741,51 +741,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01bd59616544714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R46c06a5777ce4319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rae907e94a6fa4ea0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f23387602ed42c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R207ed86ebcf847a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb8bb7b87579344f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1793,29 +1793,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 31, 2026 6:15 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 9:35 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>