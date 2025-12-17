--- v0 (2025-12-14)
+++ v1 (2025-12-17)
@@ -1,365 +1,365 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44337d362a444ffb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf784ac86488f4b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re25e54414b074b29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf98ed03feec04f09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Conservation Corps Grant Program (RLC38)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Knapp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629861249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and
+Multi-Family complexes. CCLB will expand e waste collections and handling, by partnering with local
+schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits,
+Dockwalker Boat kit and oil collection pan distribution. We will continue to work with our local
+jurisdictions, government agencies to expand our Tire collection events and outreach efforts as it relates
+to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno EOC LCC will use funding from RCL 38 to continue services to businesses, school districts, and special events in the City of Fresno. We will continue our collection of CRV beverage containers from schools, businesses, special events, etc, collect used tires through partnerships with local municipalities, collect e-waste from private residents and special collection events, and visit local CCC sites to ensure proper signage is posted for the disposal of used oil. LCC will also staff a certified buyback center in the town of Friant and will fund an Outreach and Recruitment staff member to assist with recruitment for the program.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Robert Skillman</x:t>
   </x:si>
   <x:si>
     <x:t>2132107620</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The LA Conservation Corps will carry out the following programs in FY 23-24.
 Beverage Container: 
 -Increase collection of beverage containers by 4% compared to collections in FY 22-23 via collection routes and special events as measured by DORIIS
 -Perform litter abatement and open space litter abatement clean-up services on an as-needed basis 
 Waste Tire: 
 -Take FY 22-23 totals and increase illegally dumped tire collections by 6% as measured by CTL/receipt forms and haul away and properly dispose of/recycle the tires
 -Provide event/labor staff resources for collection/hauling waste tires in partnership with the City of LA 
 E-waste: 
 -Take FY 22-23 totals and increase E-waste collections by 4% through curbside/drop off events as measured by collection logs/CEWIS reports and provide outreach/marketing for each event 
 -Partner with Homeboy Recycling to implement an internship for Corpsmembers 
 Used Oil: 
 -Conduct CCC signage inspections at assigned locations 
 -Conduct surveys and hand out boater kits under the Dockwalker Program
 -Provide outreach and canvasing in support of LA County Public Works Used Oil Filter Exchange Events</x:t>
   </x:si>
   <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> James Walker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159287322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The San Francisco Conservation Corps (SFCC) provides on-the-job training to at-risk, young adults through Recycling and Waste-Management: Recycling, waste diversion, Zero Waste Special Events, removal and recycling of beverage containers, E-Waste, Waste tires, and Used Oil filters through the Cities and Counties of San Francisco and San Mateo. SFCC will provide outreach and education to Corpsmembers and our local communities; provide collection, hauling, and recycling services for all waste streams solely and in collaboration with established and new partners; and develop career ladder opportunities for Corpsmembers through internships and other placement opportunities in conjunction with local partners. SFCC will meet these objectives through commitments outlined in the Grant Project Summary.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>San Jose Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Dorsey Moore</x:t>
   </x:si>
   <x:si>
     <x:t>4084596402</x:t>
   </x:si>
   <x:si>
-    <x:t>Yolanda Park</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SJCC+CS will collect recyclables in accordance with the Grant Work Plan for RLC38.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kyle Kennedy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192355423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento Regional Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Kala Dean</x:t>
   </x:si>
   <x:si>
     <x:t>9164176746</x:t>
   </x:si>
   <x:si>
     <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t> Beverage container: Service events, businesses, operate material recovery facility, provide education/outreach to Northern California.
 E-waste: Collect E-waste at drop-off events, curbside collections with community partners in Northern California. Provide education/outreach.
 Used oil: Ensure Certified Collection Centers are signed. Provide education/outreach at waterways &amp; public events. Label storm drains to reduce illegal dumping of used oil. 
 Waste tire: Collect &amp; haul waste tires from public lands, provide labor for tire amnesty events in Northern California, as well as education/outreach.</x:t>
-  </x:si>
-[...48 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno EOC LCC will use funding from RCL 38 to continue services to businesses, school districts, and special events in the City of Fresno. We will continue our collection of CRV beverage containers from schools, businesses, special events, etc, collect used tires through partnerships with local municipalities, collect e-waste from private residents and special collection events, and visit local CCC sites to ensure proper signage is posted for the disposal of used oil. LCC will also staff a certified buyback center in the town of Friant and will fund an Outreach and Recruitment staff member to assist with recruitment for the program.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>4154544554</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties.
 Outreach and education will be provided to the public on why recycling is important
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma, Solano, Napa Counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.
 Used Oil filters will be be collected and recycled properly using an oil filter crusher.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Teresa Guzman</x:t>
   </x:si>
   <x:si>
     <x:t>5597324194</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sequoia Community Corps (SCC) will provide residents with viable methods to properly recycle their unwanted E-Waste, Waste Tires, Used Oil, and CRV Beverage Containers to reduce greenhouse gas emissions and increase opportunities in the local communities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant #RLC38 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, E-waste, waste tires and used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Mountains Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gorin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: UCCIE was approved for a fund exchange between UCCIE and CCLB of $200,000 with an even exchange decreasing our E-waste funds and increasing our Tire.
+Reports and Evaluation:
+The Corps will collect, analyze, and report data using Cal Recycle progress report.
+Education, Outreach and Marketing:
+During FY 23-24, UCC will train Corpsmembers to participate in outreach and recycling education programs.
+Partnerships and Collaboration:
+By June 30, 2024, the SCMF-UCC will increase recycling-related partnerships.
+Common Objectives:
+By June 30, 2024, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>The overall recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2023-24 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 100,000 lbs. of beverage container materials 
 • Schedule and participate in 15 community cleanup events
 Waste Tires
 GVCC will:
 • Increase community waste tire collection events to 16, including community cleanups
 • Conduct 13 Waste Tire Amnesty Collection events
 E-Waste
 GVCC will:
 • Collect 270,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Organize 4 staff/corpsmembers E-waste Handling Procedure training events
 • Increase offsite E-waste drop-off collection events to 16
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 250 to 350 oil recycling kits to partners at various events and collection routes</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...36 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238828</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Farmworkers Institute of Education and Leadership Development employs youth ages 18-26 in a comprehensive youth development program that is certified annually by the California Conservation Corps as meeting Local Conservation Corps statutory requirements. Funds will be used for recycling operations related to beverage containers, e-waste, used oil, and waste tires.</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -494,51 +494,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R739f57abe11347a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re25e54414b074b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9a0c5831593c4201" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra95e91b8eb754acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf98ed03feec04f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9edb230ea527404a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -586,381 +586,381 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1184.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="551.96221923828125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.499267578125" customHeight="1" collapsed="0">
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>1992304</x:v>
+        <x:v>1992282</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+    <x:row ht="1184.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.448974609375" customHeight="1" collapsed="0">
+    <x:row ht="149.499267578125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>1992282</x:v>
+        <x:v>1992304</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1471.861328125" customHeight="1" collapsed="0">
+    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1471.861328125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.93505859375" customHeight="1" collapsed="0">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B20" s="10" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="10"/>
       <x:c r="D20" s="11" t="n">
         <x:v>27891970</x:v>
       </x:c>
       <x:c r="E20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -971,29 +971,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 14, 2025 6:26 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:39 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>