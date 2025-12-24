--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,365 +1,365 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf784ac86488f4b55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7607cb234154b64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf98ed03feec04f09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6040a372327d47c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Conservation Corps Grant Program (RLC38)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
-    <x:t>Conservation Corps of Long Beach</x:t>
-[...5 lines deleted...]
-    <x:t>5629861249</x:t>
+    <x:t>Los Angeles Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Skillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132107620</x:t>
   </x:si>
   <x:si>
     <x:t>Jim Madden</x:t>
-  </x:si>
-[...33 lines deleted...]
-    <x:t>2132107620</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The LA Conservation Corps will carry out the following programs in FY 23-24.
 Beverage Container: 
 -Increase collection of beverage containers by 4% compared to collections in FY 22-23 via collection routes and special events as measured by DORIIS
 -Perform litter abatement and open space litter abatement clean-up services on an as-needed basis 
 Waste Tire: 
 -Take FY 22-23 totals and increase illegally dumped tire collections by 6% as measured by CTL/receipt forms and haul away and properly dispose of/recycle the tires
 -Provide event/labor staff resources for collection/hauling waste tires in partnership with the City of LA 
 E-waste: 
 -Take FY 22-23 totals and increase E-waste collections by 4% through curbside/drop off events as measured by collection logs/CEWIS reports and provide outreach/marketing for each event 
 -Partner with Homeboy Recycling to implement an internship for Corpsmembers 
 Used Oil: 
 -Conduct CCC signage inspections at assigned locations 
 -Conduct surveys and hand out boater kits under the Dockwalker Program
 -Provide outreach and canvasing in support of LA County Public Works Used Oil Filter Exchange Events</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...8 lines deleted...]
-    <x:t>7149566222</x:t>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
   </x:si>
   <x:si>
     <x:t>Yolanda Park</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SJCC+CS will collect recyclables in accordance with the Grant Work Plan for RLC38.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento Regional Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Kala Dean</x:t>
   </x:si>
   <x:si>
     <x:t>9164176746</x:t>
   </x:si>
   <x:si>
     <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t> Beverage container: Service events, businesses, operate material recovery facility, provide education/outreach to Northern California.
 E-waste: Collect E-waste at drop-off events, curbside collections with community partners in Northern California. Provide education/outreach.
 Used oil: Ensure Certified Collection Centers are signed. Provide education/outreach at waterways &amp; public events. Label storm drains to reduce illegal dumping of used oil. 
 Waste tire: Collect &amp; haul waste tires from public lands, provide labor for tire amnesty events in Northern California, as well as education/outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Knapp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629861249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and
+Multi-Family complexes. CCLB will expand e waste collections and handling, by partnering with local
+schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits,
+Dockwalker Boat kit and oil collection pan distribution. We will continue to work with our local
+jurisdictions, government agencies to expand our Tire collection events and outreach efforts as it relates
+to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kyle Kennedy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192355423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno EOC LCC will use funding from RCL 38 to continue services to businesses, school districts, and special events in the City of Fresno. We will continue our collection of CRV beverage containers from schools, businesses, special events, etc, collect used tires through partnerships with local municipalities, collect e-waste from private residents and special collection events, and visit local CCC sites to ensure proper signage is posted for the disposal of used oil. LCC will also staff a certified buyback center in the town of Friant and will fund an Outreach and Recruitment staff member to assist with recruitment for the program.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>4154544554</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties.
 Outreach and education will be provided to the public on why recycling is important
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma, Solano, Napa Counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.
 Used Oil filters will be be collected and recycled properly using an oil filter crusher.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Teresa Guzman</x:t>
   </x:si>
   <x:si>
     <x:t>5597324194</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sequoia Community Corps (SCC) will provide residents with viable methods to properly recycle their unwanted E-Waste, Waste Tires, Used Oil, and CRV Beverage Containers to reduce greenhouse gas emissions and increase opportunities in the local communities.</x:t>
-  </x:si>
-[...36 lines deleted...]
-By June 30, 2024, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>The overall recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2023-24 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 100,000 lbs. of beverage container materials 
 • Schedule and participate in 15 community cleanup events
 Waste Tires
 GVCC will:
 • Increase community waste tire collection events to 16, including community cleanups
 • Conduct 13 Waste Tire Amnesty Collection events
 E-Waste
 GVCC will:
 • Collect 270,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Organize 4 staff/corpsmembers E-waste Handling Procedure training events
 • Increase offsite E-waste drop-off collection events to 16
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 250 to 350 oil recycling kits to partners at various events and collection routes</x:t>
   </x:si>
   <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant #RLC38 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, E-waste, waste tires and used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Mountains Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gorin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: UCCIE was approved for a fund exchange between UCCIE and CCLB of $200,000 with an even exchange decreasing our E-waste funds and increasing our Tire.
+Reports and Evaluation:
+The Corps will collect, analyze, and report data using Cal Recycle progress report.
+Education, Outreach and Marketing:
+During FY 23-24, UCC will train Corpsmembers to participate in outreach and recycling education programs.
+Partnerships and Collaboration:
+By June 30, 2024, the SCMF-UCC will increase recycling-related partnerships.
+Common Objectives:
+By June 30, 2024, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238828</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Farmworkers Institute of Education and Leadership Development employs youth ages 18-26 in a comprehensive youth development program that is certified annually by the California Conservation Corps as meeting Local Conservation Corps statutory requirements. Funds will be used for recycling operations related to beverage containers, e-waste, used oil, and waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> James Walker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159287322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The San Francisco Conservation Corps (SFCC) provides on-the-job training to at-risk, young adults through Recycling and Waste-Management: Recycling, waste diversion, Zero Waste Special Events, removal and recycling of beverage containers, E-Waste, Waste tires, and Used Oil filters through the Cities and Counties of San Francisco and San Mateo. SFCC will provide outreach and education to Corpsmembers and our local communities; provide collection, hauling, and recycling services for all waste streams solely and in collaboration with established and new partners; and develop career ladder opportunities for Corpsmembers through internships and other placement opportunities in conjunction with local partners. SFCC will meet these objectives through commitments outlined in the Grant Project Summary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -494,51 +494,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra95e91b8eb754acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf98ed03feec04f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9edb230ea527404a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b335be6cb554a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6040a372327d47c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0d1b9720fbd9497c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -586,381 +586,381 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="551.96221923828125" customHeight="1" collapsed="0">
+    <x:row ht="1184.39990234375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
+    <x:row ht="149.499267578125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>1992282</x:v>
+        <x:v>1992304</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1184.4000244140625" customHeight="1" collapsed="0">
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
+    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.499267578125" customHeight="1" collapsed="0">
+    <x:row ht="609.448974609375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>1992304</x:v>
+        <x:v>1992282</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+    <x:row ht="1471.861328125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="666.93505859375" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A16" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A18" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B20" s="10" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="10"/>
       <x:c r="D20" s="11" t="n">
         <x:v>27891970</x:v>
       </x:c>
       <x:c r="E20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -971,29 +971,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:39 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>