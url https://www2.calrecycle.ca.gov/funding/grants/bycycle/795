--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7607cb234154b64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0788e1673970458a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6040a372327d47c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R86006aaa84db4dd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Conservation Corps Grant Program (RLC38)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -494,51 +494,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b335be6cb554a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6040a372327d47c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0d1b9720fbd9497c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e220a680aae4d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R86006aaa84db4dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rabd936e4f7914a13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -971,29 +971,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:38 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>