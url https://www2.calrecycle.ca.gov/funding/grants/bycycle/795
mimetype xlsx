--- v3 (2025-12-24)
+++ v4 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0788e1673970458a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4e0864c4be74d2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R86006aaa84db4dd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R07529730154b4b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Conservation Corps Grant Program (RLC38)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -494,51 +494,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e220a680aae4d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R86006aaa84db4dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rabd936e4f7914a13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ffc7719eb7b4086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07529730154b4b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re428bce175664e06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -971,29 +971,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:38 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:09 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>