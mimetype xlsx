--- v4 (2025-12-25)
+++ v5 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4e0864c4be74d2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf36cea9a6c834ba8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R07529730154b4b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R072ffa04edda4f8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Conservation Corps Grant Program (RLC38)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -494,51 +494,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ffc7719eb7b4086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07529730154b4b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re428bce175664e06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R854b0b62963d4d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R072ffa04edda4f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb0d756f805ff40e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -971,29 +971,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:09 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 12:19 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>