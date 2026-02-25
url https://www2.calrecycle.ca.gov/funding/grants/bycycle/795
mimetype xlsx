--- v5 (2026-01-19)
+++ v6 (2026-02-25)
@@ -1,365 +1,365 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf36cea9a6c834ba8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8226c4efba67494d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R072ffa04edda4f8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R342b96fa27484e56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Conservation Corps Grant Program (RLC38)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Knapp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629861249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and
+Multi-Family complexes. CCLB will expand e waste collections and handling, by partnering with local
+schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits,
+Dockwalker Boat kit and oil collection pan distribution. We will continue to work with our local
+jurisdictions, government agencies to expand our Tire collection events and outreach efforts as it relates
+to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno EOC LCC will use funding from RCL 38 to continue services to businesses, school districts, and special events in the City of Fresno. We will continue our collection of CRV beverage containers from schools, businesses, special events, etc, collect used tires through partnerships with local municipalities, collect e-waste from private residents and special collection events, and visit local CCC sites to ensure proper signage is posted for the disposal of used oil. LCC will also staff a certified buyback center in the town of Friant and will fund an Outreach and Recruitment staff member to assist with recruitment for the program.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Robert Skillman</x:t>
   </x:si>
   <x:si>
     <x:t>2132107620</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The LA Conservation Corps will carry out the following programs in FY 23-24.
 Beverage Container: 
 -Increase collection of beverage containers by 4% compared to collections in FY 22-23 via collection routes and special events as measured by DORIIS
 -Perform litter abatement and open space litter abatement clean-up services on an as-needed basis 
 Waste Tire: 
 -Take FY 22-23 totals and increase illegally dumped tire collections by 6% as measured by CTL/receipt forms and haul away and properly dispose of/recycle the tires
 -Provide event/labor staff resources for collection/hauling waste tires in partnership with the City of LA 
 E-waste: 
 -Take FY 22-23 totals and increase E-waste collections by 4% through curbside/drop off events as measured by collection logs/CEWIS reports and provide outreach/marketing for each event 
 -Partner with Homeboy Recycling to implement an internship for Corpsmembers 
 Used Oil: 
 -Conduct CCC signage inspections at assigned locations 
 -Conduct surveys and hand out boater kits under the Dockwalker Program
 -Provide outreach and canvasing in support of LA County Public Works Used Oil Filter Exchange Events</x:t>
   </x:si>
   <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> James Walker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159287322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The San Francisco Conservation Corps (SFCC) provides on-the-job training to at-risk, young adults through Recycling and Waste-Management: Recycling, waste diversion, Zero Waste Special Events, removal and recycling of beverage containers, E-Waste, Waste tires, and Used Oil filters through the Cities and Counties of San Francisco and San Mateo. SFCC will provide outreach and education to Corpsmembers and our local communities; provide collection, hauling, and recycling services for all waste streams solely and in collaboration with established and new partners; and develop career ladder opportunities for Corpsmembers through internships and other placement opportunities in conjunction with local partners. SFCC will meet these objectives through commitments outlined in the Grant Project Summary.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>San Jose Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Dorsey Moore</x:t>
   </x:si>
   <x:si>
     <x:t>4084596402</x:t>
   </x:si>
   <x:si>
-    <x:t>Yolanda Park</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SJCC+CS will collect recyclables in accordance with the Grant Work Plan for RLC38.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kyle Kennedy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192355423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento Regional Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Kala Dean</x:t>
   </x:si>
   <x:si>
     <x:t>9164176746</x:t>
   </x:si>
   <x:si>
     <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t> Beverage container: Service events, businesses, operate material recovery facility, provide education/outreach to Northern California.
 E-waste: Collect E-waste at drop-off events, curbside collections with community partners in Northern California. Provide education/outreach.
 Used oil: Ensure Certified Collection Centers are signed. Provide education/outreach at waterways &amp; public events. Label storm drains to reduce illegal dumping of used oil. 
 Waste tire: Collect &amp; haul waste tires from public lands, provide labor for tire amnesty events in Northern California, as well as education/outreach.</x:t>
-  </x:si>
-[...48 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno EOC LCC will use funding from RCL 38 to continue services to businesses, school districts, and special events in the City of Fresno. We will continue our collection of CRV beverage containers from schools, businesses, special events, etc, collect used tires through partnerships with local municipalities, collect e-waste from private residents and special collection events, and visit local CCC sites to ensure proper signage is posted for the disposal of used oil. LCC will also staff a certified buyback center in the town of Friant and will fund an Outreach and Recruitment staff member to assist with recruitment for the program.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>4154544554</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties.
 Outreach and education will be provided to the public on why recycling is important
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma, Solano, Napa Counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.
 Used Oil filters will be be collected and recycled properly using an oil filter crusher.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Teresa Guzman</x:t>
   </x:si>
   <x:si>
     <x:t>5597324194</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sequoia Community Corps (SCC) will provide residents with viable methods to properly recycle their unwanted E-Waste, Waste Tires, Used Oil, and CRV Beverage Containers to reduce greenhouse gas emissions and increase opportunities in the local communities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant #RLC38 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, E-waste, waste tires and used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Mountains Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gorin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: UCCIE was approved for a fund exchange between UCCIE and CCLB of $200,000 with an even exchange decreasing our E-waste funds and increasing our Tire.
+Reports and Evaluation:
+The Corps will collect, analyze, and report data using Cal Recycle progress report.
+Education, Outreach and Marketing:
+During FY 23-24, UCC will train Corpsmembers to participate in outreach and recycling education programs.
+Partnerships and Collaboration:
+By June 30, 2024, the SCMF-UCC will increase recycling-related partnerships.
+Common Objectives:
+By June 30, 2024, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>The overall recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2023-24 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 100,000 lbs. of beverage container materials 
 • Schedule and participate in 15 community cleanup events
 Waste Tires
 GVCC will:
 • Increase community waste tire collection events to 16, including community cleanups
 • Conduct 13 Waste Tire Amnesty Collection events
 E-Waste
 GVCC will:
 • Collect 270,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Organize 4 staff/corpsmembers E-waste Handling Procedure training events
 • Increase offsite E-waste drop-off collection events to 16
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 250 to 350 oil recycling kits to partners at various events and collection routes</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...36 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238828</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Farmworkers Institute of Education and Leadership Development employs youth ages 18-26 in a comprehensive youth development program that is certified annually by the California Conservation Corps as meeting Local Conservation Corps statutory requirements. Funds will be used for recycling operations related to beverage containers, e-waste, used oil, and waste tires.</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -494,51 +494,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R854b0b62963d4d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R072ffa04edda4f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb0d756f805ff40e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13b3aef8a4440a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R342b96fa27484e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re401fdf4940c4d7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -586,381 +586,381 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1184.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="551.96221923828125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.499267578125" customHeight="1" collapsed="0">
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>1992304</x:v>
+        <x:v>1992282</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+    <x:row ht="1184.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.448974609375" customHeight="1" collapsed="0">
+    <x:row ht="149.499267578125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>1992282</x:v>
+        <x:v>1992304</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1471.861328125" customHeight="1" collapsed="0">
+    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1471.861328125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.93505859375" customHeight="1" collapsed="0">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B20" s="10" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="10"/>
       <x:c r="D20" s="11" t="n">
         <x:v>27891970</x:v>
       </x:c>
       <x:c r="E20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -971,29 +971,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 12:19 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 24, 2026 10:41 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>