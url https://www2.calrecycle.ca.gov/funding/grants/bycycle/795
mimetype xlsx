--- v6 (2026-02-25)
+++ v7 (2026-03-07)
@@ -1,365 +1,365 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8226c4efba67494d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7dcddb1cd014bd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R342b96fa27484e56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R71dc477e5e55462d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Conservation Corps Grant Program (RLC38)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
-    <x:t>Conservation Corps of Long Beach</x:t>
-[...5 lines deleted...]
-    <x:t>5629861249</x:t>
+    <x:t>Los Angeles Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Skillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132107620</x:t>
   </x:si>
   <x:si>
     <x:t>Jim Madden</x:t>
-  </x:si>
-[...33 lines deleted...]
-    <x:t>2132107620</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The LA Conservation Corps will carry out the following programs in FY 23-24.
 Beverage Container: 
 -Increase collection of beverage containers by 4% compared to collections in FY 22-23 via collection routes and special events as measured by DORIIS
 -Perform litter abatement and open space litter abatement clean-up services on an as-needed basis 
 Waste Tire: 
 -Take FY 22-23 totals and increase illegally dumped tire collections by 6% as measured by CTL/receipt forms and haul away and properly dispose of/recycle the tires
 -Provide event/labor staff resources for collection/hauling waste tires in partnership with the City of LA 
 E-waste: 
 -Take FY 22-23 totals and increase E-waste collections by 4% through curbside/drop off events as measured by collection logs/CEWIS reports and provide outreach/marketing for each event 
 -Partner with Homeboy Recycling to implement an internship for Corpsmembers 
 Used Oil: 
 -Conduct CCC signage inspections at assigned locations 
 -Conduct surveys and hand out boater kits under the Dockwalker Program
 -Provide outreach and canvasing in support of LA County Public Works Used Oil Filter Exchange Events</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...8 lines deleted...]
-    <x:t>7149566222</x:t>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
   </x:si>
   <x:si>
     <x:t>Yolanda Park</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SJCC+CS will collect recyclables in accordance with the Grant Work Plan for RLC38.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento Regional Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Kala Dean</x:t>
   </x:si>
   <x:si>
     <x:t>9164176746</x:t>
   </x:si>
   <x:si>
     <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t> Beverage container: Service events, businesses, operate material recovery facility, provide education/outreach to Northern California.
 E-waste: Collect E-waste at drop-off events, curbside collections with community partners in Northern California. Provide education/outreach.
 Used oil: Ensure Certified Collection Centers are signed. Provide education/outreach at waterways &amp; public events. Label storm drains to reduce illegal dumping of used oil. 
 Waste tire: Collect &amp; haul waste tires from public lands, provide labor for tire amnesty events in Northern California, as well as education/outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Knapp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629861249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and
+Multi-Family complexes. CCLB will expand e waste collections and handling, by partnering with local
+schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits,
+Dockwalker Boat kit and oil collection pan distribution. We will continue to work with our local
+jurisdictions, government agencies to expand our Tire collection events and outreach efforts as it relates
+to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kyle Kennedy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192355423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno EOC LCC will use funding from RCL 38 to continue services to businesses, school districts, and special events in the City of Fresno. We will continue our collection of CRV beverage containers from schools, businesses, special events, etc, collect used tires through partnerships with local municipalities, collect e-waste from private residents and special collection events, and visit local CCC sites to ensure proper signage is posted for the disposal of used oil. LCC will also staff a certified buyback center in the town of Friant and will fund an Outreach and Recruitment staff member to assist with recruitment for the program.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>4154544554</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties.
 Outreach and education will be provided to the public on why recycling is important
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma, Solano, Napa Counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.
 Used Oil filters will be be collected and recycled properly using an oil filter crusher.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Teresa Guzman</x:t>
   </x:si>
   <x:si>
     <x:t>5597324194</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sequoia Community Corps (SCC) will provide residents with viable methods to properly recycle their unwanted E-Waste, Waste Tires, Used Oil, and CRV Beverage Containers to reduce greenhouse gas emissions and increase opportunities in the local communities.</x:t>
-  </x:si>
-[...36 lines deleted...]
-By June 30, 2024, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>The overall recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2023-24 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 100,000 lbs. of beverage container materials 
 • Schedule and participate in 15 community cleanup events
 Waste Tires
 GVCC will:
 • Increase community waste tire collection events to 16, including community cleanups
 • Conduct 13 Waste Tire Amnesty Collection events
 E-Waste
 GVCC will:
 • Collect 270,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Organize 4 staff/corpsmembers E-waste Handling Procedure training events
 • Increase offsite E-waste drop-off collection events to 16
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 250 to 350 oil recycling kits to partners at various events and collection routes</x:t>
   </x:si>
   <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant #RLC38 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, E-waste, waste tires and used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Mountains Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gorin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: UCCIE was approved for a fund exchange between UCCIE and CCLB of $200,000 with an even exchange decreasing our E-waste funds and increasing our Tire.
+Reports and Evaluation:
+The Corps will collect, analyze, and report data using Cal Recycle progress report.
+Education, Outreach and Marketing:
+During FY 23-24, UCC will train Corpsmembers to participate in outreach and recycling education programs.
+Partnerships and Collaboration:
+By June 30, 2024, the SCMF-UCC will increase recycling-related partnerships.
+Common Objectives:
+By June 30, 2024, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238828</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Farmworkers Institute of Education and Leadership Development employs youth ages 18-26 in a comprehensive youth development program that is certified annually by the California Conservation Corps as meeting Local Conservation Corps statutory requirements. Funds will be used for recycling operations related to beverage containers, e-waste, used oil, and waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> James Walker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159287322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The San Francisco Conservation Corps (SFCC) provides on-the-job training to at-risk, young adults through Recycling and Waste-Management: Recycling, waste diversion, Zero Waste Special Events, removal and recycling of beverage containers, E-Waste, Waste tires, and Used Oil filters through the Cities and Counties of San Francisco and San Mateo. SFCC will provide outreach and education to Corpsmembers and our local communities; provide collection, hauling, and recycling services for all waste streams solely and in collaboration with established and new partners; and develop career ladder opportunities for Corpsmembers through internships and other placement opportunities in conjunction with local partners. SFCC will meet these objectives through commitments outlined in the Grant Project Summary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -494,51 +494,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13b3aef8a4440a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R342b96fa27484e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re401fdf4940c4d7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6e05859ac574138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71dc477e5e55462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1efafbdd94fc460f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -586,381 +586,381 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="551.96221923828125" customHeight="1" collapsed="0">
+    <x:row ht="1184.39990234375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
+    <x:row ht="149.499267578125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>1992282</x:v>
+        <x:v>1992304</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1184.4000244140625" customHeight="1" collapsed="0">
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
+    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.499267578125" customHeight="1" collapsed="0">
+    <x:row ht="609.448974609375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>1992304</x:v>
+        <x:v>1992282</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+    <x:row ht="1471.861328125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="666.93505859375" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A16" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A18" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B20" s="10" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="10"/>
       <x:c r="D20" s="11" t="n">
         <x:v>27891970</x:v>
       </x:c>
       <x:c r="E20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -971,29 +971,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 24, 2026 10:41 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 11:26 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>