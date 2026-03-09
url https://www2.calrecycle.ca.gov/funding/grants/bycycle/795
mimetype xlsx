--- v7 (2026-03-07)
+++ v8 (2026-03-09)
@@ -1,365 +1,365 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7dcddb1cd014bd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6b99cf3bf954c5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R71dc477e5e55462d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R49ac9a8482a04963"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Conservation Corps Grant Program (RLC38)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Knapp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629861249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and
+Multi-Family complexes. CCLB will expand e waste collections and handling, by partnering with local
+schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits,
+Dockwalker Boat kit and oil collection pan distribution. We will continue to work with our local
+jurisdictions, government agencies to expand our Tire collection events and outreach efforts as it relates
+to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno EOC LCC will use funding from RCL 38 to continue services to businesses, school districts, and special events in the City of Fresno. We will continue our collection of CRV beverage containers from schools, businesses, special events, etc, collect used tires through partnerships with local municipalities, collect e-waste from private residents and special collection events, and visit local CCC sites to ensure proper signage is posted for the disposal of used oil. LCC will also staff a certified buyback center in the town of Friant and will fund an Outreach and Recruitment staff member to assist with recruitment for the program.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Robert Skillman</x:t>
   </x:si>
   <x:si>
     <x:t>2132107620</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The LA Conservation Corps will carry out the following programs in FY 23-24.
 Beverage Container: 
 -Increase collection of beverage containers by 4% compared to collections in FY 22-23 via collection routes and special events as measured by DORIIS
 -Perform litter abatement and open space litter abatement clean-up services on an as-needed basis 
 Waste Tire: 
 -Take FY 22-23 totals and increase illegally dumped tire collections by 6% as measured by CTL/receipt forms and haul away and properly dispose of/recycle the tires
 -Provide event/labor staff resources for collection/hauling waste tires in partnership with the City of LA 
 E-waste: 
 -Take FY 22-23 totals and increase E-waste collections by 4% through curbside/drop off events as measured by collection logs/CEWIS reports and provide outreach/marketing for each event 
 -Partner with Homeboy Recycling to implement an internship for Corpsmembers 
 Used Oil: 
 -Conduct CCC signage inspections at assigned locations 
 -Conduct surveys and hand out boater kits under the Dockwalker Program
 -Provide outreach and canvasing in support of LA County Public Works Used Oil Filter Exchange Events</x:t>
   </x:si>
   <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> James Walker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159287322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The San Francisco Conservation Corps (SFCC) provides on-the-job training to at-risk, young adults through Recycling and Waste-Management: Recycling, waste diversion, Zero Waste Special Events, removal and recycling of beverage containers, E-Waste, Waste tires, and Used Oil filters through the Cities and Counties of San Francisco and San Mateo. SFCC will provide outreach and education to Corpsmembers and our local communities; provide collection, hauling, and recycling services for all waste streams solely and in collaboration with established and new partners; and develop career ladder opportunities for Corpsmembers through internships and other placement opportunities in conjunction with local partners. SFCC will meet these objectives through commitments outlined in the Grant Project Summary.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>San Jose Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Dorsey Moore</x:t>
   </x:si>
   <x:si>
     <x:t>4084596402</x:t>
   </x:si>
   <x:si>
-    <x:t>Yolanda Park</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SJCC+CS will collect recyclables in accordance with the Grant Work Plan for RLC38.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kyle Kennedy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192355423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento Regional Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Kala Dean</x:t>
   </x:si>
   <x:si>
     <x:t>9164176746</x:t>
   </x:si>
   <x:si>
     <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t> Beverage container: Service events, businesses, operate material recovery facility, provide education/outreach to Northern California.
 E-waste: Collect E-waste at drop-off events, curbside collections with community partners in Northern California. Provide education/outreach.
 Used oil: Ensure Certified Collection Centers are signed. Provide education/outreach at waterways &amp; public events. Label storm drains to reduce illegal dumping of used oil. 
 Waste tire: Collect &amp; haul waste tires from public lands, provide labor for tire amnesty events in Northern California, as well as education/outreach.</x:t>
-  </x:si>
-[...48 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno EOC LCC will use funding from RCL 38 to continue services to businesses, school districts, and special events in the City of Fresno. We will continue our collection of CRV beverage containers from schools, businesses, special events, etc, collect used tires through partnerships with local municipalities, collect e-waste from private residents and special collection events, and visit local CCC sites to ensure proper signage is posted for the disposal of used oil. LCC will also staff a certified buyback center in the town of Friant and will fund an Outreach and Recruitment staff member to assist with recruitment for the program.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>4154544554</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties.
 Outreach and education will be provided to the public on why recycling is important
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma, Solano, Napa Counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.
 Used Oil filters will be be collected and recycled properly using an oil filter crusher.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Teresa Guzman</x:t>
   </x:si>
   <x:si>
     <x:t>5597324194</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sequoia Community Corps (SCC) will provide residents with viable methods to properly recycle their unwanted E-Waste, Waste Tires, Used Oil, and CRV Beverage Containers to reduce greenhouse gas emissions and increase opportunities in the local communities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant #RLC38 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, E-waste, waste tires and used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Mountains Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gorin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: UCCIE was approved for a fund exchange between UCCIE and CCLB of $200,000 with an even exchange decreasing our E-waste funds and increasing our Tire.
+Reports and Evaluation:
+The Corps will collect, analyze, and report data using Cal Recycle progress report.
+Education, Outreach and Marketing:
+During FY 23-24, UCC will train Corpsmembers to participate in outreach and recycling education programs.
+Partnerships and Collaboration:
+By June 30, 2024, the SCMF-UCC will increase recycling-related partnerships.
+Common Objectives:
+By June 30, 2024, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>The overall recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2023-24 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 100,000 lbs. of beverage container materials 
 • Schedule and participate in 15 community cleanup events
 Waste Tires
 GVCC will:
 • Increase community waste tire collection events to 16, including community cleanups
 • Conduct 13 Waste Tire Amnesty Collection events
 E-Waste
 GVCC will:
 • Collect 270,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Organize 4 staff/corpsmembers E-waste Handling Procedure training events
 • Increase offsite E-waste drop-off collection events to 16
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 250 to 350 oil recycling kits to partners at various events and collection routes</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...36 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238828</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Farmworkers Institute of Education and Leadership Development employs youth ages 18-26 in a comprehensive youth development program that is certified annually by the California Conservation Corps as meeting Local Conservation Corps statutory requirements. Funds will be used for recycling operations related to beverage containers, e-waste, used oil, and waste tires.</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -494,51 +494,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6e05859ac574138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71dc477e5e55462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1efafbdd94fc460f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab13132ba4d4901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R49ac9a8482a04963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R21e0e75ad67a43cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -586,381 +586,381 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1184.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="551.96221923828125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.499267578125" customHeight="1" collapsed="0">
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>1992304</x:v>
+        <x:v>1992282</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+    <x:row ht="1184.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.448974609375" customHeight="1" collapsed="0">
+    <x:row ht="149.499267578125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>1992282</x:v>
+        <x:v>1992304</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1471.861328125" customHeight="1" collapsed="0">
+    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1471.861328125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.93505859375" customHeight="1" collapsed="0">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>1992282</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B20" s="10" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="10"/>
       <x:c r="D20" s="11" t="n">
         <x:v>27891970</x:v>
       </x:c>
       <x:c r="E20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -971,29 +971,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 11:26 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:17 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>