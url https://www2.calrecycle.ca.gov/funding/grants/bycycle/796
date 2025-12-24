--- v0 (2025-12-18)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d6eb952143a4599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R627f0faba6424949" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2b20b0772d7745f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R078390ce5afb4824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Enforcement Agency Grants (EA34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1104,51 +1104,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2780cf68df5e4d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b20b0772d7745f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R332ec2996f524d08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd22ff7b6b5964ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R078390ce5afb4824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6cbc6eb94b1e4efc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2702,29 +2702,29 @@
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 9:10 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>