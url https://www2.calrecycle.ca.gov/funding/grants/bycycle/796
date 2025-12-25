--- v1 (2025-12-24)
+++ v2 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R627f0faba6424949" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R598f843d6a93407a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R078390ce5afb4824"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R286ee20164444212"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Enforcement Agency Grants (EA34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1104,51 +1104,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd22ff7b6b5964ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R078390ce5afb4824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6cbc6eb94b1e4efc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra674e22b53354155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R286ee20164444212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2990f36154ac458c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2702,29 +2702,29 @@
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:11 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>