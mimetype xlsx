--- v2 (2025-12-25)
+++ v3 (2026-03-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R598f843d6a93407a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7344f14c3c71417f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R286ee20164444212"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9c012e1a19a94051"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Enforcement Agency Grants (EA34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1104,51 +1104,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra674e22b53354155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R286ee20164444212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2990f36154ac458c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd50006c16644d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9c012e1a19a94051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd734c944612a4b5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2702,29 +2702,29 @@
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:11 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 3:23 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>