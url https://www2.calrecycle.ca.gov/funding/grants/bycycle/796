--- v3 (2026-03-05)
+++ v4 (2026-03-09)
@@ -1,975 +1,975 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7344f14c3c71417f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5431fc66f5644a6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9c012e1a19a94051"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R438d807a5e0e46ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Local Enforcement Agency Grants (EA34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>San Joaquin         </x:t>
-[...8 lines deleted...]
-    <x:t>2094680338</x:t>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kim Haas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305223859</x:t>
   </x:si>
   <x:si>
     <x:t>Phanessa Fong</x:t>
   </x:si>
   <x:si>
-    <x:t>The goal of the San Joaquin County Environmental Health Department Solid Waste Program is to protect public health, safety, and environment with regard to solid waste facilities within our jurisdiction. The San Joaquin County Environmental Health Department intends to use the FY 2023-2024 LEA grant fund for new safety, field and the office equipment; medical monitoring (annual check-up and tests for enforcement staff who perform inspection at solid waste facilities); staff training; and facility inspection. Any interest earned will be spent on copy machine lease.</x:t>
-[...11 lines deleted...]
-    <x:t>2093857686</x:t>
+    <x:t>The goal of Butte County Environmental Health regarding the solid waste program is to protect public health, safety and the environment specifically concerning solid waste facilities within our jurisdictions. 
+LEA Enforcement Grant funds will be used primarily to maintain inspection frequencies for non-fee supported solid waste sites (SWIS), enforcement activities including participation in LEA and Cal Recycle coordination activities to assure program uniformity and compliance with applicable state regulatory requirements.  Any interest accrued will be used to cover the cost of existing solid waste program staffing.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Hany Benjamin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097546690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The LEA's goal is to regulate proper storage, collection and disposal of residential, commercial and industrial solid waste. This is accomplished through education, inspections, and enforcement activities. The grant will be used for REHS salary to perform inspections, investigate complaints, training, maintaining computer equipment, software, copy machine, purchasing safety equipment, vehicle maintenance and fuel costs. Any interest earned will be used towards inspections and vehicle fuel.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miss Heidi Kunstal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074647254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds will be used for personnel costs for performing the duties of the Del Norte LEA and travel costs associated with inspections, enforcement, and education.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sukhdeep Sidhu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596003271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the solid waste program is to promote compliance with State and Local regulations as it 
+pertains to the collection, handling, storage and disposal of residential, commercial and industrial waste in an effort to protect the air, water, and land from pollution and to ensure public health, safety and the environment. The Fresno County Department of Public Health, Environmental Health Division, 
+intends to utilize the FY 2023-24 Enforcement Grant funds for staffing needs directly related to 
+the County of Fresno Enforcement Program. Remaining grant funds will be utilized to attend 
+training to maintain program certification, fund office expenses, and purchase and maintain 
+equipment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kevin Backus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5309346102</x:t>
   </x:si>
   <x:si>
     <x:t>Derek Link</x:t>
   </x:si>
   <x:si>
-    <x:t>Solid Waste Local Enforcement Agency activities</x:t>
+    <x:t>The enforcement assistance grant will be utilized to directly support the Glenn County Local Enforcement Agency in inspecting and monitoring the Glenn County Landfill, Transfer Station and other solid waste inspection and permitting activities. The grants funds will be maintained in a separate account within the Glenn County Planning and Community Development Services Agency budget, as required in the Enforcement Assistance Grants Program Financial Control Mechanisms document. Expenditures will be divided between equipment, training, professional and consulting services and LEA staff salaries.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sarah Sanders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072682224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Solid Waste LEA is part of the Division of Environmental Health.  We will use this grant to partially fund our fulltime Inspector position.  This position is dedicated to the LEA and contributes to our program goals of protecting public health, safety, and the environment by regularly inspecting sites on our inventory, investigating complaints, and participating in the trainings offered by CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jorge Perez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be used to properly carry out all LEA requirements by providing LEA staff with proper equipment and training for the protection of public health, safety, and the environment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kings               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kings County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Troy Hommerding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598522627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant Monies will be used for personnel costs, equipment, and training to provide solid waste services within Kings County, California</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Megan Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132523344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrea Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The LEA is applying for the 2023-2024 Enforcement Assistance Grant to further assist our program in reinforcing its goal and achieve efficiency.  
+The LEA would like to use part of the grant for a consultant contract, which is primarily utilized for engineering review of Reports of Facility Information, closure plans, and other technical documents.  The LEA would like to use the remainder for staff attendance of conferences and associated travel, office supplies, professional certification and membership fees and field and safety equipment and its maintenance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> tara Erfani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154736917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funds will support the inspection and enforcement program of the Solid Waste Enforcement Agency in Marin County.  The LEA carries out the work described in the PRC and CCR Titles 14 and 27 at the active landfill, active transfer station, numerous closed landfills, numerous postclosure sites, and several compost sites.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Diane Robarge</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097420953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our Solid Waste Program is to protect public health, safety and the environment with regard to solid waste facilities within our jurisdiction.
+Funds obtained from the grant program will be used to support the Local Enforcement Agency‘s (LEA) ability to inspect, permit and monitor the landfill and compost facility. These funds will be set up in a separate interest bearing account and appropriate records will be maintained. Any interest earned will be used to enhance Personnel costs.
+The Solid Waste Program in Mariposa County continues to benefit from enforcement training workshops/seminars offered by the CalRecycle and other worthwhile organizations. These training sessions assist in the standardization of LEA functions and provide opportunity to network with other jurisdictions.
+Additionally, the LEA Program will continue the inspections of closed, illegal, and abandoned sites throughout the County. Additionally, the LEA will be assisting (and permitting) tree debris operations to facilitate the proper handling of the dead trees as part of the declared state of emergency.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gary Leonard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072346649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino County Environmental Health intends to use LEA EA34 grant funds towards a staff salary. With this grant and permit fees we are able to have one full time position that conducts inspections at solid waste facilities throughout our county.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modoc               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modoc County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chris Murray</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302336310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>All grant funds and incurred interest will be used for LEA program personnel cost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louis Molina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609241845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono County LEA plans to spend the entire grant money on LEA staff salary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amy Irani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5032651464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Nevada County Environmental Health Department's Solid Waste LEA Program, active for over twenty years, continues to be dedicated to the protection of public health, safety and the environment by ensuring the appropriate management and disposal of solid waste within our jurisdiction.  
+The Nevada County Environmental Health Department, as the LEA, intends to utilize EA 34 Funds for the continued enhancement of the CIA disposal site program, support for unrecoverable solid waste enforcement and investigation costs, training of LEA REHS staff via conferences and/or seminars, and support of personnel costs related to LEA activities per approved CalRecycle methodology.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pittsburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Zuna Barker Portillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252524129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The city of Pittsburg will be using the grant funds for training and personnel expenses for work related to the LEA.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Holloway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307452300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Placer County LEA will use grant funds to augment staff funding to allow the solid waste program staff to spend additional time on unfunded solid waste inspections and enforcement activities such as illegal dumping/land application and illegal/un-permitted solid waste facilities. The grant funding will also allow for more solid waste staff time at solid waste specific training to increase our effectiveness as a program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plumas              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plumas County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shireen Germann</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302836356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To protect public health, safety and the environment with regard to solid waste facilities within our jurisdiction. To support personnel salaries for solid waste landfill permits and inspection activities in the LEA program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Gillis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168767279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEA Grant will be used to off-set personnel costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nathaniel Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. Shasta County's Environmental Health Division intends to use FY 2023–24 LEA grant funds to cover the costs associated with staff time working in Solid Waste program. Any accrued interested will be used for staff training.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sierra              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sierra County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elizabeth Morgan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5309936716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With two FTE Environmental Health Specialists and one extra help Environmental Health Specialist, Sierra County currently has one (1) closing landfill and five (5) operating transfer stations that are permitted and inspected. In addition, there are thirteen (13) closed/ inactive/ abandoned (CIA) sites that are also inspected. These solid waste facilities are located throughout an area covering approximately 1,000 square miles. Additionally, the Environment Health Specialists respond to solid waste complaints. The Local Enforcement Agency (LEA) intends to use grant funds to cover personnel, equipment, training, and transportation expenses to implement the solid waste program. The LEA is responsible to assure that solid waste is collected, treated, handled, reclaimed and/or recycled in such a manner as to prevent the spread of pollution of waters, the creation of nuisances of safety hazards, and the environmental degradation of any kind. This is achieved by ensuring the correct operation and closure of solid waste facilities, along with verifying the proper storage and transportation of solid wastes in Sierra County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Lisa Flagg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308412150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds are used to support the LEA program in Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Trey Strickland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077846765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle LEA Grant Cycle 34 funding will be utilized to help offset staffing costs to implement the LEA Program in Solano County.</x:t>
   </x:si>
   <x:si>
     <x:t>Tehama              </x:t>
   </x:si>
   <x:si>
     <x:t>Tehama County</x:t>
   </x:si>
   <x:si>
     <x:t> Lori Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>5305278020</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the solid waste program is to protect public health, safety and the environment with regard to solid waste facilities in Tehama County. Tehama County Department of Environmental Health intends to use FY 2023-24 LEA Grant funds for new safety and computer equipment, maintenance on vehicles assigned to the solid waste program and for staffing, training within the state.</x:t>
   </x:si>
   <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Bell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095335612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEA staff salaries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Genelle Guzman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056542433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County EHD/LEA intends to use EA34 awarded granted funds for the following: for LEA staff training necessary to maintain State certification; for the procurement of equipment necessary to perform LEA duties and fulfill LEA roles; for the calibration and maintenance of equipment as needed; to update or upgrade LEA computer equipment; and to facilitate activities carried out during the course LEA inspection and enforcement activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of West Covina</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Cervantes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269398425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The goal of our solid waste program is to protect the health, safety, and environment with regard to the solid waste facility in the City‘s jurisdiction, namely BKK landfill. The City of West Covina intends to use the 2023-24 LEA Grant Fund to supplement their LEA Solid Waste Program for grant eligible expenses including contractual waste management enforcement/inspection services, staff training, and office supplies.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo County</x:t>
   </x:si>
   <x:si>
     <x:t> Jianmin Huang</x:t>
   </x:si>
   <x:si>
     <x:t>5306668646</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Yolo County Department of Community Services intends to use FY2023-2024 grant funds for staff time not reimbursable by fees, such as site investigation and consultation.</x:t>
   </x:si>
   <x:si>
-    <x:t>Shasta              </x:t>
-[...125 lines deleted...]
-    <x:t>Los Angeles         </x:t>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Clark Pickell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307495450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reimburse of personnel costs at the applied labor rate for solid waste inspection and enforcement for the following jurisdictions: City of Live Oak, City of Marysville, City of Wheatland, City of Yuba City, Sutter County and Yuba County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kuljeet Mundi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5304580883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding will be used to cover the cost of staffing.</x:t>
   </x:si>
   <x:si>
     <x:t>Sunshine Canyon Landfill</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>2132523344</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of our solid waste program is to protect public health, safety and the environment with regard to solid waste facilities within our jurisdiction.
 The Sunshine Canyon Landfill Local Enforcement Agency intends to use EA 34 FY 2023-2024 LEA grant funds for new safety and field equipment, staff attendance of conferences and associated travel, office supplies, professional certification and membership fees, and field equipment and its maintenance.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Los Angeles</x:t>
-[...105 lines deleted...]
-    <x:t>Amador County is applying for a 2023-24 LEA Grant from Cal Recycle to support it's solid waste permitting and inspection program.  The goal of the LEA solid waste program is to protect public health and safety and the environment.  All requested grant funds and interest will be used to fund program personnel salaries.</x:t>
+    <x:t>Lassen              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lassen County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara Chandler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302518269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction.  The Lassen County Environmental Health Division intends to use FY 2023-2024 LEA grant funds for personnel expenses directly related to the LEA program. Staff will perform inspections, assign compliance statuses, and conduct enforcement measures as applicable.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Craig Wetherbee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072631164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant will be used to finance PERSONNEL (Administrative Services and Field Staff salary).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andres Rodriguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093857686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solid Waste Local Enforcement Agency activities</x:t>
   </x:si>
   <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Kern County</x:t>
   </x:si>
   <x:si>
     <x:t> Chad San Juan</x:t>
   </x:si>
   <x:si>
     <x:t>6618628701</x:t>
   </x:si>
   <x:si>
     <x:t>Kern County’s Environmental Health 
 Division intends to use FY 2023–24 LEA grant funds to perform 
 inspections, purchase new safety and computer equipment, 
 conduct medical monitoring (annual check-up and tests for 
 enforcement staff who perform inspections at solid waste facilities), 
 and for maintenance on vehicles assigned to the LEA Solid Waste 
 Program. Any interest earned will be used for training and 
 education.</x:t>
   </x:si>
   <x:si>
-    <x:t>Napa                </x:t>
-[...151 lines deleted...]
-    <x:t>San Bernardino County, Department of Public Health, Environmental Health Services intends to use FY 2023/2024 LEA Grant (EA34) funds to supplement the local enforcement program budget for personnel costs. The department is confident funds will be fully expended for said purposes.</x:t>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Frick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192367080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the City of San Diego Solid Waste Local Enforcement Agency (LEA) is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. The LEA intends to use EA34 grant funds for medical monitoring, personnel cost, and equipment for enforcement staff to perform inspections at solid waste facilities. Grant funds will supplement the LEA’s existing solid waste facilities permit and inspection programs, including training and equipment.</x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo           </x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo County</x:t>
   </x:si>
   <x:si>
     <x:t> Ezra Tubig</x:t>
   </x:si>
   <x:si>
     <x:t>6503996910</x:t>
   </x:si>
   <x:si>
     <x:t>EA34 funds will be used for: 
 1. Staffing and Training.
 2. Expenses related to hosting round table and other solid waste meetings.
 3. Equipment maintenance and equipment needs such as instrument calibration, computers, cameras, etc
 4. Vehicle mileage and travel expenses
 5. Staffing and miscellaneous expenses such as safety gear</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles County</x:t>
-[...53 lines deleted...]
-    <x:t>The Riverside County LEA will use the grant funds to augment staff funding to allow the solid waste program staff to spend additional time on un-funded solid waste inspections and enforcement activities such as illegal dumping/land application and illegal/un-permitted solid waste facilities.  The grant funding will also allow for more solid waste staff time at solid waste specific training to increase our effectiveness as a program.</x:t>
+    <x:t>City of Vernon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Veronica Petrosyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238261448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the City of Vernon Health and Environmental Control Department is to maintain a strong solid waste management program and to protect the environment with regard to solid waste facilities within the city's jurisdiction. The City of Vernon Health and Environmental Control Department intends to use the funds from the FY 2023-2024 LEA Grant EA34 to improve the effectiveness of compliance and enforcement measures of the solid waste program, facilitate solid waste educational and collaborative events for stakeholders, participate in solid waste training sessions to build program capacity as well as purchase equipment for the program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kristalynne Anderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306231459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To support LEA program in Trinity County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mayra Barcenas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093611037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County, Department of Public Health, Environmental Health Services intends to use FY 2023/2024 LEA Grant (EA34) funds to supplement the local enforcement program budget for personnel costs. The department is confident funds will be fully expended for said purposes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Natalia Subbotnikova</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094680338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the San Joaquin County Environmental Health Department Solid Waste Program is to protect public health, safety, and environment with regard to solid waste facilities within our jurisdiction. The San Joaquin County Environmental Health Department intends to use the FY 2023-2024 LEA grant fund for new safety, field and the office equipment; medical monitoring (annual check-up and tests for enforcement staff who perform inspection at solid waste facilities); staff training; and facility inspection. Any interest earned will be spent on copy machine lease.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Juliet Buch-Tran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>619-318-0535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County‘s Solid Waste Local Enforcement Agency (LEA) has a developed program to protect public health and safety and the environment that encompasses a wide variety of solid waste activities, including permitting, inspection, investigation, enforcement, regulatory streamlining, operator training, agency outreach, agency coordination and customer outreach.  Funds from the EA34 grant would be used by San Diego County's LEA to enhance the LEA program by providing funds to purchase additional and updated equipment, computer equipment and software, office equipment and supplies, perform equipment maintenance and calibration, for training, personnel costs, hiring outside professionals, reference materials, communications equipment, professional memberships, laboratory services, health and safety equipment and medical monitoring for staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Dexter Marr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Solid Waste Program is to protect public health, safety, and the environment as it relates to the operation of solid waste facilities in Madera County. The Enforcement Assistance Grant will be used to augment funds for staffing, equipment and necessary tools to adequately perform Local Enforcement Agency duties within the Environmental Health Division.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Peter Ex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072534419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Napa County Solid Waste Local Enforcement Agency is to protect the public health, safety, and the environment with regard to all solid waste facilities and operations within Napa County. 
+Napa County intends to use the FY 2023-24 LEA Grant funds for the purpose of assisting personnel salary associated within the solid waste facility inspection and permitting program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arthur Surdilla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105676868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Alameda County Department of Environmental Health - Local Enforcement Agency (LEA) is to protect the health, safety and well-being of the public through promotion of environmental quality with regard to solid waste activities within our jurisdiction. The Alameda County LEA continues to have an increase in new solid waste facilities and post-closure land use activities at existing solid waste facilities. LEA staff conducts periodic inspections of solid waste facilities and complete new and existing post-closure land use projects while ensuring all of these activities meet Title 14 and 27 regulatory requirements. The Alameda County LEA intends to utilize FY2023-24 EA Grant 34 funds to support a portion of salaries of staff directly involved with the Solid Waste Program.</x:t>
   </x:si>
   <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
     <x:t>Orange County</x:t>
   </x:si>
   <x:si>
     <x:t> Lauren Robinson</x:t>
   </x:si>
   <x:si>
     <x:t>7144336011</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of Orange County's (OC) Solid Waste Program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. OC's Environmental Health Division intends to use FY 2023-2024 LEA grant funds to perform inspections, purchase new testing and other equipment, conduct staff training, and for maintenance on vehicles assigned to the LEA Solid Waste Program. Any interest earned will be used for more training and education.</x:t>
   </x:si>
   <x:si>
-    <x:t>Plumas              </x:t>
-[...11 lines deleted...]
-    <x:t>To protect public health, safety and the environment with regard to solid waste facilities within our jurisdiction. To support personnel salaries for solid waste landfill permits and inspection activities in the LEA program.</x:t>
+    <x:t>Inyo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jerrold Oser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608788485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will use this grant for personnel expenses for inspections. Inyo is a big county, and it takes us 4 hours, one way, to get to the landfills for monthly inspections in the southern part of the county.</x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma County</x:t>
   </x:si>
   <x:si>
     <x:t> Christine Sosko</x:t>
   </x:si>
   <x:si>
     <x:t>7075656521</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of Sonoma County's Solid Waste program is to protect public health, public safety and the environment with regard to solid waste facilities within our jurisdiction.
 Sonoma County's Department of Health Services, Public Health Division, Environmental Health &amp; Safety Section intends to use fiscal year 2023/24 Local Enforcement Agency (LEA) grant funds for REHS salaries assigned to the LEA program.</x:t>
   </x:si>
   <x:si>
-    <x:t>Calaveras           </x:t>
-[...226 lines deleted...]
-  <x:si>
     <x:t>El Dorado           </x:t>
   </x:si>
   <x:si>
     <x:t>El Dorado County</x:t>
   </x:si>
   <x:si>
     <x:t> Michael Ungeheuer</x:t>
   </x:si>
   <x:si>
     <x:t>5306216129</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the El Dorado County solid waste program is to protect public health, safety, and the
 environment with regard to solid waste facilities within our jurisdiction. El Dorado County intends to use FY 2023-2024 Local Enforcement Agency grant monies to compensate Placer County for performance of solid waste permitting and enforcement activities within El Dorado County. This arrangement between neighboring counties is sought to effect cost efficiency while avoiding potential conflict of interest.</x:t>
   </x:si>
   <x:si>
-    <x:t>Modoc               </x:t>
-[...26 lines deleted...]
-    <x:t>The grant funds will support the inspection and enforcement program of the Solid Waste Enforcement Agency in Marin County.  The LEA carries out the work described in the PRC and CCR Titles 14 and 27 at the active landfill, active transfer station, numerous closed landfills, numerous postclosure sites, and several compost sites.</x:t>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Venerie Rosauro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256085587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds to be used for personnel salaries.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpine              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpine County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dennis Lampson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306942235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For solid waste inspections, permitting, education, and enforcement in Alpine County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara County</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the solid waste program is to protect public health, safety, and the environment with regard to the safe storage, transport and disposal of solid waste within our jurisdiction. The County of Santa Clara Department of Environmental Health intends to use FY 2023/2024 LEA grant funds for activities directly related to implementation and administration costs of the solid waste facilities permit and inspection programs as outlined in the procedures and requirements and application guidelines for this grant. This may include, but not be limited to, new safety and computer equipment, medical monitoring (annual check-up and tests for enforcement staff who perform inspections at solid waste facilities, personnel costs, and maintenance on vehicles assigned to the LEA Solid Waste Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mariadejesus Santillan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317961265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Local Enforcement Agency Grant Program EA34 funds will supplement personnel, training, equipment, supplies, and other program-related costs of operating the Monterey County's Solid Waste Management Services. Grant monies will be used to achieve the following goals: 
+1. To inspect and monitor all regulated solid waste facilities at required frequencies.
+2. To enhance program efficiently by increasing specialists' knowledge and capacity through key training opportunities. 
+3. To ensure safety and effectiveness while enforcing solid waste statues and regulations by providing staff with the necessary tools and equipment to carry out program activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorcas Hanson-lugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264305540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the program is to protect public health and safety and the environment of the residents of Los Angeles County with respect to solid waste related issues within the Los Angeles County LEA's jurisdiction.  The Local Enforcement Grant funds will be used for the management of the grant, solid waste inspections and enforcement action. It will also be used to provide technical training to LEA staff on permitting, inspection and enforcement.  In addition, the funds can provide assistance in the purchase of personal protective equipment, methane gas equipment, inspection supplies and additional field equipment for inspectors. Funds can also provide solid waste educational materials as needed during outreach and education and membership and subscription to professional solid waste associations. Funds will also be used to contract outside technical experts or consultants for more complex solid waste issues.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sandi Salas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9519558980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Riverside County LEA will use the grant funds to augment staff funding to allow the solid waste program staff to spend additional time on un-funded solid waste inspections and enforcement activities such as illegal dumping/land application and illegal/un-permitted solid waste facilities.  The grant funding will also allow for more solid waste staff time at solid waste specific training to increase our effectiveness as a program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Oscar Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4085356826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Local Enforcement Agency (LEA) Program is to protect health, safety and the environment with regard to the effects of solid waste at recycling, waste handling facilities, and illegal disposal (blight, etc.) sites. The City of San Jose Department of Planning, Building and Code Enforcement Division intends to use the LEA EA34 Grant Funding for the ongoing duties and responsibilities of permitting, inspecting, and enforcement of permitted Solid Waste Facilities. To adequately fulfill the duties of the LEA the following are needed: consulting services, staff training and related travel costs, continuing education (REHS) and professional memberships (CEHA, NEHA, etc.), and maintenance and/or upgrade of equipment. LEA grant expenditures, needs, and focus may be altered during the term of this grant cycle which may necessitate a reallocation of some of the grant funds. If this is necessary, the LEA Manager will provide the proposed changes for CalRecycle staff review.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Selene Roman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596247441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare County will use FY 23/24 Local Enforcement Agency Funds to benefits it's program regulating solid waste processing and disposal activities. Funds will provide partial funding for a Registered Environmental Health Specialist to preform routine facility inspections, process permit applications, and respond to solid waste complaints.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joselyn Dunklee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2092236439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador County is applying for a 2023-24 LEA Grant from Cal Recycle to support it's solid waste permitting and inspection program.  The goal of the LEA solid waste program is to protect public health and safety and the environment.  All requested grant funds and interest will be used to fund program personnel salaries.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jason Johnston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053467348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Solid Waste Program is to protect public health, safety, and the environment as it relates to the operation of solid waste facilities in Santa Barbara County. The Enforcement Assistance Grant will be used to augment funds for staffing the Local Enforcement Agency which resides within the Environmental Health Services Division of the Santa Barbara County Public Health Department.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 59</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -1104,51 +1104,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd50006c16644d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9c012e1a19a94051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd734c944612a4b5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f1a8bed845546f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R438d807a5e0e46ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6a9e31f54c844b1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1196,1457 +1196,1457 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+    <x:row ht="563.44256591796875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>22830</x:v>
+        <x:v>18972</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="57.486572265625" customHeight="1" collapsed="0">
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>19023</x:v>
+        <x:v>19966</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="321.9591064453125" customHeight="1" collapsed="0">
+    <x:row ht="126.48193359375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>16481</x:v>
+        <x:v>15704</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="241.48345947265625" customHeight="1" collapsed="0">
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>18589</x:v>
+        <x:v>28676</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>18309</x:v>
+        <x:v>16231</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="126.4818115234375" customHeight="1" collapsed="0">
+    <x:row ht="344.976318359375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>15704</x:v>
+        <x:v>19033</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="149.499267578125" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>32043</x:v>
+        <x:v>21406</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="115.001708984375" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>19240</x:v>
+        <x:v>19666</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>21695</x:v>
+        <x:v>60911</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row ht="862.4124755859375" customHeight="1" collapsed="0">
+    <x:row ht="275.981201171875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>30506</x:v>
+        <x:v>18836</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+    <x:row ht="965.905517578125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>23502</x:v>
+        <x:v>16151</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.00146484375" customHeight="1" collapsed="0">
+    <x:row ht="218.494140625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>19666</x:v>
+        <x:v>19240</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.473876953125" customHeight="1" collapsed="0">
+    <x:row ht="68.99560546875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>15516</x:v>
+        <x:v>16094</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
+    <x:row ht="57.48681640625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>60911</x:v>
+        <x:v>16643</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>80</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.44580078125" customHeight="1" collapsed="0">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>39009</x:v>
+        <x:v>16730</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.49267578125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>23315</x:v>
+        <x:v>16033</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.00634765625" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.97607421875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>16184</x:v>
+        <x:v>23502</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>27552</x:v>
+        <x:v>17199</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.4931640625" customHeight="1" collapsed="0">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.0068359375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>16033</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>15021</x:v>
+        <x:v>18309</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1011.91162109375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>16311</x:v>
+        <x:v>15021</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
+        <x:v>119</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.00634765625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>35740</x:v>
+        <x:v>16335</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
+        <x:v>124</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.4931640625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>18005</x:v>
+        <x:v>21695</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>129</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>19033</x:v>
+        <x:v>16481</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.005859375" customHeight="1" collapsed="0">
+        <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="22.9892578125" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>26128</x:v>
+        <x:v>16414</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>134</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+        <x:v>139</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>21406</x:v>
+        <x:v>23315</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>144</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>16231</x:v>
+        <x:v>15743</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>144</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+        <x:v>148</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>23154</x:v>
+        <x:v>18589</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>149</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>153</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>18972</x:v>
+        <x:v>34348</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>154</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+        <x:v>158</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.005859375" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>17015</x:v>
+        <x:v>16184</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-    <x:row ht="689.953125" customHeight="1" collapsed="0">
+        <x:v>163</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>160</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>32741</x:v>
+        <x:v>15516</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>162</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>163</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+        <x:v>165</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>49696</x:v>
+        <x:v>17277</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
+        <x:v>170</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>22186</x:v>
+        <x:v>17015</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
-        <x:v>174</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.92578125" customHeight="1" collapsed="0">
+        <x:v>175</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.486328125" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>78024</x:v>
+        <x:v>19023</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
-        <x:v>178</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+        <x:v>180</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>25508</x:v>
+        <x:v>35740</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
-        <x:v>183</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.455078125" customHeight="1" collapsed="0">
+        <x:v>185</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>22715</x:v>
+        <x:v>27552</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
-        <x:v>188</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>190</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>42086</x:v>
+        <x:v>22186</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
-        <x:v>193</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
+        <x:v>195</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>46562</x:v>
+        <x:v>15518</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
-        <x:v>198</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.998046875" customHeight="1" collapsed="0">
+        <x:v>199</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="34.498046875" customHeight="1" collapsed="0">
       <x:c r="A44" s="8" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B44" s="8" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>17199</x:v>
+        <x:v>16144</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F44" s="8" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G44" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H44" s="8" t="s">
-        <x:v>203</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.9638671875" customHeight="1" collapsed="0">
+        <x:v>204</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A45" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B45" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>25559</x:v>
+        <x:v>49696</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F45" s="8" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G45" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H45" s="8" t="s">
-        <x:v>208</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
+        <x:v>209</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.4638671875" customHeight="1" collapsed="0">
       <x:c r="A46" s="8" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B46" s="8" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>19966</x:v>
+        <x:v>22830</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F46" s="8" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G46" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H46" s="8" t="s">
-        <x:v>213</x:v>
-[...2 lines deleted...]
-    <x:row ht="22.9892578125" customHeight="1" collapsed="0">
+        <x:v>214</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.447265625" customHeight="1" collapsed="0">
       <x:c r="A47" s="8" t="s">
-        <x:v>214</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B47" s="8" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>16414</x:v>
+        <x:v>39009</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="F47" s="8" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G47" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H47" s="8" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
-    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
+    <x:row ht="321.9580078125" customHeight="1" collapsed="0">
       <x:c r="A48" s="8" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B48" s="8" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>17277</x:v>
+        <x:v>18150</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F48" s="8" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H48" s="8" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
-    <x:row ht="57.4853515625" customHeight="1" collapsed="0">
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A49" s="8" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B49" s="8" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>16643</x:v>
+        <x:v>18005</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F49" s="8" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="G49" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H49" s="8" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.44921875" customHeight="1" collapsed="0">
+    <x:row ht="689.9521484375" customHeight="1" collapsed="0">
       <x:c r="A50" s="8" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B50" s="8" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>28676</x:v>
+        <x:v>32741</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="F50" s="8" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="G50" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H50" s="8" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
-    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A51" s="8" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B51" s="8" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C51" s="8"/>
       <x:c r="D51" s="9" t="n">
-        <x:v>16151</x:v>
+        <x:v>46562</x:v>
       </x:c>
       <x:c r="E51" s="8" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F51" s="8" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="G51" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H51" s="8" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+    <x:row ht="183.998046875" customHeight="1" collapsed="0">
       <x:c r="A52" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B52" s="8" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C52" s="8"/>
       <x:c r="D52" s="9" t="n">
-        <x:v>15518</x:v>
+        <x:v>17717</x:v>
       </x:c>
       <x:c r="E52" s="8" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F52" s="8" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="G52" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H52" s="8" t="s">
-        <x:v>242</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.0078125" customHeight="1" collapsed="0">
+        <x:v>243</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.9638671875" customHeight="1" collapsed="0">
       <x:c r="A53" s="8" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B53" s="8" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C53" s="8"/>
       <x:c r="D53" s="9" t="n">
-        <x:v>16335</x:v>
+        <x:v>25559</x:v>
       </x:c>
       <x:c r="E53" s="8" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F53" s="8" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G53" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H53" s="8" t="s">
-        <x:v>247</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.4765625" customHeight="1" collapsed="0">
+        <x:v>248</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A54" s="8" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B54" s="8" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C54" s="8"/>
       <x:c r="D54" s="9" t="n">
-        <x:v>34348</x:v>
+        <x:v>16308</x:v>
       </x:c>
       <x:c r="E54" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F54" s="8" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="G54" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H54" s="8" t="s">
-        <x:v>252</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.99609375" customHeight="1" collapsed="0">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.0078125" customHeight="1" collapsed="0">
       <x:c r="A55" s="8" t="s">
-        <x:v>253</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B55" s="8" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C55" s="8"/>
       <x:c r="D55" s="9" t="n">
-        <x:v>17717</x:v>
+        <x:v>26128</x:v>
       </x:c>
       <x:c r="E55" s="8" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="F55" s="8" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="G55" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H55" s="8" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
-    <x:row ht="321.9609375" customHeight="1" collapsed="0">
+    <x:row ht="68.994140625" customHeight="1" collapsed="0">
       <x:c r="A56" s="8" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B56" s="8" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C56" s="8"/>
       <x:c r="D56" s="9" t="n">
-        <x:v>18150</x:v>
+        <x:v>15066</x:v>
       </x:c>
       <x:c r="E56" s="8" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="F56" s="8" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="G56" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H56" s="8" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row ht="68.994140625" customHeight="1" collapsed="0">
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A57" s="8" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B57" s="8" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C57" s="8"/>
       <x:c r="D57" s="9" t="n">
-        <x:v>15066</x:v>
-[...1 lines deleted...]
-      <x:c r="E57" s="8" t="s">
+        <x:v>26484</x:v>
+      </x:c>
+      <x:c r="E57" s="8"/>
+      <x:c r="F57" s="8"/>
+      <x:c r="G57" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H57" s="8" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="F57" s="8" t="s">
+    </x:row>
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+      <x:c r="A58" s="8" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="G57" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H57" s="8" t="s">
+      <x:c r="B58" s="8" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
       <x:c r="C58" s="8"/>
       <x:c r="D58" s="9" t="n">
-        <x:v>16144</x:v>
+        <x:v>23154</x:v>
       </x:c>
       <x:c r="E58" s="8" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="F58" s="8" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="G58" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H58" s="8" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="F58" s="8" t="s">
+    </x:row>
+    <x:row ht="804.92578125" customHeight="1" collapsed="0">
+      <x:c r="A59" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B59" s="8" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
       <x:c r="C59" s="8"/>
       <x:c r="D59" s="9" t="n">
-        <x:v>16730</x:v>
+        <x:v>78024</x:v>
       </x:c>
       <x:c r="E59" s="8" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="F59" s="8" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="G59" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H59" s="8" t="s">
+        <x:v>274</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+      <x:c r="A60" s="8" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="F59" s="8" t="s">
+      <x:c r="B60" s="8" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
       <x:c r="C60" s="8"/>
       <x:c r="D60" s="9" t="n">
-        <x:v>15743</x:v>
+        <x:v>42086</x:v>
       </x:c>
       <x:c r="E60" s="8" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F60" s="8" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="G60" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H60" s="8" t="s">
-        <x:v>281</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.453125" customHeight="1" collapsed="0">
+        <x:v>279</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.412109375" customHeight="1" collapsed="0">
       <x:c r="A61" s="8" t="s">
-        <x:v>282</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B61" s="8" t="s">
-        <x:v>283</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C61" s="8"/>
       <x:c r="D61" s="9" t="n">
-        <x:v>16308</x:v>
+        <x:v>30506</x:v>
       </x:c>
       <x:c r="E61" s="8" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="F61" s="8" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="G61" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H61" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+      <x:c r="A62" s="8" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="F61" s="8" t="s">
+      <x:c r="B62" s="8" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
       <x:c r="C62" s="8"/>
       <x:c r="D62" s="9" t="n">
-        <x:v>16094</x:v>
+        <x:v>25508</x:v>
       </x:c>
       <x:c r="E62" s="8" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="F62" s="8" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="G62" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H62" s="8" t="s">
+        <x:v>288</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+      <x:c r="A63" s="8" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="F62" s="8" t="s">
+      <x:c r="B63" s="8" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
       <x:c r="C63" s="8"/>
       <x:c r="D63" s="9" t="n">
-        <x:v>18836</x:v>
+        <x:v>16311</x:v>
       </x:c>
       <x:c r="E63" s="8" t="s">
-        <x:v>294</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F63" s="8" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="G63" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H63" s="8" t="s">
-        <x:v>296</x:v>
-[...2 lines deleted...]
-    <x:row ht="689.951171875" customHeight="1" collapsed="0">
+        <x:v>293</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.455078125" customHeight="1" collapsed="0">
       <x:c r="A64" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B64" s="8" t="s">
-        <x:v>297</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C64" s="8"/>
       <x:c r="D64" s="9" t="n">
-        <x:v>26484</x:v>
-[...2 lines deleted...]
-      <x:c r="F64" s="8"/>
+        <x:v>22715</x:v>
+      </x:c>
+      <x:c r="E64" s="8" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F64" s="8" t="s">
+        <x:v>297</x:v>
+      </x:c>
       <x:c r="G64" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H64" s="8" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A65" s="10" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B65" s="10" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C65" s="10"/>
       <x:c r="D65" s="11" t="n">
         <x:v>1404000</x:v>
       </x:c>
       <x:c r="E65" s="10" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="F65" s="10" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="G65" s="10" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -2702,29 +2702,29 @@
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 3:23 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:18 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>