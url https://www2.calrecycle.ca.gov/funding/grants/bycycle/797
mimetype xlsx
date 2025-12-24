--- v0 (2025-12-16)
+++ v1 (2025-12-24)
@@ -1,286 +1,286 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e8312e9b004121" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a1b735d49c74bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb71dab2753d9440d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R84d2a5396ddb4ccb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 SB 1383 Local Assistance Grant Program (OWR3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Visalia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jason Serpa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597134533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashraf Batavia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds requested under this application will be used for Bin Procurement for SB1383 commercial and multifamily implementation.  In addition to the bins needed to become compliant, the City will conduct and education outreach for residents and businesses in the form of packet materials and media outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Paradise</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Paradise will use all allocated 1383 Local Assistant Grant Program funds to aid in the implementation of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016 and SB170 Budget Action of 2121. Funds will be used to assist the Town of Paradise with the implementation of regulation requirements associated with AB 1383. All funds will go toward personnel and consultant fees to assist the Town with the needed Capacity Planning, Procurement Requirements,
+Record Keeping, Enforcement and Inspection, Program Evaluation/Gap Analysis.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Timothy Engle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mussie Yehaise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implementation of SB 1383 Short-lived Climate Pollutants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redlands</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louie Miranda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093121422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funding will be used for new and existing recycling programs:
+1.)The City of Redlands 24 hour Organic Food Waste Recycling Drop-Off Program. This program ensures residents convenient places to recycle their organic food waste.  Purchase of drop-off site containers, advertisements, and outreach materials. Placement food waste containers, kitchen food waste collection containers, sealable gallon-size food waste bags for single-family residents and multi-family properties. Advertisement through the California Department of Motor Vehicles. The television commercial promotes residential organic food waste recycling with links to both CalRecycle and the City of Redlands addressing SB1383 Organic Food Waste Recycling. Commercial organic food waste recycling event boxes for large events along with printed clear plastic bags that clearly state what items are acceptable. Flyers, recycling maps/guides, and brochures for a recycling booth outreach. Distribution of updated recycling flyers and brochures; addresses ways to reduce contamination and what items are acceptable.
+2.)Procure mulch and compost for city projects as well as city-sponsored events for residents, schools, and community groups. 
+3.)Purchase of backyard composting bins for residential use.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Nevada City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brittnie Neundorfer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302652496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The city will develop an education and outreach program to provide and support information on recycling and organic waste diversion for residential and commercial customers in conformance with SB 1383.  We will offer educational tools including brochures, school recycling curriculums, children's activity flyers, posters and recycling art activities.  The city will distribute educational materials on an annual basis through mail distribution and include recycling tips, battery and bulb education and resource information.  In addition, city will include website content of the same material as well as include recycling information in its bimonthly newsletter.  We will also utilize various local media (newspaper, radio, news and websites) to communicate with the community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Shasta Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wendy Howard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302757429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implement SB1383 program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rio Dell</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Travis Sanborn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077643532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Rio Dell, a small city in a rural location, is looking to participate in fight against climate change through the recycling of organic waste. The first step the city is looking to take is facilitating public outreach campaigns with the purpose of educating the community and highlighting the importance of the initiative, focusing its efforts on organics recycling. In addition to public outreach, the City would be purchasing organic recycling bins and distributing them throughout the community to do our part in keeping organic materials from entering landfills. By enabling individuals to make conscious decisions regarding the future of our climate, we as a community can be an inspiration to others when it comes to the health of our planet.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunset Beach Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chris Montana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7148407077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used for the purpose of Public Outreach within its jurisdictional communities as well as to cover the costs of implementing SB 1383.  Implementation includes additional costs associated with containers and well as administrative costs associated with reporting.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpine              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpine County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Clayton Kelley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7753356129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will use tthis money to further harden our existing facilities against bear and otherer wildlife as well as improve our ability to have a more user friendly and accessible collection sites. we will also use portions of the funding to further research and develop ways in which we can collect food waste in the future as the need arises. lastly this funding can be used for education of our staff as well as community outreach and communal education which is crucial for our high elevation dynamic environment.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>The City of Compton Municipal Water Department is requesting $129,260 to assist with the implementation of the regulation requirements associated with California SB 1383 (SB 1383). SB 1383 was enacted to reduce greenhouse gas emissions and slow the effects of climate change by reducing the amount of organic materials headed to landfills. The grant will be used to assist the City of Compton with edible food recovery, education, outreach, record keeping, and other indirect costs that are associated with the implementation of the regulation requirements of SB1383.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Deborah Washington</x:t>
   </x:si>
   <x:si>
     <x:t>2134852362</x:t>
   </x:si>
   <x:si>
     <x:t>Annabel Farrall</x:t>
   </x:si>
   <x:si>
     <x:t>City of Los Angeles- Bureau of Sanitation (LASAN) plans a broad range of tasks to support California’s SB1383 goals of 75% reduction in landfilled organic waste and 20% increase in edible food recovery by 2025. LASAN has already implemented a successful pilot program introducing kitchen counter top pails to assist with separating their food scraps from their black-bin waste and is supporting a Farmer’s Market Food Waste Drop-off and Community Composting Pilot Project. To continue these efforts, LASAN intends to utilize CalRecycle SB1383 Local Assistance funds to expand programs and outreach to our residents with a scope that includes but is not limited to:
 -expanding the residential kitchen countertop pail program
 -labeling existing residential waste bins with new instructional stickers and hot stamping newly purchased bins
 -implementing a citywide organics outreach and education campaign including direct residential mailings, advertising (social media, bus bench, etc.), workshops and other activities</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...126 lines deleted...]
-    <x:t>We will use tthis money to further harden our existing facilities against bear and otherer wildlife as well as improve our ability to have a more user friendly and accessible collection sites. we will also use portions of the funding to further research and develop ways in which we can collect food waste in the future as the need arises. lastly this funding can be used for education of our staff as well as community outreach and communal education which is crucial for our high elevation dynamic environment.</x:t>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rancho Murieta Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Melinda Morris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9163543708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Rancho Murieta Community Services District plans to implement the</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Compton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jose Garfias</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3106055539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Compton Municipal Water Department is requesting $129,260 to assist with the implementation of the regulation requirements associated with California SB 1383 (SB 1383). SB 1383 was enacted to reduce greenhouse gas emissions and slow the effects of climate change by reducing the amount of organic materials headed to landfills. The grant will be used to assist the City of Compton with edible food recovery, education, outreach, record keeping, and other indirect costs that are associated with the implementation of the regulation requirements of SB1383.</x:t>
   </x:si>
   <x:si>
     <x:t>Shasta County</x:t>
   </x:si>
   <x:si>
     <x:t> Jeremy Brukardt</x:t>
   </x:si>
   <x:si>
     <x:t>5302255453</x:t>
   </x:si>
   <x:si>
     <x:t>Shasta County will use the Local Assistance Grant to fund staffing positions needed to develop the SB 1383 Edible Food Recovery Program. The County is in the process of hiring a Staff Services Analyst to oversee implementation of the program. We are requesting funding for a full time Analyst for the first 6 months to develop procedures and tracking, assess the community’s current food recovery capacity, plan for additional capacity, if needed, and provide education and outreach to Tier 1 and 2 commercial edible food generators. The Analyst will coordinate inspection of commercial edible food generators to ensure they are recovering the maximum amount of food possible and coordinate with local food recovery organizations who can potentially accept the food. The second 6 months of the program, we project the to use 50% of the position to continue implementation and oversee data tracking and compliance.  The requested budget includes a Senior Staff Services Analyst at 6% time to supervise and assist the Analyst during the implementation process. The budget also include a second Staff Services Analyst at 5% time to review and execute any applicable Contracts or Memorandums of Understanding needed by the program.</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>Grant funds will be used for the purpose of Public Outreach within its jurisdictional communities as well as to cover the costs of implementing SB 1383.  Implementation includes additional costs associated with containers and well as administrative costs associated with reporting.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 13</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -415,51 +415,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06ee521e3986473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb71dab2753d9440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9e068bd269574098" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5684a21cf46f4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R84d2a5396ddb4ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R348ab2acbfc24b4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -507,387 +507,387 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+    <x:row ht="264.47247314453125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>129212</x:v>
+        <x:v>183590</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="919.92755126953125" customHeight="1" collapsed="0">
+    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>5144473</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.486572265625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>212198</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="1207.388916015625" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1207.3890380859375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>94312</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>183590</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
+    <x:row ht="34.49755859375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>20000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>20000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="34.49755859375" customHeight="1" collapsed="0">
+    <x:row ht="241.483642578125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>20000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
-    <x:row ht="57.486328125" customHeight="1" collapsed="0">
+    <x:row ht="413.971435546875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>212198</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G14" s="8"/>
       <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.97216796875" customHeight="1" collapsed="0">
+    <x:row ht="919.927734375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>5144473</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="G15" s="8"/>
+      <x:c r="G15" s="8" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-    <x:row ht="1126.9130859375" customHeight="1" collapsed="0">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>85881</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>129212</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.48388671875" customHeight="1" collapsed="0">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1126.9130859375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>85881</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A19" s="10" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B19" s="10" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="10"/>
       <x:c r="D19" s="11" t="n">
         <x:v>5989666</x:v>
       </x:c>
       <x:c r="E19" s="10" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F19" s="10" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G19" s="10" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H19" s="10" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:41 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:16 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>