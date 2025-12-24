--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a1b735d49c74bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref984ce0a02e4cb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R84d2a5396ddb4ccb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb91535381add4b67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 SB 1383 Local Assistance Grant Program (OWR3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -415,51 +415,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5684a21cf46f4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R84d2a5396ddb4ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R348ab2acbfc24b4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac6041415b7a43e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb91535381add4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1b08cff273684632" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -865,29 +865,29 @@
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:16 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:38 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>