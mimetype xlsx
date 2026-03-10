--- v2 (2025-12-24)
+++ v3 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref984ce0a02e4cb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91b79656565640ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb91535381add4b67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3b5bf726c69749ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 SB 1383 Local Assistance Grant Program (OWR3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -415,51 +415,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac6041415b7a43e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb91535381add4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1b08cff273684632" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39654c58b5a41db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3b5bf726c69749ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc6a2f3e81f83468f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -865,29 +865,29 @@
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:38 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 10, 2026 11:38 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>