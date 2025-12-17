--- v0 (2025-12-07)
+++ v1 (2025-12-17)
@@ -1,189 +1,189 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb6ef723a0fd4efe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64876b0a915c4e0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb8bcda1b5d1648a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re2ede14d50d149f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Beverage Container Recycling Grant Program (RBC35)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Galt</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rebecca Dymond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093667277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duartina Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Galt will purchase and install approximately 20 water refill stations throughout the City.  This project will aid the City in reducing the volume of single-use bottles. This project will also provide outreach to educate the public regarding zero-waste principles.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yuba                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Marysville</x:t>
   </x:si>
   <x:si>
     <x:t> Jim Schaad</x:t>
   </x:si>
   <x:si>
     <x:t>5307990020</x:t>
   </x:si>
   <x:si>
     <x:t>TJ Nguyen</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Marysville will purchase and install approximately 10 water refill stations and 34 dual-stream beverage container recycling receptacles in historic downtown area, public events, and City-owned parks and recreation facilities. In addition, the City will provide beverage container recycling education and outreach through the following channels: signage, public events, website, and social media.</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palmdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Benjamin Lucha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612675100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Palmdale will purchase and install approximately 18 dual-stream water refill stations.  The City will implement their education and outreach by informing the public of the new amenities via a social media campaign. In addition, the City also plans to use geofencing for advertising the beverage container recycling campaign.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Hannah Ornellas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4085353554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of San Jose will purchase and provide approximately 109,906 tote bags for the recycling of CRV beverage containers to over 2000 citywide Multi-Family Dwellings (MFD) complexes within the City of San Jose. The City will implement an education and outreach utilizing Trilingual signage and other printed instructions will be used to provide beverage container recycling information.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Salinas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Condit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317587485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Salinas will purchase and install approximately 20 dual-stream beverage container recycling bins. The City will implement an education and outreach via two Digital Displays in targeted regions during the grant term and "Green Teams" operating in the school system.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Cruz          </x:t>
   </x:si>
   <x:si>
     <x:t>Regents of the University of California, Santa Cruz</x:t>
   </x:si>
   <x:si>
     <x:t> Cindy Delgado</x:t>
   </x:si>
   <x:si>
     <x:t>8314591787</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Regents of the University of California, Santa Cruz will purchase and install approximately ten water refill stations to reduce the use of single-use plastic bottles. RUCSC will implement their education and outreach with signage that will be used to provide beverage container recycling information. In addition, they will hire a student employee to assist with this project's design, development, and outreach.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>San Francisco       </x:t>
   </x:si>
   <x:si>
     <x:t>Boys &amp; Girls Clubs of San Francisco</x:t>
   </x:si>
   <x:si>
     <x:t> Joni Lachman</x:t>
   </x:si>
   <x:si>
     <x:t>4154455417</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Boys &amp; Girls Club of San Francisco plans to reduce the volume of single-use plastic bottles by transforming approximately 23 water fountains into water refill stations and purchase three portable water bottle filling stations.  They will install at eight locations throughout the City’s existing facilities.  The Boys &amp; Girls Club will also implement education and outreach through blog posts, signage, flyers, and other stakeholder channels of communication. </x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Galt will purchase and install approximately 20 water refill stations throughout the City.  This project will aid the City in reducing the volume of single-use bottles. This project will also provide outreach to educate the public regarding zero-waste principles.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 7</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -318,51 +318,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10c1deee303f49da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb8bcda1b5d1648a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9dfa47367a7e4213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0309b60dbbbe4d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re2ede14d50d149f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R045daf8cbeb64ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -410,239 +410,239 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.46929931640625" customHeight="1" collapsed="0">
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>271036</x:v>
+        <x:v>143800</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.96063232421875" customHeight="1" collapsed="0">
+    <x:row ht="448.46929931640625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>274425</x:v>
+        <x:v>271036</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.47393798828125" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.4739990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>92183</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>191614</x:v>
+        <x:v>275000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>275000</x:v>
+        <x:v>205411</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.9605712890625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>205411</x:v>
+        <x:v>274425</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>143800</x:v>
+        <x:v>191614</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="10"/>
       <x:c r="D13" s="11" t="n">
         <x:v>1453469</x:v>
       </x:c>
       <x:c r="E13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 7:08 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:55 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>