--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,189 +1,189 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64876b0a915c4e0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef7353687774802" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re2ede14d50d149f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re1c3b7ffbf8c47c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Beverage Container Recycling Grant Program (RBC35)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Marysville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jim Schaad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307990020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJ Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Marysville will purchase and install approximately 10 water refill stations and 34 dual-stream beverage container recycling receptacles in historic downtown area, public events, and City-owned parks and recreation facilities. In addition, the City will provide beverage container recycling education and outreach through the following channels: signage, public events, website, and social media.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regents of the University of California, Santa Cruz</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cindy Delgado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314591787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Regents of the University of California, Santa Cruz will purchase and install approximately ten water refill stations to reduce the use of single-use plastic bottles. RUCSC will implement their education and outreach with signage that will be used to provide beverage container recycling information. In addition, they will hire a student employee to assist with this project's design, development, and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palmdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Benjamin Lucha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612675100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Palmdale will purchase and install approximately 18 dual-stream water refill stations.  The City will implement their education and outreach by informing the public of the new amenities via a social media campaign. In addition, the City also plans to use geofencing for advertising the beverage container recycling campaign.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boys &amp; Girls Clubs of San Francisco</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joni Lachman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154455417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Boys &amp; Girls Club of San Francisco plans to reduce the volume of single-use plastic bottles by transforming approximately 23 water fountains into water refill stations and purchase three portable water bottle filling stations.  They will install at eight locations throughout the City’s existing facilities.  The Boys &amp; Girls Club will also implement education and outreach through blog posts, signage, flyers, and other stakeholder channels of communication. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Hannah Ornellas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4085353554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of San Jose will purchase and provide approximately 109,906 tote bags for the recycling of CRV beverage containers to over 2000 citywide Multi-Family Dwellings (MFD) complexes within the City of San Jose. The City will implement an education and outreach utilizing Trilingual signage and other printed instructions will be used to provide beverage container recycling information.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>City of Galt</x:t>
   </x:si>
   <x:si>
     <x:t> Rebecca Dymond</x:t>
   </x:si>
   <x:si>
     <x:t>2093667277</x:t>
   </x:si>
   <x:si>
     <x:t>Duartina Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Galt will purchase and install approximately 20 water refill stations throughout the City.  This project will aid the City in reducing the volume of single-use bottles. This project will also provide outreach to educate the public regarding zero-waste principles.</x:t>
   </x:si>
   <x:si>
-    <x:t>Yuba                </x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>City of Salinas</x:t>
   </x:si>
   <x:si>
-    <x:t> Jeff Condit</x:t>
-[...2 lines deleted...]
-    <x:t>8317587485</x:t>
+    <x:t> Adriana Robles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317587194</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Salinas will purchase and install approximately 20 dual-stream beverage container recycling bins. The City will implement an education and outreach via two Digital Displays in targeted regions during the grant term and "Green Teams" operating in the school system.</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Boys &amp; Girls Club of San Francisco plans to reduce the volume of single-use plastic bottles by transforming approximately 23 water fountains into water refill stations and purchase three portable water bottle filling stations.  They will install at eight locations throughout the City’s existing facilities.  The Boys &amp; Girls Club will also implement education and outreach through blog posts, signage, flyers, and other stakeholder channels of communication. </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 7</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -318,51 +318,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0309b60dbbbe4d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re2ede14d50d149f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R045daf8cbeb64ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc58bd1beb17045c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re1c3b7ffbf8c47c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R64bc158aace046af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -410,239 +410,239 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
+    <x:row ht="448.46929931640625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>143800</x:v>
+        <x:v>271036</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.46929931640625" customHeight="1" collapsed="0">
+    <x:row ht="436.96063232421875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>271036</x:v>
+        <x:v>274425</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="379.47393798828125" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>92183</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>275000</x:v>
+        <x:v>191614</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>205411</x:v>
+        <x:v>275000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>274425</x:v>
+        <x:v>143800</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>191614</x:v>
+        <x:v>205411</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="10"/>
       <x:c r="D13" s="11" t="n">
         <x:v>1453469</x:v>
       </x:c>
       <x:c r="E13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:55 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>