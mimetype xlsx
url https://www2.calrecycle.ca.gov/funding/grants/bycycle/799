--- v2 (2025-12-24)
+++ v3 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef7353687774802" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25537316127b437f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re1c3b7ffbf8c47c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R09d0f1355be94fbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Beverage Container Recycling Grant Program (RBC35)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -318,51 +318,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc58bd1beb17045c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re1c3b7ffbf8c47c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R64bc158aace046af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R663cc105930e4b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R09d0f1355be94fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R90120f60c7904e8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -620,29 +620,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:11 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>