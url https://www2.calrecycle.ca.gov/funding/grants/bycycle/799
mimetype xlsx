--- v3 (2025-12-25)
+++ v4 (2026-03-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25537316127b437f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bccb652668e4321" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R09d0f1355be94fbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb40868dd568a40a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Beverage Container Recycling Grant Program (RBC35)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -318,51 +318,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R663cc105930e4b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R09d0f1355be94fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R90120f60c7904e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R222ed3a4d48448bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb40868dd568a40a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5836a32df26940b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -620,29 +620,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:11 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 8:36 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>