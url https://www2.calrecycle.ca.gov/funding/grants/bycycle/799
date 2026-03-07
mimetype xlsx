--- v4 (2026-03-05)
+++ v5 (2026-03-07)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bccb652668e4321" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R410d0ec7e3844fd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb40868dd568a40a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbbf27536d2fe49ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Beverage Container Recycling Grant Program (RBC35)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -318,51 +318,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R222ed3a4d48448bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb40868dd568a40a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5836a32df26940b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re642989c79a84d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbbf27536d2fe49ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R581803cc277d40ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -620,29 +620,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 8:36 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 5:52 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>