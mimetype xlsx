--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,197 +1,197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a2e4ab69c264d20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf80c0fe00474bb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6cf2145e9b3343d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R53513983010e41b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Tire Incentive Program (TIP11)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>U.S. Rubber Recycling, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stella Xia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098251200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noel Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project. Survivor Roll Goods is fitness flooring for indoor athletic areas available in various thicknesses and colors.  The width for all rolls is 4' and standard lengths range from 15' to 75'.  The flooring is made with 10-30 crumb rubber mesh. Survivor Tile Goods is fitness flooring tiles for indoor athletic areas available in various thicknesses and colors.  Each tile is 2' x 2' and is available in squares and interlocking patterns.  This flooring is made with 10-30 crumb rubber mesh.
+The percentage of crumb rubber used in TIP11 eligible products is 95% for black rolls and black tiles. We expect to use more than 5 million pounds over the term of the grant and we are requesting the maximum of $500,000 in the New/Existing TDP category. Sales are expected to grow through our online customers as well as big box partners.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Duerr Industries, Inc. dba SafePath Products Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Timothy Vanderheiden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308931596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Manufacturer of recycled waste tire rubber producing products for the building industry and ADA compliance. We plan to use 1,500,000 lbs. of crumb rubber for the TDP/New Existing category totaling $150,000.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>Herbert Malarkey Roofing Company, dba Malarkey Roofing Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eileen Dutton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5032407850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We propose to use 1,000,000 lbs. of 50 mesh crumb rubber in the manufacture of asphalt roofing shingles as a replacement for prime rubber in our asphalt formulation.  We are requesting $500,000 grant award to support the 1,000,000 at the reimbursement rate of .50 per pound.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Millennium Molding, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eimy Jacquez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9515099393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project. Millennium Molding, Inc. is estimating to use 3,100,000 lbs. of rubber between all of the products listed in the next two years (Ballistic Tiles, Bridjit Curb Ramps, RoofTop Supports, Rubber Blocks, PopLock Tiles, and Cradles).  All products are under the New/Existing TDP category totaling $310,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>EM Concepts, a DBA of Lakin Tire West, LLC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Denise Parra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512146590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EM Concepts is requesting $339,600. For the New/Existing TDP category we anticipate using 45,500 Pounds for our 0.50 tiles.  We anticipate using 330,500 pounds in the Fine (&lt;50) Mesh category for our 0.50 Tile, 0.75 Tile, 1 3/8 DeckTop, 1.00 EquiTile, 1.00 Ramp and 1.00 Sportplay.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Three D Plastics, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Frank Dvoracek</x:t>
   </x:si>
   <x:si>
     <x:t>3238491316</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Christopher Henderson</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics, Inc. is excited by the potential to grow market share for our current line of rubber bases used in the traffic safety industry and construction safety industry. We serve those industries through sales to governmental agencies, commercial and retail outlets. There is great potential for growth of our customer in the utility support systems industry. We have already built tooling for a new, smaller version of their existing utility conduit support block, and have begun shipments of the smaller block. Grant funds help us and our customers to be competitive in Canadian and Eastern States' market by offsetting high freight costs. All of these products are Category 1, new or existing TDP.  We propose to use 2,000,000 lbs. of crumb rubber and are requesting $200,000 in reimbursement.
 Thank you.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Manufacturer of recycled waste tire rubber producing products for the building industry and ADA compliance. We plan to use 1,500,000 lbs. of crumb rubber for the TDP/New Existing category totaling $150,000.</x:t>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>TrafFix Devices Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cobus Conradie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493615663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The products we will be using for this Grant will be crumb rubber bases for highway traffic delineators such as cones, tubes and drums, some of the other products are used for temporary highway signage.  The category of Grant we will be applying for is Tire Incentive using California Recycled tires.  We estimate we will use approximately use more than 5,000,000 pounds of recycled crumb for this Grant and therefore we are requesting $500,000.</x:t>
   </x:si>
   <x:si>
     <x:t>Haydon Corporation</x:t>
   </x:si>
   <x:si>
     <x:t> Rosanna Pignataro</x:t>
   </x:si>
   <x:si>
     <x:t>9739040800</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the below summary to reflect the approved grant project. The molding of H Block electrical strut blocks and HVAC mounting blocks. The blocks will be produced with 30 mesh recycled crumb rubber. Recycled crumb rubber will be used to replace plastic parts that are currently in the market. These parts will also replace parts that are currently being imported for over seas. Haydon Corporation estimates using 500,000 lbs. of rubber over the next two years for the H-Block product.  The product category is Feedstock Conversion category for award amount totaling $200,000.</x:t>
-  </x:si>
-[...71 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We propose to use 1,000,000 lbs. of 50 mesh crumb rubber in the manufacture of asphalt roofing shingles as a replacement for prime rubber in our asphalt formulation.  We are requesting $500,000 grant award to support the 1,000,000 at the reimbursement rate of .50 per pound.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 8</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -326,51 +326,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fd30efd5e60473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6cf2145e9b3343d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R63ee8e29d91848f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c8752c42d5c44a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R53513983010e41b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1e98bbea824e4e2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -418,262 +418,262 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
+    <x:row ht="735.93072509765625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.98114013671875" customHeight="1" collapsed="0">
+    <x:row ht="275.9810791015625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>150000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...3 lines deleted...]
-      <x:c r="A8" s="8"/>
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.4835205078125" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>310000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.467529296875" customHeight="1" collapsed="0">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4835205078125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>310000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+    <x:row ht="747.439208984375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>500000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
-[...2 lines deleted...]
-      </x:c>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8"/>
       <x:c r="B13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>2460000</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 3:16 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 7:53 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>