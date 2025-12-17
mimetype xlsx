--- v1 (2025-12-16)
+++ v2 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf80c0fe00474bb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb816e5ed93634b7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R53513983010e41b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra528c5e14c604cd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Tire Incentive Program (TIP11)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -326,51 +326,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c8752c42d5c44a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R53513983010e41b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1e98bbea824e4e2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R601f4e860caf4f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra528c5e14c604cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf3d065ac6f204b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -651,29 +651,29 @@
         <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 7:53 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:39 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>