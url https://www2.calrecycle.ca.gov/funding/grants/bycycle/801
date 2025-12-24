--- v2 (2025-12-17)
+++ v3 (2025-12-24)
@@ -1,197 +1,197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb816e5ed93634b7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc815fb00605a4546" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra528c5e14c604cd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd0a2f5755db14318"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Tire Incentive Program (TIP11)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Three D Plastics, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Dvoracek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238491316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics, Inc. is excited by the potential to grow market share for our current line of rubber bases used in the traffic safety industry and construction safety industry. We serve those industries through sales to governmental agencies, commercial and retail outlets. There is great potential for growth of our customer in the utility support systems industry. We have already built tooling for a new, smaller version of their existing utility conduit support block, and have begun shipments of the smaller block. Grant funds help us and our customers to be competitive in Canadian and Eastern States' market by offsetting high freight costs. All of these products are Category 1, new or existing TDP.  We propose to use 2,000,000 lbs. of crumb rubber and are requesting $200,000 in reimbursement.
+Thank you.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Duerr Industries, Inc. dba SafePath Products Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Timothy Vanderheiden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308931596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Manufacturer of recycled waste tire rubber producing products for the building industry and ADA compliance. We plan to use 1,500,000 lbs. of crumb rubber for the TDP/New Existing category totaling $150,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haydon Corporation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosanna Pignataro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9739040800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project. The molding of H Block electrical strut blocks and HVAC mounting blocks. The blocks will be produced with 30 mesh recycled crumb rubber. Recycled crumb rubber will be used to replace plastic parts that are currently in the market. These parts will also replace parts that are currently being imported for over seas. Haydon Corporation estimates using 500,000 lbs. of rubber over the next two years for the H-Block product.  The product category is Feedstock Conversion category for award amount totaling $200,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>EM Concepts, a DBA of Lakin Tire West, LLC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Denise Parra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512146590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EM Concepts is requesting $339,600. For the New/Existing TDP category we anticipate using 45,500 Pounds for our 0.50 tiles.  We anticipate using 330,500 pounds in the Fine (&lt;50) Mesh category for our 0.50 Tile, 0.75 Tile, 1 3/8 DeckTop, 1.00 EquiTile, 1.00 Ramp and 1.00 Sportplay.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Rubber Recycling, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Stella Xia</x:t>
   </x:si>
   <x:si>
     <x:t>9098251200</x:t>
   </x:si>
   <x:si>
     <x:t>Noel Davis</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the below summary to reflect the approved grant project. Survivor Roll Goods is fitness flooring for indoor athletic areas available in various thicknesses and colors.  The width for all rolls is 4' and standard lengths range from 15' to 75'.  The flooring is made with 10-30 crumb rubber mesh. Survivor Tile Goods is fitness flooring tiles for indoor athletic areas available in various thicknesses and colors.  Each tile is 2' x 2' and is available in squares and interlocking patterns.  This flooring is made with 10-30 crumb rubber mesh.
 The percentage of crumb rubber used in TIP11 eligible products is 95% for black rolls and black tiles. We expect to use more than 5 million pounds over the term of the grant and we are requesting the maximum of $500,000 in the New/Existing TDP category. Sales are expected to grow through our online customers as well as big box partners.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...17 lines deleted...]
-    <x:t>Los Angeles         </x:t>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>TrafFix Devices Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cobus Conradie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493615663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The products we will be using for this Grant will be crumb rubber bases for highway traffic delineators such as cones, tubes and drums, some of the other products are used for temporary highway signage.  The category of Grant we will be applying for is Tire Incentive using California Recycled tires.  We estimate we will use approximately use more than 5,000,000 pounds of recycled crumb for this Grant and therefore we are requesting $500,000.</x:t>
   </x:si>
   <x:si>
     <x:t>Herbert Malarkey Roofing Company, dba Malarkey Roofing Products</x:t>
   </x:si>
   <x:si>
     <x:t> Eileen Dutton</x:t>
   </x:si>
   <x:si>
     <x:t>5032407850</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We propose to use 1,000,000 lbs. of 50 mesh crumb rubber in the manufacture of asphalt roofing shingles as a replacement for prime rubber in our asphalt formulation.  We are requesting $500,000 grant award to support the 1,000,000 at the reimbursement rate of .50 per pound.</x:t>
   </x:si>
   <x:si>
     <x:t>Millennium Molding, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Eimy Jacquez</x:t>
   </x:si>
   <x:si>
     <x:t>9515099393</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the below summary to reflect the approved grant project. Millennium Molding, Inc. is estimating to use 3,100,000 lbs. of rubber between all of the products listed in the next two years (Ballistic Tiles, Bridjit Curb Ramps, RoofTop Supports, Rubber Blocks, PopLock Tiles, and Cradles).  All products are under the New/Existing TDP category totaling $310,000.</x:t>
-  </x:si>
-[...53 lines deleted...]
-    <x:t>CalRecycle has edited the below summary to reflect the approved grant project. The molding of H Block electrical strut blocks and HVAC mounting blocks. The blocks will be produced with 30 mesh recycled crumb rubber. Recycled crumb rubber will be used to replace plastic parts that are currently in the market. These parts will also replace parts that are currently being imported for over seas. Haydon Corporation estimates using 500,000 lbs. of rubber over the next two years for the H-Block product.  The product category is Feedstock Conversion category for award amount totaling $200,000.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 8</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -326,51 +326,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R601f4e860caf4f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra528c5e14c604cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf3d065ac6f204b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b1b84d3471a4130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd0a2f5755db14318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6a2f9846bb7147d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -418,262 +418,262 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.93072509765625" customHeight="1" collapsed="0">
+    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.9810791015625" customHeight="1" collapsed="0">
+    <x:row ht="275.98114013671875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>150000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8"/>
+      <x:c r="B8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4835205078125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>310000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.930419921875" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.439208984375" customHeight="1" collapsed="0">
+    <x:row ht="459.949951171875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>500000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
-      <x:c r="A13" s="8"/>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>310000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>2460000</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:39 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 5:37 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>