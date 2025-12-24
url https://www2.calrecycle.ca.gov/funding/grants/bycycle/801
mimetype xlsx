--- v3 (2025-12-24)
+++ v4 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc815fb00605a4546" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra77fd14caeac44d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd0a2f5755db14318"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R268aa7fa077f4385"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Tire Incentive Program (TIP11)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -326,51 +326,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b1b84d3471a4130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd0a2f5755db14318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6a2f9846bb7147d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4be72b10c5434ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R268aa7fa077f4385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb3bfe3d3430646a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -651,29 +651,29 @@
         <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 5:37 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:57 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>