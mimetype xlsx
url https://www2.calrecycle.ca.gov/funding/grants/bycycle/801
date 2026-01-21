--- v4 (2025-12-24)
+++ v5 (2026-01-21)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra77fd14caeac44d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a4fb70865e4df8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R268aa7fa077f4385"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R987bc83182fb46de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Tire Incentive Program (TIP11)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -326,51 +326,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4be72b10c5434ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R268aa7fa077f4385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb3bfe3d3430646a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95a5c49b8e3e4b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R987bc83182fb46de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R800a615bf00d4ef2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -651,29 +651,29 @@
         <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:57 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 20, 2026 10:37 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>