--- v5 (2026-01-21)
+++ v6 (2026-02-13)
@@ -1,197 +1,197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a4fb70865e4df8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R916bc1c62b77405a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R987bc83182fb46de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1f4da03a26a24eb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Tire Incentive Program (TIP11)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>U.S. Rubber Recycling, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stella Xia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098251200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noel Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project. Survivor Roll Goods is fitness flooring for indoor athletic areas available in various thicknesses and colors.  The width for all rolls is 4' and standard lengths range from 15' to 75'.  The flooring is made with 10-30 crumb rubber mesh. Survivor Tile Goods is fitness flooring tiles for indoor athletic areas available in various thicknesses and colors.  Each tile is 2' x 2' and is available in squares and interlocking patterns.  This flooring is made with 10-30 crumb rubber mesh.
+The percentage of crumb rubber used in TIP11 eligible products is 95% for black rolls and black tiles. We expect to use more than 5 million pounds over the term of the grant and we are requesting the maximum of $500,000 in the New/Existing TDP category. Sales are expected to grow through our online customers as well as big box partners.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Duerr Industries, Inc. dba SafePath Products Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Timothy Vanderheiden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308931596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Manufacturer of recycled waste tire rubber producing products for the building industry and ADA compliance. We plan to use 1,500,000 lbs. of crumb rubber for the TDP/New Existing category totaling $150,000.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>Herbert Malarkey Roofing Company, dba Malarkey Roofing Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eileen Dutton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5032407850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We propose to use 1,000,000 lbs. of 50 mesh crumb rubber in the manufacture of asphalt roofing shingles as a replacement for prime rubber in our asphalt formulation.  We are requesting $500,000 grant award to support the 1,000,000 at the reimbursement rate of .50 per pound.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Millennium Molding, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. John Vogel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5182533755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project. Millennium Molding, Inc. is estimating to use 3,100,000 lbs. of rubber between all of the products listed in the next two years (Ballistic Tiles, Bridjit Curb Ramps, RoofTop Supports, Rubber Blocks, PopLock Tiles, and Cradles).  All products are under the New/Existing TDP category totaling $310,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>EM Concepts, a DBA of Lakin Tire West, LLC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Denise Parra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512146590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EM Concepts is requesting $339,600. For the New/Existing TDP category we anticipate using 45,500 Pounds for our 0.50 tiles.  We anticipate using 330,500 pounds in the Fine (&lt;50) Mesh category for our 0.50 Tile, 0.75 Tile, 1 3/8 DeckTop, 1.00 EquiTile, 1.00 Ramp and 1.00 Sportplay.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Three D Plastics, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Frank Dvoracek</x:t>
   </x:si>
   <x:si>
     <x:t>3238491316</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Christopher Henderson</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics, Inc. is excited by the potential to grow market share for our current line of rubber bases used in the traffic safety industry and construction safety industry. We serve those industries through sales to governmental agencies, commercial and retail outlets. There is great potential for growth of our customer in the utility support systems industry. We have already built tooling for a new, smaller version of their existing utility conduit support block, and have begun shipments of the smaller block. Grant funds help us and our customers to be competitive in Canadian and Eastern States' market by offsetting high freight costs. All of these products are Category 1, new or existing TDP.  We propose to use 2,000,000 lbs. of crumb rubber and are requesting $200,000 in reimbursement.
 Thank you.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Manufacturer of recycled waste tire rubber producing products for the building industry and ADA compliance. We plan to use 1,500,000 lbs. of crumb rubber for the TDP/New Existing category totaling $150,000.</x:t>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>TrafFix Devices Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cobus Conradie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493615663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The products we will be using for this Grant will be crumb rubber bases for highway traffic delineators such as cones, tubes and drums, some of the other products are used for temporary highway signage.  The category of Grant we will be applying for is Tire Incentive using California Recycled tires.  We estimate we will use approximately use more than 5,000,000 pounds of recycled crumb for this Grant and therefore we are requesting $500,000.</x:t>
   </x:si>
   <x:si>
     <x:t>Haydon Corporation</x:t>
   </x:si>
   <x:si>
     <x:t> Rosanna Pignataro</x:t>
   </x:si>
   <x:si>
     <x:t>9739040800</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the below summary to reflect the approved grant project. The molding of H Block electrical strut blocks and HVAC mounting blocks. The blocks will be produced with 30 mesh recycled crumb rubber. Recycled crumb rubber will be used to replace plastic parts that are currently in the market. These parts will also replace parts that are currently being imported for over seas. Haydon Corporation estimates using 500,000 lbs. of rubber over the next two years for the H-Block product.  The product category is Feedstock Conversion category for award amount totaling $200,000.</x:t>
-  </x:si>
-[...71 lines deleted...]
-    <x:t>CalRecycle has edited the below summary to reflect the approved grant project. Millennium Molding, Inc. is estimating to use 3,100,000 lbs. of rubber between all of the products listed in the next two years (Ballistic Tiles, Bridjit Curb Ramps, RoofTop Supports, Rubber Blocks, PopLock Tiles, and Cradles).  All products are under the New/Existing TDP category totaling $310,000.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 8</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -326,51 +326,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95a5c49b8e3e4b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R987bc83182fb46de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R800a615bf00d4ef2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4650892a4b742c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1f4da03a26a24eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2fbfb70c58c848a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -418,262 +418,262 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
+    <x:row ht="735.93072509765625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.98114013671875" customHeight="1" collapsed="0">
+    <x:row ht="275.9810791015625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>150000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...3 lines deleted...]
-      <x:c r="A8" s="8"/>
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.4835205078125" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>310000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.930419921875" customHeight="1" collapsed="0">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4835205078125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.949951171875" customHeight="1" collapsed="0">
+    <x:row ht="747.439208984375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>500000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
-[...2 lines deleted...]
-      </x:c>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8"/>
       <x:c r="B13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>310000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>2460000</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 20, 2026 10:37 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 12, 2026 11:35 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>