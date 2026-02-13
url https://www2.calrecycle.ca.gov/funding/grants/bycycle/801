--- v6 (2026-02-13)
+++ v7 (2026-02-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R916bc1c62b77405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3e3c8c65e6f42f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1f4da03a26a24eb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4c929f9a08594980"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Tire Incentive Program (TIP11)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -326,51 +326,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4650892a4b742c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1f4da03a26a24eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2fbfb70c58c848a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78fcb50be6f64e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c929f9a08594980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc91ab2499e7149b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -651,29 +651,29 @@
         <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 12, 2026 11:35 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 13, 2026 1:22 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>