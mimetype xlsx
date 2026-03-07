--- v7 (2026-02-13)
+++ v8 (2026-03-07)
@@ -1,197 +1,197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3e3c8c65e6f42f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd31f326d971d42c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4c929f9a08594980"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9a6b29830fcc42a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Tire Incentive Program (TIP11)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Three D Plastics, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Dvoracek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238491316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics, Inc. is excited by the potential to grow market share for our current line of rubber bases used in the traffic safety industry and construction safety industry. We serve those industries through sales to governmental agencies, commercial and retail outlets. There is great potential for growth of our customer in the utility support systems industry. We have already built tooling for a new, smaller version of their existing utility conduit support block, and have begun shipments of the smaller block. Grant funds help us and our customers to be competitive in Canadian and Eastern States' market by offsetting high freight costs. All of these products are Category 1, new or existing TDP.  We propose to use 2,000,000 lbs. of crumb rubber and are requesting $200,000 in reimbursement.
+Thank you.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Duerr Industries, Inc. dba SafePath Products Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Timothy Vanderheiden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308931596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Manufacturer of recycled waste tire rubber producing products for the building industry and ADA compliance. We plan to use 1,500,000 lbs. of crumb rubber for the TDP/New Existing category totaling $150,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haydon Corporation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosanna Pignataro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9739040800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project. The molding of H Block electrical strut blocks and HVAC mounting blocks. The blocks will be produced with 30 mesh recycled crumb rubber. Recycled crumb rubber will be used to replace plastic parts that are currently in the market. These parts will also replace parts that are currently being imported for over seas. Haydon Corporation estimates using 500,000 lbs. of rubber over the next two years for the H-Block product.  The product category is Feedstock Conversion category for award amount totaling $200,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>EM Concepts, a DBA of Lakin Tire West, LLC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Denise Parra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512146590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EM Concepts is requesting $339,600. For the New/Existing TDP category we anticipate using 45,500 Pounds for our 0.50 tiles.  We anticipate using 330,500 pounds in the Fine (&lt;50) Mesh category for our 0.50 Tile, 0.75 Tile, 1 3/8 DeckTop, 1.00 EquiTile, 1.00 Ramp and 1.00 Sportplay.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Rubber Recycling, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Stella Xia</x:t>
   </x:si>
   <x:si>
     <x:t>9098251200</x:t>
   </x:si>
   <x:si>
     <x:t>Noel Davis</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the below summary to reflect the approved grant project. Survivor Roll Goods is fitness flooring for indoor athletic areas available in various thicknesses and colors.  The width for all rolls is 4' and standard lengths range from 15' to 75'.  The flooring is made with 10-30 crumb rubber mesh. Survivor Tile Goods is fitness flooring tiles for indoor athletic areas available in various thicknesses and colors.  Each tile is 2' x 2' and is available in squares and interlocking patterns.  This flooring is made with 10-30 crumb rubber mesh.
 The percentage of crumb rubber used in TIP11 eligible products is 95% for black rolls and black tiles. We expect to use more than 5 million pounds over the term of the grant and we are requesting the maximum of $500,000 in the New/Existing TDP category. Sales are expected to grow through our online customers as well as big box partners.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...17 lines deleted...]
-    <x:t>Los Angeles         </x:t>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>TrafFix Devices Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cobus Conradie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493615663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The products we will be using for this Grant will be crumb rubber bases for highway traffic delineators such as cones, tubes and drums, some of the other products are used for temporary highway signage.  The category of Grant we will be applying for is Tire Incentive using California Recycled tires.  We estimate we will use approximately use more than 5,000,000 pounds of recycled crumb for this Grant and therefore we are requesting $500,000.</x:t>
   </x:si>
   <x:si>
     <x:t>Herbert Malarkey Roofing Company, dba Malarkey Roofing Products</x:t>
   </x:si>
   <x:si>
     <x:t> Eileen Dutton</x:t>
   </x:si>
   <x:si>
     <x:t>5032407850</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We propose to use 1,000,000 lbs. of 50 mesh crumb rubber in the manufacture of asphalt roofing shingles as a replacement for prime rubber in our asphalt formulation.  We are requesting $500,000 grant award to support the 1,000,000 at the reimbursement rate of .50 per pound.</x:t>
   </x:si>
   <x:si>
     <x:t>Millennium Molding, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. John Vogel</x:t>
   </x:si>
   <x:si>
     <x:t>5182533755</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the below summary to reflect the approved grant project. Millennium Molding, Inc. is estimating to use 3,100,000 lbs. of rubber between all of the products listed in the next two years (Ballistic Tiles, Bridjit Curb Ramps, RoofTop Supports, Rubber Blocks, PopLock Tiles, and Cradles).  All products are under the New/Existing TDP category totaling $310,000.</x:t>
-  </x:si>
-[...53 lines deleted...]
-    <x:t>CalRecycle has edited the below summary to reflect the approved grant project. The molding of H Block electrical strut blocks and HVAC mounting blocks. The blocks will be produced with 30 mesh recycled crumb rubber. Recycled crumb rubber will be used to replace plastic parts that are currently in the market. These parts will also replace parts that are currently being imported for over seas. Haydon Corporation estimates using 500,000 lbs. of rubber over the next two years for the H-Block product.  The product category is Feedstock Conversion category for award amount totaling $200,000.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 8</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -326,51 +326,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78fcb50be6f64e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c929f9a08594980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc91ab2499e7149b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79080253feb04887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9a6b29830fcc42a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra1061e1a0ebe4e8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -418,262 +418,262 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.93072509765625" customHeight="1" collapsed="0">
+    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.9810791015625" customHeight="1" collapsed="0">
+    <x:row ht="275.98114013671875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>150000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8"/>
+      <x:c r="B8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4835205078125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>310000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.930419921875" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.439208984375" customHeight="1" collapsed="0">
+    <x:row ht="459.949951171875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>500000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
-      <x:c r="A13" s="8"/>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>310000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>2460000</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 13, 2026 1:22 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 9:32 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>