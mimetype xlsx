--- v8 (2026-03-07)
+++ v9 (2026-03-09)
@@ -1,197 +1,197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd31f326d971d42c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf3ef6c4ba9f455a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9a6b29830fcc42a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R94ff6f53ef194270"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Tire Incentive Program (TIP11)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>U.S. Rubber Recycling, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stella Xia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098251200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noel Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project. Survivor Roll Goods is fitness flooring for indoor athletic areas available in various thicknesses and colors.  The width for all rolls is 4' and standard lengths range from 15' to 75'.  The flooring is made with 10-30 crumb rubber mesh. Survivor Tile Goods is fitness flooring tiles for indoor athletic areas available in various thicknesses and colors.  Each tile is 2' x 2' and is available in squares and interlocking patterns.  This flooring is made with 10-30 crumb rubber mesh.
+The percentage of crumb rubber used in TIP11 eligible products is 95% for black rolls and black tiles. We expect to use more than 5 million pounds over the term of the grant and we are requesting the maximum of $500,000 in the New/Existing TDP category. Sales are expected to grow through our online customers as well as big box partners.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Duerr Industries, Inc. dba SafePath Products Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Timothy Vanderheiden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308931596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Manufacturer of recycled waste tire rubber producing products for the building industry and ADA compliance. We plan to use 1,500,000 lbs. of crumb rubber for the TDP/New Existing category totaling $150,000.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>Herbert Malarkey Roofing Company, dba Malarkey Roofing Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eileen Dutton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5032407850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We propose to use 1,000,000 lbs. of 50 mesh crumb rubber in the manufacture of asphalt roofing shingles as a replacement for prime rubber in our asphalt formulation.  We are requesting $500,000 grant award to support the 1,000,000 at the reimbursement rate of .50 per pound.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Millennium Molding, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. John Vogel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5182533755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project. Millennium Molding, Inc. is estimating to use 3,100,000 lbs. of rubber between all of the products listed in the next two years (Ballistic Tiles, Bridjit Curb Ramps, RoofTop Supports, Rubber Blocks, PopLock Tiles, and Cradles).  All products are under the New/Existing TDP category totaling $310,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>EM Concepts, a DBA of Lakin Tire West, LLC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Denise Parra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512146590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EM Concepts is requesting $339,600. For the New/Existing TDP category we anticipate using 45,500 Pounds for our 0.50 tiles.  We anticipate using 330,500 pounds in the Fine (&lt;50) Mesh category for our 0.50 Tile, 0.75 Tile, 1 3/8 DeckTop, 1.00 EquiTile, 1.00 Ramp and 1.00 Sportplay.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Three D Plastics, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Frank Dvoracek</x:t>
   </x:si>
   <x:si>
     <x:t>3238491316</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Phanessa Fong</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics, Inc. is excited by the potential to grow market share for our current line of rubber bases used in the traffic safety industry and construction safety industry. We serve those industries through sales to governmental agencies, commercial and retail outlets. There is great potential for growth of our customer in the utility support systems industry. We have already built tooling for a new, smaller version of their existing utility conduit support block, and have begun shipments of the smaller block. Grant funds help us and our customers to be competitive in Canadian and Eastern States' market by offsetting high freight costs. All of these products are Category 1, new or existing TDP.  We propose to use 2,000,000 lbs. of crumb rubber and are requesting $200,000 in reimbursement.
 Thank you.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Manufacturer of recycled waste tire rubber producing products for the building industry and ADA compliance. We plan to use 1,500,000 lbs. of crumb rubber for the TDP/New Existing category totaling $150,000.</x:t>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>TrafFix Devices Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cobus Conradie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493615663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The products we will be using for this Grant will be crumb rubber bases for highway traffic delineators such as cones, tubes and drums, some of the other products are used for temporary highway signage.  The category of Grant we will be applying for is Tire Incentive using California Recycled tires.  We estimate we will use approximately use more than 5,000,000 pounds of recycled crumb for this Grant and therefore we are requesting $500,000.</x:t>
   </x:si>
   <x:si>
     <x:t>Haydon Corporation</x:t>
   </x:si>
   <x:si>
     <x:t> Rosanna Pignataro</x:t>
   </x:si>
   <x:si>
     <x:t>9739040800</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the below summary to reflect the approved grant project. The molding of H Block electrical strut blocks and HVAC mounting blocks. The blocks will be produced with 30 mesh recycled crumb rubber. Recycled crumb rubber will be used to replace plastic parts that are currently in the market. These parts will also replace parts that are currently being imported for over seas. Haydon Corporation estimates using 500,000 lbs. of rubber over the next two years for the H-Block product.  The product category is Feedstock Conversion category for award amount totaling $200,000.</x:t>
-  </x:si>
-[...71 lines deleted...]
-    <x:t>CalRecycle has edited the below summary to reflect the approved grant project. Millennium Molding, Inc. is estimating to use 3,100,000 lbs. of rubber between all of the products listed in the next two years (Ballistic Tiles, Bridjit Curb Ramps, RoofTop Supports, Rubber Blocks, PopLock Tiles, and Cradles).  All products are under the New/Existing TDP category totaling $310,000.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 8</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -326,51 +326,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79080253feb04887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9a6b29830fcc42a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra1061e1a0ebe4e8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bc77b4ab2a94ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R94ff6f53ef194270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0a0e5be5308a4427" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -418,262 +418,262 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
+    <x:row ht="735.93072509765625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.98114013671875" customHeight="1" collapsed="0">
+    <x:row ht="275.9810791015625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>150000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...3 lines deleted...]
-      <x:c r="A8" s="8"/>
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.4835205078125" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>310000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.930419921875" customHeight="1" collapsed="0">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4835205078125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.949951171875" customHeight="1" collapsed="0">
+    <x:row ht="747.439208984375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>500000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
-[...2 lines deleted...]
-      </x:c>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8"/>
       <x:c r="B13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>310000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>2460000</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 9:32 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>