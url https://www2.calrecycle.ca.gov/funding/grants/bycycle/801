--- v9 (2026-03-09)
+++ v10 (2026-03-10)
@@ -1,197 +1,197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf3ef6c4ba9f455a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R327b85154b294ee5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R94ff6f53ef194270"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R723269a222ed4003"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Tire Incentive Program (TIP11)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Three D Plastics, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Dvoracek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238491316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics, Inc. is excited by the potential to grow market share for our current line of rubber bases used in the traffic safety industry and construction safety industry. We serve those industries through sales to governmental agencies, commercial and retail outlets. There is great potential for growth of our customer in the utility support systems industry. We have already built tooling for a new, smaller version of their existing utility conduit support block, and have begun shipments of the smaller block. Grant funds help us and our customers to be competitive in Canadian and Eastern States' market by offsetting high freight costs. All of these products are Category 1, new or existing TDP.  We propose to use 2,000,000 lbs. of crumb rubber and are requesting $200,000 in reimbursement.
+Thank you.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Duerr Industries, Inc. dba SafePath Products Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Timothy Vanderheiden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308931596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Manufacturer of recycled waste tire rubber producing products for the building industry and ADA compliance. We plan to use 1,500,000 lbs. of crumb rubber for the TDP/New Existing category totaling $150,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haydon Corporation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosanna Pignataro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9739040800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project. The molding of H Block electrical strut blocks and HVAC mounting blocks. The blocks will be produced with 30 mesh recycled crumb rubber. Recycled crumb rubber will be used to replace plastic parts that are currently in the market. These parts will also replace parts that are currently being imported for over seas. Haydon Corporation estimates using 500,000 lbs. of rubber over the next two years for the H-Block product.  The product category is Feedstock Conversion category for award amount totaling $200,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>EM Concepts, a DBA of Lakin Tire West, LLC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Denise Parra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512146590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EM Concepts is requesting $339,600. For the New/Existing TDP category we anticipate using 45,500 Pounds for our 0.50 tiles.  We anticipate using 330,500 pounds in the Fine (&lt;50) Mesh category for our 0.50 Tile, 0.75 Tile, 1 3/8 DeckTop, 1.00 EquiTile, 1.00 Ramp and 1.00 Sportplay.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Rubber Recycling, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Stella Xia</x:t>
   </x:si>
   <x:si>
     <x:t>9098251200</x:t>
   </x:si>
   <x:si>
     <x:t>Noel Davis</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the below summary to reflect the approved grant project. Survivor Roll Goods is fitness flooring for indoor athletic areas available in various thicknesses and colors.  The width for all rolls is 4' and standard lengths range from 15' to 75'.  The flooring is made with 10-30 crumb rubber mesh. Survivor Tile Goods is fitness flooring tiles for indoor athletic areas available in various thicknesses and colors.  Each tile is 2' x 2' and is available in squares and interlocking patterns.  This flooring is made with 10-30 crumb rubber mesh.
 The percentage of crumb rubber used in TIP11 eligible products is 95% for black rolls and black tiles. We expect to use more than 5 million pounds over the term of the grant and we are requesting the maximum of $500,000 in the New/Existing TDP category. Sales are expected to grow through our online customers as well as big box partners.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...17 lines deleted...]
-    <x:t>Los Angeles         </x:t>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>TrafFix Devices Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cobus Conradie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493615663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The products we will be using for this Grant will be crumb rubber bases for highway traffic delineators such as cones, tubes and drums, some of the other products are used for temporary highway signage.  The category of Grant we will be applying for is Tire Incentive using California Recycled tires.  We estimate we will use approximately use more than 5,000,000 pounds of recycled crumb for this Grant and therefore we are requesting $500,000.</x:t>
   </x:si>
   <x:si>
     <x:t>Herbert Malarkey Roofing Company, dba Malarkey Roofing Products</x:t>
   </x:si>
   <x:si>
     <x:t> Eileen Dutton</x:t>
   </x:si>
   <x:si>
     <x:t>5032407850</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We propose to use 1,000,000 lbs. of 50 mesh crumb rubber in the manufacture of asphalt roofing shingles as a replacement for prime rubber in our asphalt formulation.  We are requesting $500,000 grant award to support the 1,000,000 at the reimbursement rate of .50 per pound.</x:t>
   </x:si>
   <x:si>
     <x:t>Millennium Molding, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. John Vogel</x:t>
   </x:si>
   <x:si>
     <x:t>5182533755</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the below summary to reflect the approved grant project. Millennium Molding, Inc. is estimating to use 3,100,000 lbs. of rubber between all of the products listed in the next two years (Ballistic Tiles, Bridjit Curb Ramps, RoofTop Supports, Rubber Blocks, PopLock Tiles, and Cradles).  All products are under the New/Existing TDP category totaling $310,000.</x:t>
-  </x:si>
-[...53 lines deleted...]
-    <x:t>CalRecycle has edited the below summary to reflect the approved grant project. The molding of H Block electrical strut blocks and HVAC mounting blocks. The blocks will be produced with 30 mesh recycled crumb rubber. Recycled crumb rubber will be used to replace plastic parts that are currently in the market. These parts will also replace parts that are currently being imported for over seas. Haydon Corporation estimates using 500,000 lbs. of rubber over the next two years for the H-Block product.  The product category is Feedstock Conversion category for award amount totaling $200,000.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 8</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -326,51 +326,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bc77b4ab2a94ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R94ff6f53ef194270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0a0e5be5308a4427" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfb9242c89d443e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R723269a222ed4003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2c67397931e14eaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -418,262 +418,262 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.93072509765625" customHeight="1" collapsed="0">
+    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.9810791015625" customHeight="1" collapsed="0">
+    <x:row ht="275.98114013671875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>150000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8"/>
+      <x:c r="B8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4835205078125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>310000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.930419921875" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.439208984375" customHeight="1" collapsed="0">
+    <x:row ht="459.949951171875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>500000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
-      <x:c r="A13" s="8"/>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>310000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>2460000</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:31 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:22 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>