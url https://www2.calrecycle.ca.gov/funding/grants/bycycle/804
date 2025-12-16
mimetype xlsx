--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,428 +1,428 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb460529c36af44b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660a1b27b13b4abd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R46deefd5e9df4114"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf9b97ad29e3e40a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Household Hazardous Waste Discretionary Grants (HD41)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Arcadia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Briget Arndell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6262542705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded CalRecycle’s Household Hazardous Waste Grant, the City of Arcadia would like to dedicate the grant funding towards several household hazardous waste-related projects. First, we will expand our public education and outreach efforts by hosting educational training sessions and creating additional promotional materials for our existing programs (flyers, mailers, online content, etc.). Second, we will create sustainable EPR collection opportunities by promoting our current hazardous waste drop-off locations further and exploring opportunities within our community to create take-back programs with the city’s retailers and businesses. Lastly, we will add one more Household Hazardous waste collection event on top of the one we do each year.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Castro Valley Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Naomi Lue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105371500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Castro Valley Sanitary District (CVSan) is applying for HD41 grant funds to further implement a reusable 1lb. propane cylinder program and educate residents regarding HHW proper use and disposal. The concept is to provide residents with an incentive to switch from single-use HHW products to reusables ones to be more environmentally friendly and reduce the cost of managing HHW waste for the jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chula Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joanne Brasch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167063420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shetuana Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102536456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Residents of the City of Culver City have actively requested Household Hazardous Waste Collection events. The Environmental Programs and Operations division have multiple outreach events throughout the year. During these events, residents regularly request options for correctly disposing of Household Hazardous Waste within the City. The City hosts a separate E-waste event and multiple people have come to this event in search of the ability to dispose Household Hazardous Waste as well. In response for this need, the City is seeking funds to host a pop-up Household Hazardous Waste Collection event. Currently, the County of Los Angeles operates semi-annual Household Hazardous Waste Collection events in the City. However, due to the requests from the residents, the City proposes  to host an additional annual collection event. 
+This event is proposed to occur at the Culver City Park West, a park located in the western area of the City that scored in the 81st percentile on CalEnviroscreen. The City of Culver City does not restrict environmental events to Culver City residents. The Environmental Programs and Operations division promotes all their events to residents and businesses throughout the region.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alicia Real</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596211878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fresno Solid Waste Management Division will use grant funds to launch an education campaign to help edify the public on HHW and the pitfalls of not disposing of them correctly. Information on how to safely and correctly discard unwanted HHW will be distributed via flyers that are hand delivered to residential customers before their annual "Operation Clean Up" (Bulky goods pick up). The hope is that by placing this information directly into the hands of our residents, it will cut down on the amount of illegally dumped and improperly disposed of HHW.  Social media posts will compliment the flyers, and if funds permit radio spots focusing on our Hmong and Spanish speaking communities will also go out.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Woods</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nadia Cook</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496390552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to continue providing a battery drop off program for Laguna Woods residents and City staff at Laguna Woods City Hall. The City provides a publicly accessible designated battery collection container at Laguna Woods City Hall for convenient disposal of household batteries. Residents and City staff can dispose of battery waste in the container as often as needed at no charge. The batteries are routinely collected by the City's hazardous waste handling services contractor for recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Mammoth Lakes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Anthony  Ottati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609653621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Located at 8,000 feet, Mammoth Lakes has many challenges; including weather, wildlife and environmental. Our recycling and proper disposal of Household Hazardous Waste has been an ongoing concern. Town of Mammoth Lakes, in partnership with our local hauler, Mammoth Disposal, will expand and enhance our existing HHW program already in place at our transfer station, to include community outreach, education, infrastructure improvement, and free community battery recycling day events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kolton Pacheco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel Dixon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto is proposing to being a new collection program for household dry-cell batteries curbside.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monterey Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xochitl Tipan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263071383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Monterey Park is requesting grant funding for a collection pop-up event at Barnes Park. These event will collect hazardous waste in partnership with the City's trash hauler. All activities will be free of charge. The City currently holds similar events but does not have the funding to expand to collect hazardous waste. With this grant funding, the City will incorporate hazardous waste collection and be able to continue to expand the pop-ups collection event's geographic reach and frequency. This funding would cover sufficient costs to allow for a year of hazardous waste reduction collection at the events. The funding also includes sufficient funding to include substantial education and outreach materials, including funding for booths at City events to promote the event and educate the public about hazardous waste reduction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Morro Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marcos Green</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057726254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our department is marine based, and has accumulated a large amount of marine flares recently. It has become impossible to drop them off at any of our County's hazardous waste centers. We would like to host a public flare collection event, such as are going on in other counties. We are in a rural area, and our local boating comunity is unable to participate in events outside of our area.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palmdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Benjamin Lucha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612675308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palmdale is applying for HD41 grant funds to further implement a reusable 1lb. propane cylinder program and educate residents regarding HHW proper use and disposal. The concept is to provide residents with an incentive to switch from single-use HHW products to reusables ones to be more environmentally friendly and reduce the cost of managing HHW waste for the jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elizabeth Purington</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pasadena currently maintains six free drop-off sites for batteries and CFLs. Funds from HD 41 will be used to improve and standardize the containers and signage at these drop-off sites, as well as expand the program to at least five additional sites. Funds will also be used to improve the City's HHW storage space to improve employee safety and allow for clearer separation of different hazardous material types. The City will also use funds to promote the drop-off sites through two digital advertising avenues, to complement the City's existing outreach and education channels. We expect to see an increase in usage at all sites, a decrease in contamination at current sites, and fewer refuse truck fires.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>City of Sacramento</x:t>
   </x:si>
   <x:si>
     <x:t> Ruben Avila</x:t>
   </x:si>
   <x:si>
     <x:t>9168084831</x:t>
   </x:si>
   <x:si>
     <x:t>Ashraf Batavia</x:t>
   </x:si>
   <x:si>
     <x:t>The City operates its Permanent Household Hazardous Waste Collection Facility (PHHWCF) at the Sacramento Recycling and Transfer Station, located at 8491 Fruitridge Road, where residents may drop off household hazardous waste (e.g., antifreeze, batteries, bulbs, oil, and paint) at no charge. The Recycling and Solid Waste Division is seeking this grant funding to fund the repair and resurfacing of the flooring in the PHHWCF building with chemical resistant flooring.</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...62 lines deleted...]
-    <x:t>The City of Pasadena currently maintains six free drop-off sites for batteries and CFLs. Funds from HD 41 will be used to improve and standardize the containers and signage at these drop-off sites, as well as expand the program to at least five additional sites. Funds will also be used to improve the City's HHW storage space to improve employee safety and allow for clearer separation of different hazardous material types. The City will also use funds to promote the drop-off sites through two digital advertising avenues, to complement the City's existing outreach and education channels. We expect to see an increase in usage at all sites, a decrease in contamination at current sites, and fewer refuse truck fires.</x:t>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gray</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County seeks to increase HHW collection by holding three mobile collection events in remote and underserved areas, targeting senior, rural, and low income residents.  Surveys taken at the County's HHW facility show that only a small percentage of the customers visiting the facility come from these areas, demonstrating the need to hold these events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Junko Vroman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089752517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San José’s proposed project will send a trilingual (English, Spanish, and Vietnamese) direct mail postcard to 110,318 single-family and multi-family households in four San José City Council Districts that have had lower participation rates in the countywide Household Hazardous Waste (HHW) Program. The goals of the postcard are to raise program awareness, increase the number of HHW Program appointments from residents residing in the targeted area, and increase the amount of HHW that is properly disposed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Torrance</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lili Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3107816900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The primary goal of the City's proposed grant project is to increase residents' awareness of existing Household Hazardous Waste (HHW) programs and collection opportunities, including those offered by the City, and to maximize the participation of Torrance residents in those programs. This goal will be achieved through an outreach education program made up of the following:
+Develop outreach and educational material regarding the importance of proper HHW disposal and promote existing EPR takeback locations for HHW via the City's social media, Cable, and website.
+(Note: Covered e-waste is not eligible for the grant.)</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Canyon Lake</x:t>
   </x:si>
   <x:si>
     <x:t> Jeff LaTendresse</x:t>
   </x:si>
   <x:si>
     <x:t>9513359414</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Annabel Farrall</x:t>
   </x:si>
   <x:si>
     <x:t>Our proposed project aims to tackle a pressing environmental issue, the improper disposal of batteries and its detrimental impact on our ecosystem. With support from this grant, a comprehensive battery collection program will be implemented with sustainable goals.
 We aim to establish an efficient and accessible battery collection for the residents of Canyon Lake. Collection points will be strategically placed, involving both physical drop-off locations and pickup services. Our goal is to significantly reduce the number of batteries ending up in landfills, ultimately minimizing the associated hazardous waste leaching into soil and ground water systems. 
 To ensure the long-term success and continuity of our program, we plan to raise awareness about responsible battery disposal by utilizing community outreach initiatives. This grant will be used to purchase a 55 gallon drum and a courier box for battery collection. This grant will also fund the sorting, disposal, freight, and pickup of the collected waste. Media Outreach will include utilizing media platforms like Facebook and Instagram. Surveys will be created after the program has been implemented for a year, to measure the positive impact in the community.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Luis Obispo     </x:t>
-[...71 lines deleted...]
-    <x:t>The City of San José’s proposed project will send a trilingual (English, Spanish, and Vietnamese) direct mail postcard to 110,318 single-family and multi-family households in four San José City Council Districts that have had lower participation rates in the countywide Household Hazardous Waste (HHW) Program. The goals of the postcard are to raise program awareness, increase the number of HHW Program appointments from residents residing in the targeted area, and increase the amount of HHW that is properly disposed.</x:t>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County Hazardous and Solid Waste Management Joint Powers Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This HD 41 application proposes a robust resident education campaign for safe marine flare management while promoting the adoption of coast guard certified reusable LED distress signals to replace single-use pyrotechnic flares. The project will include up to two marine flare collection exchange events, offering residents free or discounted reusable signals when they bring unwanted flares for safe disposal. Reportable metrics include the number of publications, the number of flares collected, and the number of LED signals distributed to residents in the Delta Diablo special district.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bruce Fritz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106937525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collection and disposal of marine flares (pyrotechnic signal devices) from County residents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heidi Darby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143340230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>If awarded, this grant funding would cover costs associated with hiring a contracted vendor to collect, transport and dispose of marine flares. OCWR will host two events; Newport Beach and Dana Point.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Katherine Prickett</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3107323951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This Marine Flare Collection Event will be completed in support of the Port of Los Angeles’ (Port) Clean Marina Program and Water Resources Action Plan (WRAP). The purpose of this project is to provide a responsible disposal option for marine flares, educate and support clean boating practices, and help transition boaters to use sustainable e-flares in accordance with the Clean Marina Program. The goal of this grant proposal is to apply for funding for a marine flare collection event to be held in Summer 2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Myhrvold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Due to continued improper HHW disposal, which causes fires and safety issues within the waste stream, Shasta County as a regional applicant with the cities of Anderson and Shasta Lake, requests grant funds to provide three (3) one-day mobile HHW collection event opportunities for residents to dispose of their household hazardous waste conveniently and appropriately. Each HHW collection event will provide an educational opportunity for attendees to receive information highlighting HHW materials accepted by the City of Redding (COR) Household Hazardous Waste Facility (the only available HHW facility in the County serving approximately 180,000 residents), proper HHW handling, transportation tips, hours of operation, etc. encouraging increased use of the COR HHW Facility. Community-connected web and digital platforms will augment in-person educational outreach.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles County</x:t>
   </x:si>
   <x:si>
     <x:t> Francisca Mandujano</x:t>
   </x:si>
   <x:si>
     <x:t>6264583585</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste).  Outreach such as postcards and local newspaper advertisements have proven the most effective way to promote HHW/E-Waste collection events in communities with historically low participation. E-Waste does not include the covered electronic waste.</x:t>
   </x:si>
   <x:si>
-    <x:t>Marin               </x:t>
-[...127 lines deleted...]
-  <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>Monterey Regional Waste Management District</x:t>
   </x:si>
   <x:si>
     <x:t> Kristin O'Hara</x:t>
   </x:si>
   <x:si>
     <x:t>6504546178</x:t>
   </x:si>
   <x:si>
     <x:t>Monterey Regional Waste Management District (dba ReGen Monterey) seeks to implement a new HHW collection program for batteries in the communities of western Monterey County. This program requires i) procurement of community containers for safe collection of batteries, ii) the enhancement of a receiving area at ReGen’s existing HHW ‘drop-off’ location to ensure safe receiving and storage for the new quantities of batteries collected in the communities, and iii) related outreach/public education materials and collection program signage.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>The City of Modesto is proposing to being a new collection program for household dry-cell batteries curbside.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 24</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -557,51 +557,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R284665b9adc94422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R46deefd5e9df4114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R979e13ec9b7f4fac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dd0f77cb33a4bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf9b97ad29e3e40a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R59d1e1d3ef1f4297" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -649,621 +649,621 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.45196533203125" customHeight="1" collapsed="0">
+    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>49545</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.50396728515625" customHeight="1" collapsed="0">
+    <x:row ht="356.45672607421875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>48861</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.43939208984375" customHeight="1" collapsed="0">
+    <x:row ht="298.9700927734375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="1138.3936767578125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>25580</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>49995</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1103.89599609375" customHeight="1" collapsed="0">
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>15433</x:v>
+        <x:v>25580</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="103.4931640625" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.4375" customHeight="1" collapsed="0">
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>49426</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>49426</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+    <x:row ht="344.97607421875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>49995</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G17" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>49545</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.97607421875" customHeight="1" collapsed="0">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>83</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.44384765625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>49998</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1103.896484375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>15433</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-    <x:row ht="1138.3935546875" customHeight="1" collapsed="0">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>48861</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.99609375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.4453125" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>99690</x:v>
+        <x:v>49998</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.4453125" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>46050</x:v>
+        <x:v>99690</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.955078125" customHeight="1" collapsed="0">
+        <x:v>115</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>49992</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
-    <x:row ht="103.494140625" customHeight="1" collapsed="0">
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>49992</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A30" s="10" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B30" s="10" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C30" s="10"/>
       <x:c r="D30" s="11" t="n">
         <x:v>1334570</x:v>
       </x:c>
       <x:c r="E30" s="10" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F30" s="10" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G30" s="10" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -1284,29 +1284,29 @@
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 2:05 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:44 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>