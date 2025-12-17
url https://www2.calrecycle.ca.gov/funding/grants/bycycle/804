--- v1 (2025-12-16)
+++ v2 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660a1b27b13b4abd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a386f84669f4ab8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf9b97ad29e3e40a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2ccf496059bd4b94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Household Hazardous Waste Discretionary Grants (HD41)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -557,51 +557,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dd0f77cb33a4bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf9b97ad29e3e40a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R59d1e1d3ef1f4297" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44671daccded451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2ccf496059bd4b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R57fa3581801042f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1284,29 +1284,29 @@
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:44 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>