--- v2 (2025-12-17)
+++ v3 (2025-12-24)
@@ -1,428 +1,428 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a386f84669f4ab8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R455e361e27fc4688" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2ccf496059bd4b94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R37e23126fc8843bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Household Hazardous Waste Discretionary Grants (HD41)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sacramento</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ruben Avila</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168084831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashraf Batavia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City operates its Permanent Household Hazardous Waste Collection Facility (PHHWCF) at the Sacramento Recycling and Transfer Station, located at 8491 Fruitridge Road, where residents may drop off household hazardous waste (e.g., antifreeze, batteries, bulbs, oil, and paint) at no charge. The Recycling and Solid Waste Division is seeking this grant funding to fund the repair and resurfacing of the flooring in the PHHWCF building with chemical resistant flooring.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bruce Fritz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106937525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collection and disposal of marine flares (pyrotechnic signal devices) from County residents</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Arcadia</x:t>
   </x:si>
   <x:si>
     <x:t> Briget Arndell</x:t>
   </x:si>
   <x:si>
     <x:t>6262542705</x:t>
   </x:si>
   <x:si>
     <x:t>Mai Andrews</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded CalRecycle’s Household Hazardous Waste Grant, the City of Arcadia would like to dedicate the grant funding towards several household hazardous waste-related projects. First, we will expand our public education and outreach efforts by hosting educational training sessions and creating additional promotional materials for our existing programs (flyers, mailers, online content, etc.). Second, we will create sustainable EPR collection opportunities by promoting our current hazardous waste drop-off locations further and exploring opportunities within our community to create take-back programs with the city’s retailers and businesses. Lastly, we will add one more Household Hazardous waste collection event on top of the one we do each year.</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Woods</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nadia Cook</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496390552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to continue providing a battery drop off program for Laguna Woods residents and City staff at Laguna Woods City Hall. The City provides a publicly accessible designated battery collection container at Laguna Woods City Hall for convenient disposal of household batteries. Residents and City staff can dispose of battery waste in the container as often as needed at no charge. The batteries are routinely collected by the City's hazardous waste handling services contractor for recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elizabeth Purington</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pasadena currently maintains six free drop-off sites for batteries and CFLs. Funds from HD 41 will be used to improve and standardize the containers and signage at these drop-off sites, as well as expand the program to at least five additional sites. Funds will also be used to improve the City's HHW storage space to improve employee safety and allow for clearer separation of different hazardous material types. The City will also use funds to promote the drop-off sites through two digital advertising avenues, to complement the City's existing outreach and education channels. We expect to see an increase in usage at all sites, a decrease in contamination at current sites, and fewer refuse truck fires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Canyon Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff LaTendresse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513359414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our proposed project aims to tackle a pressing environmental issue, the improper disposal of batteries and its detrimental impact on our ecosystem. With support from this grant, a comprehensive battery collection program will be implemented with sustainable goals.
+We aim to establish an efficient and accessible battery collection for the residents of Canyon Lake. Collection points will be strategically placed, involving both physical drop-off locations and pickup services. Our goal is to significantly reduce the number of batteries ending up in landfills, ultimately minimizing the associated hazardous waste leaching into soil and ground water systems. 
+To ensure the long-term success and continuity of our program, we plan to raise awareness about responsible battery disposal by utilizing community outreach initiatives. This grant will be used to purchase a 55 gallon drum and a courier box for battery collection. This grant will also fund the sorting, disposal, freight, and pickup of the collected waste. Media Outreach will include utilizing media platforms like Facebook and Instagram. Surveys will be created after the program has been implemented for a year, to measure the positive impact in the community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Morro Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marcos Green</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057726254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our department is marine based, and has accumulated a large amount of marine flares recently. It has become impossible to drop them off at any of our County's hazardous waste centers. We would like to host a public flare collection event, such as are going on in other counties. We are in a rural area, and our local boating comunity is unable to participate in events outside of our area.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chula Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joanne Brasch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167063420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alicia Real</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596211878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fresno Solid Waste Management Division will use grant funds to launch an education campaign to help edify the public on HHW and the pitfalls of not disposing of them correctly. Information on how to safely and correctly discard unwanted HHW will be distributed via flyers that are hand delivered to residential customers before their annual "Operation Clean Up" (Bulky goods pick up). The hope is that by placing this information directly into the hands of our residents, it will cut down on the amount of illegally dumped and improperly disposed of HHW.  Social media posts will compliment the flyers, and if funds permit radio spots focusing on our Hmong and Spanish speaking communities will also go out.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monterey Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xochitl Tipan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263071383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Monterey Park is requesting grant funding for a collection pop-up event at Barnes Park. These event will collect hazardous waste in partnership with the City's trash hauler. All activities will be free of charge. The City currently holds similar events but does not have the funding to expand to collect hazardous waste. With this grant funding, the City will incorporate hazardous waste collection and be able to continue to expand the pop-ups collection event's geographic reach and frequency. This funding would cover sufficient costs to allow for a year of hazardous waste reduction collection at the events. The funding also includes sufficient funding to include substantial education and outreach materials, including funding for booths at City events to promote the event and educate the public about hazardous waste reduction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Junko Vroman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089752517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel Dixon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San José’s proposed project will send a trilingual (English, Spanish, and Vietnamese) direct mail postcard to 110,318 single-family and multi-family households in four San José City Council Districts that have had lower participation rates in the countywide Household Hazardous Waste (HHW) Program. The goals of the postcard are to raise program awareness, increase the number of HHW Program appointments from residents residing in the targeted area, and increase the amount of HHW that is properly disposed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francisca Mandujano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste).  Outreach such as postcards and local newspaper advertisements have proven the most effective way to promote HHW/E-Waste collection events in communities with historically low participation. E-Waste does not include the covered electronic waste.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County Hazardous and Solid Waste Management Joint Powers Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This HD 41 application proposes a robust resident education campaign for safe marine flare management while promoting the adoption of coast guard certified reusable LED distress signals to replace single-use pyrotechnic flares. The project will include up to two marine flare collection exchange events, offering residents free or discounted reusable signals when they bring unwanted flares for safe disposal. Reportable metrics include the number of publications, the number of flares collected, and the number of LED signals distributed to residents in the Delta Diablo special district.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palmdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Benjamin Lucha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612675308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palmdale is applying for HD41 grant funds to further implement a reusable 1lb. propane cylinder program and educate residents regarding HHW proper use and disposal. The concept is to provide residents with an incentive to switch from single-use HHW products to reusables ones to be more environmentally friendly and reduce the cost of managing HHW waste for the jurisdiction.</x:t>
   </x:si>
   <x:si>
     <x:t>Castro Valley Sanitary District</x:t>
   </x:si>
   <x:si>
     <x:t> Naomi Lue</x:t>
   </x:si>
   <x:si>
     <x:t>5105371500</x:t>
   </x:si>
   <x:si>
-    <x:t>Akemi Myers</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Castro Valley Sanitary District (CVSan) is applying for HD41 grant funds to further implement a reusable 1lb. propane cylinder program and educate residents regarding HHW proper use and disposal. The concept is to provide residents with an incentive to switch from single-use HHW products to reusables ones to be more environmentally friendly and reduce the cost of managing HHW waste for the jurisdiction.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Diego           </x:t>
-[...11 lines deleted...]
-    <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases.</x:t>
+    <x:t>City of Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Katherine Prickett</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3107323951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This Marine Flare Collection Event will be completed in support of the Port of Los Angeles’ (Port) Clean Marina Program and Water Resources Action Plan (WRAP). The purpose of this project is to provide a responsible disposal option for marine flares, educate and support clean boating practices, and help transition boaters to use sustainable e-flares in accordance with the Clean Marina Program. The goal of this grant proposal is to apply for funding for a marine flare collection event to be held in Summer 2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heidi Darby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143340230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>If awarded, this grant funding would cover costs associated with hiring a contracted vendor to collect, transport and dispose of marine flares. OCWR will host two events; Newport Beach and Dana Point.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Culver City</x:t>
   </x:si>
   <x:si>
     <x:t> Shetuana Smith</x:t>
   </x:si>
   <x:si>
     <x:t>3102536456</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Annabel Farrall</x:t>
   </x:si>
   <x:si>
     <x:t>Residents of the City of Culver City have actively requested Household Hazardous Waste Collection events. The Environmental Programs and Operations division have multiple outreach events throughout the year. During these events, residents regularly request options for correctly disposing of Household Hazardous Waste within the City. The City hosts a separate E-waste event and multiple people have come to this event in search of the ability to dispose Household Hazardous Waste as well. In response for this need, the City is seeking funds to host a pop-up Household Hazardous Waste Collection event. Currently, the County of Los Angeles operates semi-annual Household Hazardous Waste Collection events in the City. However, due to the requests from the residents, the City proposes  to host an additional annual collection event. 
 This event is proposed to occur at the Culver City Park West, a park located in the western area of the City that scored in the 81st percentile on CalEnviroscreen. The City of Culver City does not restrict environmental events to Culver City residents. The Environmental Programs and Operations division promotes all their events to residents and businesses throughout the region.</x:t>
-  </x:si>
-[...163 lines deleted...]
-    <x:t>The City of San José’s proposed project will send a trilingual (English, Spanish, and Vietnamese) direct mail postcard to 110,318 single-family and multi-family households in four San José City Council Districts that have had lower participation rates in the countywide Household Hazardous Waste (HHW) Program. The goals of the postcard are to raise program awareness, increase the number of HHW Program appointments from residents residing in the targeted area, and increase the amount of HHW that is properly disposed.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Torrance</x:t>
   </x:si>
   <x:si>
     <x:t> Lili Myers</x:t>
   </x:si>
   <x:si>
     <x:t>3107816900</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The primary goal of the City's proposed grant project is to increase residents' awareness of existing Household Hazardous Waste (HHW) programs and collection opportunities, including those offered by the City, and to maximize the participation of Torrance residents in those programs. This goal will be achieved through an outreach education program made up of the following:
 Develop outreach and educational material regarding the importance of proper HHW disposal and promote existing EPR takeback locations for HHW via the City's social media, Cable, and website.
 (Note: Covered e-waste is not eligible for the grant.)</x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...58 lines deleted...]
-    <x:t>This Marine Flare Collection Event will be completed in support of the Port of Los Angeles’ (Port) Clean Marina Program and Water Resources Action Plan (WRAP). The purpose of this project is to provide a responsible disposal option for marine flares, educate and support clean boating practices, and help transition boaters to use sustainable e-flares in accordance with the Clean Marina Program. The goal of this grant proposal is to apply for funding for a marine flare collection event to be held in Summer 2024.</x:t>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gray</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County seeks to increase HHW collection by holding three mobile collection events in remote and underserved areas, targeting senior, rural, and low income residents.  Surveys taken at the County's HHW facility show that only a small percentage of the customers visiting the facility come from these areas, demonstrating the need to hold these events.</x:t>
   </x:si>
   <x:si>
     <x:t>Shasta              </x:t>
   </x:si>
   <x:si>
     <x:t>Shasta County</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Myhrvold</x:t>
   </x:si>
   <x:si>
     <x:t>5302255789</x:t>
   </x:si>
   <x:si>
     <x:t>Due to continued improper HHW disposal, which causes fires and safety issues within the waste stream, Shasta County as a regional applicant with the cities of Anderson and Shasta Lake, requests grant funds to provide three (3) one-day mobile HHW collection event opportunities for residents to dispose of their household hazardous waste conveniently and appropriately. Each HHW collection event will provide an educational opportunity for attendees to receive information highlighting HHW materials accepted by the City of Redding (COR) Household Hazardous Waste Facility (the only available HHW facility in the County serving approximately 180,000 residents), proper HHW handling, transportation tips, hours of operation, etc. encouraging increased use of the COR HHW Facility. Community-connected web and digital platforms will augment in-person educational outreach.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles County</x:t>
-[...8 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste).  Outreach such as postcards and local newspaper advertisements have proven the most effective way to promote HHW/E-Waste collection events in communities with historically low participation. E-Waste does not include the covered electronic waste.</x:t>
+    <x:t>Mono                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Mammoth Lakes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Anthony  Ottati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609653621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Located at 8,000 feet, Mammoth Lakes has many challenges; including weather, wildlife and environmental. Our recycling and proper disposal of Household Hazardous Waste has been an ongoing concern. Town of Mammoth Lakes, in partnership with our local hauler, Mammoth Disposal, will expand and enhance our existing HHW program already in place at our transfer station, to include community outreach, education, infrastructure improvement, and free community battery recycling day events.</x:t>
   </x:si>
   <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>Monterey Regional Waste Management District</x:t>
   </x:si>
   <x:si>
     <x:t> Kristin O'Hara</x:t>
   </x:si>
   <x:si>
     <x:t>6504546178</x:t>
   </x:si>
   <x:si>
     <x:t>Monterey Regional Waste Management District (dba ReGen Monterey) seeks to implement a new HHW collection program for batteries in the communities of western Monterey County. This program requires i) procurement of community containers for safe collection of batteries, ii) the enhancement of a receiving area at ReGen’s existing HHW ‘drop-off’ location to ensure safe receiving and storage for the new quantities of batteries collected in the communities, and iii) related outreach/public education materials and collection program signage.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kolton Pacheco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto is proposing to being a new collection program for household dry-cell batteries curbside.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 24</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -557,51 +557,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44671daccded451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2ccf496059bd4b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R57fa3581801042f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e75d8de16d74913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37e23126fc8843bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R086d5516fe73479e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -649,621 +649,621 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
+    <x:row ht="425.45196533203125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>49545</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.45672607421875" customHeight="1" collapsed="0">
+    <x:row ht="80.50396728515625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>48861</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.9700927734375" customHeight="1" collapsed="0">
+    <x:row ht="747.43939208984375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="1138.3936767578125" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.9495849609375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>25580</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.9464111328125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>49995</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+    <x:row ht="1103.89599609375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>25580</x:v>
+        <x:v>15433</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>46050</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.4931640625" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.97021484375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.423828125" customHeight="1" collapsed="0">
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>49426</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>49426</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.97607421875" customHeight="1" collapsed="0">
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.453125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>49995</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.95654296875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>49545</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="H18" s="8" t="s">
+    </x:row>
+    <x:row ht="344.97607421875" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+    </x:row>
+    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B20" s="8" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="G20" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>49998</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>15433</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1138.3935546875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>48861</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="G24" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+      <x:c r="B25" s="8" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G25" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+    </x:row>
+    <x:row ht="793.4453125" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+      <x:c r="B26" s="8" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>49998</x:v>
+        <x:v>99690</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+      <x:c r="G26" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A27" s="8" t="s">
+      <x:c r="B27" s="8" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>99690</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.955078125" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>49992</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+    <x:row ht="103.494140625" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>49992</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A30" s="10" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B30" s="10" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C30" s="10"/>
       <x:c r="D30" s="11" t="n">
         <x:v>1334570</x:v>
       </x:c>
       <x:c r="E30" s="10" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F30" s="10" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G30" s="10" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -1284,29 +1284,29 @@
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>