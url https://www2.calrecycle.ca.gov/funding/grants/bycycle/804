--- v3 (2025-12-24)
+++ v4 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R455e361e27fc4688" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7605b685e844770" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R37e23126fc8843bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2271019f3eec4808"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Household Hazardous Waste Discretionary Grants (HD41)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -557,51 +557,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e75d8de16d74913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37e23126fc8843bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R086d5516fe73479e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3f4ba5490db4863" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2271019f3eec4808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra80e91ddb6ee44dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1284,29 +1284,29 @@
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:09 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>