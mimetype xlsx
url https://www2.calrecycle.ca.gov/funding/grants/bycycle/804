--- v4 (2025-12-25)
+++ v5 (2026-01-20)
@@ -1,428 +1,431 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7605b685e844770" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5809a75ad06f4ca7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2271019f3eec4808"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6c4ce386313f4177"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Household Hazardous Waste Discretionary Grants (HD41)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Arcadia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Briget Arndell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6262542705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raju Payuran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded CalRecycle’s Household Hazardous Waste Grant, the City of Arcadia would like to dedicate the grant funding towards several household hazardous waste-related projects. First, we will expand our public education and outreach efforts by hosting educational training sessions and creating additional promotional materials for our existing programs (flyers, mailers, online content, etc.). Second, we will create sustainable EPR collection opportunities by promoting our current hazardous waste drop-off locations further and exploring opportunities within our community to create take-back programs with the city’s retailers and businesses. Lastly, we will add one more Household Hazardous waste collection event on top of the one we do each year.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Castro Valley Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Naomi Lue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105371500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Castro Valley Sanitary District (CVSan) is applying for HD41 grant funds to further implement a reusable 1lb. propane cylinder program and educate residents regarding HHW proper use and disposal. The concept is to provide residents with an incentive to switch from single-use HHW products to reusables ones to be more environmentally friendly and reduce the cost of managing HHW waste for the jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chula Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joanne Brasch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167063420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shetuana Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102536456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Residents of the City of Culver City have actively requested Household Hazardous Waste Collection events. The Environmental Programs and Operations division have multiple outreach events throughout the year. During these events, residents regularly request options for correctly disposing of Household Hazardous Waste within the City. The City hosts a separate E-waste event and multiple people have come to this event in search of the ability to dispose Household Hazardous Waste as well. In response for this need, the City is seeking funds to host a pop-up Household Hazardous Waste Collection event. Currently, the County of Los Angeles operates semi-annual Household Hazardous Waste Collection events in the City. However, due to the requests from the residents, the City proposes  to host an additional annual collection event. 
+This event is proposed to occur at the Culver City Park West, a park located in the western area of the City that scored in the 81st percentile on CalEnviroscreen. The City of Culver City does not restrict environmental events to Culver City residents. The Environmental Programs and Operations division promotes all their events to residents and businesses throughout the region.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alicia Real</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596211878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fresno Solid Waste Management Division will use grant funds to launch an education campaign to help edify the public on HHW and the pitfalls of not disposing of them correctly. Information on how to safely and correctly discard unwanted HHW will be distributed via flyers that are hand delivered to residential customers before their annual "Operation Clean Up" (Bulky goods pick up). The hope is that by placing this information directly into the hands of our residents, it will cut down on the amount of illegally dumped and improperly disposed of HHW.  Social media posts will compliment the flyers, and if funds permit radio spots focusing on our Hmong and Spanish speaking communities will also go out.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Woods</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nadia Cook</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496390552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to continue providing a battery drop off program for Laguna Woods residents and City staff at Laguna Woods City Hall. The City provides a publicly accessible designated battery collection container at Laguna Woods City Hall for convenient disposal of household batteries. Residents and City staff can dispose of battery waste in the container as often as needed at no charge. The batteries are routinely collected by the City's hazardous waste handling services contractor for recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Mammoth Lakes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Anthony  Ottati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609653621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Located at 8,000 feet, Mammoth Lakes has many challenges; including weather, wildlife and environmental. Our recycling and proper disposal of Household Hazardous Waste has been an ongoing concern. Town of Mammoth Lakes, in partnership with our local hauler, Mammoth Disposal, will expand and enhance our existing HHW program already in place at our transfer station, to include community outreach, education, infrastructure improvement, and free community battery recycling day events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kolton Pacheco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel Dixon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto is proposing to being a new collection program for household dry-cell batteries curbside.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monterey Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xochitl Tipan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263071383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Monterey Park is requesting grant funding for a collection pop-up event at Barnes Park. These event will collect hazardous waste in partnership with the City's trash hauler. All activities will be free of charge. The City currently holds similar events but does not have the funding to expand to collect hazardous waste. With this grant funding, the City will incorporate hazardous waste collection and be able to continue to expand the pop-ups collection event's geographic reach and frequency. This funding would cover sufficient costs to allow for a year of hazardous waste reduction collection at the events. The funding also includes sufficient funding to include substantial education and outreach materials, including funding for booths at City events to promote the event and educate the public about hazardous waste reduction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Morro Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marcos Green</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057726254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our department is marine based, and has accumulated a large amount of marine flares recently. It has become impossible to drop them off at any of our County's hazardous waste centers. We would like to host a public flare collection event, such as are going on in other counties. We are in a rural area, and our local boating comunity is unable to participate in events outside of our area.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palmdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Benjamin Lucha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612675308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palmdale is applying for HD41 grant funds to further implement a reusable 1lb. propane cylinder program and educate residents regarding HHW proper use and disposal. The concept is to provide residents with an incentive to switch from single-use HHW products to reusables ones to be more environmentally friendly and reduce the cost of managing HHW waste for the jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elizabeth Purington</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pasadena currently maintains six free drop-off sites for batteries and CFLs. Funds from HD 41 will be used to improve and standardize the containers and signage at these drop-off sites, as well as expand the program to at least five additional sites. Funds will also be used to improve the City's HHW storage space to improve employee safety and allow for clearer separation of different hazardous material types. The City will also use funds to promote the drop-off sites through two digital advertising avenues, to complement the City's existing outreach and education channels. We expect to see an increase in usage at all sites, a decrease in contamination at current sites, and fewer refuse truck fires.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>City of Sacramento</x:t>
   </x:si>
   <x:si>
     <x:t> Ruben Avila</x:t>
   </x:si>
   <x:si>
     <x:t>9168084831</x:t>
   </x:si>
   <x:si>
     <x:t>Ashraf Batavia</x:t>
   </x:si>
   <x:si>
     <x:t>The City operates its Permanent Household Hazardous Waste Collection Facility (PHHWCF) at the Sacramento Recycling and Transfer Station, located at 8491 Fruitridge Road, where residents may drop off household hazardous waste (e.g., antifreeze, batteries, bulbs, oil, and paint) at no charge. The Recycling and Solid Waste Division is seeking this grant funding to fund the repair and resurfacing of the flooring in the PHHWCF building with chemical resistant flooring.</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...62 lines deleted...]
-    <x:t>The City of Pasadena currently maintains six free drop-off sites for batteries and CFLs. Funds from HD 41 will be used to improve and standardize the containers and signage at these drop-off sites, as well as expand the program to at least five additional sites. Funds will also be used to improve the City's HHW storage space to improve employee safety and allow for clearer separation of different hazardous material types. The City will also use funds to promote the drop-off sites through two digital advertising avenues, to complement the City's existing outreach and education channels. We expect to see an increase in usage at all sites, a decrease in contamination at current sites, and fewer refuse truck fires.</x:t>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gray</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County seeks to increase HHW collection by holding three mobile collection events in remote and underserved areas, targeting senior, rural, and low income residents.  Surveys taken at the County's HHW facility show that only a small percentage of the customers visiting the facility come from these areas, demonstrating the need to hold these events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Junko Vroman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089752517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San José’s proposed project will send a trilingual (English, Spanish, and Vietnamese) direct mail postcard to 110,318 single-family and multi-family households in four San José City Council Districts that have had lower participation rates in the countywide Household Hazardous Waste (HHW) Program. The goals of the postcard are to raise program awareness, increase the number of HHW Program appointments from residents residing in the targeted area, and increase the amount of HHW that is properly disposed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Torrance</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lili Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3107816900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The primary goal of the City's proposed grant project is to increase residents' awareness of existing Household Hazardous Waste (HHW) programs and collection opportunities, including those offered by the City, and to maximize the participation of Torrance residents in those programs. This goal will be achieved through an outreach education program made up of the following:
+Develop outreach and educational material regarding the importance of proper HHW disposal and promote existing EPR takeback locations for HHW via the City's social media, Cable, and website.
+(Note: Covered e-waste is not eligible for the grant.)</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Canyon Lake</x:t>
   </x:si>
   <x:si>
     <x:t> Jeff LaTendresse</x:t>
   </x:si>
   <x:si>
     <x:t>9513359414</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Annabel Farrall</x:t>
   </x:si>
   <x:si>
     <x:t>Our proposed project aims to tackle a pressing environmental issue, the improper disposal of batteries and its detrimental impact on our ecosystem. With support from this grant, a comprehensive battery collection program will be implemented with sustainable goals.
 We aim to establish an efficient and accessible battery collection for the residents of Canyon Lake. Collection points will be strategically placed, involving both physical drop-off locations and pickup services. Our goal is to significantly reduce the number of batteries ending up in landfills, ultimately minimizing the associated hazardous waste leaching into soil and ground water systems. 
 To ensure the long-term success and continuity of our program, we plan to raise awareness about responsible battery disposal by utilizing community outreach initiatives. This grant will be used to purchase a 55 gallon drum and a courier box for battery collection. This grant will also fund the sorting, disposal, freight, and pickup of the collected waste. Media Outreach will include utilizing media platforms like Facebook and Instagram. Surveys will be created after the program has been implemented for a year, to measure the positive impact in the community.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Luis Obispo     </x:t>
-[...71 lines deleted...]
-    <x:t>The City of San José’s proposed project will send a trilingual (English, Spanish, and Vietnamese) direct mail postcard to 110,318 single-family and multi-family households in four San José City Council Districts that have had lower participation rates in the countywide Household Hazardous Waste (HHW) Program. The goals of the postcard are to raise program awareness, increase the number of HHW Program appointments from residents residing in the targeted area, and increase the amount of HHW that is properly disposed.</x:t>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County Hazardous and Solid Waste Management Joint Powers Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This HD 41 application proposes a robust resident education campaign for safe marine flare management while promoting the adoption of coast guard certified reusable LED distress signals to replace single-use pyrotechnic flares. The project will include up to two marine flare collection exchange events, offering residents free or discounted reusable signals when they bring unwanted flares for safe disposal. Reportable metrics include the number of publications, the number of flares collected, and the number of LED signals distributed to residents in the Delta Diablo special district.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bruce Fritz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106937525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collection and disposal of marine flares (pyrotechnic signal devices) from County residents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heidi Darby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143340230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>If awarded, this grant funding would cover costs associated with hiring a contracted vendor to collect, transport and dispose of marine flares. OCWR will host two events; Newport Beach and Dana Point.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Katherine Prickett</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3107323951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This Marine Flare Collection Event will be completed in support of the Port of Los Angeles’ (Port) Clean Marina Program and Water Resources Action Plan (WRAP). The purpose of this project is to provide a responsible disposal option for marine flares, educate and support clean boating practices, and help transition boaters to use sustainable e-flares in accordance with the Clean Marina Program. The goal of this grant proposal is to apply for funding for a marine flare collection event to be held in Summer 2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Myhrvold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Due to continued improper HHW disposal, which causes fires and safety issues within the waste stream, Shasta County as a regional applicant with the cities of Anderson and Shasta Lake, requests grant funds to provide three (3) one-day mobile HHW collection event opportunities for residents to dispose of their household hazardous waste conveniently and appropriately. Each HHW collection event will provide an educational opportunity for attendees to receive information highlighting HHW materials accepted by the City of Redding (COR) Household Hazardous Waste Facility (the only available HHW facility in the County serving approximately 180,000 residents), proper HHW handling, transportation tips, hours of operation, etc. encouraging increased use of the COR HHW Facility. Community-connected web and digital platforms will augment in-person educational outreach.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles County</x:t>
   </x:si>
   <x:si>
     <x:t> Francisca Mandujano</x:t>
   </x:si>
   <x:si>
     <x:t>6264583585</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste).  Outreach such as postcards and local newspaper advertisements have proven the most effective way to promote HHW/E-Waste collection events in communities with historically low participation. E-Waste does not include the covered electronic waste.</x:t>
   </x:si>
   <x:si>
-    <x:t>Marin               </x:t>
-[...127 lines deleted...]
-  <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>Monterey Regional Waste Management District</x:t>
   </x:si>
   <x:si>
     <x:t> Kristin O'Hara</x:t>
   </x:si>
   <x:si>
     <x:t>6504546178</x:t>
   </x:si>
   <x:si>
     <x:t>Monterey Regional Waste Management District (dba ReGen Monterey) seeks to implement a new HHW collection program for batteries in the communities of western Monterey County. This program requires i) procurement of community containers for safe collection of batteries, ii) the enhancement of a receiving area at ReGen’s existing HHW ‘drop-off’ location to ensure safe receiving and storage for the new quantities of batteries collected in the communities, and iii) related outreach/public education materials and collection program signage.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>The City of Modesto is proposing to being a new collection program for household dry-cell batteries curbside.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 24</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -557,51 +560,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3f4ba5490db4863" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2271019f3eec4808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra80e91ddb6ee44dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbce88233b9c842e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c4ce386313f4177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdff79d28f08c43d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -649,664 +652,664 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.45196533203125" customHeight="1" collapsed="0">
+    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>49545</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.50396728515625" customHeight="1" collapsed="0">
+    <x:row ht="356.45672607421875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>48861</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.43939208984375" customHeight="1" collapsed="0">
+    <x:row ht="298.9700927734375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="1138.3936767578125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>25580</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>49995</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1103.89599609375" customHeight="1" collapsed="0">
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>15433</x:v>
+        <x:v>25580</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="103.4931640625" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.4375" customHeight="1" collapsed="0">
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>49426</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>49426</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+    <x:row ht="344.97607421875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>49995</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G17" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>49545</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.97607421875" customHeight="1" collapsed="0">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>83</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.44384765625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>49998</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1103.896484375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>15433</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-    <x:row ht="1138.3935546875" customHeight="1" collapsed="0">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+        <x:v>99</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>48861</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.99609375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.4453125" customHeight="1" collapsed="0">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>99690</x:v>
+        <x:v>49998</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.4453125" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>46050</x:v>
+        <x:v>99690</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.955078125" customHeight="1" collapsed="0">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>49992</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.494140625" customHeight="1" collapsed="0">
+        <x:v>120</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>49992</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A30" s="10" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B30" s="10" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C30" s="10"/>
       <x:c r="D30" s="11" t="n">
         <x:v>1334570</x:v>
       </x:c>
       <x:c r="E30" s="10" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F30" s="10" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G30" s="10" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H30" s="10" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:09 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 20, 2026 7:48 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>