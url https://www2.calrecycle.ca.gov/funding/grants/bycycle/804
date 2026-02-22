--- v5 (2026-01-20)
+++ v6 (2026-02-22)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5809a75ad06f4ca7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44369c691a404697" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6c4ce386313f4177"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rde376e308b334dad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Household Hazardous Waste Discretionary Grants (HD41)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -104,72 +104,72 @@
     <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Culver City</x:t>
   </x:si>
   <x:si>
     <x:t> Shetuana Smith</x:t>
   </x:si>
   <x:si>
     <x:t>3102536456</x:t>
   </x:si>
   <x:si>
     <x:t>Annabel Farrall</x:t>
   </x:si>
   <x:si>
     <x:t>Residents of the City of Culver City have actively requested Household Hazardous Waste Collection events. The Environmental Programs and Operations division have multiple outreach events throughout the year. During these events, residents regularly request options for correctly disposing of Household Hazardous Waste within the City. The City hosts a separate E-waste event and multiple people have come to this event in search of the ability to dispose Household Hazardous Waste as well. In response for this need, the City is seeking funds to host a pop-up Household Hazardous Waste Collection event. Currently, the County of Los Angeles operates semi-annual Household Hazardous Waste Collection events in the City. However, due to the requests from the residents, the City proposes  to host an additional annual collection event. 
 This event is proposed to occur at the Culver City Park West, a park located in the western area of the City that scored in the 81st percentile on CalEnviroscreen. The City of Culver City does not restrict environmental events to Culver City residents. The Environmental Programs and Operations division promotes all their events to residents and businesses throughout the region.</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Fresno</x:t>
   </x:si>
   <x:si>
-    <x:t> Alicia Real</x:t>
-[...2 lines deleted...]
-    <x:t>5596211878</x:t>
+    <x:t> Jillian Gaytan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218618</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Fresno Solid Waste Management Division will use grant funds to launch an education campaign to help edify the public on HHW and the pitfalls of not disposing of them correctly. Information on how to safely and correctly discard unwanted HHW will be distributed via flyers that are hand delivered to residential customers before their annual "Operation Clean Up" (Bulky goods pick up). The hope is that by placing this information directly into the hands of our residents, it will cut down on the amount of illegally dumped and improperly disposed of HHW.  Social media posts will compliment the flyers, and if funds permit radio spots focusing on our Hmong and Spanish speaking communities will also go out.</x:t>
   </x:si>
   <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Laguna Woods</x:t>
   </x:si>
   <x:si>
-    <x:t> Nadia Cook</x:t>
-[...2 lines deleted...]
-    <x:t>9496390552</x:t>
+    <x:t> Marlene Burns</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496390513</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funds will be used to continue providing a battery drop off program for Laguna Woods residents and City staff at Laguna Woods City Hall. The City provides a publicly accessible designated battery collection container at Laguna Woods City Hall for convenient disposal of household batteries. Residents and City staff can dispose of battery waste in the container as often as needed at no charge. The batteries are routinely collected by the City's hazardous waste handling services contractor for recycling.</x:t>
   </x:si>
   <x:si>
     <x:t>Mono                </x:t>
   </x:si>
   <x:si>
     <x:t>Town of Mammoth Lakes</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Anthony  Ottati</x:t>
   </x:si>
   <x:si>
     <x:t>7609653621</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Located at 8,000 feet, Mammoth Lakes has many challenges; including weather, wildlife and environmental. Our recycling and proper disposal of Household Hazardous Waste has been an ongoing concern. Town of Mammoth Lakes, in partnership with our local hauler, Mammoth Disposal, will expand and enhance our existing HHW program already in place at our transfer station, to include community outreach, education, infrastructure improvement, and free community battery recycling day events.</x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>City of Modesto</x:t>
   </x:si>
@@ -194,54 +194,54 @@
   <x:si>
     <x:t>6263071383</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Monterey Park is requesting grant funding for a collection pop-up event at Barnes Park. These event will collect hazardous waste in partnership with the City's trash hauler. All activities will be free of charge. The City currently holds similar events but does not have the funding to expand to collect hazardous waste. With this grant funding, the City will incorporate hazardous waste collection and be able to continue to expand the pop-ups collection event's geographic reach and frequency. This funding would cover sufficient costs to allow for a year of hazardous waste reduction collection at the events. The funding also includes sufficient funding to include substantial education and outreach materials, including funding for booths at City events to promote the event and educate the public about hazardous waste reduction.</x:t>
   </x:si>
   <x:si>
     <x:t>San Luis Obispo     </x:t>
   </x:si>
   <x:si>
     <x:t>City of Morro Bay</x:t>
   </x:si>
   <x:si>
     <x:t> Marcos Green</x:t>
   </x:si>
   <x:si>
     <x:t>8057726254</x:t>
   </x:si>
   <x:si>
     <x:t>Our department is marine based, and has accumulated a large amount of marine flares recently. It has become impossible to drop them off at any of our County's hazardous waste centers. We would like to host a public flare collection event, such as are going on in other counties. We are in a rural area, and our local boating comunity is unable to participate in events outside of our area.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Palmdale</x:t>
   </x:si>
   <x:si>
-    <x:t> Benjamin Lucha</x:t>
-[...2 lines deleted...]
-    <x:t>6612675308</x:t>
+    <x:t> Stephanie Mejia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612675306</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Palmdale is applying for HD41 grant funds to further implement a reusable 1lb. propane cylinder program and educate residents regarding HHW proper use and disposal. The concept is to provide residents with an incentive to switch from single-use HHW products to reusables ones to be more environmentally friendly and reduce the cost of managing HHW waste for the jurisdiction.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Pasadena</x:t>
   </x:si>
   <x:si>
     <x:t> Elizabeth Purington</x:t>
   </x:si>
   <x:si>
     <x:t>6267444338</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Pasadena currently maintains six free drop-off sites for batteries and CFLs. Funds from HD 41 will be used to improve and standardize the containers and signage at these drop-off sites, as well as expand the program to at least five additional sites. Funds will also be used to improve the City's HHW storage space to improve employee safety and allow for clearer separation of different hazardous material types. The City will also use funds to promote the drop-off sites through two digital advertising avenues, to complement the City's existing outreach and education channels. We expect to see an increase in usage at all sites, a decrease in contamination at current sites, and fewer refuse truck fires.</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>City of Sacramento</x:t>
   </x:si>
   <x:si>
     <x:t> Ruben Avila</x:t>
   </x:si>
@@ -560,51 +560,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbce88233b9c842e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c4ce386313f4177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdff79d28f08c43d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ff7c7df2844a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rde376e308b334dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R29cfe9800d9648e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1287,29 +1287,29 @@
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 20, 2026 7:48 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 22, 2026 4:21 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>