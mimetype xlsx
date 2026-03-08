--- v6 (2026-02-22)
+++ v7 (2026-03-08)
@@ -1,431 +1,431 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44369c691a404697" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec57fa165a3435f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rde376e308b334dad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1226e721557a4d62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Household Hazardous Waste Discretionary Grants (HD41)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sacramento</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ruben Avila</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168084831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashraf Batavia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City operates its Permanent Household Hazardous Waste Collection Facility (PHHWCF) at the Sacramento Recycling and Transfer Station, located at 8491 Fruitridge Road, where residents may drop off household hazardous waste (e.g., antifreeze, batteries, bulbs, oil, and paint) at no charge. The Recycling and Solid Waste Division is seeking this grant funding to fund the repair and resurfacing of the flooring in the PHHWCF building with chemical resistant flooring.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bruce Fritz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106937525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collection and disposal of marine flares (pyrotechnic signal devices) from County residents</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Arcadia</x:t>
   </x:si>
   <x:si>
     <x:t> Briget Arndell</x:t>
   </x:si>
   <x:si>
     <x:t>6262542705</x:t>
   </x:si>
   <x:si>
     <x:t>Raju Payuran</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded CalRecycle’s Household Hazardous Waste Grant, the City of Arcadia would like to dedicate the grant funding towards several household hazardous waste-related projects. First, we will expand our public education and outreach efforts by hosting educational training sessions and creating additional promotional materials for our existing programs (flyers, mailers, online content, etc.). Second, we will create sustainable EPR collection opportunities by promoting our current hazardous waste drop-off locations further and exploring opportunities within our community to create take-back programs with the city’s retailers and businesses. Lastly, we will add one more Household Hazardous waste collection event on top of the one we do each year.</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elizabeth Purington</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pasadena currently maintains six free drop-off sites for batteries and CFLs. Funds from HD 41 will be used to improve and standardize the containers and signage at these drop-off sites, as well as expand the program to at least five additional sites. Funds will also be used to improve the City's HHW storage space to improve employee safety and allow for clearer separation of different hazardous material types. The City will also use funds to promote the drop-off sites through two digital advertising avenues, to complement the City's existing outreach and education channels. We expect to see an increase in usage at all sites, a decrease in contamination at current sites, and fewer refuse truck fires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Canyon Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff LaTendresse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513359414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our proposed project aims to tackle a pressing environmental issue, the improper disposal of batteries and its detrimental impact on our ecosystem. With support from this grant, a comprehensive battery collection program will be implemented with sustainable goals.
+We aim to establish an efficient and accessible battery collection for the residents of Canyon Lake. Collection points will be strategically placed, involving both physical drop-off locations and pickup services. Our goal is to significantly reduce the number of batteries ending up in landfills, ultimately minimizing the associated hazardous waste leaching into soil and ground water systems. 
+To ensure the long-term success and continuity of our program, we plan to raise awareness about responsible battery disposal by utilizing community outreach initiatives. This grant will be used to purchase a 55 gallon drum and a courier box for battery collection. This grant will also fund the sorting, disposal, freight, and pickup of the collected waste. Media Outreach will include utilizing media platforms like Facebook and Instagram. Surveys will be created after the program has been implemented for a year, to measure the positive impact in the community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Morro Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marcos Green</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057726254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our department is marine based, and has accumulated a large amount of marine flares recently. It has become impossible to drop them off at any of our County's hazardous waste centers. We would like to host a public flare collection event, such as are going on in other counties. We are in a rural area, and our local boating comunity is unable to participate in events outside of our area.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chula Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joanne Brasch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167063420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monterey Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xochitl Tipan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263071383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Monterey Park is requesting grant funding for a collection pop-up event at Barnes Park. These event will collect hazardous waste in partnership with the City's trash hauler. All activities will be free of charge. The City currently holds similar events but does not have the funding to expand to collect hazardous waste. With this grant funding, the City will incorporate hazardous waste collection and be able to continue to expand the pop-ups collection event's geographic reach and frequency. This funding would cover sufficient costs to allow for a year of hazardous waste reduction collection at the events. The funding also includes sufficient funding to include substantial education and outreach materials, including funding for booths at City events to promote the event and educate the public about hazardous waste reduction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Junko Vroman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089752517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel Dixon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San José’s proposed project will send a trilingual (English, Spanish, and Vietnamese) direct mail postcard to 110,318 single-family and multi-family households in four San José City Council Districts that have had lower participation rates in the countywide Household Hazardous Waste (HHW) Program. The goals of the postcard are to raise program awareness, increase the number of HHW Program appointments from residents residing in the targeted area, and increase the amount of HHW that is properly disposed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francisca Mandujano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste).  Outreach such as postcards and local newspaper advertisements have proven the most effective way to promote HHW/E-Waste collection events in communities with historically low participation. E-Waste does not include the covered electronic waste.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County Hazardous and Solid Waste Management Joint Powers Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This HD 41 application proposes a robust resident education campaign for safe marine flare management while promoting the adoption of coast guard certified reusable LED distress signals to replace single-use pyrotechnic flares. The project will include up to two marine flare collection exchange events, offering residents free or discounted reusable signals when they bring unwanted flares for safe disposal. Reportable metrics include the number of publications, the number of flares collected, and the number of LED signals distributed to residents in the Delta Diablo special district.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palmdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Mejia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612675306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palmdale is applying for HD41 grant funds to further implement a reusable 1lb. propane cylinder program and educate residents regarding HHW proper use and disposal. The concept is to provide residents with an incentive to switch from single-use HHW products to reusables ones to be more environmentally friendly and reduce the cost of managing HHW waste for the jurisdiction.</x:t>
   </x:si>
   <x:si>
     <x:t>Castro Valley Sanitary District</x:t>
   </x:si>
   <x:si>
     <x:t> Naomi Lue</x:t>
   </x:si>
   <x:si>
     <x:t>5105371500</x:t>
   </x:si>
   <x:si>
-    <x:t>Akemi Myers</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Castro Valley Sanitary District (CVSan) is applying for HD41 grant funds to further implement a reusable 1lb. propane cylinder program and educate residents regarding HHW proper use and disposal. The concept is to provide residents with an incentive to switch from single-use HHW products to reusables ones to be more environmentally friendly and reduce the cost of managing HHW waste for the jurisdiction.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Diego           </x:t>
-[...11 lines deleted...]
-    <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases.</x:t>
+    <x:t>City of Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Katherine Prickett</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3107323951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This Marine Flare Collection Event will be completed in support of the Port of Los Angeles’ (Port) Clean Marina Program and Water Resources Action Plan (WRAP). The purpose of this project is to provide a responsible disposal option for marine flares, educate and support clean boating practices, and help transition boaters to use sustainable e-flares in accordance with the Clean Marina Program. The goal of this grant proposal is to apply for funding for a marine flare collection event to be held in Summer 2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heidi Darby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143340230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>If awarded, this grant funding would cover costs associated with hiring a contracted vendor to collect, transport and dispose of marine flares. OCWR will host two events; Newport Beach and Dana Point.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Culver City</x:t>
   </x:si>
   <x:si>
     <x:t> Shetuana Smith</x:t>
   </x:si>
   <x:si>
     <x:t>3102536456</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Annabel Farrall</x:t>
   </x:si>
   <x:si>
     <x:t>Residents of the City of Culver City have actively requested Household Hazardous Waste Collection events. The Environmental Programs and Operations division have multiple outreach events throughout the year. During these events, residents regularly request options for correctly disposing of Household Hazardous Waste within the City. The City hosts a separate E-waste event and multiple people have come to this event in search of the ability to dispose Household Hazardous Waste as well. In response for this need, the City is seeking funds to host a pop-up Household Hazardous Waste Collection event. Currently, the County of Los Angeles operates semi-annual Household Hazardous Waste Collection events in the City. However, due to the requests from the residents, the City proposes  to host an additional annual collection event. 
 This event is proposed to occur at the Culver City Park West, a park located in the western area of the City that scored in the 81st percentile on CalEnviroscreen. The City of Culver City does not restrict environmental events to Culver City residents. The Environmental Programs and Operations division promotes all their events to residents and businesses throughout the region.</x:t>
-  </x:si>
-[...163 lines deleted...]
-    <x:t>The City of San José’s proposed project will send a trilingual (English, Spanish, and Vietnamese) direct mail postcard to 110,318 single-family and multi-family households in four San José City Council Districts that have had lower participation rates in the countywide Household Hazardous Waste (HHW) Program. The goals of the postcard are to raise program awareness, increase the number of HHW Program appointments from residents residing in the targeted area, and increase the amount of HHW that is properly disposed.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Torrance</x:t>
   </x:si>
   <x:si>
     <x:t> Lili Myers</x:t>
   </x:si>
   <x:si>
     <x:t>3107816900</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The primary goal of the City's proposed grant project is to increase residents' awareness of existing Household Hazardous Waste (HHW) programs and collection opportunities, including those offered by the City, and to maximize the participation of Torrance residents in those programs. This goal will be achieved through an outreach education program made up of the following:
 Develop outreach and educational material regarding the importance of proper HHW disposal and promote existing EPR takeback locations for HHW via the City's social media, Cable, and website.
 (Note: Covered e-waste is not eligible for the grant.)</x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...61 lines deleted...]
-    <x:t>This Marine Flare Collection Event will be completed in support of the Port of Los Angeles’ (Port) Clean Marina Program and Water Resources Action Plan (WRAP). The purpose of this project is to provide a responsible disposal option for marine flares, educate and support clean boating practices, and help transition boaters to use sustainable e-flares in accordance with the Clean Marina Program. The goal of this grant proposal is to apply for funding for a marine flare collection event to be held in Summer 2024.</x:t>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gray</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County seeks to increase HHW collection by holding three mobile collection events in remote and underserved areas, targeting senior, rural, and low income residents.  Surveys taken at the County's HHW facility show that only a small percentage of the customers visiting the facility come from these areas, demonstrating the need to hold these events.</x:t>
   </x:si>
   <x:si>
     <x:t>Shasta              </x:t>
   </x:si>
   <x:si>
     <x:t>Shasta County</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Myhrvold</x:t>
   </x:si>
   <x:si>
     <x:t>5302255789</x:t>
   </x:si>
   <x:si>
     <x:t>Due to continued improper HHW disposal, which causes fires and safety issues within the waste stream, Shasta County as a regional applicant with the cities of Anderson and Shasta Lake, requests grant funds to provide three (3) one-day mobile HHW collection event opportunities for residents to dispose of their household hazardous waste conveniently and appropriately. Each HHW collection event will provide an educational opportunity for attendees to receive information highlighting HHW materials accepted by the City of Redding (COR) Household Hazardous Waste Facility (the only available HHW facility in the County serving approximately 180,000 residents), proper HHW handling, transportation tips, hours of operation, etc. encouraging increased use of the COR HHW Facility. Community-connected web and digital platforms will augment in-person educational outreach.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles County</x:t>
-[...8 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste).  Outreach such as postcards and local newspaper advertisements have proven the most effective way to promote HHW/E-Waste collection events in communities with historically low participation. E-Waste does not include the covered electronic waste.</x:t>
+    <x:t>Mono                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Mammoth Lakes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Anthony  Ottati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609653621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Located at 8,000 feet, Mammoth Lakes has many challenges; including weather, wildlife and environmental. Our recycling and proper disposal of Household Hazardous Waste has been an ongoing concern. Town of Mammoth Lakes, in partnership with our local hauler, Mammoth Disposal, will expand and enhance our existing HHW program already in place at our transfer station, to include community outreach, education, infrastructure improvement, and free community battery recycling day events.</x:t>
   </x:si>
   <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>Monterey Regional Waste Management District</x:t>
   </x:si>
   <x:si>
     <x:t> Kristin O'Hara</x:t>
   </x:si>
   <x:si>
     <x:t>6504546178</x:t>
   </x:si>
   <x:si>
     <x:t>Monterey Regional Waste Management District (dba ReGen Monterey) seeks to implement a new HHW collection program for batteries in the communities of western Monterey County. This program requires i) procurement of community containers for safe collection of batteries, ii) the enhancement of a receiving area at ReGen’s existing HHW ‘drop-off’ location to ensure safe receiving and storage for the new quantities of batteries collected in the communities, and iii) related outreach/public education materials and collection program signage.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kolton Pacheco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto is proposing to being a new collection program for household dry-cell batteries curbside.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jillian Gaytan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fresno Solid Waste Management Division will use grant funds to launch an education campaign to help edify the public on HHW and the pitfalls of not disposing of them correctly. Information on how to safely and correctly discard unwanted HHW will be distributed via flyers that are hand delivered to residential customers before their annual "Operation Clean Up" (Bulky goods pick up). The hope is that by placing this information directly into the hands of our residents, it will cut down on the amount of illegally dumped and improperly disposed of HHW.  Social media posts will compliment the flyers, and if funds permit radio spots focusing on our Hmong and Spanish speaking communities will also go out.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Woods</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marlene Burns</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496390513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to continue providing a battery drop off program for Laguna Woods residents and City staff at Laguna Woods City Hall. The City provides a publicly accessible designated battery collection container at Laguna Woods City Hall for convenient disposal of household batteries. Residents and City staff can dispose of battery waste in the container as often as needed at no charge. The batteries are routinely collected by the City's hazardous waste handling services contractor for recycling.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 24</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -560,51 +560,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ff7c7df2844a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rde376e308b334dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R29cfe9800d9648e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8983151bd9b0496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1226e721557a4d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R23e8c162822f40fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -652,621 +652,621 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
+    <x:row ht="425.45196533203125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>49545</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.45672607421875" customHeight="1" collapsed="0">
+    <x:row ht="80.50396728515625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>48861</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.9700927734375" customHeight="1" collapsed="0">
+    <x:row ht="747.43939208984375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="1138.3936767578125" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.9464111328125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>49995</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
+    <x:row ht="1103.8961181640625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>15433</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>25580</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.969970703125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>46050</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.4931640625" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>49426</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>49426</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.97607421875" customHeight="1" collapsed="0">
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G16" s="8" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+    <x:row ht="344.97607421875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>49995</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
+    <x:row ht="356.45751953125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B18" s="8" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>49545</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>49998</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.99658203125" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="G20" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1138.39306640625" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>15433</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B23" s="8" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.4462890625" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B24" s="8" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>48861</x:v>
+        <x:v>99690</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
+        <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.4638671875" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>49998</x:v>
+        <x:v>49992</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
-    <x:row ht="793.4453125" customHeight="1" collapsed="0">
+    <x:row ht="103.4931640625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>99690</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>120</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.9501953125" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>49992</x:v>
+        <x:v>25580</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A30" s="10" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B30" s="10" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C30" s="10"/>
       <x:c r="D30" s="11" t="n">
         <x:v>1334570</x:v>
       </x:c>
       <x:c r="E30" s="10" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F30" s="10" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G30" s="10" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -1287,29 +1287,29 @@
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 22, 2026 4:21 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 7:55 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>