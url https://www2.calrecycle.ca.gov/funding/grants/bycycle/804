--- v7 (2026-03-08)
+++ v8 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec57fa165a3435f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra110f2a279054547" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1226e721557a4d62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R171885848ccd40a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Household Hazardous Waste Discretionary Grants (HD41)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -560,51 +560,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8983151bd9b0496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1226e721557a4d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R23e8c162822f40fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f9bed9752cc47c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R171885848ccd40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R33f34f797f264f3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1287,29 +1287,29 @@
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 7:55 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:21 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>