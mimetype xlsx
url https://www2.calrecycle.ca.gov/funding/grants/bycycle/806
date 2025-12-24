--- v0 (2025-12-17)
+++ v1 (2025-12-24)
@@ -1,516 +1,516 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c21e02596674124" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde531397e48e4cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbf1597c760114aa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re76dd289c7cd4b10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Rubberized Pavement Grant Program (TRP16)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marvin Dinozo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The 2024 Pavement Preservation Project in Yolo County will feature the use of rubberized asphalt chip seal as part of Cape Seal treatment on nearly 30 miles of roads including County Road (CR) 31, CR 93A, CR 32 (Russell Blvd) to the City of Winters, CR 85B, CR 21A, streets west of State Route 16 in the town of Esparto, and the streets in the town of Clarksburg. 
+The earliest proposed construction date will be 05/2024. Construction Dates will occur on 05/2024 – 10/2024. Total Project Rubberized Asphalt Chip Seal Square Yardage (SY): 250,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kathryn Hughes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307457593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: In the summer of 2024-2025, Placer County plans to overlay approximately 8,500 tons of RAC hot-mix material to County maintained roads. These roads are located in Auburn and Granite Bay and the earliest proposed construction start date is set for 06/2024. Construction dates is set to start 06/2024 to 11/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Canyon Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Scott Harrison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4077394805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>All three lanes of Railroad Canyon Road in both directions within the City of Canyon Lake City limits will be repaved with Hot Mix Rubberized Asphalt. This project is scheduled in the approved Capital Improvement Program to be funded in FY25/26. The design for this project will start in July 2025 and construction will begin November 2025 and end February 2026. This project consists of a total of 8,036.9 tons of rubberized asphalt. Scott Harrison is the Project Manager responsible for overseeing this project and has completed the required Tire Derived Aggregate training course. The certificate is uploading in the document center.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Baldwin Park</x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Los Angeles Street is a major thoroughfare in the City of Baldwin Park that runs from west city limit to east city limit. The city plans to repave Los Angeles Street including constructing complete street improvements focusing on safety, accessibility, and sustainability with modernized intersections, and dedicated spaces for pedestrians and cyclists. The project is anticipated to commence construction in September 2024. The scope includes repaving 1.8 mi. of roadway including, improve or install bus stop benches, shelters, trash receptacles, pedestrian and street lighting, high visibility continental crosswalks, sidewalk curb extensions, Class II bike lanes, wayfinding signage, ADA ramps, bioswale stormwater capture, and installation of drought-tolerant trees and shrubs. Additionally, the city is planning to repave other arterial streets along various locations Citywide. The cumulative estimate of RAC hot-mix tons to be utilized is 25,000. The projects are currently under development and planned for construction between 9/24 to 5/25.</x:t>
+    <x:t>City of Palos Verdes Estates</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elizabeth Becerra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103730383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noel Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Palos Verdes Estates strives to prevent further deterioration of its roadways. Each year, the City sets aside a budget to cover costs associated with the maintenance of street maintenance to rehabilitate the existing roadway pavement. The purpose of this work is to restore the road to its original condition. Since obtaining its first Cal Recycle Grant, the City has continued to use Rubberized Asphalt Concrete (RAC) Hot-Mix to maintain its streets. The City proposes to use CalRecycle funds to cover a portion of the rubberized asphalt costs for the FY 23-24 Street Improvements Project: start date 05/2024-06/2024 and FY 24-25 Street Improvements Project: start date 05/2025-06/2025. It is estimated that a combined total of 7,150 tons of Rubberized Asphalt Concrete Hot-Mix material will be used to complete both projects. Weather permitting, the construction of the projects is expected to begin in the Spring of the project's respective fiscal year.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edward Nakayama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104944775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project shall apply a rubberized chip seal to 250,000 square yards of asphalt pavement.  The earliest construction start date is estimated to be 04/15/2024.  The project is estimated to conclude by 10/31/2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Murrieta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Garrett Strang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514616085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This Project will consist of pavement rehabilitation for 5 roads within the City of Murrieta via means of grinding the AC surface and applying a rubberized asphalt overlay. The earliest anticipated project start date is 5/1/2024 and is expected to have a duration of approximately 4 months ending in September of the same year (09/2024). The City of Murrieta has estimated the use of 14,572 tons of RAC hot-mix will be used on this project. Please note that I myself, Garrett Strang, will be the individual completing the TDA training course.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of American Canyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Project consists of pavement rehabilitation by means of 40,000 SY of asphalt-rubber/field blend at various locations throughout the City. Earliest start date is 7/1/24, expected Construction Start Date is 9/1/24. 
+This project consists of a bituminous surface Stress Absorbing Membrane (SAM) composed of a single application of Asphalt-Rubber material and hot pre-coated 3/8” aggregate. This specification requires the application of a specified blend of asphalt-rubber binder material (i.e. a field blend
+product).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Moreno Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ricky Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514133107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Moreno Valley is embarking on an extensive project focused on rehabilitating pavements, with the primary goal of enhancing the quality and durability of roads across the entire city. This endeavor will encompass the rehabilitation and preservation of about 66 arterial and collector street segments throughout Moreno Valley. The approach involves two methods: using grind and overlay techniques and applying slurry to effectively restore main roads and local neighborhood streets. Construction is set to begin in May 2024 and finish by December 2024. Approximately 43,100 tons of rubberized asphalt concrete hot-mix will be used. It's important to note that the city's median household income is less than 80% of the statewide median.</x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Concord</x:t>
-[...10 lines deleted...]
-</x:t>
+    <x:t>City of Pittsburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Savon Reese</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252526943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 2023/24 Pavement Management is a 5-Year Capital Improvement Plan (CIP) project that will rehabilitate various residential streets with rubberized Chip Seal to extend the useful life of Pittsburg roads. The project will consist of approximately 283,000 SY of rubberized chip seal.
+Construction Start Date: 06/2024.
+Construction Dates 06/2024 to 09/2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Garden Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexandra Viramontes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147415176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Garden Grove is proposing to use asphalt rubber generated from 100% recycled California waste tires to install ARAM (183,000 SY) on 12 separate street segments in the City. The segments are: 1) Chapman Ave from Harbor Blvd to Lewis St, 2) Lampson Ave from City Limits to Valley View St, 3) Lampson Ave from Nelson St to Euclid St, 4) Trask Ave from Brookhurst St to Benton St, 5) Dale Ave from Garden Grove Blvd to Benton St, 6) Yockey St from Westminster to Garden Grove Blvd, 7) Garden Grove Blvd from Magnolia St to Gilbert St, 8) Ward St from Hazard Ave to Morningside Ave, 9) Longden St from Anthony Ave to Stanford Ave, 10) Stanford Ave from Longden St to Owen St, 11) Cerulean Ave from Valley View St to Topaz St, and 12) Wakefield Ave from Euclid St to City Limits.
+The earliest proposed construction start date is scheduled for July 2024. Construction is planned to commence from July 2024 and continue through March 2025. A total of 183,000 square yards of rubberized chip seal will be utilized.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ashley Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306424925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Rubberized chip seal as one of the three layers used to complete surface treatments throughout the County to ensure roads are maintained for public safety, while diverting tire waste.
+The earliest proposed construction start date: 06/01/2024
+Construction Dates: 6/01/2024 through 09/30/2025
+Total square yards of rubberized chip seal that will be used 250,000 sq yds.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Simi Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lauren Lien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055836882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project.  Earliest proposed construction start date: 02/2024. 
+Construction Dates 02/2024 to 04/1/2026.
+The total tons of RAC hot-mix: 35,715 tons. 
+TDA training course completed by Lauren Lien August 29, 2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cordova</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristine Courdy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168518842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Rancho Cordova proposes to utilize 24,882 tons of hot-mix RAC during construction of the Sunrise Boulevard Rehabilitation Phase 2 Project. This project will rehabilitate Sunrise Blvd from White Rock Rd to Kiefer Blvd which will increase the life cycle of a principal arterial road. Construction is anticipated to occur July 2024 through March 2026.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Jose plans to resurface nearly 29 thirty-foot equivalent miles of arterial streets in 2024 using rubberized hot-mix asphalt. Approximately 56,000 tons of rubberized hot-mix asphalt is estimated to be placed. Construction is expected to begin in June 2024 and be completed by November 2024. This grant will be managed by Carl Mo, Engineer II, who has completed the TDA course.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Menifee</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jenny McConville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517233876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City's Pavement Management Program (PMP), established in 2008 upon incorporation, guides pavement rehabilitation projects based on available budget and desired goals.  The proposed PMP projects have been budgeted for the 2024/2025 fiscal year. 
+The Menifee Road Resurfacing project is anticipated to start in late July 2024 and conclude by December 2024. This project would use approximately 6,000 tons of rubberized asphalt concrete and 65,000 square yards of rubberized chip seal. 
+The FY 24/25 Local Roads AC Resurfacing Program is anticipated to start in late July 2024 and conclude by June 2025. This ARAM project would use approximately 2,000 tons of rubberized asphalt concrete and 17,222 square yards of rubberized chip seal. 
+The FY 24/25 Slurry Seal Program is anticipated to start in September 2024 and conclude by November 2024. This project would use approximately 31,111 square yards of rubberized chip seal.
+All projects combined total 8,000 tons of rubberized asphalt concrete hot mix and 113,333 square yards of rubberized chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Steffen Meyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will consist of rubberized chip seal (followed by a slurry seal). Construction in Summer 2024 utilizing 192,000 SY of chip seal material.
+Earliest proposed construction start date: 07/2024
+Construction Dates: 07/2024 to 11/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gilbert Tsoi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264587929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Canelones Drive, et al. project is a pavement preservation project using rubberized chip seal. The project is located in the unincorporated County of Hacienda Heights and is approximately 975,000 SF in area. Construction is proposed to start August 2025 and is expected to be completed by October 2025. Approximately 108,000 SY of rubberized chip seal will be used as part of the project. Gilbert Tsoi, Civil Engineer, participated and successfully completed the required TDA training course.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Thousand Oaks</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pooriya Izadi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054492445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Thousand Oaks' Fiscal Year 2024 Pavement Rehabilitation and Resurfacing Program includes overlaying residential and arterial streets throughout the City with Asphalt Rubber Hot Mix (ARHM), Thin Maintenance Overlay (TMO), micro-surfacing, and slurry seal. All curb ramps within the project limit will be updated to meet ADA requirements. The TMO is a relatively new asphalt product that has shown to preserve and prolong pavement life and is less expensive than a two-inch thick overlay. It will be used on streets with minor stresses caused by the environment and conditions that do not currently require a full overlay. TMO is similar to ARHM, with smaller aggregate rock (3/8-inch), higher rubber binder content, and placed 0.1-ft thick.
+The City's biennial program preserves street pavement in good working condition and rehabilitates street surfaces that are in need of repair. The program protects street surfaces by adding useful life to the pavement, and in turn provides economic and environmental benefits. Prolonging the life expectancy of existing pavement conditions (by implementing lower-cost maintenance strategies), reduces the frequency and need for future high-cost pavement removal and replacement. The City will benefit financially from prolonging pavement usage, because the need for larger-scale (pavement removal and replacement) projects is reduced. Another benefit to reducing the number of pavement removal/replacement and overlay projects is less impact on the environment on local, regional, and global scales. 
+The locations that will receive maintenance during this cycle were prioritized in accordance with the City's Pavement Management Program (PMP), and are based on existing street pavement condition indexes, average daily traffic counts, loads, resident requests, and geographical equity on residential and arterial streets. 
+The earliest proposed construction start date is 04/2024. The construction is expected to take 180 calendar days to complete, which means that all work related to this grant will be completed by November 2024. 
+The total tonnage of the rubberized asphalt concrete hot-mix including rubberized Thin Maintenance Overlay, is estimated to be 43,154.00.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Culver City</x:t>
   </x:si>
   <x:si>
     <x:t> Diana Szymanski</x:t>
   </x:si>
   <x:si>
     <x:t>3102535623</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Washington Boulevard between La Cienega Bl and Fairfax Avenue &amp; Jefferson Boulevard between Hetzler Road and Overland Avenue, in Culver City, CA.
 Earliest proposed construction start date: 07/2025
 Construction Dates: 07/2025 – 12/2025
 Total tons of RAC hot-mix: 8,175 tons
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...212 lines deleted...]
-    <x:t>Yolo                </x:t>
+    <x:t>City of Eastvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yurhi Choi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517034471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant will be used on a street resurfacing project in the City of Eastvale. Utilizing approximately 13,800 tons of RAC hot mix and approximately 150,000 sqaure yard of rubberized chip seal. This project will commence around Summer 2024 (05/2024) and finish around Winter 2024 (12/2024).</x:t>
   </x:si>
   <x:si>
     <x:t>City of West Sacramento</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Ryan Teves</x:t>
   </x:si>
   <x:si>
     <x:t>9166174665</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Description: The Neighborhood Pavement Preservation Program’s focus is to preserve and maintain local residential roadways within the City of West Sacramento. The proposed work for the 2024 Project includes but is not limited to removal of existing traffic stripes, markings and markers, and the installation of Type II Slurry Seal, Cape Seal, Type II Micro surface, Chip Seal, thermoplastic pavement striping markings and markers, and signs on existing and new posts. 
 The earliest proposed construction start date: 06/2024
 Construction Dates: 06/2024 to 11/2024
 The total tons of RAC hot-mix: 14,200 tons of RAC hot-mix 
 The total square yards of rubberized chip seal: 51,200 SY of rubberized chip seal 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Yolo County</x:t>
-[...12 lines deleted...]
-The earliest proposed construction date will be 05/2024. Construction Dates will occur on 05/2024 – 10/2024. Total Project Rubberized Asphalt Chip Seal Square Yardage (SY): 250,000.</x:t>
+    <x:t>City of Concord</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Moreira</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256713362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Concord proposes to use RAC for three projects:  The Monument Boulevard Pavement Rehabilitation Project (PJ 2581) from Detroit Ave. to the City Limits, the Treat Boulevard Pavement Rehabilitation - Phase 2 Project (PJ 2559) from San Miguel Rd. to Concord Blvd, and the Galindo Street Pavement Rehabilitation - Phase Project (PJ 2452) form Detroit Ave. to Salvio Street.  
+PJ 2581 is 6,000 tons of RAC HMA with an earliest proposed construction start date of 03/2024 and an expected construction duration 04/2024 to 12/2024.  PJ 2559 is 7,800 tons of RAC HMA with an earliest proposed construction start date of 03/2024 and an expected construction duration 04/2024 to 12/2024.  PJ 2452 is 5,700 tons of RAC HMA with an earliest proposed construction start date of 07/2024 and an expected construction duration 10/2024 to 11/2025.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Aliso Viejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Quang Le</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494252531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City proposes to rehabilitate Project #1 - Glenwood Drive (between Enterprise and Aliso Creek Road) and Project #2 - Enterprise (between Glenwood Drive and Aliso Viejo Parkway).  The projects consist of grinding existing asphalt pavement, placing ARHM, placing AC leveling course, installation of traffic loops, thermoplastic striping and pavement markings, and adjustment of existing utility vaults, manholes, and valve covers.  Proposed construction start date is starting June/2024.  Construction dates June/2024 to December/2024 utilizing 3,800 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tammy Pelayes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City is proposing to use rubberized hot mix asphalt (RHMA) material. The asphalt concrete section will include 5" of asphalt base course with a 2" rubberized overlay. The project will also include the remediation of drainage issues. It is estimated that a total of 32,000 tons of RHMA will be used for the project with a minimum of 300 pounds (or 15% by weight) of tire derived crumb rubber per ton of rubberized binder. The project is currently under construction, installation of the RHMA cap is slated to begin in April 2024. The project goal is to improve driving conditions for residents and visitors to the City, increase longevity to the street, and utilize environmentally friendly solutions in addressing the City's needs while helping the effort to reduce tires sent to landfills. Proposed construction start date is 3/2024-10/2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oroville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Project is for various street rehabilitations using 5,000 tons of RAC Hot Mix Asphalt. Earliest project start date is 1/1/2024 start of Construction is 6/1/2024 to 12/31/2024. Project will be repaving the Montgomery Roundabout, and Washington Avenue between the Railroad bridge and Oro Dam Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>Sutter              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Yuba City</x:t>
   </x:si>
   <x:si>
     <x:t> Josh Wolffe</x:t>
   </x:si>
   <x:si>
     <x:t>5308223288</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 2024 Resurfacing Project. This project will place approximately 84,502 SY of asphalt rubber chip seal throughout Yuba City. 
 Earliest Proposed Construction Date: 06/2024
 Construction Dates: 06/2024 to 10/2024
 Per 2021 Census, Yuba City had a median household income of $64,255 vs the State's median household income of $84,097. Yuba City's median household income is only 76% of the statewide median household income.</x:t>
   </x:si>
   <x:si>
-    <x:t>Napa                </x:t>
-[...116 lines deleted...]
-    <x:t>The Canelones Drive, et al. project is a pavement preservation project using rubberized chip seal. The project is located in the unincorporated County of Hacienda Heights and is approximately 975,000 SF in area. Construction is proposed to start August 2025 and is expected to be completed by October 2025. Approximately 108,000 SY of rubberized chip seal will be used as part of the project. Gilbert Tsoi, Civil Engineer, participated and successfully completed the required TDA training course.</x:t>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Soledad</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Donald Wilcox</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8312235124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Front Street is an existing 2-lane arterial which runs from Fourth Street to Moranda Road, paralleling Highway 101. The street corridor from Benito St. to East St. is an approximately 100’ right-of-way composed of two 14’ travel lanes and diagonal parking on both sides, a 10’ landscape median, 14’ sidewalk on the west and 10’ sidewalk on the east for a total curb to curb width of 76’. Curb extensions (bulb-outs) are located at five intersections with benches and seating opportunities along with colored, decorative concrete sidewalks. North of Benito St. and south of East St. the street geometrics include center turn pockets, bike lanes, parallel parking, and standard curb, gutter, and sidewalk. The street has been identified in the city's Pavement Management Program as requiring significant rehabilitation of the asphalt pavement section.  The Proposed Construction Start Date is 2/01/2024.  The Proposed Construction Period is 2/01/2024 to 2/28/2025.  The Total tons of RAC hot-mix is 5,153 Tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ontario</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Andrew Garland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9092952025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will utilize 47,300 tons of Asphalt Rubber overlay and 126,243 square yards of asphalt rubber chip seal on multiple city streets with a proposed construction of 08/2024. The construction dates will range from 08/2024 to 01/2026. Use of rubber asphalt allows for effective pavement rehabilitation and maintenance while gaining the benefit of recycling used tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Baldwin Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Enrique Zaldivar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269604011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Los Angeles Street is a major thoroughfare in the City of Baldwin Park that runs from west city limit to east city limit. The city plans to repave Los Angeles Street including constructing complete street improvements focusing on safety, accessibility, and sustainability with modernized intersections, and dedicated spaces for pedestrians and cyclists. The project is anticipated to commence construction in September 2024. The scope includes repaving 1.8 mi. of roadway including, improve or install bus stop benches, shelters, trash receptacles, pedestrian and street lighting, high visibility continental crosswalks, sidewalk curb extensions, Class II bike lanes, wayfinding signage, ADA ramps, bioswale stormwater capture, and installation of drought-tolerant trees and shrubs. Additionally, the city is planning to repave other arterial streets along various locations Citywide. The cumulative estimate of RAC hot-mix tons to be utilized is 25,000. The projects are currently under development and planned for construction between 9/24 to 5/25.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 29</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -645,51 +645,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f35967da24c469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbf1597c760114aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R55b125994ae940d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2595563eb9d476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re76dd289c7cd4b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66c724c147194f0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -737,747 +737,747 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="977.41412353515625" customHeight="1" collapsed="0">
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>175000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
+    <x:row ht="356.45672607421875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.456787109375" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>32700</x:v>
+        <x:v>80367</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.996826171875" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.4188232421875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>50050</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.905517578125" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>91500</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="770.42822265625" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>224000</x:v>
+        <x:v>145720</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.97021484375" customHeight="1" collapsed="0">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>192000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-    <x:row ht="655.455078125" customHeight="1" collapsed="0">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.454833984375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>91500</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>50050</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>199056</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.95849609375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.99169921875" customHeight="1" collapsed="0">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1069.39892578125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>136667</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-    <x:row ht="942.9169921875" customHeight="1" collapsed="0">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>103060</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="1989.326171875" customHeight="1" collapsed="0">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>172616</x:v>
+        <x:v>54000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-    <x:row ht="701.4326171875" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1989.326171875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>172616</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>32700</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>84502</x:v>
+        <x:v>170586</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+    </x:row>
+    <x:row ht="701.4326171875" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B26" s="8" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
-    <x:row ht="551.9619140625" customHeight="1" collapsed="0">
+    <x:row ht="862.4130859375" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>80367</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
+    <x:row ht="517.4638671875" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>145720</x:v>
+        <x:v>15200</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+    <x:row ht="770.4287109375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>15200</x:v>
+        <x:v>224000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row ht="333.466796875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>199056</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G30" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H30" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="G30" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H30" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>136667</x:v>
+        <x:v>84502</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.46875" customHeight="1" collapsed="0">
+    <x:row ht="942.91796875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>170586</x:v>
+        <x:v>103060</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>134</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.451171875" customHeight="1" collapsed="0">
+        <x:v>135</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.95703125" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.453125" customHeight="1" collapsed="0">
+    <x:row ht="977.4140625" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>54000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3984375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B35" s="10" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C35" s="10"/>
       <x:c r="D35" s="11" t="n">
         <x:v>4817024</x:v>
       </x:c>
       <x:c r="E35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1497,29 +1497,29 @@
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:55 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 5:36 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>