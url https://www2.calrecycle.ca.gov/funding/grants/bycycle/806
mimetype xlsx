--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde531397e48e4cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96c4f087bedb4afb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re76dd289c7cd4b10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb3ba0d8876e047f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Rubberized Pavement Grant Program (TRP16)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -645,51 +645,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2595563eb9d476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re76dd289c7cd4b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66c724c147194f0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3dc6489644043c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb3ba0d8876e047f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4a680e93b9a94ab6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1497,29 +1497,29 @@
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 5:36 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>