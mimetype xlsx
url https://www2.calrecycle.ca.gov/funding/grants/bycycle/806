--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96c4f087bedb4afb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b6a2beff4e04e42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb3ba0d8876e047f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R21ab463d7c234056"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Rubberized Pavement Grant Program (TRP16)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -645,51 +645,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3dc6489644043c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb3ba0d8876e047f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4a680e93b9a94ab6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R416e7e61536549e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R21ab463d7c234056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re065d96647364385" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1497,29 +1497,29 @@
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:56 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>