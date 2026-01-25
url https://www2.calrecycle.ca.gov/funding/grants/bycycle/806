--- v3 (2025-12-24)
+++ v4 (2026-01-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b6a2beff4e04e42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d13128b274e4e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R21ab463d7c234056"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R325321fb707d4382"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Rubberized Pavement Grant Program (TRP16)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -645,51 +645,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R416e7e61536549e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R21ab463d7c234056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re065d96647364385" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0d8a102f8154058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R325321fb707d4382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0943e269528d4a6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1497,29 +1497,29 @@
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:56 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 24, 2026 8:14 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>