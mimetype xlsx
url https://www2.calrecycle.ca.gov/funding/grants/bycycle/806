--- v4 (2026-01-25)
+++ v5 (2026-02-20)
@@ -1,516 +1,516 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d13128b274e4e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf9aed57a0ff48c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R325321fb707d4382"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8eaf9f5477ef450b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Rubberized Pavement Grant Program (TRP16)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Yolo                </x:t>
-[...27 lines deleted...]
-    <x:t>5307457593</x:t>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Baldwin Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Enrique Zaldivar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269604011</x:t>
   </x:si>
   <x:si>
     <x:t>Farrah Fadrigon</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: In the summer of 2024-2025, Placer County plans to overlay approximately 8,500 tons of RAC hot-mix material to County maintained roads. These roads are located in Auburn and Granite Bay and the earliest proposed construction start date is set for 06/2024. Construction dates is set to start 06/2024 to 11/2025.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Los Angeles Street is a major thoroughfare in the City of Baldwin Park that runs from west city limit to east city limit. The city plans to repave Los Angeles Street including constructing complete street improvements focusing on safety, accessibility, and sustainability with modernized intersections, and dedicated spaces for pedestrians and cyclists. The project is anticipated to commence construction in September 2024. The scope includes repaving 1.8 mi. of roadway including, improve or install bus stop benches, shelters, trash receptacles, pedestrian and street lighting, high visibility continental crosswalks, sidewalk curb extensions, Class II bike lanes, wayfinding signage, ADA ramps, bioswale stormwater capture, and installation of drought-tolerant trees and shrubs. Additionally, the city is planning to repave other arterial streets along various locations Citywide. The cumulative estimate of RAC hot-mix tons to be utilized is 25,000. The projects are currently under development and planned for construction between 9/24 to 5/25.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Concord</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Moreira</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256713362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Concord proposes to use RAC for three projects:  The Monument Boulevard Pavement Rehabilitation Project (PJ 2581) from Detroit Ave. to the City Limits, the Treat Boulevard Pavement Rehabilitation - Phase 2 Project (PJ 2559) from San Miguel Rd. to Concord Blvd, and the Galindo Street Pavement Rehabilitation - Phase Project (PJ 2452) form Detroit Ave. to Salvio Street.  
+PJ 2581 is 6,000 tons of RAC HMA with an earliest proposed construction start date of 03/2024 and an expected construction duration 04/2024 to 12/2024.  PJ 2559 is 7,800 tons of RAC HMA with an earliest proposed construction start date of 03/2024 and an expected construction duration 04/2024 to 12/2024.  PJ 2452 is 5,700 tons of RAC HMA with an earliest proposed construction start date of 07/2024 and an expected construction duration 10/2024 to 11/2025.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Diana Szymanski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102535623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Washington Boulevard between La Cienega Bl and Fairfax Avenue &amp; Jefferson Boulevard between Hetzler Road and Overland Avenue, in Culver City, CA.
+Earliest proposed construction start date: 07/2025
+Construction Dates: 07/2025 – 12/2025
+Total tons of RAC hot-mix: 8,175 tons
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edward Nakayama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104944775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noel Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project shall apply a rubberized chip seal to 250,000 square yards of asphalt pavement.  The earliest construction start date is estimated to be 04/15/2024.  The project is estimated to conclude by 10/31/2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Garden Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexandra Viramontes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147415176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Garden Grove is proposing to use asphalt rubber generated from 100% recycled California waste tires to install ARAM (183,000 SY) on 12 separate street segments in the City. The segments are: 1) Chapman Ave from Harbor Blvd to Lewis St, 2) Lampson Ave from City Limits to Valley View St, 3) Lampson Ave from Nelson St to Euclid St, 4) Trask Ave from Brookhurst St to Benton St, 5) Dale Ave from Garden Grove Blvd to Benton St, 6) Yockey St from Westminster to Garden Grove Blvd, 7) Garden Grove Blvd from Magnolia St to Gilbert St, 8) Ward St from Hazard Ave to Morningside Ave, 9) Longden St from Anthony Ave to Stanford Ave, 10) Stanford Ave from Longden St to Owen St, 11) Cerulean Ave from Valley View St to Topaz St, and 12) Wakefield Ave from Euclid St to City Limits.
+The earliest proposed construction start date is scheduled for July 2024. Construction is planned to commence from July 2024 and continue through March 2025. A total of 183,000 square yards of rubberized chip seal will be utilized.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tammy Pelayes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City is proposing to use rubberized hot mix asphalt (RHMA) material. The asphalt concrete section will include 5" of asphalt base course with a 2" rubberized overlay. The project will also include the remediation of drainage issues. It is estimated that a total of 32,000 tons of RHMA will be used for the project with a minimum of 300 pounds (or 15% by weight) of tire derived crumb rubber per ton of rubberized binder. The project is currently under construction, installation of the RHMA cap is slated to begin in April 2024. The project goal is to improve driving conditions for residents and visitors to the City, increase longevity to the street, and utilize environmentally friendly solutions in addressing the City's needs while helping the effort to reduce tires sent to landfills. Proposed construction start date is 3/2024-10/2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Steffen Meyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will consist of rubberized chip seal (followed by a slurry seal). Construction in Summer 2024 utilizing 192,000 SY of chip seal material.
+Earliest proposed construction start date: 07/2024
+Construction Dates: 07/2024 to 11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Canyon Lake</x:t>
-[...11 lines deleted...]
-    <x:t>Los Angeles         </x:t>
+    <x:t>City of Moreno Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ricky Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514133107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Moreno Valley is embarking on an extensive project focused on rehabilitating pavements, with the primary goal of enhancing the quality and durability of roads across the entire city. This endeavor will encompass the rehabilitation and preservation of about 66 arterial and collector street segments throughout Moreno Valley. The approach involves two methods: using grind and overlay techniques and applying slurry to effectively restore main roads and local neighborhood streets. Construction is set to begin in May 2024 and finish by December 2024. Approximately 43,100 tons of rubberized asphalt concrete hot-mix will be used. It's important to note that the city's median household income is less than 80% of the statewide median.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ontario</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Andrew Garland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9092952025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will utilize 47,300 tons of Asphalt Rubber overlay and 126,243 square yards of asphalt rubber chip seal on multiple city streets with a proposed construction of 08/2024. The construction dates will range from 08/2024 to 01/2026. Use of rubber asphalt allows for effective pavement rehabilitation and maintenance while gaining the benefit of recycling used tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oroville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Project is for various street rehabilitations using 5,000 tons of RAC Hot Mix Asphalt. Earliest project start date is 1/1/2024 start of Construction is 6/1/2024 to 12/31/2024. Project will be repaving the Montgomery Roundabout, and Washington Avenue between the Railroad bridge and Oro Dam Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Palos Verdes Estates</x:t>
   </x:si>
   <x:si>
     <x:t> Elizabeth Becerra</x:t>
   </x:si>
   <x:si>
     <x:t>3103730383</x:t>
   </x:si>
   <x:si>
-    <x:t>Noel Davis</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Palos Verdes Estates strives to prevent further deterioration of its roadways. Each year, the City sets aside a budget to cover costs associated with the maintenance of street maintenance to rehabilitate the existing roadway pavement. The purpose of this work is to restore the road to its original condition. Since obtaining its first Cal Recycle Grant, the City has continued to use Rubberized Asphalt Concrete (RAC) Hot-Mix to maintain its streets. The City proposes to use CalRecycle funds to cover a portion of the rubberized asphalt costs for the FY 23-24 Street Improvements Project: start date 05/2024-06/2024 and FY 24-25 Street Improvements Project: start date 05/2025-06/2025. It is estimated that a combined total of 7,150 tons of Rubberized Asphalt Concrete Hot-Mix material will be used to complete both projects. Weather permitting, the construction of the projects is expected to begin in the Spring of the project's respective fiscal year.</x:t>
-  </x:si>
-[...57 lines deleted...]
-    <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
     <x:t>City of Pittsburg</x:t>
   </x:si>
   <x:si>
     <x:t> Savon Reese</x:t>
   </x:si>
   <x:si>
     <x:t>9252526943</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 2023/24 Pavement Management is a 5-Year Capital Improvement Plan (CIP) project that will rehabilitate various residential streets with rubberized Chip Seal to extend the useful life of Pittsburg roads. The project will consist of approximately 283,000 SY of rubberized chip seal.
 Construction Start Date: 06/2024.
 Construction Dates 06/2024 to 09/2024.</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...30 lines deleted...]
-Total square yards of rubberized chip seal that will be used 250,000 sq yds.</x:t>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kathryn Hughes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307457593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: In the summer of 2024-2025, Placer County plans to overlay approximately 8,500 tons of RAC hot-mix material to County maintained roads. These roads are located in Auburn and Granite Bay and the earliest proposed construction start date is set for 06/2024. Construction dates is set to start 06/2024 to 11/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Jose plans to resurface nearly 29 thirty-foot equivalent miles of arterial streets in 2024 using rubberized hot-mix asphalt. Approximately 56,000 tons of rubberized hot-mix asphalt is estimated to be placed. Construction is expected to begin in June 2024 and be completed by November 2024. This grant will be managed by Carl Mo, Engineer II, who has completed the TDA course.</x:t>
   </x:si>
   <x:si>
     <x:t>Ventura             </x:t>
   </x:si>
   <x:si>
     <x:t>City of Simi Valley</x:t>
   </x:si>
   <x:si>
     <x:t> Lauren Lien</x:t>
   </x:si>
   <x:si>
     <x:t>8055836882</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the below summary to reflect the approved grant project.  Earliest proposed construction start date: 02/2024. 
 Construction Dates 02/2024 to 04/1/2026.
 The total tons of RAC hot-mix: 35,715 tons. 
 TDA training course completed by Lauren Lien August 29, 2023.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...71 lines deleted...]
-    <x:t>The Canelones Drive, et al. project is a pavement preservation project using rubberized chip seal. The project is located in the unincorporated County of Hacienda Heights and is approximately 975,000 SF in area. Construction is proposed to start August 2025 and is expected to be completed by October 2025. Approximately 108,000 SY of rubberized chip seal will be used as part of the project. Gilbert Tsoi, Civil Engineer, participated and successfully completed the required TDA training course.</x:t>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Soledad</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Donald Wilcox</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8312235124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Front Street is an existing 2-lane arterial which runs from Fourth Street to Moranda Road, paralleling Highway 101. The street corridor from Benito St. to East St. is an approximately 100’ right-of-way composed of two 14’ travel lanes and diagonal parking on both sides, a 10’ landscape median, 14’ sidewalk on the west and 10’ sidewalk on the east for a total curb to curb width of 76’. Curb extensions (bulb-outs) are located at five intersections with benches and seating opportunities along with colored, decorative concrete sidewalks. North of Benito St. and south of East St. the street geometrics include center turn pockets, bike lanes, parallel parking, and standard curb, gutter, and sidewalk. The street has been identified in the city's Pavement Management Program as requiring significant rehabilitation of the asphalt pavement section.  The Proposed Construction Start Date is 2/01/2024.  The Proposed Construction Period is 2/01/2024 to 2/28/2025.  The Total tons of RAC hot-mix is 5,153 Tons.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Thousand Oaks</x:t>
   </x:si>
   <x:si>
     <x:t> Pooriya Izadi</x:t>
   </x:si>
   <x:si>
     <x:t>8054492445</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Thousand Oaks' Fiscal Year 2024 Pavement Rehabilitation and Resurfacing Program includes overlaying residential and arterial streets throughout the City with Asphalt Rubber Hot Mix (ARHM), Thin Maintenance Overlay (TMO), micro-surfacing, and slurry seal. All curb ramps within the project limit will be updated to meet ADA requirements. The TMO is a relatively new asphalt product that has shown to preserve and prolong pavement life and is less expensive than a two-inch thick overlay. It will be used on streets with minor stresses caused by the environment and conditions that do not currently require a full overlay. TMO is similar to ARHM, with smaller aggregate rock (3/8-inch), higher rubber binder content, and placed 0.1-ft thick.
 The City's biennial program preserves street pavement in good working condition and rehabilitates street surfaces that are in need of repair. The program protects street surfaces by adding useful life to the pavement, and in turn provides economic and environmental benefits. Prolonging the life expectancy of existing pavement conditions (by implementing lower-cost maintenance strategies), reduces the frequency and need for future high-cost pavement removal and replacement. The City will benefit financially from prolonging pavement usage, because the need for larger-scale (pavement removal and replacement) projects is reduced. Another benefit to reducing the number of pavement removal/replacement and overlay projects is less impact on the environment on local, regional, and global scales. 
 The locations that will receive maintenance during this cycle were prioritized in accordance with the City's Pavement Management Program (PMP), and are based on existing street pavement condition indexes, average daily traffic counts, loads, resident requests, and geographical equity on residential and arterial streets. 
 The earliest proposed construction start date is 04/2024. The construction is expected to take 180 calendar days to complete, which means that all work related to this grant will be completed by November 2024. 
 The total tonnage of the rubberized asphalt concrete hot-mix including rubberized Thin Maintenance Overlay, is estimated to be 43,154.00.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Culver City</x:t>
-[...24 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant will be used on a street resurfacing project in the City of Eastvale. Utilizing approximately 13,800 tons of RAC hot mix and approximately 150,000 sqaure yard of rubberized chip seal. This project will commence around Summer 2024 (05/2024) and finish around Winter 2024 (12/2024).</x:t>
+    <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>City of West Sacramento</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Ryan Teves</x:t>
   </x:si>
   <x:si>
     <x:t>9166174665</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Description: The Neighborhood Pavement Preservation Program’s focus is to preserve and maintain local residential roadways within the City of West Sacramento. The proposed work for the 2024 Project includes but is not limited to removal of existing traffic stripes, markings and markers, and the installation of Type II Slurry Seal, Cape Seal, Type II Micro surface, Chip Seal, thermoplastic pavement striping markings and markers, and signs on existing and new posts. 
 The earliest proposed construction start date: 06/2024
 Construction Dates: 06/2024 to 11/2024
 The total tons of RAC hot-mix: 14,200 tons of RAC hot-mix 
 The total square yards of rubberized chip seal: 51,200 SY of rubberized chip seal 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Concord</x:t>
-[...46 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Project is for various street rehabilitations using 5,000 tons of RAC Hot Mix Asphalt. Earliest project start date is 1/1/2024 start of Construction is 6/1/2024 to 12/31/2024. Project will be repaving the Montgomery Roundabout, and Washington Avenue between the Railroad bridge and Oro Dam Blvd.</x:t>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marvin Dinozo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The 2024 Pavement Preservation Project in Yolo County will feature the use of rubberized asphalt chip seal as part of Cape Seal treatment on nearly 30 miles of roads including County Road (CR) 31, CR 93A, CR 32 (Russell Blvd) to the City of Winters, CR 85B, CR 21A, streets west of State Route 16 in the town of Esparto, and the streets in the town of Clarksburg. 
+The earliest proposed construction date will be 05/2024. Construction Dates will occur on 05/2024 – 10/2024. Total Project Rubberized Asphalt Chip Seal Square Yardage (SY): 250,000.</x:t>
   </x:si>
   <x:si>
     <x:t>Sutter              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Yuba City</x:t>
   </x:si>
   <x:si>
     <x:t> Josh Wolffe</x:t>
   </x:si>
   <x:si>
     <x:t>5308223288</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 2024 Resurfacing Project. This project will place approximately 84,502 SY of asphalt rubber chip seal throughout Yuba City. 
 Earliest Proposed Construction Date: 06/2024
 Construction Dates: 06/2024 to 10/2024
 Per 2021 Census, Yuba City had a median household income of $64,255 vs the State's median household income of $84,097. Yuba City's median household income is only 76% of the statewide median household income.</x:t>
   </x:si>
   <x:si>
-    <x:t>Monterey            </x:t>
-[...35 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Los Angeles Street is a major thoroughfare in the City of Baldwin Park that runs from west city limit to east city limit. The city plans to repave Los Angeles Street including constructing complete street improvements focusing on safety, accessibility, and sustainability with modernized intersections, and dedicated spaces for pedestrians and cyclists. The project is anticipated to commence construction in September 2024. The scope includes repaving 1.8 mi. of roadway including, improve or install bus stop benches, shelters, trash receptacles, pedestrian and street lighting, high visibility continental crosswalks, sidewalk curb extensions, Class II bike lanes, wayfinding signage, ADA ramps, bioswale stormwater capture, and installation of drought-tolerant trees and shrubs. Additionally, the city is planning to repave other arterial streets along various locations Citywide. The cumulative estimate of RAC hot-mix tons to be utilized is 25,000. The projects are currently under development and planned for construction between 9/24 to 5/25.</x:t>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of American Canyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Project consists of pavement rehabilitation by means of 40,000 SY of asphalt-rubber/field blend at various locations throughout the City. Earliest start date is 7/1/24, expected Construction Start Date is 9/1/24. 
+This project consists of a bituminous surface Stress Absorbing Membrane (SAM) composed of a single application of Asphalt-Rubber material and hot pre-coated 3/8” aggregate. This specification requires the application of a specified blend of asphalt-rubber binder material (i.e. a field blend
+product).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Canyon Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Scott Harrison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4077394805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>All three lanes of Railroad Canyon Road in both directions within the City of Canyon Lake City limits will be repaved with Hot Mix Rubberized Asphalt. This project is scheduled in the approved Capital Improvement Program to be funded in FY25/26. The design for this project will start in July 2025 and construction will begin November 2025 and end February 2026. This project consists of a total of 8,036.9 tons of rubberized asphalt. Scott Harrison is the Project Manager responsible for overseeing this project and has completed the required Tire Derived Aggregate training course. The certificate is uploading in the document center.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Murrieta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Garrett Strang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514616085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This Project will consist of pavement rehabilitation for 5 roads within the City of Murrieta via means of grinding the AC surface and applying a rubberized asphalt overlay. The earliest anticipated project start date is 5/1/2024 and is expected to have a duration of approximately 4 months ending in September of the same year (09/2024). The City of Murrieta has estimated the use of 14,572 tons of RAC hot-mix will be used on this project. Please note that I myself, Garrett Strang, will be the individual completing the TDA training course.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Aliso Viejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Quang Le</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494252531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City proposes to rehabilitate Project #1 - Glenwood Drive (between Enterprise and Aliso Creek Road) and Project #2 - Enterprise (between Glenwood Drive and Aliso Viejo Parkway).  The projects consist of grinding existing asphalt pavement, placing ARHM, placing AC leveling course, installation of traffic loops, thermoplastic striping and pavement markings, and adjustment of existing utility vaults, manholes, and valve covers.  Proposed construction start date is starting June/2024.  Construction dates June/2024 to December/2024 utilizing 3,800 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cordova</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristine Courdy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168518842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Rancho Cordova proposes to utilize 24,882 tons of hot-mix RAC during construction of the Sunrise Boulevard Rehabilitation Phase 2 Project. This project will rehabilitate Sunrise Blvd from White Rock Rd to Kiefer Blvd which will increase the life cycle of a principal arterial road. Construction is anticipated to occur July 2024 through March 2026.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Menifee</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jenny McConville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517233876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City's Pavement Management Program (PMP), established in 2008 upon incorporation, guides pavement rehabilitation projects based on available budget and desired goals.  The proposed PMP projects have been budgeted for the 2024/2025 fiscal year. 
+The Menifee Road Resurfacing project is anticipated to start in late July 2024 and conclude by December 2024. This project would use approximately 6,000 tons of rubberized asphalt concrete and 65,000 square yards of rubberized chip seal. 
+The FY 24/25 Local Roads AC Resurfacing Program is anticipated to start in late July 2024 and conclude by June 2025. This ARAM project would use approximately 2,000 tons of rubberized asphalt concrete and 17,222 square yards of rubberized chip seal. 
+The FY 24/25 Slurry Seal Program is anticipated to start in September 2024 and conclude by November 2024. This project would use approximately 31,111 square yards of rubberized chip seal.
+All projects combined total 8,000 tons of rubberized asphalt concrete hot mix and 113,333 square yards of rubberized chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Eastvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yurhi Choi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517034471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant will be used on a street resurfacing project in the City of Eastvale. Utilizing approximately 13,800 tons of RAC hot mix and approximately 150,000 sqaure yard of rubberized chip seal. This project will commence around Summer 2024 (05/2024) and finish around Winter 2024 (12/2024).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ashley Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306424925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Rubberized chip seal as one of the three layers used to complete surface treatments throughout the County to ensure roads are maintained for public safety, while diverting tire waste.
+The earliest proposed construction start date: 06/01/2024
+Construction Dates: 6/01/2024 through 09/30/2025
+Total square yards of rubberized chip seal that will be used 250,000 sq yds.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gilbert Tsoi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264587929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Canelones Drive, et al. project is a pavement preservation project using rubberized chip seal. The project is located in the unincorporated County of Hacienda Heights and is approximately 975,000 SF in area. Construction is proposed to start August 2025 and is expected to be completed by October 2025. Approximately 108,000 SY of rubberized chip seal will be used as part of the project. Gilbert Tsoi, Civil Engineer, participated and successfully completed the required TDA training course.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 29</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -645,51 +645,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0d8a102f8154058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R325321fb707d4382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0943e269528d4a6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ab754046d8e4399" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8eaf9f5477ef450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R862a2f5ceb234697" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -737,747 +737,747 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+    <x:row ht="977.41412353515625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.45672607421875" customHeight="1" collapsed="0">
+    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="356.456787109375" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>80367</x:v>
+        <x:v>32700</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+    </x:row>
+    <x:row ht="183.996826171875" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H8" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>50050</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="965.905517578125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>91500</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+    </x:row>
+    <x:row ht="770.42822265625" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>145720</x:v>
+        <x:v>224000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="298.97021484375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="655.455078125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>91500</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>50050</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G16" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+    </x:row>
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G17" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>199056</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G18" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="B19" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.99169921875" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>136667</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G20" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+    </x:row>
+    <x:row ht="942.9169921875" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+      <x:c r="B21" s="8" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>192000</x:v>
+        <x:v>103060</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+    </x:row>
+    <x:row ht="1989.326171875" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>54000</x:v>
+        <x:v>172616</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+    </x:row>
+    <x:row ht="701.4326171875" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+      <x:c r="B23" s="8" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>172616</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+      <x:c r="G23" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="G23" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H23" s="8" t="s">
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B24" s="8" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>32700</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+      <x:c r="G24" s="8" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>170586</x:v>
+        <x:v>84502</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>105</x:v>
-[...2 lines deleted...]
-    <x:row ht="701.4326171875" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
-    <x:row ht="862.4130859375" customHeight="1" collapsed="0">
+    <x:row ht="551.9619140625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>80367</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.4638671875" customHeight="1" collapsed="0">
+    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>15200</x:v>
+        <x:v>145720</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
-    <x:row ht="770.4287109375" customHeight="1" collapsed="0">
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B29" s="8" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>224000</x:v>
+        <x:v>15200</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="F29" s="8" t="s">
+      <x:c r="G29" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H29" s="8" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row ht="333.466796875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="B30" s="8" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>199056</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+        <x:v>126</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>84502</x:v>
+        <x:v>136667</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
-    <x:row ht="942.91796875" customHeight="1" collapsed="0">
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B32" s="8" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>103060</x:v>
+        <x:v>170586</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="F32" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="F32" s="8" t="s">
+      <x:c r="G32" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H32" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="G32" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H32" s="8" t="s">
+    </x:row>
+    <x:row ht="425.451171875" customHeight="1" collapsed="0">
+      <x:c r="A33" s="8" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
-    <x:row ht="977.4140625" customHeight="1" collapsed="0">
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>175000</x:v>
+        <x:v>54000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.3984375" customHeight="1" collapsed="0">
       <x:c r="A35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B35" s="10" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C35" s="10"/>
       <x:c r="D35" s="11" t="n">
         <x:v>4817024</x:v>
       </x:c>
       <x:c r="E35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1497,29 +1497,29 @@
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 24, 2026 8:14 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 20, 2026 2:47 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>