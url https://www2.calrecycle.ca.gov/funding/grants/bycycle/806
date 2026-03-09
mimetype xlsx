--- v5 (2026-02-20)
+++ v6 (2026-03-09)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf9aed57a0ff48c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cebc81f6ac840c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8eaf9f5477ef450b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6a3f3be59dbf464f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Rubberized Pavement Grant Program (TRP16)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -645,51 +645,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ab754046d8e4399" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8eaf9f5477ef450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R862a2f5ceb234697" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb2afdaeafa64f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6a3f3be59dbf464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd19a38886e5a47d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1497,29 +1497,29 @@
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 20, 2026 2:47 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:23 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>