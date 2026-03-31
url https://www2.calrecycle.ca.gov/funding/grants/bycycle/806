--- v6 (2026-03-09)
+++ v7 (2026-03-31)
@@ -1,516 +1,516 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cebc81f6ac840c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb61e3a142544cc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6a3f3be59dbf464f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0bc429f6abd94959"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Rubberized Pavement Grant Program (TRP16)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marvin Dinozo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The 2024 Pavement Preservation Project in Yolo County will feature the use of rubberized asphalt chip seal as part of Cape Seal treatment on nearly 30 miles of roads including County Road (CR) 31, CR 93A, CR 32 (Russell Blvd) to the City of Winters, CR 85B, CR 21A, streets west of State Route 16 in the town of Esparto, and the streets in the town of Clarksburg. 
+The earliest proposed construction date will be 05/2024. Construction Dates will occur on 05/2024 – 10/2024. Total Project Rubberized Asphalt Chip Seal Square Yardage (SY): 250,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kathryn Hughes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307457593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: In the summer of 2024-2025, Placer County plans to overlay approximately 8,500 tons of RAC hot-mix material to County maintained roads. These roads are located in Auburn and Granite Bay and the earliest proposed construction start date is set for 06/2024. Construction dates is set to start 06/2024 to 11/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Canyon Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Scott Harrison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4077394805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>All three lanes of Railroad Canyon Road in both directions within the City of Canyon Lake City limits will be repaved with Hot Mix Rubberized Asphalt. This project is scheduled in the approved Capital Improvement Program to be funded in FY25/26. The design for this project will start in July 2025 and construction will begin November 2025 and end February 2026. This project consists of a total of 8,036.9 tons of rubberized asphalt. Scott Harrison is the Project Manager responsible for overseeing this project and has completed the required Tire Derived Aggregate training course. The certificate is uploading in the document center.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Baldwin Park</x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Los Angeles Street is a major thoroughfare in the City of Baldwin Park that runs from west city limit to east city limit. The city plans to repave Los Angeles Street including constructing complete street improvements focusing on safety, accessibility, and sustainability with modernized intersections, and dedicated spaces for pedestrians and cyclists. The project is anticipated to commence construction in September 2024. The scope includes repaving 1.8 mi. of roadway including, improve or install bus stop benches, shelters, trash receptacles, pedestrian and street lighting, high visibility continental crosswalks, sidewalk curb extensions, Class II bike lanes, wayfinding signage, ADA ramps, bioswale stormwater capture, and installation of drought-tolerant trees and shrubs. Additionally, the city is planning to repave other arterial streets along various locations Citywide. The cumulative estimate of RAC hot-mix tons to be utilized is 25,000. The projects are currently under development and planned for construction between 9/24 to 5/25.</x:t>
+    <x:t>City of Palos Verdes Estates</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elizabeth Becerra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103730383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noel Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Palos Verdes Estates strives to prevent further deterioration of its roadways. Each year, the City sets aside a budget to cover costs associated with the maintenance of street maintenance to rehabilitate the existing roadway pavement. The purpose of this work is to restore the road to its original condition. Since obtaining its first Cal Recycle Grant, the City has continued to use Rubberized Asphalt Concrete (RAC) Hot-Mix to maintain its streets. The City proposes to use CalRecycle funds to cover a portion of the rubberized asphalt costs for the FY 23-24 Street Improvements Project: start date 05/2024-06/2024 and FY 24-25 Street Improvements Project: start date 05/2025-06/2025. It is estimated that a combined total of 7,150 tons of Rubberized Asphalt Concrete Hot-Mix material will be used to complete both projects. Weather permitting, the construction of the projects is expected to begin in the Spring of the project's respective fiscal year.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edward Nakayama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104944775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project shall apply a rubberized chip seal to 250,000 square yards of asphalt pavement.  The earliest construction start date is estimated to be 04/15/2024.  The project is estimated to conclude by 10/31/2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Murrieta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Garrett Strang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514616085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This Project will consist of pavement rehabilitation for 5 roads within the City of Murrieta via means of grinding the AC surface and applying a rubberized asphalt overlay. The earliest anticipated project start date is 5/1/2024 and is expected to have a duration of approximately 4 months ending in September of the same year (09/2024). The City of Murrieta has estimated the use of 14,572 tons of RAC hot-mix will be used on this project. Please note that I myself, Garrett Strang, will be the individual completing the TDA training course.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of American Canyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Project consists of pavement rehabilitation by means of 40,000 SY of asphalt-rubber/field blend at various locations throughout the City. Earliest start date is 7/1/24, expected Construction Start Date is 9/1/24. 
+This project consists of a bituminous surface Stress Absorbing Membrane (SAM) composed of a single application of Asphalt-Rubber material and hot pre-coated 3/8” aggregate. This specification requires the application of a specified blend of asphalt-rubber binder material (i.e. a field blend
+product).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Moreno Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ricky Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514133107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Moreno Valley is embarking on an extensive project focused on rehabilitating pavements, with the primary goal of enhancing the quality and durability of roads across the entire city. This endeavor will encompass the rehabilitation and preservation of about 66 arterial and collector street segments throughout Moreno Valley. The approach involves two methods: using grind and overlay techniques and applying slurry to effectively restore main roads and local neighborhood streets. Construction is set to begin in May 2024 and finish by December 2024. Approximately 43,100 tons of rubberized asphalt concrete hot-mix will be used. It's important to note that the city's median household income is less than 80% of the statewide median.</x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Concord</x:t>
-[...10 lines deleted...]
-</x:t>
+    <x:t>City of Pittsburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Savon Reese</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252526943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 2023/24 Pavement Management is a 5-Year Capital Improvement Plan (CIP) project that will rehabilitate various residential streets with rubberized Chip Seal to extend the useful life of Pittsburg roads. The project will consist of approximately 283,000 SY of rubberized chip seal.
+Construction Start Date: 06/2024.
+Construction Dates 06/2024 to 09/2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Garden Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexandra Viramontes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147415176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Garden Grove is proposing to use asphalt rubber generated from 100% recycled California waste tires to install ARAM (183,000 SY) on 12 separate street segments in the City. The segments are: 1) Chapman Ave from Harbor Blvd to Lewis St, 2) Lampson Ave from City Limits to Valley View St, 3) Lampson Ave from Nelson St to Euclid St, 4) Trask Ave from Brookhurst St to Benton St, 5) Dale Ave from Garden Grove Blvd to Benton St, 6) Yockey St from Westminster to Garden Grove Blvd, 7) Garden Grove Blvd from Magnolia St to Gilbert St, 8) Ward St from Hazard Ave to Morningside Ave, 9) Longden St from Anthony Ave to Stanford Ave, 10) Stanford Ave from Longden St to Owen St, 11) Cerulean Ave from Valley View St to Topaz St, and 12) Wakefield Ave from Euclid St to City Limits.
+The earliest proposed construction start date is scheduled for July 2024. Construction is planned to commence from July 2024 and continue through March 2025. A total of 183,000 square yards of rubberized chip seal will be utilized.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ashley Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306424925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Rubberized chip seal as one of the three layers used to complete surface treatments throughout the County to ensure roads are maintained for public safety, while diverting tire waste.
+The earliest proposed construction start date: 06/01/2024
+Construction Dates: 6/01/2024 through 09/30/2025
+Total square yards of rubberized chip seal that will be used 250,000 sq yds.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Simi Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lauren Lien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055836882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project.  Earliest proposed construction start date: 02/2024. 
+Construction Dates 02/2024 to 04/1/2026.
+The total tons of RAC hot-mix: 35,715 tons. 
+TDA training course completed by Lauren Lien August 29, 2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cordova</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristine Courdy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168518842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Rancho Cordova proposes to utilize 24,882 tons of hot-mix RAC during construction of the Sunrise Boulevard Rehabilitation Phase 2 Project. This project will rehabilitate Sunrise Blvd from White Rock Rd to Kiefer Blvd which will increase the life cycle of a principal arterial road. Construction is anticipated to occur July 2024 through March 2026.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Jose plans to resurface nearly 29 thirty-foot equivalent miles of arterial streets in 2024 using rubberized hot-mix asphalt. Approximately 56,000 tons of rubberized hot-mix asphalt is estimated to be placed. Construction is expected to begin in June 2024 and be completed by November 2024. This grant will be managed by Carl Mo, Engineer II, who has completed the TDA course.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Menifee</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jenny McConville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517233876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City's Pavement Management Program (PMP), established in 2008 upon incorporation, guides pavement rehabilitation projects based on available budget and desired goals.  The proposed PMP projects have been budgeted for the 2024/2025 fiscal year. 
+The Menifee Road Resurfacing project is anticipated to start in late July 2024 and conclude by December 2024. This project would use approximately 6,000 tons of rubberized asphalt concrete and 65,000 square yards of rubberized chip seal. 
+The FY 24/25 Local Roads AC Resurfacing Program is anticipated to start in late July 2024 and conclude by June 2025. This ARAM project would use approximately 2,000 tons of rubberized asphalt concrete and 17,222 square yards of rubberized chip seal. 
+The FY 24/25 Slurry Seal Program is anticipated to start in September 2024 and conclude by November 2024. This project would use approximately 31,111 square yards of rubberized chip seal.
+All projects combined total 8,000 tons of rubberized asphalt concrete hot mix and 113,333 square yards of rubberized chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Steffen Meyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will consist of rubberized chip seal (followed by a slurry seal). Construction in Summer 2024 utilizing 192,000 SY of chip seal material.
+Earliest proposed construction start date: 07/2024
+Construction Dates: 07/2024 to 11/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gilbert Tsoi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264587929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Canelones Drive, et al. project is a pavement preservation project using rubberized chip seal. The project is located in the unincorporated County of Hacienda Heights and is approximately 975,000 SF in area. Construction is proposed to start August 2025 and is expected to be completed by October 2025. Approximately 108,000 SY of rubberized chip seal will be used as part of the project. Gilbert Tsoi, Civil Engineer, participated and successfully completed the required TDA training course.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Thousand Oaks</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pooriya Izadi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054492445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Thousand Oaks' Fiscal Year 2024 Pavement Rehabilitation and Resurfacing Program includes overlaying residential and arterial streets throughout the City with Asphalt Rubber Hot Mix (ARHM), Thin Maintenance Overlay (TMO), micro-surfacing, and slurry seal. All curb ramps within the project limit will be updated to meet ADA requirements. The TMO is a relatively new asphalt product that has shown to preserve and prolong pavement life and is less expensive than a two-inch thick overlay. It will be used on streets with minor stresses caused by the environment and conditions that do not currently require a full overlay. TMO is similar to ARHM, with smaller aggregate rock (3/8-inch), higher rubber binder content, and placed 0.1-ft thick.
+The City's biennial program preserves street pavement in good working condition and rehabilitates street surfaces that are in need of repair. The program protects street surfaces by adding useful life to the pavement, and in turn provides economic and environmental benefits. Prolonging the life expectancy of existing pavement conditions (by implementing lower-cost maintenance strategies), reduces the frequency and need for future high-cost pavement removal and replacement. The City will benefit financially from prolonging pavement usage, because the need for larger-scale (pavement removal and replacement) projects is reduced. Another benefit to reducing the number of pavement removal/replacement and overlay projects is less impact on the environment on local, regional, and global scales. 
+The locations that will receive maintenance during this cycle were prioritized in accordance with the City's Pavement Management Program (PMP), and are based on existing street pavement condition indexes, average daily traffic counts, loads, resident requests, and geographical equity on residential and arterial streets. 
+The earliest proposed construction start date is 04/2024. The construction is expected to take 180 calendar days to complete, which means that all work related to this grant will be completed by November 2024. 
+The total tonnage of the rubberized asphalt concrete hot-mix including rubberized Thin Maintenance Overlay, is estimated to be 43,154.00.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Culver City</x:t>
   </x:si>
   <x:si>
     <x:t> Diana Szymanski</x:t>
   </x:si>
   <x:si>
     <x:t>3102535623</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Washington Boulevard between La Cienega Bl and Fairfax Avenue &amp; Jefferson Boulevard between Hetzler Road and Overland Avenue, in Culver City, CA.
 Earliest proposed construction start date: 07/2025
 Construction Dates: 07/2025 – 12/2025
 Total tons of RAC hot-mix: 8,175 tons
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...212 lines deleted...]
-    <x:t>Yolo                </x:t>
+    <x:t>City of Eastvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yurhi Choi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517034471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant will be used on a street resurfacing project in the City of Eastvale. Utilizing approximately 13,800 tons of RAC hot mix and approximately 150,000 sqaure yard of rubberized chip seal. This project will commence around Summer 2024 (05/2024) and finish around Winter 2024 (12/2024).</x:t>
   </x:si>
   <x:si>
     <x:t>City of West Sacramento</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Ryan Teves</x:t>
   </x:si>
   <x:si>
     <x:t>9166174665</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Description: The Neighborhood Pavement Preservation Program’s focus is to preserve and maintain local residential roadways within the City of West Sacramento. The proposed work for the 2024 Project includes but is not limited to removal of existing traffic stripes, markings and markers, and the installation of Type II Slurry Seal, Cape Seal, Type II Micro surface, Chip Seal, thermoplastic pavement striping markings and markers, and signs on existing and new posts. 
 The earliest proposed construction start date: 06/2024
 Construction Dates: 06/2024 to 11/2024
 The total tons of RAC hot-mix: 14,200 tons of RAC hot-mix 
 The total square yards of rubberized chip seal: 51,200 SY of rubberized chip seal 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Yolo County</x:t>
-[...12 lines deleted...]
-The earliest proposed construction date will be 05/2024. Construction Dates will occur on 05/2024 – 10/2024. Total Project Rubberized Asphalt Chip Seal Square Yardage (SY): 250,000.</x:t>
+    <x:t>City of Concord</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Moreira</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256713362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Concord proposes to use RAC for three projects:  The Monument Boulevard Pavement Rehabilitation Project (PJ 2581) from Detroit Ave. to the City Limits, the Treat Boulevard Pavement Rehabilitation - Phase 2 Project (PJ 2559) from San Miguel Rd. to Concord Blvd, and the Galindo Street Pavement Rehabilitation - Phase Project (PJ 2452) form Detroit Ave. to Salvio Street.  
+PJ 2581 is 6,000 tons of RAC HMA with an earliest proposed construction start date of 03/2024 and an expected construction duration 04/2024 to 12/2024.  PJ 2559 is 7,800 tons of RAC HMA with an earliest proposed construction start date of 03/2024 and an expected construction duration 04/2024 to 12/2024.  PJ 2452 is 5,700 tons of RAC HMA with an earliest proposed construction start date of 07/2024 and an expected construction duration 10/2024 to 11/2025.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Aliso Viejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Quang Le</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494252531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City proposes to rehabilitate Project #1 - Glenwood Drive (between Enterprise and Aliso Creek Road) and Project #2 - Enterprise (between Glenwood Drive and Aliso Viejo Parkway).  The projects consist of grinding existing asphalt pavement, placing ARHM, placing AC leveling course, installation of traffic loops, thermoplastic striping and pavement markings, and adjustment of existing utility vaults, manholes, and valve covers.  Proposed construction start date is starting June/2024.  Construction dates June/2024 to December/2024 utilizing 3,800 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tammy Pelayes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City is proposing to use rubberized hot mix asphalt (RHMA) material. The asphalt concrete section will include 5" of asphalt base course with a 2" rubberized overlay. The project will also include the remediation of drainage issues. It is estimated that a total of 32,000 tons of RHMA will be used for the project with a minimum of 300 pounds (or 15% by weight) of tire derived crumb rubber per ton of rubberized binder. The project is currently under construction, installation of the RHMA cap is slated to begin in April 2024. The project goal is to improve driving conditions for residents and visitors to the City, increase longevity to the street, and utilize environmentally friendly solutions in addressing the City's needs while helping the effort to reduce tires sent to landfills. Proposed construction start date is 3/2024-10/2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oroville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Project is for various street rehabilitations using 5,000 tons of RAC Hot Mix Asphalt. Earliest project start date is 1/1/2024 start of Construction is 6/1/2024 to 12/31/2024. Project will be repaving the Montgomery Roundabout, and Washington Avenue between the Railroad bridge and Oro Dam Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>Sutter              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Yuba City</x:t>
   </x:si>
   <x:si>
     <x:t> Josh Wolffe</x:t>
   </x:si>
   <x:si>
     <x:t>5308223288</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 2024 Resurfacing Project. This project will place approximately 84,502 SY of asphalt rubber chip seal throughout Yuba City. 
 Earliest Proposed Construction Date: 06/2024
 Construction Dates: 06/2024 to 10/2024
 Per 2021 Census, Yuba City had a median household income of $64,255 vs the State's median household income of $84,097. Yuba City's median household income is only 76% of the statewide median household income.</x:t>
   </x:si>
   <x:si>
-    <x:t>Napa                </x:t>
-[...116 lines deleted...]
-    <x:t>The Canelones Drive, et al. project is a pavement preservation project using rubberized chip seal. The project is located in the unincorporated County of Hacienda Heights and is approximately 975,000 SF in area. Construction is proposed to start August 2025 and is expected to be completed by October 2025. Approximately 108,000 SY of rubberized chip seal will be used as part of the project. Gilbert Tsoi, Civil Engineer, participated and successfully completed the required TDA training course.</x:t>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Soledad</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Donald Wilcox</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8312235124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Front Street is an existing 2-lane arterial which runs from Fourth Street to Moranda Road, paralleling Highway 101. The street corridor from Benito St. to East St. is an approximately 100’ right-of-way composed of two 14’ travel lanes and diagonal parking on both sides, a 10’ landscape median, 14’ sidewalk on the west and 10’ sidewalk on the east for a total curb to curb width of 76’. Curb extensions (bulb-outs) are located at five intersections with benches and seating opportunities along with colored, decorative concrete sidewalks. North of Benito St. and south of East St. the street geometrics include center turn pockets, bike lanes, parallel parking, and standard curb, gutter, and sidewalk. The street has been identified in the city's Pavement Management Program as requiring significant rehabilitation of the asphalt pavement section.  The Proposed Construction Start Date is 2/01/2024.  The Proposed Construction Period is 2/01/2024 to 2/28/2025.  The Total tons of RAC hot-mix is 5,153 Tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ontario</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Andrew Garland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9092952025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will utilize 47,300 tons of Asphalt Rubber overlay and 126,243 square yards of asphalt rubber chip seal on multiple city streets with a proposed construction of 08/2024. The construction dates will range from 08/2024 to 01/2026. Use of rubber asphalt allows for effective pavement rehabilitation and maintenance while gaining the benefit of recycling used tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Baldwin Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Enrique Zaldivar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269604011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Los Angeles Street is a major thoroughfare in the City of Baldwin Park that runs from west city limit to east city limit. The city plans to repave Los Angeles Street including constructing complete street improvements focusing on safety, accessibility, and sustainability with modernized intersections, and dedicated spaces for pedestrians and cyclists. The project is anticipated to commence construction in September 2024. The scope includes repaving 1.8 mi. of roadway including, improve or install bus stop benches, shelters, trash receptacles, pedestrian and street lighting, high visibility continental crosswalks, sidewalk curb extensions, Class II bike lanes, wayfinding signage, ADA ramps, bioswale stormwater capture, and installation of drought-tolerant trees and shrubs. Additionally, the city is planning to repave other arterial streets along various locations Citywide. The cumulative estimate of RAC hot-mix tons to be utilized is 25,000. The projects are currently under development and planned for construction between 9/24 to 5/25.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 29</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -645,51 +645,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb2afdaeafa64f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6a3f3be59dbf464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd19a38886e5a47d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75f4d642e92b4dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0bc429f6abd94959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc26901c3cf9648b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -737,747 +737,747 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="977.41412353515625" customHeight="1" collapsed="0">
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>175000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
+    <x:row ht="356.45672607421875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.456787109375" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>32700</x:v>
+        <x:v>80367</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.996826171875" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.4188232421875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>50050</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.905517578125" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>91500</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="770.42822265625" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>224000</x:v>
+        <x:v>145720</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.97021484375" customHeight="1" collapsed="0">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>192000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-    <x:row ht="655.455078125" customHeight="1" collapsed="0">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.454833984375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>91500</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>50050</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>199056</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.95849609375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.99169921875" customHeight="1" collapsed="0">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1069.39892578125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>136667</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-    <x:row ht="942.9169921875" customHeight="1" collapsed="0">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>103060</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="1989.326171875" customHeight="1" collapsed="0">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>172616</x:v>
+        <x:v>54000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-    <x:row ht="701.4326171875" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1989.326171875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>172616</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>32700</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>84502</x:v>
+        <x:v>170586</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+    </x:row>
+    <x:row ht="701.4326171875" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B26" s="8" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
-    <x:row ht="551.9619140625" customHeight="1" collapsed="0">
+    <x:row ht="862.4130859375" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>80367</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
+    <x:row ht="517.4638671875" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>145720</x:v>
+        <x:v>15200</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+    <x:row ht="770.4287109375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>15200</x:v>
+        <x:v>224000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row ht="333.466796875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>199056</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G30" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H30" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="G30" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H30" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>136667</x:v>
+        <x:v>84502</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.46875" customHeight="1" collapsed="0">
+    <x:row ht="942.91796875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>170586</x:v>
+        <x:v>103060</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>134</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.451171875" customHeight="1" collapsed="0">
+        <x:v>135</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.95703125" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.453125" customHeight="1" collapsed="0">
+    <x:row ht="977.4140625" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>54000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3984375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B35" s="10" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C35" s="10"/>
       <x:c r="D35" s="11" t="n">
         <x:v>4817024</x:v>
       </x:c>
       <x:c r="E35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H35" s="10" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1497,29 +1497,29 @@
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:23 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 31, 2026 5:12 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>