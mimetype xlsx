--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -1,129 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6884f43936564f61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e6437dc52674bde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R621778521a354572"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R11445ab7defb4488"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR80)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Benito          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Celina Stotler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8316364110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito County plans to remove waste from one privately owned site. The waste was illegally dumped onto the site by unknown persons, eliciting numerous complaints from the property owner and neighbors. San Benito County proposes to use grant funds to complete project cleanup and install preventative measures to deter future illegal dumping. Preventative measures include the purchase and installation of fences, signage, and eight new surveillance cameras. The cameras will assist with license plate recognition documentation for enforcement of fines for illegal dumping violations.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sutter              </x:t>
   </x:si>
   <x:si>
+    <x:t>Yuba County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr DJ Baker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303296207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Yuba County Resource Conservation District plans to remove waste from one privately-owned site in Yuba County. The waste was illegally dumped onto the site, and it impedes the property owners’ ability to successfully operate their orchards. Property owners conduct monthly cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs to deter future illegal dumping. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Sutter County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs Rajvir Jhawar</x:t>
   </x:si>
   <x:si>
     <x:t>5308443364</x:t>
   </x:si>
   <x:si>
     <x:t>Josephine Chapman</x:t>
   </x:si>
   <x:si>
     <x:t>The Sutter County Resource Conservation District plans to remove waste from four sites, all privately owned in Sutter County. The waste was illegally dumped by unknown persons onto the sites, main roads, along tree lines, public walking paths and it began to roll over into waterways. The waste is a hazard to public health and safety and the environment, and it may attract further dumping if not remediated. Property owners conduct monthly cleanups but cannot keep up with the increase of illegal dumping. Solid waste illegally disposed on these properties includes, but is not limited to, appliances, household waste, furniture, and common trash. Sutter County Resource Conservation District is also seeking funding for prevention measures, such as gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>San Benito County plans to remove waste from one privately owned site. The waste was illegally dumped onto the site by unknown persons, eliciting numerous complaints from the property owner and neighbors. San Benito County proposes to use grant funds to complete project cleanup and install preventative measures to deter future illegal dumping. Preventative measures include the purchase and installation of fences, signage, and eight new surveillance cameras. The cameras will assist with license plate recognition documentation for enforcement of fines for illegal dumping violations.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -258,51 +258,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7a5fa41e3c840bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R621778521a354572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd8f296c0d9804d7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14cb2df7bd114cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R11445ab7defb4488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4a92f9a5d7bf45fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -350,139 +350,139 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="689.9527587890625" customHeight="1" collapsed="0">
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>89697</x:v>
+        <x:v>49700</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.95263671875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>49700</x:v>
+        <x:v>89697</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
+    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>183940</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 5:21 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 13, 2025 5:16 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>