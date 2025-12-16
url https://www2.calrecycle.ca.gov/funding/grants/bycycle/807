--- v1 (2025-12-13)
+++ v2 (2025-12-16)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e6437dc52674bde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a36c45b81d4275" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R11445ab7defb4488"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfda2567119eb4e93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR80)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -258,51 +258,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14cb2df7bd114cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R11445ab7defb4488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4a92f9a5d7bf45fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61ed021af0264104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfda2567119eb4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1b4499dcf79d46d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -460,29 +460,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 13, 2025 5:16 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:42 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>