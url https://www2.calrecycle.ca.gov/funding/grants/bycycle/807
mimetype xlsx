--- v2 (2025-12-16)
+++ v3 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a36c45b81d4275" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfb37e6fce2c42d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfda2567119eb4e93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R72288f5583bd441f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR80)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -258,51 +258,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61ed021af0264104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfda2567119eb4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1b4499dcf79d46d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d996c443bd54e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R72288f5583bd441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf99c1d6cdf264812" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -460,29 +460,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:42 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>