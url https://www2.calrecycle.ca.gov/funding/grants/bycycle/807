--- v3 (2025-12-17)
+++ v4 (2025-12-25)
@@ -1,129 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfb37e6fce2c42d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a2a6a1b5452430a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R72288f5583bd441f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R13db3507e8494831"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR80)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Rajvir Jhawar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308443364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Josephine Chapman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sutter County Resource Conservation District plans to remove waste from four sites, all privately owned in Sutter County. The waste was illegally dumped by unknown persons onto the sites, main roads, along tree lines, public walking paths and it began to roll over into waterways. The waste is a hazard to public health and safety and the environment, and it may attract further dumping if not remediated. Property owners conduct monthly cleanups but cannot keep up with the increase of illegal dumping. Solid waste illegally disposed on these properties includes, but is not limited to, appliances, household waste, furniture, and common trash. Sutter County Resource Conservation District is also seeking funding for prevention measures, such as gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr DJ Baker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303296207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Yuba County Resource Conservation District plans to remove waste from one privately-owned site in Yuba County. The waste was illegally dumped onto the site, and it impedes the property owners’ ability to successfully operate their orchards. Property owners conduct monthly cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs to deter future illegal dumping. </x:t>
+  </x:si>
+  <x:si>
     <x:t>San Benito          </x:t>
   </x:si>
   <x:si>
     <x:t>San Benito County</x:t>
   </x:si>
   <x:si>
     <x:t> Celina Stotler</x:t>
   </x:si>
   <x:si>
     <x:t>8316364110</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
     <x:t>San Benito County plans to remove waste from one privately owned site. The waste was illegally dumped onto the site by unknown persons, eliciting numerous complaints from the property owner and neighbors. San Benito County proposes to use grant funds to complete project cleanup and install preventative measures to deter future illegal dumping. Preventative measures include the purchase and installation of fences, signage, and eight new surveillance cameras. The cameras will assist with license plate recognition documentation for enforcement of fines for illegal dumping violations.</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>The Sutter County Resource Conservation District plans to remove waste from four sites, all privately owned in Sutter County. The waste was illegally dumped by unknown persons onto the sites, main roads, along tree lines, public walking paths and it began to roll over into waterways. The waste is a hazard to public health and safety and the environment, and it may attract further dumping if not remediated. Property owners conduct monthly cleanups but cannot keep up with the increase of illegal dumping. Solid waste illegally disposed on these properties includes, but is not limited to, appliances, household waste, furniture, and common trash. Sutter County Resource Conservation District is also seeking funding for prevention measures, such as gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -258,51 +258,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d996c443bd54e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R72288f5583bd441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf99c1d6cdf264812" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc17cd65027fc4505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13db3507e8494831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R78c50632925a4d8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -350,139 +350,139 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+    <x:row ht="689.9527587890625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>49700</x:v>
+        <x:v>89697</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B7" s="8" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="F7" s="8" t="s">
+      <x:c r="G7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="G7" s="8" t="s">
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>89697</x:v>
+        <x:v>49700</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
+    <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>183940</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:15 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>