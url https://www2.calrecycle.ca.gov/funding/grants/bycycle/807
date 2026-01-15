--- v4 (2025-12-25)
+++ v5 (2026-01-15)
@@ -1,129 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a2a6a1b5452430a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda00fa8cf587436d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R13db3507e8494831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R721e5de969ef47f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR80)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Benito          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Celina Stotler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8316364110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito County plans to remove waste from one privately owned site. The waste was illegally dumped onto the site by unknown persons, eliciting numerous complaints from the property owner and neighbors. San Benito County proposes to use grant funds to complete project cleanup and install preventative measures to deter future illegal dumping. Preventative measures include the purchase and installation of fences, signage, and eight new surveillance cameras. The cameras will assist with license plate recognition documentation for enforcement of fines for illegal dumping violations.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sutter              </x:t>
   </x:si>
   <x:si>
+    <x:t>Yuba County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr DJ Baker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303296207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Yuba County Resource Conservation District plans to remove waste from one privately-owned site in Yuba County. The waste was illegally dumped onto the site, and it impedes the property owners’ ability to successfully operate their orchards. Property owners conduct monthly cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs to deter future illegal dumping. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Sutter County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs Rajvir Jhawar</x:t>
   </x:si>
   <x:si>
     <x:t>5308443364</x:t>
   </x:si>
   <x:si>
     <x:t>Josephine Chapman</x:t>
   </x:si>
   <x:si>
     <x:t>The Sutter County Resource Conservation District plans to remove waste from four sites, all privately owned in Sutter County. The waste was illegally dumped by unknown persons onto the sites, main roads, along tree lines, public walking paths and it began to roll over into waterways. The waste is a hazard to public health and safety and the environment, and it may attract further dumping if not remediated. Property owners conduct monthly cleanups but cannot keep up with the increase of illegal dumping. Solid waste illegally disposed on these properties includes, but is not limited to, appliances, household waste, furniture, and common trash. Sutter County Resource Conservation District is also seeking funding for prevention measures, such as gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>San Benito County plans to remove waste from one privately owned site. The waste was illegally dumped onto the site by unknown persons, eliciting numerous complaints from the property owner and neighbors. San Benito County proposes to use grant funds to complete project cleanup and install preventative measures to deter future illegal dumping. Preventative measures include the purchase and installation of fences, signage, and eight new surveillance cameras. The cameras will assist with license plate recognition documentation for enforcement of fines for illegal dumping violations.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -258,51 +258,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc17cd65027fc4505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13db3507e8494831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R78c50632925a4d8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ce588dc8de8453b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R721e5de969ef47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd5bfd11ff8204f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -350,139 +350,139 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="689.9527587890625" customHeight="1" collapsed="0">
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>89697</x:v>
+        <x:v>49700</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.95263671875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>49700</x:v>
+        <x:v>89697</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
+    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>183940</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:15 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 15, 2026 8:59 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>