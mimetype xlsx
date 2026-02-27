--- v5 (2026-01-15)
+++ v6 (2026-02-27)
@@ -1,129 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda00fa8cf587436d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0744813be3944d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R721e5de969ef47f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R121f45dc3eb44fbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR80)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Rajvir Jhawar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308443364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Josephine Chapman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sutter County Resource Conservation District plans to remove waste from four sites, all privately owned in Sutter County. The waste was illegally dumped by unknown persons onto the sites, main roads, along tree lines, public walking paths and it began to roll over into waterways. The waste is a hazard to public health and safety and the environment, and it may attract further dumping if not remediated. Property owners conduct monthly cleanups but cannot keep up with the increase of illegal dumping. Solid waste illegally disposed on these properties includes, but is not limited to, appliances, household waste, furniture, and common trash. Sutter County Resource Conservation District is also seeking funding for prevention measures, such as gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr DJ Baker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303296207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Yuba County Resource Conservation District plans to remove waste from one privately-owned site in Yuba County. The waste was illegally dumped onto the site, and it impedes the property owners’ ability to successfully operate their orchards. Property owners conduct monthly cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs to deter future illegal dumping. </x:t>
+  </x:si>
+  <x:si>
     <x:t>San Benito          </x:t>
   </x:si>
   <x:si>
     <x:t>San Benito County</x:t>
   </x:si>
   <x:si>
     <x:t> Celina Stotler</x:t>
   </x:si>
   <x:si>
     <x:t>8316364110</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
     <x:t>San Benito County plans to remove waste from one privately owned site. The waste was illegally dumped onto the site by unknown persons, eliciting numerous complaints from the property owner and neighbors. San Benito County proposes to use grant funds to complete project cleanup and install preventative measures to deter future illegal dumping. Preventative measures include the purchase and installation of fences, signage, and eight new surveillance cameras. The cameras will assist with license plate recognition documentation for enforcement of fines for illegal dumping violations.</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>The Sutter County Resource Conservation District plans to remove waste from four sites, all privately owned in Sutter County. The waste was illegally dumped by unknown persons onto the sites, main roads, along tree lines, public walking paths and it began to roll over into waterways. The waste is a hazard to public health and safety and the environment, and it may attract further dumping if not remediated. Property owners conduct monthly cleanups but cannot keep up with the increase of illegal dumping. Solid waste illegally disposed on these properties includes, but is not limited to, appliances, household waste, furniture, and common trash. Sutter County Resource Conservation District is also seeking funding for prevention measures, such as gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -258,51 +258,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ce588dc8de8453b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R721e5de969ef47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd5bfd11ff8204f37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a68f588b2844b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R121f45dc3eb44fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R803b5d0630e94c96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -350,139 +350,139 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+    <x:row ht="689.9527587890625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>49700</x:v>
+        <x:v>89697</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B7" s="8" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="F7" s="8" t="s">
+      <x:c r="G7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="G7" s="8" t="s">
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>89697</x:v>
+        <x:v>49700</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
+    <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>183940</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 15, 2026 8:59 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 27, 2026 6:58 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>