--- v6 (2026-02-27)
+++ v7 (2026-03-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0744813be3944d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d53c6ede9cd4efd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R121f45dc3eb44fbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2e7d562cb8e3428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR80)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -258,51 +258,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a68f588b2844b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R121f45dc3eb44fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R803b5d0630e94c96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re54146a4d2d84f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2e7d562cb8e3428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R53387f61ddf046cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -460,29 +460,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 27, 2026 6:58 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 10:41 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>