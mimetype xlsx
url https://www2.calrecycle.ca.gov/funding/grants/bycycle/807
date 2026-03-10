--- v7 (2026-03-06)
+++ v8 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d53c6ede9cd4efd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5b67a9533ee49ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2e7d562cb8e3428f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6a1845db76164039"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR80)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -258,51 +258,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re54146a4d2d84f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2e7d562cb8e3428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R53387f61ddf046cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2f8aa8fcf30453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6a1845db76164039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra03ab90bb40e4190" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -460,29 +460,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 10:41 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 11:41 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>