--- v0 (2025-12-05)
+++ v1 (2025-12-24)
@@ -1,129 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5368e4856c884767" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5558b8d59e6d4e84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd6d96ffa37444fe2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2129c8c3ebce45d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Illegal Disposal Sites Abatement Grant Program (SWC96)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Lake                </x:t>
   </x:si>
   <x:si>
+    <x:t>Lake County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shannon Walker-smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072632221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noe Garay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illegal dumping in Lake County poses significant threats to public health and the environment, particularly affecting disadvantaged rural communities that lack adequate county resources. The project encompasses a multifaceted approach, combining abatement, prevention measures (e.g., barriers and surveillance cameras), and public awareness campaigns (including "free dump days"). The proposed project aims to address this issue by funding abatement projects in seven townships/communities – North Lakeport, Nice, Lucerne, Clearlake Oaks, Lower Lake, Middletown and Kelseyville - with the highest need and environmental threats. These projects vary in nature, including illegal dumping on public roadways and long-term abatement cases that have proven challenging due to their size and complexity.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268616005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phillip Kovacs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project combats illegal dumping and provides for the cleanup of trash/litter within the road right-of-way in disadvantaged urban communities and in rural areas with sensitive wildlife.  Discarded waste magnifies urban blight in dense inner-city neighborhoods and threaten the ecosystem in desert areas.  The project will concentrate funds to cleaning up trash in the underserved communities of the Belvedere District Garbage Disposal District and the Florence-Firestone Garbage Disposal District, and in the environmentally sensitive areas of Lake Los Angeles.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Clearlake</x:t>
   </x:si>
   <x:si>
     <x:t> Martin Snyder</x:t>
   </x:si>
   <x:si>
     <x:t>7079948251</x:t>
   </x:si>
   <x:si>
     <x:t>Ramon Ruiz</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Clearlake is seeking funds to clean up numerous properties within the city where the responsible party is unwilling or unable to clear their properties to minimal safe standards. Many of these properties are unsafe, fire damaged, and uninhabitable. Many of the properties contain various buildings and items which have major structural damage and pose a health and safety hazard to the surrounding community. Numerous properties have trash, abandoned  and inoperative vehicles, motorhomes, and appliances stored on the properties along with other deteriorating conditions. Illegal dumping has occurred on many properties as abandoned sites attract transients, who often will begin to occupy and continue dumping. All funds will be used to clean up these sites.</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>The project combats illegal dumping and provides for the cleanup of trash/litter within the road right-of-way in disadvantaged urban communities and in rural areas with sensitive wildlife.  Discarded waste magnifies urban blight in dense inner-city neighborhoods and threaten the ecosystem in desert areas.  The project will concentrate funds to cleaning up trash in the underserved communities of the Belvedere District Garbage Disposal District and the Florence-Firestone Garbage Disposal District, and in the environmentally sensitive areas of Lake Los Angeles.</x:t>
   </x:si>
   <x:si>
     <x:t>Mendocino           </x:t>
   </x:si>
   <x:si>
     <x:t>Great Redwood Trail Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Bridget Nichols</x:t>
   </x:si>
   <x:si>
     <x:t>7074633280</x:t>
   </x:si>
   <x:si>
     <x:t>Great Redwood Trail Agency (GRTA: formerly the North Coast Railroad Authority, or NCRA) is now responsible for stewardship of the old Northwest Pacific Railway line in Mendocino, Trinity, and Humboldt Counties.  There are many deferred maintenance issues that GRTA inherited from NCRA.  One of these is a 70,000 square foot building in the unincorporated town of Calpella, north of Ukiah, in Mendocino County.  Until recently, this building was the site of an encampment, several unauthorized auto and dirt bike "shops," and storage for derelict motorized and non-motorized vehicles.  There are significant amounts of solid waste inside the building, which needs to be cleaned up; it is for this purpose we are requesting CalRecycle funding.
 An eviction of the "Does" that were living illegally in the building has been completed.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 4</x:t>
   </x:si>
 </x:sst>
 </file>
@@ -274,51 +274,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20728a7b73c74579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd6d96ffa37444fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R82513d7c71c94c14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9ad672a12c54572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2129c8c3ebce45d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc72b06e7acdf495a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -366,164 +366,164 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="666.9354248046875" customHeight="1" collapsed="0">
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>477469</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.45037841796875" customHeight="1" collapsed="0">
+    <x:row ht="505.95587158203125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>397531</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.9354248046875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>397531</x:v>
+        <x:v>477469</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="10" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="10"/>
       <x:c r="D10" s="11" t="n">
         <x:v>1375000</x:v>
       </x:c>
       <x:c r="E10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 5, 2025 3:17 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>