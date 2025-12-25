--- v1 (2025-12-24)
+++ v2 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5558b8d59e6d4e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94da3570057d4226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2129c8c3ebce45d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2e7dde50c2a348cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Illegal Disposal Sites Abatement Grant Program (SWC96)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -274,51 +274,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9ad672a12c54572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2129c8c3ebce45d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc72b06e7acdf495a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67b01b1f3dc94589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2e7dde50c2a348cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66144d7f26354583" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -501,29 +501,29 @@
       <x:c r="F10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:05 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>