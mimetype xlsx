--- v2 (2025-12-25)
+++ v3 (2026-01-29)
@@ -1,129 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94da3570057d4226" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cae8417045a4337" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2e7dde50c2a348cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ref6a51120d0f4e55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Illegal Disposal Sites Abatement Grant Program (SWC96)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Lake                </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Clearlake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Martin Snyder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7079948251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramon Ruiz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Clearlake is seeking funds to clean up numerous properties within the city where the responsible party is unwilling or unable to clear their properties to minimal safe standards. Many of these properties are unsafe, fire damaged, and uninhabitable. Many of the properties contain various buildings and items which have major structural damage and pose a health and safety hazard to the surrounding community. Numerous properties have trash, abandoned  and inoperative vehicles, motorhomes, and appliances stored on the properties along with other deteriorating conditions. Illegal dumping has occurred on many properties as abandoned sites attract transients, who often will begin to occupy and continue dumping. All funds will be used to clean up these sites.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lake County</x:t>
   </x:si>
   <x:si>
     <x:t> Shannon Walker-smith</x:t>
   </x:si>
   <x:si>
     <x:t>7072632221</x:t>
   </x:si>
   <x:si>
     <x:t>Noe Garay</x:t>
   </x:si>
   <x:si>
     <x:t>Illegal dumping in Lake County poses significant threats to public health and the environment, particularly affecting disadvantaged rural communities that lack adequate county resources. The project encompasses a multifaceted approach, combining abatement, prevention measures (e.g., barriers and surveillance cameras), and public awareness campaigns (including "free dump days"). The proposed project aims to address this issue by funding abatement projects in seven townships/communities – North Lakeport, Nice, Lucerne, Clearlake Oaks, Lower Lake, Middletown and Kelseyville - with the highest need and environmental threats. These projects vary in nature, including illegal dumping on public roadways and long-term abatement cases that have proven challenging due to their size and complexity.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles County</x:t>
   </x:si>
   <x:si>
     <x:t> Wilson Fong</x:t>
   </x:si>
   <x:si>
     <x:t>6268616005</x:t>
   </x:si>
   <x:si>
     <x:t>Phillip Kovacs</x:t>
   </x:si>
   <x:si>
     <x:t>The project combats illegal dumping and provides for the cleanup of trash/litter within the road right-of-way in disadvantaged urban communities and in rural areas with sensitive wildlife.  Discarded waste magnifies urban blight in dense inner-city neighborhoods and threaten the ecosystem in desert areas.  The project will concentrate funds to cleaning up trash in the underserved communities of the Belvedere District Garbage Disposal District and the Florence-Firestone Garbage Disposal District, and in the environmentally sensitive areas of Lake Los Angeles.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>The City of Clearlake is seeking funds to clean up numerous properties within the city where the responsible party is unwilling or unable to clear their properties to minimal safe standards. Many of these properties are unsafe, fire damaged, and uninhabitable. Many of the properties contain various buildings and items which have major structural damage and pose a health and safety hazard to the surrounding community. Numerous properties have trash, abandoned  and inoperative vehicles, motorhomes, and appliances stored on the properties along with other deteriorating conditions. Illegal dumping has occurred on many properties as abandoned sites attract transients, who often will begin to occupy and continue dumping. All funds will be used to clean up these sites.</x:t>
   </x:si>
   <x:si>
     <x:t>Mendocino           </x:t>
   </x:si>
   <x:si>
     <x:t>Great Redwood Trail Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Bridget Nichols</x:t>
   </x:si>
   <x:si>
     <x:t>7074633280</x:t>
   </x:si>
   <x:si>
     <x:t>Great Redwood Trail Agency (GRTA: formerly the North Coast Railroad Authority, or NCRA) is now responsible for stewardship of the old Northwest Pacific Railway line in Mendocino, Trinity, and Humboldt Counties.  There are many deferred maintenance issues that GRTA inherited from NCRA.  One of these is a 70,000 square foot building in the unincorporated town of Calpella, north of Ukiah, in Mendocino County.  Until recently, this building was the site of an encampment, several unauthorized auto and dirt bike "shops," and storage for derelict motorized and non-motorized vehicles.  There are significant amounts of solid waste inside the building, which needs to be cleaned up; it is for this purpose we are requesting CalRecycle funding.
 An eviction of the "Does" that were living illegally in the building has been completed.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 4</x:t>
   </x:si>
 </x:sst>
 </file>
@@ -274,51 +274,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67b01b1f3dc94589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2e7dde50c2a348cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66144d7f26354583" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77d90d61c2854bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ref6a51120d0f4e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R68cdd7d3c8aa4c9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -366,164 +366,164 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
+    <x:row ht="666.9354248046875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>477469</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.95587158203125" customHeight="1" collapsed="0">
+    <x:row ht="724.45037841796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B7" s="8" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>397531</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="F7" s="8" t="s">
+      <x:c r="G7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="G7" s="8" t="s">
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>477469</x:v>
+        <x:v>397531</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="10" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="10"/>
       <x:c r="D10" s="11" t="n">
         <x:v>1375000</x:v>
       </x:c>
       <x:c r="E10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:05 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 29, 2026 1:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>