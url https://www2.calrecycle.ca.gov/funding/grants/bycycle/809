--- v3 (2026-01-29)
+++ v4 (2026-02-22)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cae8417045a4337" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7112b4e820e84491" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ref6a51120d0f4e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2788b36b8b964847"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Illegal Disposal Sites Abatement Grant Program (SWC96)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -274,51 +274,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77d90d61c2854bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ref6a51120d0f4e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R68cdd7d3c8aa4c9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72a3409163d44ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2788b36b8b964847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7dc6a9760a4b4ce9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -501,29 +501,29 @@
       <x:c r="F10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 29, 2026 1:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 21, 2026 9:10 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>