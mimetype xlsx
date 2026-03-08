--- v4 (2026-02-22)
+++ v5 (2026-03-08)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7112b4e820e84491" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16689238177a4648" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2788b36b8b964847"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4362b651a1a94a31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Illegal Disposal Sites Abatement Grant Program (SWC96)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -274,51 +274,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72a3409163d44ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2788b36b8b964847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7dc6a9760a4b4ce9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1805a120288b4d1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4362b651a1a94a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf2d8cb44be7b44d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -501,29 +501,29 @@
       <x:c r="F10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 21, 2026 9:10 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 8, 2026 1:59 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>