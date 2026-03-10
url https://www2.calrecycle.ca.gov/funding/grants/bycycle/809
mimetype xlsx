--- v5 (2026-03-08)
+++ v6 (2026-03-10)
@@ -1,129 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16689238177a4648" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1ebc8f9402341bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4362b651a1a94a31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re1202f9a82104493"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Illegal Disposal Sites Abatement Grant Program (SWC96)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Lake                </x:t>
   </x:si>
   <x:si>
+    <x:t>Lake County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shannon Walker-smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072632221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noe Garay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illegal dumping in Lake County poses significant threats to public health and the environment, particularly affecting disadvantaged rural communities that lack adequate county resources. The project encompasses a multifaceted approach, combining abatement, prevention measures (e.g., barriers and surveillance cameras), and public awareness campaigns (including "free dump days"). The proposed project aims to address this issue by funding abatement projects in seven townships/communities – North Lakeport, Nice, Lucerne, Clearlake Oaks, Lower Lake, Middletown and Kelseyville - with the highest need and environmental threats. These projects vary in nature, including illegal dumping on public roadways and long-term abatement cases that have proven challenging due to their size and complexity.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268616005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phillip Kovacs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project combats illegal dumping and provides for the cleanup of trash/litter within the road right-of-way in disadvantaged urban communities and in rural areas with sensitive wildlife.  Discarded waste magnifies urban blight in dense inner-city neighborhoods and threaten the ecosystem in desert areas.  The project will concentrate funds to cleaning up trash in the underserved communities of the Belvedere District Garbage Disposal District and the Florence-Firestone Garbage Disposal District, and in the environmentally sensitive areas of Lake Los Angeles.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Clearlake</x:t>
   </x:si>
   <x:si>
     <x:t> Martin Snyder</x:t>
   </x:si>
   <x:si>
     <x:t>7079948251</x:t>
   </x:si>
   <x:si>
     <x:t>Ramon Ruiz</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Clearlake is seeking funds to clean up numerous properties within the city where the responsible party is unwilling or unable to clear their properties to minimal safe standards. Many of these properties are unsafe, fire damaged, and uninhabitable. Many of the properties contain various buildings and items which have major structural damage and pose a health and safety hazard to the surrounding community. Numerous properties have trash, abandoned  and inoperative vehicles, motorhomes, and appliances stored on the properties along with other deteriorating conditions. Illegal dumping has occurred on many properties as abandoned sites attract transients, who often will begin to occupy and continue dumping. All funds will be used to clean up these sites.</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>The project combats illegal dumping and provides for the cleanup of trash/litter within the road right-of-way in disadvantaged urban communities and in rural areas with sensitive wildlife.  Discarded waste magnifies urban blight in dense inner-city neighborhoods and threaten the ecosystem in desert areas.  The project will concentrate funds to cleaning up trash in the underserved communities of the Belvedere District Garbage Disposal District and the Florence-Firestone Garbage Disposal District, and in the environmentally sensitive areas of Lake Los Angeles.</x:t>
   </x:si>
   <x:si>
     <x:t>Mendocino           </x:t>
   </x:si>
   <x:si>
     <x:t>Great Redwood Trail Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Bridget Nichols</x:t>
   </x:si>
   <x:si>
     <x:t>7074633280</x:t>
   </x:si>
   <x:si>
     <x:t>Great Redwood Trail Agency (GRTA: formerly the North Coast Railroad Authority, or NCRA) is now responsible for stewardship of the old Northwest Pacific Railway line in Mendocino, Trinity, and Humboldt Counties.  There are many deferred maintenance issues that GRTA inherited from NCRA.  One of these is a 70,000 square foot building in the unincorporated town of Calpella, north of Ukiah, in Mendocino County.  Until recently, this building was the site of an encampment, several unauthorized auto and dirt bike "shops," and storage for derelict motorized and non-motorized vehicles.  There are significant amounts of solid waste inside the building, which needs to be cleaned up; it is for this purpose we are requesting CalRecycle funding.
 An eviction of the "Does" that were living illegally in the building has been completed.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 4</x:t>
   </x:si>
 </x:sst>
 </file>
@@ -274,51 +274,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1805a120288b4d1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4362b651a1a94a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf2d8cb44be7b44d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc14e20591cb04a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re1202f9a82104493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4d5f3cb3b5c04f2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -366,164 +366,164 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="666.9354248046875" customHeight="1" collapsed="0">
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>477469</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.45037841796875" customHeight="1" collapsed="0">
+    <x:row ht="505.95587158203125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>397531</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.9354248046875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>397531</x:v>
+        <x:v>477469</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="10" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="10"/>
       <x:c r="D10" s="11" t="n">
         <x:v>1375000</x:v>
       </x:c>
       <x:c r="E10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 8, 2026 1:59 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 8:59 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>