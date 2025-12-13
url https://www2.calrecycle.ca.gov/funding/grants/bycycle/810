--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55400431fbbf40ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62b7d46779f4dfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R91d3f5cdc8044f5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1acf60d1de0f4912"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Legacy Disposal Site Abatement Partial Grant Program (SWC97)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -226,51 +226,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra42b248e32694f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R91d3f5cdc8044f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R473e3a4dc3624220" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3001c552a7ed488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1acf60d1de0f4912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R33f3747b7b0a4ace" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -378,29 +378,29 @@
       <x:c r="E7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 4:57 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 13, 2025 5:16 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>