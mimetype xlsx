--- v1 (2025-12-13)
+++ v2 (2025-12-16)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62b7d46779f4dfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15294d88834b489f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1acf60d1de0f4912"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb6e019f44a234cc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Legacy Disposal Site Abatement Partial Grant Program (SWC97)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -226,51 +226,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3001c552a7ed488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1acf60d1de0f4912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R33f3747b7b0a4ace" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0bf4bea1116475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb6e019f44a234cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfa91efa38cce4023" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -378,29 +378,29 @@
       <x:c r="E7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 13, 2025 5:16 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:43 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>