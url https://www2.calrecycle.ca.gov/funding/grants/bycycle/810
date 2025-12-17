--- v2 (2025-12-16)
+++ v3 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15294d88834b489f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03fa0488a7fa4d45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb6e019f44a234cc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R769c6bdcc1c04bf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Legacy Disposal Site Abatement Partial Grant Program (SWC97)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -226,51 +226,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0bf4bea1116475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb6e019f44a234cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfa91efa38cce4023" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R639b0d2eb46d494a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R769c6bdcc1c04bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9f0c02c28a384d3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -378,29 +378,29 @@
       <x:c r="E7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:43 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>