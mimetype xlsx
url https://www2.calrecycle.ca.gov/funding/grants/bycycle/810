--- v3 (2025-12-17)
+++ v4 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03fa0488a7fa4d45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4fac3c0792440fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R769c6bdcc1c04bf8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfd719c16fce147f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Legacy Disposal Site Abatement Partial Grant Program (SWC97)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -226,51 +226,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R639b0d2eb46d494a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R769c6bdcc1c04bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9f0c02c28a384d3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra345b5299c524eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd719c16fce147f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf6071cc4de554335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -378,29 +378,29 @@
       <x:c r="E7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>