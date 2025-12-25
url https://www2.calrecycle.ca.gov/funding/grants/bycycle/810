--- v4 (2025-12-24)
+++ v5 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4fac3c0792440fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf532802947dd4c62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfd719c16fce147f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re6a939d475864806"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Legacy Disposal Site Abatement Partial Grant Program (SWC97)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -226,51 +226,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra345b5299c524eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd719c16fce147f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf6071cc4de554335" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86d7ba0b832047e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re6a939d475864806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1b909bfa21524869" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -378,29 +378,29 @@
       <x:c r="E7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:09 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>