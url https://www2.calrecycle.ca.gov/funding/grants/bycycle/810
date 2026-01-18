--- v5 (2025-12-25)
+++ v6 (2026-01-18)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf532802947dd4c62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc08b2c54551f42a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re6a939d475864806"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf029b77b306a4d06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Legacy Disposal Site Abatement Partial Grant Program (SWC97)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -226,51 +226,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86d7ba0b832047e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re6a939d475864806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1b909bfa21524869" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85b25c5f4c154153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf029b77b306a4d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1bb27ae2dae847af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -378,29 +378,29 @@
       <x:c r="E7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:09 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 18, 2026 11:23 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>