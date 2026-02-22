--- v6 (2026-01-18)
+++ v7 (2026-02-22)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc08b2c54551f42a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b277d1aa5d84ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf029b77b306a4d06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7402b208235a4591"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Legacy Disposal Site Abatement Partial Grant Program (SWC97)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -226,51 +226,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85b25c5f4c154153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf029b77b306a4d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1bb27ae2dae847af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b9a93c91d2a4f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7402b208235a4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8faf52d7b08848bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -378,29 +378,29 @@
       <x:c r="E7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 18, 2026 11:23 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 21, 2026 9:01 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>