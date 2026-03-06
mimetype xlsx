--- v7 (2026-02-22)
+++ v8 (2026-03-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b277d1aa5d84ba7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9af8c6c496ba48db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7402b208235a4591"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb68c760f9cee4977"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Legacy Disposal Site Abatement Partial Grant Program (SWC97)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -226,51 +226,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b9a93c91d2a4f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7402b208235a4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8faf52d7b08848bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccd7a63086ca41e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb68c760f9cee4977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra669d206f9ec432d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -378,29 +378,29 @@
       <x:c r="E7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 21, 2026 9:01 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 3:19 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>