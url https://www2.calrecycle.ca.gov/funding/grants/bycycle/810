--- v8 (2026-03-06)
+++ v9 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9af8c6c496ba48db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R978ce91b3b6546ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb68c760f9cee4977"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5b38246b2318496d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Legacy Disposal Site Abatement Partial Grant Program (SWC97)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -226,51 +226,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccd7a63086ca41e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb68c760f9cee4977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra669d206f9ec432d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576a08b2f4204a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b38246b2318496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd2e9260779c540dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -378,29 +378,29 @@
       <x:c r="E7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H7" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 3:19 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 10, 2026 1:01 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>