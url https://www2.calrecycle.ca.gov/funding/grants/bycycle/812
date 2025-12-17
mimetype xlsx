--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b88b5dc6540443e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47aa9f11ff714028" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc10bd754a13040e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra68a248dd9cd4e88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1603">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 SB 1383 Local Assistance Grant Program (OWR4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -5641,51 +5641,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c4dd0f1817b4113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc10bd754a13040e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R77703dbc49e94d27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65244d7245294411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra68a248dd9cd4e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R509c81e943a9438e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -15443,29 +15443,29 @@
     <x:mergeCell ref="B373:C373"/>
     <x:mergeCell ref="B374:C374"/>
     <x:mergeCell ref="B375:C375"/>
     <x:mergeCell ref="B376:C376"/>
     <x:mergeCell ref="B377:C377"/>
     <x:mergeCell ref="B378:C378"/>
     <x:mergeCell ref="B379:C379"/>
     <x:mergeCell ref="B380:C380"/>
     <x:mergeCell ref="B381:C381"/>
     <x:mergeCell ref="B382:C382"/>
     <x:mergeCell ref="B383:C383"/>
     <x:mergeCell ref="B384:C384"/>
     <x:mergeCell ref="B385:C385"/>
     <x:mergeCell ref="B386:C386"/>
     <x:mergeCell ref="B387:C387"/>
     <x:mergeCell ref="B388:C388"/>
     <x:mergeCell ref="B389:C389"/>
     <x:mergeCell ref="B390:C390"/>
     <x:mergeCell ref="B391:C391"/>
     <x:mergeCell ref="B392:C392"/>
     <x:mergeCell ref="B393:C393"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 7:50 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 10:03 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>