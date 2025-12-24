--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,3491 +1,1137 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47aa9f11ff714028" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2e4b8ca493b419c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra68a248dd9cd4e88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1ee371d6260f4263"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1603">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1601">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 SB 1383 Local Assistance Grant Program (OWR4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...16 lines deleted...]
-and refrigerated container for edible food For our major hub in Adelanto, having storage containers is paramount. These containers will play a vital role in allowing the hub to effectively capture and store recovered products.</x:t>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Eastvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Simone Blackwell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517034405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The SB 1383 local assistance grant will assist the City in SB 1383 compliance efforts. The City will utilize the funds to ensure compliance with recovered organic waste procurement requirements, provide community education on SB 1383 requirements, improve the City's edible food recovery program, and expand City storage areas for SB 1383 related materials. Edible food recovery activities will include generating educational and outreach materials for generators, in addition to providing insulated food storage bags to ensure edible food is preserved during transport.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of West Sacramento</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Susan Strand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166175031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vandhana Dharan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City plans to use grant funding to help us comply with SB 1383 mandates.  A portion of the funding ($25,000) will be used to help us meet our annual organic product procurement target.  A portion ($23,000) will be spent on compliance tracking software that will allow us to identify non-compliant generators and maintain records on our education and enforcement activities.  A portion of the funding ($10,000) will be spent on enforcement personnel staff time to enforce City SB 1383 related municipal code. Finally the City is planning to spend ($12,000) of grant funding on an education outreach campaign to promote food scrap recycling using billboards, television, radio and social media platforms.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Kerman</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Jansons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598469450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mayette McDonald</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Offset SB 1383 Implementation Costs-Collection/Procurement, Public Education and Outreach and Customer Service.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Woodland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosie Ledesma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306612059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We plan to use majority of this cycle's funding to offset costs for a new limited term, full time Conservation Coordinator that will assist with commercial and multifamily compliance and enforcement. We plan to use the remaining funds for creating and distributing new outreach material, as well as assist with food recovery efforts, especially from Tier 2 generators.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Niguel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kevin O'connor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493624384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mussie Yehaise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Laguna Niguel will utilize the grant funding to expand edible food recovery and increase capacity planning in partnership with the Orange County Waste and Recycling. Funds will further be used to train staff on enforcement protocols, assist in procurement, record keeping, contamination minimization, education and outreach, and any additional SB 1383 related tasks. All tasks will be completed by the City's Consultant EcoNomics. The City will also utilize a separate consult to assist with additional education and outreach tasks including the development of videos and graphics for the City's social media and website. Remaining funds will be used to procure three (3) new organics recycling containers for all City facilities. Lastly, a portion of the grant will be used to cover City Staff costs associated with implementing organics recycling. </x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Agoura Hills</x:t>
-[...5 lines deleted...]
-    <x:t>8185977353</x:t>
+    <x:t>City of Rancho Palos Verdes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Girard Mobley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9519730026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant will assist the City in complying of regulation requirements associated with SB 1383.  The grant application request includes conducting enforcement/inspections, program evaluation/gap analysis and follow-through, complying with procurement requirements, training, preparing necessary recordkeeping and compliance forms and completing reports, grant management, providing assistance to residents and businesses, conducting record keeping and compliance tracking, and subscribing to recycling compliance software for documentation and tracking.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wallace Low</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dallas Aicega</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Department of Environmental Resources will use this funding to help cover staffing costs, outreach and education, software, capacity planning and other 1383-related implementation costs. County staff will be dedicating a significant amount of time and resources to ensure the requirements of the new regulations are being met.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tulare</x:t>
+  </x:si>
+  <x:si>
+    <x:t> April Luttrell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596844289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding from the SB 1383 Local Assistance Grant Program will be used for the procurement of recycled organic products along with the procurement of recycled paper and paper products. Funding will also be used for education and outreach materials including print ads for organic waste and edible food recovery plus education and outreach for local schools. Additional funding will be used for obtainment of green organic waste cans and/or bins and blue recycling cans and/or bins for residential and commercial properties, for recordkeeping program annual fees, and salary coverage for conservation coordinator.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Patterson</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael Renfrow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099606841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Patterson intends to utilize its grant award to facilitate its successful solid waste program, specifically as it relates to SB 1383 mandates. Patterson would achieve this through the following projects: collection, edible food recovery, education and outreach, enforcement and inspection, program evaluation/gap analysis, procurement requirements such as compost, mulch, electricity, and recycled paper and paper products, and record keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Clovis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ivette Rodriguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5593242604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Clovis will use grant funds towards hiring a consultant to assist the City in developing SB 1383 processes for each program requirement. Such as reporting, tracking, forms (online and printable), capacity planning, and enforcement. The City of Clovis created a new position to assist with container contamination minimization and would like to use funds to assist with the salary of this new position. If the City has funds left, 96-gallon collection containers will be purchased to implement new commercial organic services.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Watsonville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tami Stolzenthaler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317683131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Watsonville intends to expand 1383 implementation with this state awarded fund. Over half of the application is dedicated to Watsonville Food Recovery in collaboration with all other jurisdictions in Santa Cruz County. Another third is earmarked for quality bilingual outreach tools such as social media, trucks signs and cart labels to increase and improve organics and recycling participation. The provision of 1383 containers for local businesses and schools encourages immediate participation. Solid Waste Management will improve 1383 implementation by attending California conferences presenting on best practices in the next generation of waste reduction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Suisun City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amanda Dum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074217345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be focused on Education &amp; Outreach with the other large requested amount going to cover compost procure.  The City has only one small food recovery organization that may or may not be still recovering food.  There are two Tier 1 businesses - Walmart and Raley's and both already have food recovery programs.  We have not Tier 2 businesses. 
+All budgets are scalable based available grant funds.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jodie Snowbarger</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057815252</x:t>
   </x:si>
   <x:si>
     <x:t>Mai Andrews</x:t>
   </x:si>
   <x:si>
-    <x:t>With the January 1, 2024, start of the Enforcement of SB 1383 mandate, the City is responsible for implementing and enforcing the SB 1383 Ordinance in the community and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency based solid waste program push in the last 30 years.  Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate.  The Local Assistance Grant provides the City with opportunities to focus on the issues critical to the success of its individual organics diversion/capture programs.  
-[...1965 lines deleted...]
-    <x:t>The proposed project focuses on implementing an extensive educational and outreach campaign for SB1383 compliance. Education and outreach activities include design, installation, and distribution of signage, brochures, and flyers, as well as website updates, and billboard advertisements. Grant funds will also support personnel costs, including consultants for SB 1383 compliance, edible food recovery program, recordkeeping and reporting, procurement, site visits and waiver evaluation, and on-call and miscellaneous support. Management Analyst and Sustainability Programs Assistant will engage in SB 1383 education and compliance support. Funding will also be allocated to pay for Tier One and Two Generator inspections. Additionally, funds will be used for interior bins for businesses.</x:t>
+    <x:t>To expand the County's infrastructure to meet the requirements of SB 1383. Focusing on organic recycling and compost programs, outreach, and education.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kathleen Utter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County will be utilizing the grant funding for personnel and consultant costs for Capacity Planning and Program Evaluation/Gap Analysis.  Education and Outreach for conferences and seminars as well as social media management software (Sprout Social).  Bins and containers for school organic recycling collection to help implement out school recycling program.  Provide and deliver compost for school and community compost sites.  Procure electricity from Desert View Power.  Upgade/Expand the Badlands Composting Facility.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Maywood</x:t>
   </x:si>
   <x:si>
     <x:t> Susan Contreras</x:t>
   </x:si>
   <x:si>
     <x:t>9092349099</x:t>
   </x:si>
   <x:si>
     <x:t>In addition to City's Education Campaign and Procurement, the City of Maywood proposes to use the grant funds for Consultant SB 1383 Implementation services. As such, the consultant will perform the following implementation tasks:
 1. Compile Data and submit information for the City's Organics Capacity Plan
 2. Determine quarterly compliance and organic tonnage of Self and Third Party Haulers
 3. Coordinate Compost Giveaway &amp; Workshop Events
 4. Review EFG, FRO and Self Hauler reporting for compliance
 5. Oversee the Hauler's Contamination Audit
 6. Continue conducting Tier 1 &amp; 2 Surveys &amp; Inspections
 7. Coordinate SB 1383 Education &amp; Outreach Workshops
 8. Hold Department Head Procurement Meeting
 9. Oversee Procurement Target Progress
 10. Review and Process Waivers
 11. Oversee the Organics Enforcement Process 
 12. Maintain the Enforcement Log
 13. Reach Out to Recovery Organization
 14. Maintain the SB 1383 Information on the City's Website
 15. Perform Recordkeeping duties
 16. File SB 1383 Reports, including Food Recover, Compliance and Procurement</x:t>
   </x:si>
   <x:si>
-    <x:t>Mendocino County</x:t>
-[...171 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SB 1383 Local Assistance Grant funds to be used to provide funding for capacity planning, program evaluation, gap analysis, edible food recovery support, comprehensive SB 1383 education, outreach support, and compliance checks (residential, multifamily, and commercial), cover SB 1383 personnel expenses associated with additional task/regulatory requirements, procurement funding to meet the City’s required target, and comprehensive record collection, maintenance, record keeping, and reporting in-order-to be compliant with SB 1383.</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ontario</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Porscha Gatewood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093952776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding from the Local Assistance Grant program will be used for cost related collection of green waste/organics, personnel administration, enforcement, public education, new materials, training and associated cost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brentwood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jon Carlson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9255166095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds would be used to offset expenses related to SB1383 compliance, more specifically to assist in the permitting, design, building of a process on-site to divert organics from the landfill instead of hauling the materials off to distant composting facilities. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Corona</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jacqueline Zukeran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517394983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Corona Utilities Department requests $275,781 in SB 1383 Local Assistance Grant Program funding for the following SB 1383 program components: education and outreach materials and for the purchase of compost to meet the SB 1383 Procurement targets for calendar years 2024 and 2025. 
+Public education and outreach are essential to the success of the City of Corona’s SB 1383 program; educational material will be distributed to our community in the form of pamphlets, flyers, posters, and different forms of electronic media that will be easily accessible by all residents. The educational material will be especially helpful to address contamination within the community by allowing us to educate residents and businesses after any instance of contamination.
+The City of Corona is required to procure 8,811.40 tons of Recovered Organic Waste Products (ROWP) in Calendar Year (CY) 2024 and 13,556 tons of ROWP in CY 2025, which is equivalent to 5,110.6 tons and 7,862 tons of compost, respectively. The City plans to conduct an RFP to find the most cost-effective solution to meet its procurement target.  The City currently has a contract with Zero Food Print for calendar year 2023 and requested a quote to help develop a procurement budget for future years.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kasey Kolassa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314542377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 implementation and outreach expenditures.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Solid Waste Program Analyst</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lompoc will be using the awarded funds for education and outreach. Staff intends to print and distribute educational material such as brochures as well as English/Spanish flyers with education regarding SB 1383 to be inserted with residents’ utility bills. In addition, the City will be continuing their partnership with the County of Santa Barbabra in the Food Recovery Program that has been established.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Habra</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5623834170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City plans to use the Sb 1383 funding on funding salaries for staff that work on monitoring and enforcing SB 1383 laws. The City also plans to use the funding on handing out food waste pails and organic bags at events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kenneth Strelo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256257036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistance in complying with SB 1383, including funding of staff time and materials related to education and outreach, and compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Engle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implementation of SB 1383 Short-lived Climate Pollutants with a particular focus on education and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redlands</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louie Miranda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093121422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Upon securing grant funds, the City of Redlands plans to build on its existing SB 1383 organics recycling program (established 2021), which complies with the requirement standards set by SB 1383. The City of Redlands introduced a Residential Food Waste Recycling Drop-Off Program that provides drop-off locations for food waste collection throughout the City. This program welcomes all residents who want to participate in California's efforts to reduce climate pollutants by separating their food waste.
+The City of Redlands adopted Ordinance 2945, officially added to Title 13 of the Redlands Municipal Code, introducing a new Chapter 13.67 (Mandatory Organic Waste Disposal Reduction) in October 2022. The 2945 ordinance lays out clear guidelines for separating organic waste from regular refuse for different waste generators, including single-family homes, business requirements for Edible Food Recovery, and instructions for enforcement. The City of Redlands is committed to sustainable practices and has established specific regulations for Edible Food Recovery, including but not limited to procurement procedures and reporting requirements. The Edible Food Recovery program is currently being developed and is expected to launch in early 2024. This approach allows the departments to thoroughly evaluate and refine the program, ensuring that it seamlessly integrates with the City's existing initiatives.   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ceres</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Toni Cordell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095385602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>he majority of funding will go towards procurement of compost and mulch product.  The City's compost giveaway program, which largely was distributed to farmers for land/crop application, has been very successful with participation levels and we would like to continue to offer the compost for ongoing seasonal application.  Procurement will also go towards the residential compost and mulch give away program that has gained momentum as well recently. Funding will also be used towards education and outreach efforts to increase awareness of the compost program and the City's organic recycling services (related to SB 1383).  Remaining funds will be used towards annual subscription costs for the City's edible food tracking software (CareIt) that FRO's and EFG's are encouraged to use for reporting purposes.  Lastly, a portion of funds will be used for materials and equipment needs for the residential giveaway progam site for maintenance, containment, and signage purposes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Turlock</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lupe Madrigal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2096685590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Turlock intends to use these funds for the following activities: enhance education and outreach materials to customers regarding SB 1383 provisions, outreach and education materials to Edible Food Recovery generators and organizations, tracking databases for Edible Food Recovery programs, Procurement tracking and record keeping, personnel administrative duties, materials to assist with program development and adjustments and policy and program development.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sean Singletary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102536457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Culver City Public Works Environmental Programs and Operations plans to use the funding for Eligible Projects/Products including the purchase and operation of community organics collection hubs for use in areas where physical space or de minimis waivers are clustered in order to offer organics diversion (through Big Belly app-controlled organics controllers or similar).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tina Bitten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Long Beach will use the grant project funding to implement the requirements of SB 1383 citywide. Project activities will include the implementation of organics collection for city-serviced accounts, education and outreach to residents and businesses, contamination minimization efforts, an edible food recovery program, consulting contracts that support compliance, monitoring compliance of impacted entities, and supporting non-compliant entities to reach compliance.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lake Elsinore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicole McCalmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516743124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will utilize funds to purchase organics bins for our Launch Pointe Recreation Center/RV Park and other main facilities within the City.  The City is working to create a composting program for the residents, funds will be used for compost and composting bins.  The City will also use additional funds to assist with procurement and the purchase of recycled paper and products.  Funds will also be allocated for enforcement of SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mountain House</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kawal Preet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098315981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used for procurement requirements, education and outreach, and enforcement and inspection.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrew Schneider</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106706555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local Assistance Grant Funds will be used for:
+Procurement - Compost to Agriculture subsidy program, Public Works projects and local compost giveaway programs
+Personnel - Subsidize Waste Program Manager salary
+Contamination Minimization Contract for Route Reviews
+Outreach &amp; Education - Targeted postcard mailing explaining waste separation and collection requirements</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Delano</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Roman Dowling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6517202219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delano will use grant funding to achieve organic procurement.  Grant funds will be used to cover procurement costs to meet SB 1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Gabriel Valley Council of Governments</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mackenzie Bolger</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6262141316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The San Gabriel Valley Council of Governments (SGVCOG) will utilize 1383 Local Assistance grant funds to support and enhance our Regional Food Recovery Program. The program enables member agencies to comply with SB 1383's food recovery mandates and significantly reduce food waste in the San Gabriel Valley. Known as one of the largest regional food recovery programs in California, this program includes the following components:  
+Inspections and Enforcement: Identification of food recovery organizations (FROs) and Tier 1 and Tier 2 edible food generators (EFGs) within a city’s jurisdiction. Annual inspections of Tier 1 and 2 EFGs and FROs. Assessment of total amount of edible food generated by Tier 1 and 2 EFGs and available capacity of FROs to accept edible food. 
+Public Outreach and Engagement: Regional workshops to educate grocery stores, restaurants, and food recovery organizations on regulations and to share best practices and resources. Development of outreach materials, such as SB 1383 fliers, to share with participating cities. One-on-one engagement with Tier 1 and Tier 2 EFGs and FROs to provide education and guidance on 1383 compliance.
+Food Recovery Hub Development/FRO Support: Development of food recovery hubs to expand the region’s capacity to recover food and address food insecurity. Support to smaller food recovery organizations to allow more local groups to sustain operations and comply with SB 1383. 
+In addition to supporting compliance with the State’s edible food recovery mandates, the funding will be used to support cities in complying with the law’s organics procurement requirement. Funds set aside for organics procurement will be used to purchase recovered organic waste products, such as compost and mulch.  
+Grant funding will also cover SGVCOG staff costs to manage the program and administer the grant on behalf of the cities, as well as consultant costs to provide technical assistance to the cities and EFGs/FROs. The SGVCOG has contracted with SCS Engineers, who has served as the program’s consultant since program inception.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Grass Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Zac Quentmeyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302744713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will use a portion of funds to purchase procurement compliance attributes from Desert View Power, LLC to satisfy procurement of recycled organic products as required by SB 1383. The remaining funds will be applied toward consultant services to develop and conduct an outreach and education campaign for the City’s roll-out of food waste collection in the residential and commercial sectors. Activities will include program brochure and flyer development, residential and commercial workshops and training, and social media posts and news releases.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oroville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oroville will use all allocated 1383 Local Assistant Grant Program funds to aid in the implementation of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016. Funds will be used to assist the City of Oroville with the implementation of regulation requirements associated with SB 1383. Funds will go toward personnel and consultant fees to assist the City with the needed Capacity Planning, Procurement Requirements, Record Keeping, Enforcement and Inspection, Program Evaluation/Gap Analysis. Additional funding will be used for 1). Education, including toolkits, posters signage and compliance letters; and 2). Equipment, indoor collection containers of various sizes (1.9 to 32 gallon) to help residential and commercial businesses to easily collect organics. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jacinto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ruth Montoya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516544041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed grant project will support the Edible Food Recovery by educating Tier generators and FROs about their food donation obligations, increase access to food recovery organizations and services, monitor compliance with program requirements, identify gaps in edible food recovery capacity, and enforce regulations. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Gardner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2092236546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The SB 1383 Local Assistance Grant Funds will be used to implement SB 1383 requirements throughout the Cities and County of Amador.  The County as the Lead Participant has contracted with a consultant to assist the County and the Cities with implementation and compliance with the various requirement applicable to our jurisdictions.  The County will again partner with the local food bank to ensure the edible food recovery program meets the requirements and enhance the edible food capacity throughout the Cities and County.  The County will also partner with the UCCE Master Gardners and the Mother Lode Land Trust to provide public education and backyard composting training and to create community composting programs in various Cities and communities throughout the County.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Moreno Valley</x:t>
   </x:si>
   <x:si>
     <x:t> Allen Lopez</x:t>
   </x:si>
   <x:si>
     <x:t>9514133109</x:t>
   </x:si>
   <x:si>
     <x:t>Moreno Valley is the second-largest city in Riverside County, with an approximate population of 213,000, 271 food businesses, and 73 tier 1 and tier 2 Commercial Edible Food Generators (CEFG). In our continued efforts to implement State Mandate SB 1383, a significant amount of continued education and resources will be needed to market the rules and regulations to those affected by this mandate. However, to reach the affected residential and business community, the city would like to use this grant allocation to assemble a comprehensive marketing/educational campaign to contact as many community members as possible. This grant will help alleviate any expenditures related to:
 - Indirect Costs: A portion of the funding will partially cover the salary of the Purchasing and Sustainability Division Manager (Division Manager). The Division Manager will promote SB 1383 at city events and provide continued education via webinars and meetings. They will work at City-Sponsored events such as Day of the Dead, El Grito, Household Hazardous Waste (HHW), and several others, where kitchen caddies are provided to residents as an educational incentive on SB 1383. 
 - Edible Food Recovery – Personnel: A portion of the funding will be used for our contract with Western Riverside Council of Governments (WRCOG) as they continue their efforts, on the city's behalf, with the food recovery program. WRCOG will continue establishing tier 1 and tier 2 CEFGs to ensure compliance with SB 1383. WRCOG will also help connect CEFGs with food recovery organizations (FRO). Educating CEFGs about food rescue continues to be a priority in Moreno Valley. Part of that process has been developing multilingual materials, a detailed plan for comprehensive outreach, and education efforts for all CEFGs and FROs. These outreach efforts include flyers, multilingual stickers, social media advertisements, website/newsletter content, fact sheets, and additional materials.
 - Education and Outreach: A portion of the funding will provide organic waste disposal education and do-it-yourself composting classes to K-12 schools throughout the city. These efforts will also educate multi-family property managers, residents, and commercial businesses about the rules, regulations, and requirements outlined in the SB 1383 mandate. These education and outreach efforts will include various forms of media such as flyers, pamphlets, and digital content. The City of Moreno Valley plans to utilize both print and digital media to spread the word about SB 1383 mandates. 
 - Equipment: A portion of the funding will procure kitchen caddies to help residents comply with SB 1383 mandates. City staff works many events throughout the year to promote SB 1383, and the kitchen caddies generate significant interest from the residents, leading to opportunities to educate them. The city intends to purchase a pre-owned 2022 Ford T350 electric van to transport kitchen caddies and mulch/mulch bags to and from events. The Solid Waste and Recycling team has enhanced its marketing and educational efforts by increasing visibility in the community and at city events. The promotional and educational material has grown as additional recycling programs were added, needing more space to transport those items. During staff’s assessment of the needed vehicle that would best the support the program, it was determined that a van would be needed and to coincide with enhancing environmentally friendly efforts, an electric van was selected. A laptop/tablet will be purchased to assist staff with inspections and enforcement while out in the field. The laptop/tablet will help with logging data for the food recovery efforts.
 - Personnel: A portion of the funding will partially fund the salary of a Recycling Specialist. The Recycling Specialist will help with educating residents on SB 1383 mandates at city events and continue their own education via webinars and meetings. The events that will be attended include Day of the Dead, El Grito, HHW, and several others. At the events, the Recycling Specialist provides kitchen caddies as an educational incentive on SB 1383 to residents. 
 - Procurement: A portion of the funding will apply towards a contract with Zero Foodprint. Zero Foodprint will procure compost on behalf of the city and, in turn, reimburse farmers for their purchase of compost. This partnership will assist with the city's required Recycled Organic Waste Products procurement and help avoid short-lived climate pollutants. Additionally, SB 1383 will also help promote long-term carbon sequestration within the state, supporting the health of the soil, food, and population.
 - Record Keeping: A portion of the funding will go towards The Recyclist software. The Recyclist assists the city with recordkeeping for SB 1383, allowing the city to track who is compliant and who is not. The Recyclist will enable the city to log and monitor when emails, phone calls, and photos have been sent and taken during inspections.
 Staff continues to work diligently to ensure that all requirements needed for compliance are met. The Mayor and City Council adopted an ordinance for SB 1383 on January 4, 2022. With the support of this grant, Resolution No. 2023-56 authorizes the submittal of all applications for CalRecycle grants. It will help the continued efforts to reduce emissions of short-lived climate pollutants.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Morgan Hill</x:t>
-[...190 lines deleted...]
-    <x:t>City of Oroville will use all allocated 1383 Local Assistant Grant Program funds to aid in the implementation of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016. Funds will be used to assist the City of Oroville with the implementation of regulation requirements associated with SB 1383. Funds will go toward personnel and consultant fees to assist the City with the needed Capacity Planning, Procurement Requirements, Record Keeping, Enforcement and Inspection, Program Evaluation/Gap Analysis. Additional funding will be used for 1). Education, including toolkits, posters signage and compliance letters; and 2). Equipment, indoor collection containers of various sizes (1.9 to 32 gallon) to help residential and commercial businesses to easily collect organics. </x:t>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sacramento</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Margaret Kashuba</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168084806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanley Uyeda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Sacramento's proposed grant project includes procuring recycled compost for application at City parks, facilities, and special projects as well as for distribution to residents to assist the City in meeting its SB 1383 recovered organic waste product annual procurement target; hiring a waste consultant to perform residential route reviews, assess contamination trends, and provide recommendations for the City's current container contamination minimization program; and purchasing a new side-loader truck to provide residential containerized organic waste collection service for the increase in customer accounts required to recycle organic waste per SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Riverbank</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laura Graybill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098637155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funds will be used to assist the City in implementing an Edible Food Recovery Program.  The City will also use the funds for Education and Outreach to our residents and businesses. Assistance in meeting the Procurement requirements.  Activities will also include collection, enforcement and Inspections.  Funds will also be used for Record Keeping. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Downey</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julio Guerrero</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629047102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1383 grant funds are expected to fund public outreach and education efforts for residential and commercial customers. Outreach and education program will include educational materials, advertisement services, mailings and billing inserts.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Thousand Oaks</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sarah McGurk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054492439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funding will be used to support the following SB 1383 requirements related to edible food recovery: construction of a food recovery storage facility, purchase of three mobile refrigerated trailers for food recovery, and continuation of a food recovery software application for record keeping and tracking. Indirect costs will be applied towards operating and maintenance costs such as cleaning, utility bills, security cameras, and Wi-Fi monitoring.
+The City is proposing to construct a new remote food recovery storage facility on City-owned land that will include an approximately 250-square foot prefabricated/modular building and plug-in parking for up to four refrigeration trailers. This facility will allow the local food recovery organizations to securely store dry non-perishable foods, including, but not limited to, canned, frozen, and packaged foods, fresh produce, and prepared food. The food recovery facility will include parking for food recovery organization staff and volunteers to access the facility, and refrigeration units mounted on mobile trailers. A waste enclosure will be incorporated so that food recovery organizations can recycle inedible organics and packaging. This project will allow the local food recovery organizations to expand their capacity and help Tier 1 and Tier 2 generators meet their SB 1383 requirements. Construction will occur in phases, including, but not limited to, site preparation/grading, asphalt pavement, off-site modular building fabrication, on-site building assembly and installation, and interior fittings installation (e.g., shelves). The facility will require electrical infrastructure installation for plug-in parking for refrigerated trailers.
+In addition, funding will include three mobile refrigerated food trailers, which would be parked and plugged in at the food recovery storage facility. The trailers will be approximately 12 to 14 feet in length.Several food recovery organizations currently own and share one refrigerated trailer. The purchase of additional trailers would allow them to expand to increase their capacity.
+Lastly, funding will be used to contribute towards the cost of an edible food recovery mobile/web software application that connects food generators with food recovery organizations and services. The City is currently using this software application for all Tier 1 and Tier 2 commercial edible food generators and food recovery organizations and services in the City, and provide training and support.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dos Palos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian K Guerrero</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093922174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molly Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1383 Implementation to procure mulch/compost materials for park and landscape beautification projects and to offer the products for free to the citizens of Dos Palos.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palm Desert</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Luis Moctezuma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607766342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palm Desert will utilize the grant funds to assist with meeting the compliance requirements of SB 1383. Approximately two thirds of the funds will go towards funding an agreement with FIND Food Bank, to do assist with edible food recovery for tier 1 and tier 2 businesses. The agreement ensures that FIND Food Bank has the capacity to recover food from all Tier 1 and Tier 2 Facilities in Palm Desert. It will also designate FIND Food Bank as the organization that will be doing inspections and contract management of Tier 1 and Tier 2 facilities on Palm Desert's behalf. 
+Any remaining funds will go towards our existing contract with HF&amp;H Consultants, LLC, for SB 1383 consulting services.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Clara</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Perla Montes de Oca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4086153085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Santa Clara will use awarded SB 1383 Local Grant Assistance funds to partially fund SB 1383 local procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tammy Pelayes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia intends to use these grant funds to pay annual subscription fees for Recyclist, a reporting software purchased with the first round of SB1383 Local Assistance Funding. Recyclist assists staff in meeting the complex SB 1383 reporting requirements. The City of Hesperia operates with a lean staff. Due to staffing levels, the City does not have a department, or an employee, that is dedicated specifically to recycling or environmental programs. Staff who will facilitate the City's SB1383 program, including tracking, inspections, reporting, compliance, and enforcement, are tasked with other duties throughout the City. Therefore, the City is in need of a program to help simplify the racking and reporting components of SB 1383. The grant funding will be used for annual subscriptions to the Recyclist Program Tracker, a cloud-based software program. The subscription will be fully paid within the two-year grant term (April 1, 2024 - April 1, 2026). The software enables a wide variety of data tracking, including organics collection service compliance, paper, and Recycled Organic Waste Product procurement, edible food recovery, and enforcement. The integrated mobile app includes fieldwork functionality for logging inspections and education and outreach activities with the purpose of tracking participation in recycling and organics programs.  The Program Tracker fulfills all of the SB 1383  jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2. This software will save a significant amount of staff time with the necessary tools to be successful in meeting the complex requirements of SB 1383. 
+Grant funding will also be used to pay for educational and outreach material. These costs consist of the printing costs consistent of the printing costs of letters, flyers, and brochures for residents, edible food generators, edible food recovery organizations, businesses, and third-party organic waste haulers as well as the costs for social media campaigns and advertising. 
+On December 21, 2021, the City of Hesperia adopted Ordinance 2021-12 which serves as the City's enforceable Ordinance pursuant to section 18981.2 of Title 14 of the California Code of Regulations. The Ordinance is attached under the "Documents" tab.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Contra Costa Solid Waste Authority dba RecycleSmart</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Judith Silver</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105205130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Central Contra Costa Solid Waste Authority (Authority) is a Joint Powers Authority (JPA) with six member agencies including the Cities of Walnut Creek, Orinda and Lafayette and the Towns of Moraga and Danville and Contra Costa County. This grant application includes the incorporated cities and towns within the JPA; Contra Costa County will submit its own OWR4 SB 1383 grant application and is not included on this application. Funds will be used to contract with a vendor to satisfy the annual route monitoring requirement set forth in Section 18984.5 of the SB 1383 regulations on behalf of the Authority in 2025 and 2026. Funds will also be used to contract with the Contra Costa County Health Services Department (Contra Costa Health Services) for Tier One and Tier Two inspections in 2025 and 2026. The Authority intends to conduct an initial inspection of every Tier Two generator in 2025, with repeat inspections for noncompliant generators. Separately, the Authority will work with our school program contractor to conduct edible food recovery inspections of the six school districts in the service area in 2025 and 2026. Funding will be used to partially fund the existing salaries of three Authority staff members, Ashley Louisiana, Jennifer Faught, and Judith Silver. These staff manage the Food Recovery Program, Outreach and Education, Compliance and Enforcement, including waivers, CalGreen compliance and the Authority’s School Program which includes over 66 schools.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. NARCISA UNTAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077843172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project aims to support Food Recovery Organizations (FROs) within Solano County by providing them with basic supplies to improve operational efficiencies, professional trainings on food safety, and education on the use of the MealConnect app to increase food recovery efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County Solid Waste Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Freund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305281103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant project will build on the previous OWR1 grant by establishing at least one permanent community compost site that will serve as a model for additional community compost sites to be based on. In addition to the community compost site, work will also be focused on maintaining food waste sorting at local schools and establishing small-scale compost sites for at least one local school in Tehama County. The school compost site will also serve as a model to help establish additional compost sites at more schools in Tehama County. Aside from the community and school oriented compost programs, the Agency would also like to encourage as many residents as possible to begin composting at home, as this will help divert food scraps from the landfill while Tehama County is exempt from collecting it. To encourage residents to compost at home, the Agency will use incentives, such as free compost pails and compost bins to make it easier for residents to begin composting. In addition to giving residents the tools to compost, the Agency would also like to have a mobile demonstration trailer that will feature different types of active compost piles. As Tehama County is a rural county, having a mobile compost exhibit is necessary for reaching residents in all parts of the county. The exhibit will be brought to community events, farmers' markets, and schools as a way to bring the community compost experience directly to them. Funds will also be used to assist Food Recovery Organizations to safely transport and store foods requiring refrigeration and preserving fresh foods so they do not become waste. Lastly, the personnel hours offset by the grant help the Agency tremendously in conducting numerous hours of inspections, site visits, outreach activities, and general compliance for SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma County Waste Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xinci Tan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7078376134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The SCWMA is planning to use the funds for several regional programs, including purchase and transportation of compost/mulch; contract with Zero FoodPrint to increase carbon farming locally; an educational campaign to combat organics/recycling contamination; educational print materials; software license to help track food recovery; purchase of countertop food scrap collection pails; consultant time for commercial generator technical assistance; and permitting/engineering of a new composting facility.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bell Gardens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Bernardo Iniguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628067770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used to assist the City of Bell Gardens in development of an SB 1383 Enforcement Plan, including best management strategies, training, enforcement operating procedures as well as procurement analysis and planning.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lincoln</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Christian Punsal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164343201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The SB 1383 Compliance and Waste Management Enhancement project encompasses two vital initiatives in the City of Lincoln. The first is an educational campaign to educate and engage residential and commercial waste generators, building trust, raising awareness, and promoting responsible waste practices. A consultant will be hired to execute this campaign.
+The second component involves the acquisition of the Program Tracker by Recyclist, a comprehensive waste-tracking and record-keeping solution. This software guarantees SB 1383 compliance, enhances data accuracy, improves operational efficiency, amplifies transparency, and aids in achieving environmental goals, all while providing long-term cost savings.
+Grant funds will support both components, ensuring the successful implementation of these critical projects for the benefit of the City, its residents, and the environment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Antioch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Julie Haas-Wajdowicz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9257797097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City intends to use the funds to work with our Edible Food Generators (EFGs) and create a Resource Recovery Ambassador Program (RRA).  We hope to bring on a consultant and/or a data management platform to help our EFGs with their food donation efforts and tracking.  We are planning on building on our RRA pilot program to train those who work and/or live in Antioch on the 3 sort program.  Stipends will be provided for completing the training and assisting with at least 1 public event.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Upland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tanya Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9092912967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Upland proposes to make use of available Local Assistance Grant Application Funds to continue the successful launch of its Organics Waste Recycling Program. The City plans to use CalRecycle's local assistance funding to support our implementation efforts, specifically in the areas of public education and outreach, collection, and administration/compliance efforts thru additional secured staff hours made possible by this unique funding opportunity. The City looks forward to using these funds for public education, outreach, and marketing on multi platform educational
+videos promoting proper organics waste recycling methods and procedures for collection. Additionally, funds will be used for educational outreach brochures and bill mailers to supplement our multi-media messaging. Workshops, classes, and events will also be a big educational factor. Personnel is required for this program for capacity planning, program evaluation and analysis. Personnel will also maintain records and track indirect costs in association with the program.  With the secured funds, the City is also maintaining its collection program thru the distribution of Food Waste Pails to collect the organics waste in the home in preparation for disposal during the resident's regularly scheduled waste hauling day. The City anticipates that the personnel, collection upgrades, and promotional outreach as stated above enabled by the funding will allow for the successful continuation of Upland's Organics Waste Recycling Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Gilbert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307575688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Davis plans to use these grant funds to augment the outreach and education programs required by SB 1383, pay for translation services, assist businesses in complying with the new regulations, procure organic waste products and support edible food recovery programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Berkeley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julia Heath</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109816357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel Dixon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Berkeley would like to use these funds to increase edible food recovery, especially as it relates to prepared foods from Tier II generators. We will need to conduct a $50,000 capacity plan conducted by staff or outside consultants which would include a gap analysis for both City staff and Food Recovery Organizations based in or providing services within Berkeley City limits. We will utilize $10,000 to train staff on how to conduct inspections and enforcement. The remaining $140,000 will be put toward the purchase of a building that can be used for the recovery and distribution of prepared foods as well as act as a shared wash site to support reusable takeout foodware which we believe will greatly reduce contamination as well as overall waste generation. Some of that funding may be used for feasibility studies for the buildings being vetted for purchase.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Lake Tahoe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Lori Marino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305427410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of South Lake Tahoe will be transitioning to a 3-cart waste management system starting in summer of 2024. Until this point, community members could mix their trash and recycling and rely on human-powered separation at the hauler’s Material Recover Facility. Additionally, community members could bag their green waste and put it curbside for collection. Moving to a 3-cart system, with separate containers for trash, recycling, and yard waste, and managing related costs, means that these old systems must be up-ended.  This project centers on the education and outreach that will be necessary for the successful behavior change leading to achieving our part of the the organics diversion goal set by the state.  The project seeks to fund print and digital outreach, educational supplies, and food waste containers which will support a high-quality and fast transition to a brand new 3-cart waste management system, supporting achievement of state-level organics diversion goals set by SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fontana</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leslie Graciano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9094288819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fontana intends to use funding to continue programs for edible food recovery, procurement, education and outreach, and enforcement of SB 1383. The city specifically intends to fund programs such as our edible food recovery and inspection program with Abound Food Care, education and outreach to utilizing handout material and out reach to school utilizing EcoHero Show, and the purchasing of compost and mulch to provide to residents and meet procurement requirements. Further, the city plans to purchase equipment and materials for outreach and compost and much giveaways.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Jurupa Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Abigail Gomez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513326464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to satisfy the City's procurement target under SB 1383. Funds will also go toward the City's food recovery program. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Allyn McAuley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104944576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These grant funds will be used to meet the SB 1383 obligations including procuring compost, edible food recovery inspections, expanding organic waste collection service to noncompliant generators, assisting generators to reduce contamination, purchasing organic waste containers, and payments for a recordkeeping system. Compost procurement will include both direct procurement and subsidizing compost through direct service providers for operations that can benefit including California sustainable agriculture.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Mesa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Serena Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6196671102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds from this grant will be used towards outreach and education purposes, such as outdoor signage provided to multi-family property owners for their organics containers. Funds will also be used for edible food recovery education, inspections, technical assistance, and recordkeeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Centro</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Abraham Campos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603374505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of El Centro is utilizing grant monies to the implementation of SB 1383 regulation requirements.  The funds will be used in the following categories: gap analysis, education, equipment, personnel cost, and record keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Menifee</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kori Jones</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517233890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding will support education and outreach, procurement, and consultant services for enforcement monitoring.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gurprit Jhujj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596004320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funding will be used to facilitate education and outreach activities to organic waste generators who are subscribed to organic waste collection services. The County will work with its Exclusive Service Area Program (ESAP) Haulers and marketing consultants to provide educational materials informing organic waste generators on source separation utilizing the appropriate containers, organic waste reduction, onsite composting, and the benefits of methane reduction. In addition, for those who opt to self-haul their organic waste in lieu of subscribing to organics waste collection service will be provided with publication on self-hauling requirements. Education and outreach will be delivered via various outlets including but not limited to printable materials, social media, compost pails, and radio/television advertisements. Additionally, the County will invest in software to collect tracking data required for SB1383. Minerva will allow the County and its ESAP haulers to track customer information, inspection data, photo/document uploads, edible food generator inspections, production of violation or further educational notices, and run reports needed for SB1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Garden Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mark Ladney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147415372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Garden Grove requests up to $298,000 in funds to help meet procurement targets for 2024, 2025, and part of 2026 through the purchase of equipment, use of contacted services to apply mulch and/or compost, transportation of procured material for city usage, and diversion of material for agricultural usage.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garden Grove Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Garden Grove Sanitary District is the solid waste and sanitary sewer provider for the City of Garden Grove and some areas of unincorperated Orange County, and is requesting up to $301,267 in funding.  Grant funds awarded to the District will be used for a variety of tasks, such as a Gap Analysis in 2025; Edible Food Recovery Program Monitoring, Evaluation, Capacity Planning and Support; continued public education and outreach; and providing local schools with SB1383 collection containers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Artesia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Karen Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628656262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will use the funds for collection, edible food recovery, education and outreach, and enforcement and inspection.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Alameda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marc Green</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104065149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Alameda intends to use grant funding for the cost of procurement of compost/mulch, outreach and education to Tier 1 and Tier 2 generators and food recovery organizations and equipment for spreading compost.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Oxnard</x:t>
   </x:si>
   <x:si>
     <x:t> Robert Serrato</x:t>
   </x:si>
   <x:si>
     <x:t>8052002212</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Oxnard has a population of over 200,000 residents and is the largest city in Ventura County. A majority of the City's residents are Latino/Hispanic. Some neighborhoods in the City have been designated by CalEPA as disadvantaged communities.
 The City's Environmental Resources Division is responsible for collecting refuse and recycling solid and organic waste generated by residential, commercial and industrial users in Oxnard. The division protects public health and the environment by safely and efficiently disposing of trash and recyclables, and ensures compliance with local, state and federal laws relating to trash disposal and recycling.
 The Environmental Resources Division is an enterprise fund operation that provides Municipal Solid Waste (MSW) services for Oxnard residents and businesses, which includes collection, sorting, processing, and diversion or disposal for approximately 40,000 residential properties and 5,000 commercial customers six days a week. The City does not have a franchise agreement with any private hauler. The City is the contracted waste hauler and its trucks collect and transport MSW to the City’s Del Norte Regional Recycling &amp; Transfer Station (Del Norte), where it is received, sorted and processed at our materials recovery facility. In fiscal year 2022-2023, the division handled 294,938 tons of MSW, recycled 12,918 tons of material, and also recycled and transported 14,177 tons of organic waste to City’s contracted facilities for soil composting. 
 A majority of the City's fleet of trucks is 10 to 20 years old and the City has begun the process of replacing older equipment with newer equipment fueled by compressed natural gas. The City relies on several different databases and billing systems to manage residential and commercial services and activities at Del Norte . Some of these programs are over 20 years old and need to be replaced since they do not communicate, causing inefficiencies. Environmental Resources Division staff are using Google Sheets and Excel to track compliance and outreach activities. 
 Education - The City has spent the last several years conducting outreach and education on SB 1383 and organic waste disposal requirements. Outreach has included: door hangers, bill inserts, flyers, letters, social media posts, the City website, and hosting booths at community events like farmers markets, service club meetings, neighborhood council meetings, neighborhood clean-up events, car shows and food truck events. Despite all these outreach efforts, participation remains low, especially from residents of multi-family residential properties. The City also has a large Spanish speaking population which creates an additional challenge in educating the public. City staff will continue  to educate the public and will invest in new bilingual marketing campaigns to reach all members of the community. 
 Equipment - The City is providing commercial organic waste services using 64-gallon Toter carts but would like to also provide this service using 1-cubic yard bins. The Environmental Resources Division plans to purchase brown 1-cubic yard bins to give commercial waste generators more organic waste disposal options. Large quantity organic waste commercial generators currently have to rent several carts to dispose of their organic waste. The City's aging trucks are unable to lift 2 or 4-cubic yard bins of organic waste due to weight limitations on equipment. 1-cubic yard bins will give commercial customers another option for organic waste and will speed up the City's organic waste truck routes by eliminating the need for multiple smaller containers at stops.
 Procurement - The City of Oxnard is required to procure 10,643.1 tons in 2024 and 16,374 tons in 2025, of recovered organic waste products. There is no local source of electricity from biomass conversion or natural gas from anaerobic digestion in Oxnard. The City will have to reach its procurement target by purchasing mulch and compost for its own use and to give away. City staff are working on a free mulch and compost coupon program for residents. Additionally the City is exploring a direct service provider agreement with a local composting company to find agricultural partners. The City is in the process of updating its green purchasing policy to make procurement of SB 1383 eligible compost and mulch a requirement for all City divisions and departments. 
 Record Keeping - City staff have been using Excel and Google Sheets to keep track of outreach and enforcement activities and compliance numbers. The City went out to bid on a cloud-based database to replace and improve the current record keeping system. This new system will allow staff to look up information while in the community and update information and upload records as inspections are conducted. The system will have a GIS interface to make it easier to check commercial generator compliance status. City staff plans on using its new record keeping software to conduct inspections, route reviews, issue notice of violations, track enforcement actions, track commercial generator compliance status, store and track waivers, and store photos and other notes.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Palm Desert</x:t>
-[...760 lines deleted...]
-    <x:t>With the issuance of the 2nd allocation of the SB 1383 Local Assistance Grant Program, SB 1383 becomes a State mandate with a fundable budget.  This second phase of State funding will serve as the catalyst for the City to obtain one hundred percent SB1383 implementation and enhance and achieve the following SB1383 requirements: Organics collection and enforcement,  Capacity planning  and program evaluations, Edible food recovery, education and outreach, Procurement and contamination monitoring.</x:t>
+    <x:t>City of Fairfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Corey Beavers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074287528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fairfield anticipates using the requested funds to grow and expand our existing SB 1383 program. The requested funds will be used for a variety of different programmatic elements including, but not limited to: the procurement of recovered/recycled organic products; consultant services; education and outreach materials (various media); signage; training; bins and lids; and food waste prevention and food recovery projects through our local food bank.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Santee</x:t>
   </x:si>
   <x:si>
     <x:t> Heather Heckman</x:t>
   </x:si>
   <x:si>
     <x:t>6192584100</x:t>
   </x:si>
   <x:si>
     <x:t>Contract with consultant(s) with experience and network to oversee compost procurement and various record keeping requirements of SB 1383.
 Contract with consultant(s) with experience and network to assist with conducting site visits and inspections for FRO and Tier 1 &amp; 2 generators, and record keeping requirements.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Scotts Valley</x:t>
-[...192 lines deleted...]
-    <x:t>City of Sunnyvale will use these funds for procurement, edible food recovery, data management and outreach.</x:t>
+    <x:t>City of Newark</x:t>
+  </x:si>
+  <x:si>
+    <x:t> James Scanlin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105784539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used for the purchase and application of SB 1383 compliant composted mulch to City parks.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jose Castaneda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Educational Outreach for 1383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Taft</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yvette Mayfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617631222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City would like to use the funds to hire a consultant to help out by performing education and outreach, program evaluation and capacity planning.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Tehachapi</x:t>
   </x:si>
   <x:si>
     <x:t> Corey Costelloe</x:t>
   </x:si>
   <x:si>
     <x:t>6618222200</x:t>
   </x:si>
   <x:si>
     <x:t>  The intent for this funding is to create a 'Compliance and Enforcement' program for SB 1383 implementation and compliance. The goal of the City of Tehachapi Compliance and Enforcement program is to assist residents and business generators with the transition into organics recycling services while providing education and outreach and accurate monitoring to ensure proper service levels.
   During the introduction of commercial organics service and the preparation for residential service, the City of Tehachapi has found a need for more assistance to monitor compliance and assist with our inspection and enforcement mechanisms with a limited staff. 
   The City of Tehachapi has entered into an agreement with Minerva to provide record keeping for implementation, reporting via their compliance dashboard, matrix tracking for businesses, commercial food generators, material type tracking and edible food rescue tracking.
 In addition, this program will assist with education and outreach along with digital mobile tools for inspections that will assist with commercial inspections and follow ups for residential inspections of violations trigger them via our enforcement ordinance.  This program will be implemented for commercial and select residential tracking. 
   The tools of this program, ease of use and  resources will make inspections easier via mobile upload capabilities, compliance tracking, service level audits and additional tools to ensure ongoing compliance. This is a software subscription that after initial setup, will be utilized by City staff as part of our overall compliance and enforcement program. 
    The Statement of Work for Minerva is as follows:
 •Work with each jurisdiction and hauler and staff to obtain commercial service data export file using an existing hauler billing system query and gaining an understanding of the available containers and materials by jurisdiction.  Requires consistent data query from hauler for each on-going upload.
 •Create initial City/hauler specific data schemas to import service data consistently over time.
 •Setup jurisdictions &amp; hauler users and establish user access via established jurisdiction/company email.
 •Records organized by year, regulatory category, and sub-category for easy navigation, adding new records, status review and auditing.
 •Easily include file attachments such as photos, documents, and spreadsheet records.
 •Quick reference regulatory text to see what is required for each sub-category.
 •View summary list by entire Implementation Record, listing category and sub-category.  Click to view uploaded documents.
 Compliance Matrix Tracking
@@ -3495,2018 +1141,4366 @@
 •Reports can be exported as .xlsx or .csv files as raw data or analyzed graph tables or can be printed directly from the browser.
 •Reports can be filtered by thirty-four (34) different variables like “hauler”, or “Container System”, or “Regulation Compliance Status” allowing quick and specific customizable reports.
 Edible Food
 •Mark accounts as edible food generators and link them to edible food recoverers.
 •Dynamic fields assist in determining edible food generator, tier 1, tier 2, or unregulated status.
 •Easy export of commercial edible food generator, and jurisdiction edible food recoverer lists for addition to the Implementation Record.
 •Realtime calculation of the total number of commercial edible food recoverers.
 Education and Outreach
 •Location linked assets such as notes, photos, documents, waivers and more that remain accessible even as haulers change account numbers, services or information.
 •Facilitates mobile site visit documentation, uploading of documents and photos right from a tablet.
 •Outreach history per location independent of hauler billing system account level changes.
 Data Importing System
 •MSW works with the hauler (and staff as needed) to obtain compliance related billing system data.
 •Intuitive data importing using existing consistent hauler billing system data query. 
 •Includes ability to import residential account information.
 Grant Funding
 The Minerva software tool will cost $51,000 for a three-year period to be funded by this grant. In addition, as part of the enforcement portion the City of Tehachapi shall:
 •Fund additional staff time needed to conduct inspections of commercial and residential organics customers via the Refuse/Recycle budget.
 •Provide education and outreach as needed to those needing assistance with implementation.
 •Fund any additional mobile technology upgrades needed to facilitate inspection uploads real time in the field. 
 •Fund administrative costs associated with violations. 
 The $75,000 allocation from this AB 1383 Local Assistance Grant Program will assist the City of Tehachapi in covering the costs associated with the compliance software, inspections and enforcement. All these tools will be invaluable with continued success of the commercial organics recycling program and the implementation of the residential organics curbside recycling program. 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Thousand Oaks</x:t>
-[...143 lines deleted...]
-    <x:t>Ventura County will be using grant funds to support numerous aspects of our SB1383 compliance. 
---Edible Food Recovery: The County is launching a regional edible food recovery program in January 2024. Abound Food Care will be under contract to provide numerous services. Some purchases not in their contract will be funded through this grant. Those include hard asset purchases of scales and upright freezers will be made available (on loan) to local food recovery organizations who need these items to expand and meet the demand of Tier 2 donations, packaging and trays to help food recovery organizations with packing prepared food donations, and  updating the WasteFreeVC website, a portal with information about the program and a link to report donations. 
---Education and Outreach: The County will be using grant funds to purchase up to 20 Mr. EcoHero organics recycling assembly shows for unincorporated county schools. Funds will be used to create and distribute 3 mailings to residents about food recycling, design and printing of labels for food waste collection containers, and school signage and outreach materials. 
---Equipment: To support residential and commercial recycling, the County will continue the existing program of distributing indoor green Slim Jim organics containers to any business, school, non-profit, or government office who needs them. Residential kitchen scrap pails will continue to be distributed to any unincorporated County resident who wants them. 
---Procurement: Through our residential collection agreements, the County is procuring compost and mulch free of charge from one particular distributer in 3 of our 4 service areas. Grant money will be used to cover delivery costs from this distributer to ensure the product is accessible to all. We are reserving $10,000 in grant funds to procure additional compost/mulch in the 4th service area. At events where residents may collect loose material and may not have a truck, we'll be providing reusable burlap bags, also a purchase through this grant. 
---Record Keeping: We will be continuing our subscription to Routeware (Recyclist) to manage SB1383 data on a digital dashboard.</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>The funds requested under this application will be used for continued education of the public using residential signage for solid waste trucks and commercial recycling receptacles for new/starting businesses within the City limits.  In addition, a new solid waste truck for compost and food waste routes will be procured using the funds to pay for a portion of the truck with the City paying for the approximate 50% remainder of the cost.</x:t>
+    <x:t>City of Santa Maria</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maia Hoffman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059250951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Santa Maria Utilities Department (“City”) will use Senate Bill 1383 Local Assistance Grant Program funds for several SB 1383 programs: curbside organics container color compliance; providing indoor organics and recycling containers to residents and commercial organics generators; an outreach campaign educating residents about the transition to weekly residential organics service; expanding the City's edible food recovery program; and partially funding an existing outreach position.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plumas              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plumas County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sean Graham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302836032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These grant funds will be used by Plumas County for two distinct purposes. First, the funds will be used by departments to cover costs associated with purchasing recycled content paper products pursuant to SB 1383 requirements. Plumas County has a system in place via the County Purchasing Policy whereby Departments are required to purchase recycled content paper products pursuant to the % requirements detailed by CalRecycle. Furthermore, departments are required to send invoices and other documentation necessary to prove recycled content requirements to the County Solid Waste Program Manager for recordkeeping. This system will allow for departments to be reimbursed for their purchases while ensuring that the Solid Waste Program Manager maintains the necessary records for administering the grant. Additionally, the grant funds will be used to cover labor costs for personnel from the Department of Public Works as well as the Plumas County Department of Environmental Health. The Solid Waste Program Manager (who works under Public Works) is responsible for recordkeeping and reporting to CalRecycle on all matters pursuant to SB 1383.The Solid Waste Program Manager is also responsible for producing and distributing locally tailored education and outreach material, informing tier 1 and 2 generators of their obligations under SB 1383. Staff from Environmental Health also work towards the County's compliance with SB 1383 by performing compliance inspections of Tier 1 and Tier 2 edible food generators</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sanger</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Leica Wahl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598766300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Sanger was awarded $76,049 in SB 1383 Local Assistance grant funds to purchase equipment and procurement for SB 1383-related activities. The grant funds were used to purchase an Avant 860 Wheel Loader to assist in mulch handling, transporting, and delivering procurements to residents. Grant funds were also used to procure compost in partnership with Mid Valley Disposal for use at City parks, and to residents at Community Clean-up events &amp; Spring giveaways. The City was able to share resources with the community for residential composting, improve landscaping &amp; park maintenance, and work more efficiently to meet SB 1383 goals.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Janeane Martin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308864984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds are being requested to achieve several SB 1383 related projects using a multi-prong approach. Foremost, funding is requested to increase edible food recovery efforts and expand capacity in Placer County; the funds will be used in a variety of ways to achieve these goals. Grant funds are also requested to aid in purchase of equipment that would be used to increase organic waste diversion. Funds would also be applied to consultant assistance with SB 1383 evaluation in Eastern Placer County. Full descriptions of all grant fund related projects are included in the narrative.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Industry</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Duhamel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5624323700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Industry will use this grant money to help implement their SB 1383 program as required by the legislation. This will include education, outreach, implementation for organic recycling programs, food recovery programs, procurement programs, inspections, and enforcement. Additionally the City will train and utilize Code Enforcement to ensure that the program is in compliance with the ordinance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pittsburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sara Sara Bellafronte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252524109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pittsburg is applying for SB 1383 Local Assistance Grant Program funds in order to meet compliance with 14 CCR section 18991.1. Jurisdiction Edible Food Recovery Program, 14 CCR section 18991.2. Recordkeeping Requirements for Jurisdiction Edible Food Recovery Program, 14 CCR section 18995.1. Jurisdiction Inspection Requirements (as it relates to edible food generators), and 14 CCR section 18992.1. Organic Waste Recycling Capacity Planning.
+Funding would provide the City of Pittsburg with resources to implement  regulations associated with SB 1383, including, but not limited to:
+Edible Food Recovery - The City will extend its contract with Food Shift as a qualified consultant to continue to develop and implement the City’s “Plentiful Pittsburg” Food Recovery Program. This Program includes EFG and FRO identification, tracking and contract tracking, EFG and FRO outreach, inspector training and oversight, and inspection records keeping.  The City will continue to include Food Shift in periodic check-ins with the County, local jurisdictions, their consultants, and MDRR to seek opportunities to forge partnerships that stitch together edible food recovery across neighboring jurisdictions. In compliance with SB 1383, the City will also utilize Food Shift to fulfill Capacity Planning information requests from Contra Costa County and determine how the City can foster capactiy increases through partnership with its Economic Develpoment Division.
+Procurement Requirements - In compliance with SB 1383, the City will use grant funds for recovered organic waste procurement requirements. Procured compost will be applied to up to two compost giveaways for residents per year, businesses, and local community groups throughout the two years.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brea</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francesca Vivanti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7146714411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Brea (City) anticipates using funds from the SB 1383 Local Assistance Grant program through utilizing recordkeeping/tracking software to not only assist in compiling a thorough Implementation Record, but also tracking inspections/site visits, waivers, Edible Food Generators/Edible Food Organizations, hauler reports, and more. Moreover, the City will utilize funds for education/outreach materials, such as mailers and flyers, attend solid waste-related conferences, and if necessary, contract with consultants for assistance in SB 1383 implementation activities. Other  uses for grant funds include the purchase of containers for City facilities, organic procurement activities, personnel costs, and purchasing materials to assist with edible food recovery.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Elia Zavala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317753010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority (SVSWA) (Applicant), on behalf of its member jurisdictions, in partnership with environmental consultancy, Blue Strike Environmental, is pleased to submit this SB 1383 Local Assistance Grant Program application to assist the member jurisdictions of SVSWA in the implementation of regulation requirements associated with SB 1383. 
+Salinas Valley Waste Authority joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with participating member jurisdictions, as well as other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, ReGen Monterey (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
+Each of the local waste management Joint Powers Authorities (JPAs) are applying to this grant program as lead participants for their respective member jurisdictions using a unified regional project design, budget and implementation approach.  Each jurisdiction’s individual grant funding will be pooled together and expended in a cooperative manner by the agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  All member agencies are participating as regional participants under their respective JPA (MRWMD or SVSWA) project application, with the exception of the County of Monterey.  The County of Monterey, as a member of both MRWMD and SVSWA, is applying for OWR4 funding separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.  The following member agencies will participate as regional participants under this SVSWA project application: Cities of Gonzales, Greenfield, King City, Salinas and Soledad. 
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following five major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+MRWMD will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA. Please see Attachment A for budget allocation information.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+MRWMD and SVSWA will allocate funds for the continued development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents, and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will continue to develop and deploy Direct Service Agreements to support 2025 and 2026 procurement targets for member agencies and will consider an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.  Please see Attachment A for budget allocation information.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California.  Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination, and transportation services, as well as continued roll-out of a technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations.  This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task continues efforts developed and deployed in 2022-2023 and includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. In 2023, the region selected and deployed a new technology platform under Subtask 2:  Careit.  Efforts under this task include build-out of education, outreach, and technical assistance to support utilization of this technology platform among generators and food rescue organizations.  The task will also extend the current subscription of this program by an additional two (2) years. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $90K for year one (1).  Please see Attachment A for budget allocation information.   
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include, but are not limited to, education, outreach and technical assistance, program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials (such as fliers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials. As a critical early action under this task, the region will hire a marketing firm to conduct market research and advise on the specific target sectors for focused education during the grant term.  Please see Attachment A for budget allocation information.
+?TASK 5–ENFORCEMENT SUPPORT
+This task will support agencies to develop tools and strategies necessary to begin SB 1383 enforcement in 2024. Budget allocations related to this task may include, but are not limited to, development of toolkits and training programs for jurisdictions to design enforcement programs and protocols and updating Memorandums of Understanding and Agreements to include language surrounding enforcement for each jurisdiction.  Please see Attachment A for budget allocation information.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, market research, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each waste agency. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pleasanton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Zeelaura Page</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9259315012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Staff proposes utilizing the grant funds to pay for a portion of the salary for the full-time management analyst position assigned to waste and recycling. The SB 1383 Local Assistance Grant will be used to partially fund this position's salary over the two-year period from March 2024 to April 2026</x:t>
   </x:si>
   <x:si>
     <x:t>City of Vista</x:t>
   </x:si>
   <x:si>
     <x:t> Angela Baggett</x:t>
   </x:si>
   <x:si>
     <x:t>7606435362</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Vista will use grant funding for the purpose of complying with SB 1383 requirements. Eligible projects include education and outreach, edible food recovery programing, capacity planning, procurement requirements, record keeping, inspections and enforcement, program evaluation, and gap analysis. The grant-funded project will encourage the community to produce less waste by reducing, reusing, and recycling as well as promote organic waste diversion and reuse. The project will promote organic waste reuse to produce compost and/or biofuel from the maximum amount of organic waste generated within the city as possible.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Watsonville</x:t>
-[...890 lines deleted...]
-  <x:si>
     <x:t>City of Aliso Viejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rae Beimer</x:t>
   </x:si>
   <x:si>
     <x:t>9494252538</x:t>
   </x:si>
   <x:si>
     <x:t>The funds received will supplement consultant time as well as city personnel time needed to:
 1. Implement the edible food inspection and enforcement activities required to ensure compliance with Tier 1 and Tier 2 faciltiies.
 2. Conduct outreach and education
 3. Monitor waste hauler collection 
 4. Program management of all compliance efforts under SB 1383
 Funds will also be used to purchase recycled paper products and residential kitchen compost bins.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Goleta</x:t>
-[...103 lines deleted...]
-In addition, to the education and outreach, the City will purchase recycled products to be used for City operations such as paper and mulch. Recycled products will also be used by the SBCCOG for any printed educational materials for the outreach campaign.</x:t>
+    <x:t>City of El Segundo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147886936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds received will supplement consultant time as well as city personnel time needed to:
+1. Implement the edible food inspection and enforcement activities required to ensure compliance with Tier 1 and Tier 2 facilities.
+2. Secure franchise hauler agreements with SB 1383 specific requirements.
+3. Conduct outreach and education
+4. Monitor waste hauler collection 
+5. Program management of all compliance efforts under SB 1383
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redondo Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Delap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3106973245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Purchase Organics Compactor and racks for City solid waste collection facility with multiple food generators at location. Engage consultant to provide gap analysis of City SB1383 implementation efforts and create tools to address gaps. Personnel costs for SB1383 implementation, enforcement and education. Procurement of mulch, paper and compost delivery. Procure counter- top organics pails and commercial organics bins.  Creation and production of SB1383 educational materials for website, social media and hardcopy materials. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mission Viejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Hazel McIntosh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494708458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds received from this grant will be put towards dedicated SB 1383 implementation and compliance. Specifically the City is estimated to receive $169,650 in grant funds. The City will dedicate $60,000 to our environmental consultant, EcoNomics, to assist the City with inspecting edible food recovery organizations and Tier 1 and 2 generators. EcoNomics will also help the City with various SB 1383 tasks relating to enforcement, record keeping and education and outreach. The City will dedicate $29,650 to expand the current edible food recovery and distribution programs the City offers to low income residents and seniors at the City's Norman P. Murray Community and Senior Center. Another $20,000 will be dedicated to a social media campaign and physical postcard mailer to bolster organic waste recycling participation of residents and businesses. Lastly, in order to reach the state's mandated procurement target for the City of Mission Viejo, the City will use the remaining $60,000 to procure compost, via a third party compost broker such as Agromin or ZeroFoodPrint, that is applied to farms in more agricultural parts of California.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julie Ryan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602407000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley proposes to continue SB 1383 education and outreach at local schools using Town personnel as well as live or virtual school assemblies by contracting with Eco Hero.  Inspection and enforcement will also continue with Town Code Enforcement Officer I responsible for overseeing SB 1383 compliance at Tier 1 and 2 locations. Director of Municipal Services manages the two staff members thereby providing indirect costs. Finally, the Town will purchase a compost spreader for use at Town parks and landscape districts, but staff time will not be applied to the grant.  Special Projects Manager will provide grant reporting and reimbursement reports which, too, will be an indirect cost. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of American Canyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pamela Phillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076474544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City plans to use the grant funding to continue to support implementation of SB 1383 requirements.  A portion of the funds will be used to construct and maintain a residential compost hub in support of the procurement requirements.  A portion will be used to support residential organic collection thru purchasing kitchen counter pails and providing backyard compost classes along with a backyard composter.  A portion of the funds will also be used for a yearly subscription to a record keeping software program.  Finally, a portion of the funds will be used for education and outreach and personnel to implement and maintain the previously mentioned projects.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Norwalk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Gabriela Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629295964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City plans to use the allocated funds primarily for Collection, Education and staff time to help coordinate the education to the community. 
+Collection - We will also purchase organics containers for our public facilities, schools, residents and businesses, to facilitate sort separating. 
+Education and Outreach- We want to use funds to design an educational campaign for residential and commercial
+customers. Once the campaign is designed, we will distribute via print media, video, and social media. We would like to design brochures, flyers, posters and signage to address the new mandate. We will also be purchasing equipment for outreach events. 
+Personnel - Funds would be use for a consultants and City staff to assist with educational presentations and additional services as
+needed.
+Edible Food Recovery - Purchase additional equipment for our City food pantry, to have more capacity for edible food recovery as well as a program/app to assist with food recovery efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Porterville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Briana Spry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597827586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding to be used for collection and equipment such as carts, containers, labels and organics education materials in order to successfully implement and enforce SB1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Boom Phouthavong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Madera County Public Works Department, Solid Waste Management is responsible for waste management and recycling within the unincorporated areas of Madera County, including promoting compliance with State and local regulations as it pertains to the collection, education and outreach, edible food recovery, capacity planning, procurement, record keeping, enforcement and inspection, program evaluation/gap analysis and disposal of organic waste to protect the air, water, and land from pollution and to ensure public health and safety. The Madera County Public Works Department, Solid Waste Management, proposes to utilize SB 1383 Local Assistance Grant Program funds for personnel, training, enforcement, record keeping, education and outreach needs associated with implementing and administering the County ‘s enforcement program related to SB 1383 Short-Lived Climate Pollutants (SLCP) regulations.</x:t>
   </x:si>
   <x:si>
     <x:t>Lake                </x:t>
   </x:si>
   <x:si>
     <x:t>Lake County</x:t>
   </x:si>
   <x:si>
     <x:t> Kati Galvani</x:t>
   </x:si>
   <x:si>
     <x:t>7072621618</x:t>
   </x:si>
   <x:si>
     <x:t>The proposed grant project will support the County of Lake in a county-wide public outreach campaign to educate and inform residents about the proper disposal of organic waste and the importance of diverting such waste from the landfill. On July 1, 2024 curbside customers will be able to dispose of their organics in their green waste cans. Residents can take their organic waste to the Lakeport transfer station or Quackenbush Mountain composting facility in Clearlake.  
 Funding will be used to purchase 2000 food waste bins and 500 backyard composting bins to give to residents for free while supplies last. Each container will come with information and education about what goes in the container and how to dispose of it when full or use for your own backyard composting. The containers/bins will be on display and available at county-wide events, and various solid waste and recycling facilities. The county will also work with local food recovery organizations to advertise and provide educational materials during food give-a-ways.
 The County of Lake will work with the local food recovery organizations to offer food waste containers or composting bins to address the excess edible food that is no longer edible or able to be given away at each site. Food recovery organizations are given the option to self-haul to the local composting facility in Clearlake (Quackenbush Mountain Resource and Recovery Facility) or to the Lakeport Transfer Station or compost on-site until July 1, 2024 when curbside pickup will be offered to customers.</x:t>
   </x:si>
   <x:si>
-    <x:t>Marin County Hazardous and Solid Waste Management Joint Powers Authority</x:t>
-[...56 lines deleted...]
-    <x:t>Monterey County Environmental Health Bureau grant project description activities will include personnel time collection, admin cost, equipment, education, and outreach. The personnel time will cover county staff when going out and conducting education and outreach such as waste assessment site visits presentations trainings and will now include inspections for enforcement for organics waste generators along with Tier 1 &amp; Tier 2 edible food generators. The administrative cost will help support a Recycling Resource Recovery Specialist and the Accountant II as they will be the staff that will be managing the grant, managing projects purchasing and reporting. The County is also allocating funding towards the collection component for the pre purchase of a two-year subscription of the careIt app. This app was purchased with the previous funding, and we plan to continue paying for the subscription as all the other jurisdictions within the county are already using it to help build our edible food recovery capacity. Another project we plan on allocate funding towards would be the purchase of 23-gallon slim jims used for organic waste. This would be a pilot program specifically targeting schools and potentially some commercial generators. the county would reach out to the schools to help implement organic services if they have not already done so. Slim jims would be provided during the training for the kitchen staff. County is also allocating funding towards educational and outreach this component will continue supporting the partnership we have with the western and eastern Technical Assistant Committees (TAC) groups that support with education and outreach and other resources within the county. It will also continue supporting compliance letters, radio ads, display ads, social media, Flyers, brochures, and PowerPoint presentations. The outreach component will support staff when needed to provide waste assessments trainings for organic waste and edible food recovery, Community presentations, HOA presentations. Funding allocated for equipment would cover PPE such as gloves hard hat steel toe boots safety glasses safety vest, safety jackets and potentially iPad accessories such as keyboards.</x:t>
+    <x:t>City of Banning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Arturo Vela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9519223130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used to support the implementation of SB 1383 through the procurement of a record keeping tracking software program. The record keeping software is needed and enables a wide variety of data tracking including tracking of organics collection service compliance, collection waivers, paper, and recovered organic waste products (ROWP) procurement, edible food recovery and enforcement.  The program is compatible with tablets and electronic devices enabling fieldwork functionality for logging inspections, route reviews and other education and outreach activities with the purpose of tracking participation in recycling and organics programs.  Utilizing this program allows the City to maintain compliance with SB1383 by continuously compiling all related information in one location providing the ability to easily share reportable data with CalRecycle within the 10-day reporting window requirement.
+Additionally, funds will be used for the procurement of recovered organic material to assist the City with meeting its procurement target identified by CalRecycle for its calendar years 2025 and 2026. Specifically, the City anticipates the procurement of either electricity from biomass conversion and/or the procurement Renewable Natural Gas (RNG) for transportation fuel from an anaerobic digestion facility through a Procurement Compliance Attribute (PCA) agreement.  Procurement of this type of material will assist the City in meeting its SB 1383 procurement target for recovered organic material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Atwater</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ana Jaramillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093576372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Atwater will be using the grant funds to assist in meeting the City's procurement goal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Poway</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennafer Steffen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586684728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be primarily used for outreach and education to residents and businesses. Activities include but are not limited to: consultant services for Outreach, Inspection and Enforcement, Record Keeping, Tier Identification and Capacity Planning. Additionally, funds will be used for Edible Food Recovery program evaluation and gap analysis if it is determined that the San Diego County region has a shortfall in its Edible Food Recovery capacity to develop educational content and provide consulting for commercial generators to assist in development or improvement of their organic waste reduction programs, performing outreach in the community through various mediums, and covering costs for materials. Our goal is to maximize participation by increasing awareness and understanding of the state goals and the purpose of these programs in order to minimize contamination.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Richmond</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samantha Carr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106205407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Over the next several months, City staff members will continue to collaborate with all relevant agencies and departments to implement SB 1383’s regulatory requirements within the timeframes set forth. Funding to be provided by the CalRecycle SB 1383 Local Assistance Grant will be utilized for education, outreach, and supplementing staff time. Efforts will include utilization of facebook ads to share information, hosting informational workshops for both City staff and members of the community, organizing compost giveaways, review of any waivers, enforcement as needed, and developing and implementing a program to decrease event contamination.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oro Loma Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Natasha Browne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104816964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oro Loma Sanitary District will use the grant funding for the following SB 1383 related tasks: for subscription services to Recyclist and RecycleCoach. The Recyclist is a cloud-based software program that enables the District to fulfill the recordkeeping requirements. The RecycleCoach is an educational app that provides sorting information, setout reminders, along with other related waste diversion information, such as edible food recovery organizations. The rest of the funding will be used to purchase 
+organics containers (indoors and outdoors).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chula Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Manuel Medrano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6195855766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This application and subsequent funds will help Chula Vista in the deployment of programs to comply with SB1383 requirements such as the procurement and education requirements. Funds will assist in providing necessary resources to procure and apply compost and mulch at City of Chula Vista parks, recreation center land and open space district properties. Funds will also be used for multimedia campaigns in both English and Spanish to create awareness of the City's food and yard waste collection program using social media, community newsletters, mailed flyers, radio and television outlets.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hermosa Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Douglas Krauss</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3107503603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hermosa Beach will use these grant funds to assess the City's compliance with SB 1383 via a compliance review, performed by a third party expert. The funds will also go towards helping meet the City's procurement target. Lastly, the funds will augment the City's existing community outreach and education efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pacifica</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lisa Petersen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507383767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rodeo Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Steven Beall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107992970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rodeo Sanitary District (RSD) seeks funding for implementation of regulation requirements associated with SB 1383. Specific proposed activities include record keeping and grant management, education and outreach, and program evaluation/gap analysis as described below. The tasks are not necessarily described in the sequence in which they will occur. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Gardena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Hong Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102179564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funding will be used for our Consultant, HF&amp;H who has been the subject matter expert in solid waste for over 30 years to continue assisting the City with managing the SB 1383 franchise agreement, direct service provider contract management and compliance monitoring services. This will ensure that the solid waste and recycling programs and services outlined in the City's direct service provider agreements are implemented successfully in compliance with state laws.
+HF&amp;H will support the City with ongoing SB 1383 contract compliance activities including monitoring key service and compliance dates, reporting requirements, community program support and annual program requirements. The City, HF&amp;H and the waste hauler will continue to meet monthly to monitor compliance.
+During the meetings, there will be follow up to monitor direct service provider reports for compliance with SB 1383 (tonnage, service levels, etc.), monitor quantity and quality of Hauler's Public Education to meet SB 1383 requirements and ad-hoc advisory on SB 1383 compliance. 
+The funds will also be used to conduct a Gap Analysis. This will assist the City with determining the critical pathways for compliance for SB 1383 planning, monitoring and compliance. Goals and timelines will be identified, information will be gathered and a thorough analysis will be provided to the City to implement. 
+The City will also have an Implementation of Record Planning which includes an audit of the current implementation and reports and action plan for closing compliance gaps. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hawthorne</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Selena Acuna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103492982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will use these funds for administration, collection, education, enforcement, equipment, outreach, materials, personnel and training.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Stanton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Stanton plans to use the SB 1383 Local Assistance Grant Program funds to pay for services rendered by our hired consultant firm. The consultant firm is assisting the city with development and program implementation to meet requirements outlined in SB 1383. This involves the monitoring and maintenance of generator compliance reporting, preparing, implementing and reviewing educational materials. Additionally, our consultant firm will oversee the city's capacity planning for an edible food recovery program and assist in developing other SB 1383 related reporting requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of National City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ricardo Rodriguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6193364388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed Grant will be used to hire a consultant to assist with enforcement and education of Food Recovery Organizations and Tier 1 &amp; 2 Commercial Food Generators on SB 1383 requirements.  Specifically, the consultant will provide individual technical assistance to businesses and inspect commercial generators &amp; food recovery agencies.  Additionally, the consultant will be available to assist with SB 1383 implementation tasks such as website review, business site visits, EAR support, and rescue database update.
+Grant funds will be used to hire a consultant to administer the organic waste collection program for businesses.  Specifically, to review compliance issues with businesses, review exemption requests, conduct onsite inspections of businesses and coordinate activities with the City's Waste Hauler.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Cajon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monica Martinez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6194411704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds will be used to primarily fund the requirements associated with the implementation of the City's Edible Food Recovery program including Education and Outreach, Inspection and Enforcement, Record Keeping, Tier Identification, and Capacity Planning. Additionally, funds will be used for Edible Food Recovery program evaluation and gap analysis if it is determined that the San Diego County region has a shortfall in its Edible Food Recovery capacity. A detailed description of each of the services follows.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Vernon</x:t>
   </x:si>
   <x:si>
     <x:t> Veronica Petrosyan</x:t>
   </x:si>
   <x:si>
     <x:t>3238261448</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the City of Vernon Health and Environmental Control Department (DHEC) is to successfully implement a strong Organics Recycling program to make an impact in the statewide effort in reducing short-lived climate pollutant emissions. DHEC intends to use the SB 1383 Local Assistance Grant funds to facilitate education and outreach to the diverse range of industrial businesses and residents of the City.  Funds will also be used to purchase materials to support and improve the program’s collection system, contamination monitoring, inspection, and enforcement services.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of El Cerrito</x:t>
-[...375 lines deleted...]
-This new ask for funds will be phase two and is needed to keep CalRecycles initiatives of SB1383 front and center so all residents are aware of their duties to comply. The efforts will include:
+    <x:t>City of Benicia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sharon Denney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077464215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used to fulfill Procurement requirements of SB 1383 to purchase compost and mulch for City-owned parks and any other parcels that may need materials.  Funds will also be used to contract for inspection services to fulfill Commercial Edible Food Generator Tier 1 and 2 compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Buena Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laurie Aubuchon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145623653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Further development and implementation of the City's Edible Food Recovery Program:
+•           1. Implementation Record Development and Maintenance: Further development and maintenance of the City's SB 1383 implementation record, which includes ordinances and enforceable mechanisms, written program descriptions, organic waste service collection, contamination minimization, including route reviews and waste evaluations, waivers and exemptions, education and outreach, jurisdiction oversight of hauler programs, edible food recovery, recovered organic waste product procurement, paper procurement, inspection and enforcement, compliance reviews, and investigation of complaints and alleged violations. The City's hauler, Edco, has developed a customized implementation record tracking tool and will assist the CIty in updating the record. The City is proposing to use some grant monies to fund its consultant, EcoNomics, Inc., to upload and maintain the edible food recovery portion of the City's implementation record.
+•           2. Edible Food Recovery Outreach and Enforcement. The City is proposing that a portion of the funds be used to fund its consultant, Economics, Inc., to conduct site inspections of all Tier 1 and 2 edible food generators to verify that they have edible food recovery programs in place. This effort will require consulting staff to provide on-the-ground technical assistance for all Tier 2 generators coupled with a concerted marketing and outreach effort to notify generators of their compliance requirements. The City is proposing the funds be used to fund the following consulting tasks: (1) identify non-compliant Tier 2 edible food recovery generators located within the City, as required by SB 1383, based on site inspections; (2) provide technical assistance to Tier 2 edible food generators to develop edible food recovery programs; (3) refer non-compliant generators to local food recovery organizations; and (4) compile SB 1383 edible food compliance report for 2024 and 2025 for inclusion in City's implementation record and in the Electronic Annual Report. 
+•           3. Careit Software Licensing. The City is proposing to use grant funding to purchase a license with Careit, a food recovery application. The use of Careit is anticipated to increase participation in food recovery programs, especially among Tier 2 generators, many of which are small and sporadic generators of edible food and would benefit from the Careit platform. The City is currently in the process of purchasing this software program using current OWR grant funding and hopes to have the software up and running by early 2024. The next round of OWR grant funding will be used to purchase a second year of licensing.
+•           4. Enforcement Protocol Development. A portion of the grant funding will be used to develop an enforcement protocol for code enforcement staff that will ensure a fair and equitable enforcement process for the City’s SB 1383 mandatory participation ordinance. The standard operating protocol will also include processes to enforce against non-compliant edible food generators, as needed. The City anticipates using its consultants to assist in the development of this process. The SOP will include the following components:
+o          Process and template field sheet for initial site assessment
+o          Process for assessing compliance
+o          Process for gathering evidentiary documentation that could be used if the citation is appealed
+o          Process for issuing and monitoring a notice of violation
+o          Process for issuing first, second, third, and subsequent citations
+o          Process for evaluating a non-compliant account referred by a franchise hauler
+o          Process for evaluating the compliance of an internal diversion program
+•           5. Procurement: A portion of the grant funding will be used to attain the City's recycled organics-content products (ROCPs) target for 2024 and 2025. The City is proposing to use grant funding to procure compost and/or mulch for application within the City limits or to fund a third-party brokered option where the City uses some portion of the grant funds to apply compost on agricultural operations outside of the City limits. The City's consultant, EcoNomics, will assist in this effort. The City anticipates the grant funding will be used to fund the following consultant tasks to attain compliance with the SB 1383 procurement requirements.
+o          Develop procurement systems to ensure that an annual tonnage target of recycled-organic content products (ROCP) materials are procured.
+o          Conduct a baseline inventory of current ROCPs purchased by the City and determine additional purchases needed to comply with the annual procurement target
+o          Analysis of the City’s energy and gas use to determine ROCP credits from current energy usage. Analysis of hauler RNG usage to determine eligibility to count toward the City’s ROCP target
+o          Update procurement policy to incorporate the requirements of SB 1383 into City-wide purchases, including recycled-content requirements for custodial paper products mandated by AB 661
+o          Assess the current paper procurement policy to determine if the City is in compliance with 30% post-consumer content paper purchasing policy
+o          Implement administrative policy and municipal code language to facilitate the achievement of procurement requirements
+o          Process amendments to contracts for ‘direct-service providers’ to require the application of mulch or compost products or to use RNG
+o          Develop procurement tracking and reporting system internally and with the City’s vendors
+o          Assess the feasibility and cost-efficacy of the brokered option of purchasing compost for application outside of City limits
+o          Outreach to HOA communities regarding procurement/compost application and discuss participation/contamination in organic waste recycling programs.
+•           6. Marketing: The City will use a portion of grant funding to showcase local edible food generator(s) by creating a short video for social media to help expand the messaging and public education of SB 1383. This process will require some production costs and the City will be supported by its consultant, EcoNomics, Inc.
+•           7. Infrastructure: The City will use a portion of the grant monies to purchase cold storage equipment for use at food recovery organizations for temporary storage of edible food recovered through our programs. Any equipment purchased using grant funding will be owned by the City and leased to the organizations per the grant parameters. The City will conduct outreach in 2024 to the food recovery organizations located within the City to assess infrastructure and cold storage needs. 
+•           8. Code enforcement resources: The City will begin enforcing its mandatory ordinance in 2024. Because of the City's high compliance rate, the City does not anticipate the need for a full-time code enforcement officer for this effort and instead will make use of existing code enforcement resources on an as-needed basis. The City is proposing to use a portion of its SB 1383 grant monies to fund this 'as needed' code enforcement approach. The code enforcement officer will track the time that is allocated to the SB 1383 enforcement effort and the City will request reimbursement based on these hours multiplied by the code enforcement officers' fully-burdened hourly rate.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Claremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristin Mikula</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093995431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Claremont will utilize the Local Assistance Grant to offset in-house organic collection services utilizing City staff. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wendy Vittands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099662220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County is a rural area located in the western foothills and mountains of the Sierra Nevada Mountain range. The County occupies 1,463 square miles and is home to Yosemite National Park. As of the 2020 U.S. Census, the population of the County was 17,131. There are no incorporated cities in Mariposa County. Mariposa County is a low-income community with a population that includes 28% over the age of 65 and 12% disabled persons.
+The Solid Waste and Recycling Division of Mariposa County Public Works manages the County’s solid waste programs. The Mariposa County Environmental Health Unit and Public Works assures regulatory compliance at disposal facilities. In 2021 approximately 14,000 tons (~50 tons per day), were landfilled, making it one of the smallest active landfills in the state. Mariposa County has a Corrective Action Plan (CAP) in place with CalRecycle. Mariposa County proposes to use grant funding from the SB 1383 Local Assistance Grant Program to advance compliance with the CAP and meet other SB 1383 requirements. 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Huntington Park</x:t>
-[...85 lines deleted...]
-    <x:t>Sacramento County desires to utilize the grant funds to procure SB 1383 compliant recycling and organics carts for deployment to our curbside residential customers.  This will assist Sacramento County in achieving residential cart compliance sooner than the 2036 requirement.  Notably, we expect that this will have a positive impact on our customer behavior such that it will increase participation in the program and reduce contamination since customers will have properly colored and labeled carts that clearly indicate what can and cannot be accepted in each cart.  Additionally, Sacramento County intends to use the grant funds to procure compost as part of it compost giveaway program.  This will assist Sacramento County in achieving its annual procurement target.  Sacramento County established a compost giveaway pilot program in Spring 2023 at one site and it was a great success with our residents.  Sacramento County desires to expand that program to additional sites throughout the County so that our residents are better served by added convenience and accessibility to the compost piles.</x:t>
+    <x:t>West Contra Costa Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Reka Abraham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106091216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our project will focus on contamination reduction of the organics waste stream at multi-family dwellings (MFDs) and commercial generators throughout the City of Hercules. Hercules has 14 MFDs and 73 commercial generators. MFDs and commercial generators have been identified to have high contamination rates in the organics waste stream, and generalized communication via flyers, postcards and letters have not been effective at reducing contamination. Providing education and technical assistance during direct outreach via door to door communication has shown positive impacts with our hauler's outreach team, however they do not have the staff resources available to reach out to each generator and provided targeted outreach. We will be using the grant funds to develop outreach materials, and hire a consulting firm to deliver the materials and technical assistance to generators in person.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cucamonga</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marissa Ostos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9097744025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Over the past few years, the City of Rancho Cucamonga has successfully executed a range of projects, aimed at reaching the goals of SB1383. Such as, procuring 1,613.9 tons of compost and mulch, and providing it to our residents in 2022. We have also met our Edible Food Recovery requirements, by hiring a consultant to assist with the outreach, inspections, and recordkeeping. We were able to bridge the gap between food generators and food recovery organizations. The City has also worked diligently on education and outreach, by preparing educational materials to share on the website and social media. The city also hosted workshops to hand out materials such as composters, flyers on how to compost, and provided information to the resident. The City also partnered with The Eco Hero Show, to perform at elementary and middle schools on the importance of reducing food waste, methane gas emissions, composting at home, and food waste programs in the city. 
+The proposed project summary aspires to create a comprehensive and sustainable organic waste management system within the community. This initiative will be carried out through a series of integrated activities, including strategic procurement, that includes, organizing compost events, providing compost to local farms, and using a consultant to prepare a compost and mulch utilization study. The City also is planning to utilize grant funds to conduct a targeted outreach campaign at multi-family complexes in an effort to decrease the possibility of contamination, and promote new food waste programs by implementing a door-to-door education program. In addition, the city would like to continue the use of a consultant to assist with Edible Food Recovery in targeting both Tier I and Tier II food waste generators. 
+The city will continue conducting extensive education and outreach programs. This includes backyard compost workshops, and continue partnership with the Eco Hero Show, to perform at elementary and middle schools on the importance of reducing food waste, and different ways to compost at home. These performances also include packets to the parents that include information on SB1383 requirements, the City’s food waste collection program, and how to compost at home for beginners. 
+The City’s overarching goal is to foster environmental consciousness, reduce organic waste, promote sustainable farming practices, and enhance community engagement in environmental sustainability. Through these combined efforts, we seek to adopt a universal approach to waste management and sustainable living, fostering a healthier and more environmentally conscious community. Despite our achievements, there are many challenges with meeting SB1383 requirements. The proposed funding would allow us to expand our outreach and education goals. We intend to make a greater social impact on our community.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cupertino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ursula Syrova</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087777603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fund recovered organic materials procurement and Edible Food Recovery Program activities as required by SB 1383 as follows:
+Purchase of materials to apply toward Cupertino's SB 1383 recovered organic materials procurement requirements. Planned activity includes a pilot to fund carbon farming projects to support farms and ranchers in their implementation of carbon sequestering farming practices, with a focus on compost application. 
+Based on the results of the Food Recovery capacity analysis, funding will support edible food infrastructure improvements in the nonprofit community, as well as supporting recurring programmatic tasks such as: inspections, education, outreach, refining Tier 1 and 2 lists, document creation, food recovery organization/service and generator reporting, as well as general administration of the program.  This will provide the Cupertino contribution to the Santa Clara County Edible Food Recovery Program that is managed regionally and supports Countywide infrastructure enhancements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Indio</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara Toyoda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7606251815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The majority of funds will be used to contract with the local food bank to comply with food recovery aspects of SB1383.  Remaining funds will be used for education and outreach or other professional services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Orange Cove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Hernandez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596264488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Orange Cove is seeking grant funding to assist with SB 1383 implementation. Specifically, the city plans to use the money for education and outreach such as purchasing materials that are necessary to create fliers for the public, purchase signage and an electronic device to allow the city to track organized. This means that a new software will be purchased with the available funding. Cameras will also be purchased and will be placed throughout the city to enforce compliance with the law. The city also plans on using some of the funding for personal costs of keeping a full-time employee to educate the community and any necessary procedures that deal with SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Reedley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Kredit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596374200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will be utilizing the grant funds for the procurement of organic compost as well as labor to manage the grant and the procurement program. We will be offering free compost to residents at our semi-annual city clean-up events. The remainder will be utilized throughout the city parks and trails.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Moorpark</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Roger Pichardo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055176241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SB 1383 Local Assistance Grant funds to be used to provide funding for capacity planning, program evaluation, gap analysis, edible food recovery support, comprehensive SB 1383 education, outreach support, and compliance checks (residential, multifamily, and commercial), cover SB 1383 personnel expenses associated with additional task/regulatory requirements, procurement funding to meet the City’s required target, and comprehensive record collection, maintenance, record keeping, and reporting in-order-to be compliant with SB 1383.</x:t>
   </x:si>
   <x:si>
     <x:t>Monterey Regional Waste Management District (dba ReGen Monterey)</x:t>
   </x:si>
   <x:si>
     <x:t> Zoe Shoats</x:t>
   </x:si>
   <x:si>
     <x:t>8312646390</x:t>
   </x:si>
   <x:si>
     <x:t>Monterey Regional Waste Management District
 REGEN MONTEREY &amp; SVSWA UNIFIED PROJECT APPROACH
 SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR4: 2022-23)
 ReGen Monterey (Monterey Regional Waste Management District/MRWMD/District) (Applicant), on behalf of its member jurisdictions, in partnership with environmental consultancy, Blue Strike Environmental, is pleased to submit this SB 1383 Local Assistance Grant Program application to assist the member jurisdictions of the District in the implementation of regulation requirements associated with SB 1383. 
 ReGen Monterey joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with participating member jurisdictions, as well as other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, ReGen Monterey (MRWMD), and Salinas Valley Solid Waste Authority (Salinas Valley Recycles/SVSWA/Authority).
 Each of the local waste management Joint Powers Authorities (JPAs) are applying to this grant program as lead participants for their respective member jurisdictions using a unified regional project design, budget and implementation approach.  Each jurisdiction’s individual grant funding will be pooled together and expended in a cooperative manner by the agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  All member agencies are participating as regional participants under their respective JPA (MRWMD or SVSWA) project application, with the exception of the County of Monterey. The County of Monterey, as a member of both MRWMD and SVSWA, is applying for OWR4 funding separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts. The following member agencies will participate as regional participants under this ReGen Monterey project application: Cities of Carmel, Del Rey Oaks, Marina, Monterey, Sand City, Seaside and Pacific Grove, and Pebble Beach Community Services District.
 EXECUTIVE SUMMARY
 Regional Grant Project Tasks — A Collaborative Approach
 The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
 Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following five major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
 •TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
 MRWMD will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA. Please see Attachment A for budget allocation information.
 •TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
 MRWMD and SVSWA will allocate funds for the continued development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
 Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task. Also, MRWMD and SVSWA, on behalf of the Cities will continue to develop and deploy Direct Service Agreements to support 2025 and 2026 procurement targets for member agencies and will consider an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost. Please see Attachment A for budget allocation information
 •TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
 In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as continued roll-out of a technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
 This task continues efforts developed and deployed in 2022-2023 and includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. In 2023, the region selected and deployed a new technology platform under Subtask 2:  Careit. Efforts under this task include build out of education, outreach and technical assistance to support utilization of this technology platform among generators and food rescue organizations. The task will also extend the current subscription of this program by an additional 2 years. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $90K for year 1. Please see Attachment A for budget allocation information. 
 •TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
 This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include, but are not limited to, education, outreach and technical assistance, program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials (such as fliers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials. As a critical early action under this task, the region will hire a marketing firm to conduct market research and advise on the specific target sectors for focused education during the grant term. Please see Attachment A for budget allocation information. 
 TASK 5–ENFORCEMENT SUPPORT
 This task will support agencies to develop tools and strategies necessary to begin SB 1383 enforcement in 2024. Budget allocations related to this task may include, but are not limited to, development of toolkits and training programs for jurisdictions to design enforcement programs and protocols, and updating Memorandums of Understanding and Agreements to include language surrounding enforcement for each jurisdiction. Please see Attachment A for budget allocation information. 
 Project Coordination — A Unified Approach
 Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, market research, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each waste agency. 
 Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
 Ordinance, Resolution &amp; Letter of Authorization Requirement Status – On Schedule
 All member agencies worked on parallel timelines to adopt (an) enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, in order to meet the ordinance requirement. A Resolution for the JPA and Letters of Authorization (LOAs) for all jurisdictions are anticipated on or before the December 20, 2023 secondary due date. All LOAs received prior to the date of this submission are uploaded into the CalRecycle Grant Management System. 
 Gratitude
 Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of ReGen Monterey, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
 ###</x:t>
   </x:si>
   <x:si>
-    <x:t>Garden Grove Sanitary District</x:t>
-[...26 lines deleted...]
-    <x:t>The Rancho Murieta Community Services District (RMCSD) desires to retain the services of a part-time employee to investigate and review commercial compliance with SB 1383. This employee will also coordinate with the District’s residential vendor Cal Waste on any related SB 1383 regulations or concerns. The part-time position will also provide education related to SB 1383 compliance to the community.</x:t>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Renee Taylor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City has a comprehensive three container program. Currently, the City is implementing SB 1383. The cost of the program is prohibitively high since it is self-supporting and not subsidized by governmental funds. The City plans to use grant funds for education and outreach by way of mailing flyers, media coverage, and door to door outreach. Funding will also be used for inspections and enforcement, record keeping which may include software as well as personnel and equipment related to SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Shafter</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael James</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617465002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Purchase equipment and other resources to transport and track recovered edible food.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Norco</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jacob Vogenberg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512705667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Project Summary
+In order to better meet the complex requirements of SB1383, California's Short-Lived Climate Pollutant Reduction Strategy, the City of Norco requests $75,000 in grant funding to assist with staffing and procurement. The City of Norco is committed to meeting State climate goals and reducing the waste stream entering landfills, and this grant would allow the City to facilitate waste regulatory compliance programs within Norco’s jurisdiction. Using grant funding supplied by CalRecycle, the City of Norco intends to meet these goals by increasing staffing, improving recordkeeping, and increasing procurement. 
+To further the City’s goals of meeting SB1383 compliance, the City seeks $41,456.85 for internal staffing. This would allow staff to dedicate more time to managing the City’s recycling program, including but not limited to: education, outreach, enforcement, and recordkeeping. The City of Norco utilized 100% of the funding from the last SB1383 grant cycle for staffing, and this dedicated funding went a long way to ensuring regulatory goals were met. Ensuring this continued funding for an additional year would give the City the staff hours necessary to ensure the rapidly growing City of Norco continues to ensure all residents and businesses appropriately segregate waste streams, and reduce landfill input. 
+The City of Norco seeks to use $23,543.15 to fund the creation of a one-year internship, focused in trash and recycling regulatory compliance. The focus of the position would be the refining and updating of the City of Norco’s databases for tracking business compliance with SB1383. The intern will assist in contacting and educating businesses, developing and issuing violation letters, and assisting with mapping for tracking regulatory concerns. The City of Norco believes an internship of this nature will not only benefit the City’s SB1383 compliance, but give a college student the training and experience needed to pursue a career in recycling administration. 
+In pursuit of meeting procurement goals for SB1383, the City of Norco seeks $10,000 to allocate towards purchasing and administering a free mulch pickup day for residents. This would serve to not only meet SB1383 procurement requirements, but also allow residents to feel like they are making a meaningful contribution to protecting the environment. This would engage the community in better connecting with the goals SB1383 seeks to achieve, and allow residents to feel like they are doing their part to reduce short-lived climate pollutants. The funding would be used for both the purchasing of the mulch, as well as staff costs to administer this program. 
+Due to how new the City’s organic recycling program is, the City will likely request to make modifications to funding allocation throughout the duration of the grant, depending on factors like how successful the mulch giveaway program is, as well as staff availability and need.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tobie Mitchell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056584315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County will be using grant funds to support numerous aspects of our SB1383 compliance. 
+--Edible Food Recovery: The County is launching a regional edible food recovery program in January 2024. Abound Food Care will be under contract to provide numerous services. Some purchases not in their contract will be funded through this grant. Those include hard asset purchases of scales and upright freezers will be made available (on loan) to local food recovery organizations who need these items to expand and meet the demand of Tier 2 donations, packaging and trays to help food recovery organizations with packing prepared food donations, and  updating the WasteFreeVC website, a portal with information about the program and a link to report donations. 
+--Education and Outreach: The County will be using grant funds to purchase up to 20 Mr. EcoHero organics recycling assembly shows for unincorporated county schools. Funds will be used to create and distribute 3 mailings to residents about food recycling, design and printing of labels for food waste collection containers, and school signage and outreach materials. 
+--Equipment: To support residential and commercial recycling, the County will continue the existing program of distributing indoor green Slim Jim organics containers to any business, school, non-profit, or government office who needs them. Residential kitchen scrap pails will continue to be distributed to any unincorporated County resident who wants them. 
+--Procurement: Through our residential collection agreements, the County is procuring compost and mulch free of charge from one particular distributer in 3 of our 4 service areas. Grant money will be used to cover delivery costs from this distributer to ensure the product is accessible to all. We are reserving $10,000 in grant funds to procure additional compost/mulch in the 4th service area. At events where residents may collect loose material and may not have a truck, we'll be providing reusable burlap bags, also a purchase through this grant. 
+--Record Keeping: We will be continuing our subscription to Routeware (Recyclist) to manage SB1383 data on a digital dashboard.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lawndale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grace Huizar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3109733273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lawndale proposes to utilize the funding to enhance the SB 1383 Organics Recycling Program with a robust Public Outreach and Education focus.  The City will produce a Residential and Business Recycling Reference Guide. This guide will include SB 1383 Frequently Asked Questions, What Goes Where, Acceptable Items and Unacceptable Items and most importantly this guide will contain clear graphics/photos for a clear understanding regardless of language barriers.  
+In addition, the City of Lawndale proposes to support local food recovery services and organizations with tools such as signage and receptacles to streamline their collection system and increase their performance and participation. The City will also purchase residential kitchen collection receptacles/pails to continue to encourage residential participation in the organics recycling program.</x:t>
   </x:si>
   <x:si>
     <x:t>Helendale Community Service District</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs. Cheryl Vermette</x:t>
   </x:si>
   <x:si>
     <x:t>7609510006</x:t>
   </x:si>
   <x:si>
     <x:t>To provide education and outreach materials for food waste/organics recycling program. To provide signage for food waste drop off. To provide enclosure for community food waste drop off dumpsters. To purchase a tractor to move compost per the procurement requirement. To purchase a compost spreader to spread compost as part of the procurement requirement. </x:t>
   </x:si>
   <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Arcata</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Morguine Sefcik</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7078228184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Arcata is requesting the base award of $75,000 to support the City's efforts to implement the requirements associated with SB 1383. Specifically, the funds will be used to support implementation of three high priority tasks: capacity planning for organics management within the City, edible food recovery program management, and a feasibility study for an in-County regional organics processing facility. These tasks are the highest priorities for Arcata, in order to be in compliance with SB 1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manhattan Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Anna Luke-Jones</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3108025363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project summary is to hire a consultant to purchase/develop a better implementation record system and to establish an edible food recovery desktop compliance review to improve food recovery compliance and capacity building.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Willits</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dusty Duley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074597124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Willits is actively pursuing funding through the SB 1383 Local Grant Assistance Program to comprehensively implement Senate Bill 1383 (SB 1383) waste diversion regulations. The primary objective is to fulfill procurement goals by acquiring organic waste for utilization or free distribution within the community, contributing to both waste diversion and sustainable practices. Substantial portions of the grant will be allocated towards educational initiatives and outreach programs, empowering local entities with the knowledge needed to meet SB 1383 requirements. Additionally, the funds will be used to develop and refine an edible food recovery program, addressing both food waste and food insecurity issues. Enforcement and inspections, vital for SB 1383 compliance, will be conducted judiciously, balancing voluntary cooperation with necessary enforcement measures. Finally, a dedicated portion of the funds will support reporting mechanisms, allowing for transparent tracking of progress and continual improvement in waste diversion efforts. The City of Willits seeks to create a comprehensive and sustainable waste management ecosystem, promoting responsible practices and environmental stewardship within our community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Whittier</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yahaera Oropeza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625679518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Project Summary: Hire consultant to help comply with edible food recovery regulations by implementing the best management practices for outreach and food recovery and train/educate our enforcement staff and agencies.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Barbara</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Daniela Rosales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059917741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Santa Barbara proposes to use funding from the CalRecycle SB 1383 Local Assistance Grant Program to assist the City with the implementation of regulatory requirements. In 2022, the City implemented an enforceable mechanism through a local municipal code update. This update included organics recycling and food recovery requirements. The City requests $159,180 in grant funds based on the jurisdictional fund estimates provided by CalRecycle. These funds will be used for SB 1383 related materials, education, outreach, personnel, and edible food recovery equipment. 
+During the first round of grant funding, the City worked to identify edible food recovery generators and connect them with food recovery organizations (FROs). The City has over 50 FROs and works with other regional organizations, such as the Santa Barbara County Foodbank, to assess the needs and challenges associated with local food recovery activities. While some organizations are large and have the capacity to accepts food donations, other organizations operate on a smaller scale and don’t have sufficient or adequate equipment to increase their food recovery capacity. The City has identified capacity challenges and aims to use grant funds to assist FROs with equipment purchases. These purchases include, but are not limited to, food preparation materials, storage materials, transportation materials, scales, and refrigeration. Through direct outreach and partnerships, the City will continue to work to increase local and regional food recovery. 
+Funding for personnel will also be essential for the City’s SB 1383 implementation. Through the grant funds, the City can hire a few hourly employees who would function as a business outreach team. Our greatest successes stem from our boots on the ground approach. While we have enforcement mechanisms to use when needed, our most important program implementation tool is outreach and education. Personnel would be used to educate businesses about regulations and offer training, educational materials and any other technical assistance businesses may need to achieve compliance with SB 1383. Personnel will also assist with route audits and container checks to monitor for contamination in the City’s source separated commercial organics collection program. 
+The success of our programs is greatly aided by CalRecycle grant funds. The first round of funding assisted us through difficult times with staffing and education in a post-COVID community. The second round of grant funding would help the City continue the current organic waste reduction momentum and offer some direct assistance to Food Recovery Organizations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amber Fisette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072342838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The majority of funds will be used for the three-year subscription to compliance, record keeping and tracking cloud-based software as well as additional annual data uploads to the software to keep customer information up to date.  The software enables a wide variety of data tracking, including organics collection service compliance, collection waivers, paper and ROWP procurement, edible food recovery and enforcement.  The Program Tracker fulfills all of the SB 1383 jurisdictional implementation record and record-keeping requirements as detailed in 14 CCR Section 18995.2.  Remaining funds will be used for: consultant costs related to program evaluation and all aspects of SB 1383 compliance; materials, printing and postage for outreach and education; procurement of recovered organic waste products; and personnel costs related to enforcement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yucaipa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ana Sauseda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9097972489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Yucaipa will utilize the funds to support their compliance with the requirements of SB 1383. The City was previously awarded the grant for the construction of compost holding bays. We are now in need of equipment that will help us haul large quantities of material to and from those bays which will help us achieve procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Montclair</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mikey Fuentes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9096259497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Montclair proposes to use the grant funds to enter into an agreement with a third party firm/agency to provide oversight and inspections fo the City's food recovery and compliance program for Tier I and Tier II food waste generators in the City of Montclair. The grant funds would be used to cover the costs assocated with (1) the oversight of a food recovery and compliance program for Tier I and Tier II food waste generators and (2) annual inspections of Tier I and Tier II Tier food waste generators for a  total of two (2) years. The scope of services to be provided by the third party firm/agency include the following:
+•Conduct education and outreach to Tier II generators* as required by Section 18985.2 of the state’s legislation. 
+•Assist Tier II generators in establishing a food rescue program and agreement with a food rescue organization. 
+•Research and compile a list of commercial edible food generators that have a contract with food recovery organizations. 
+•Inspect and confirm that the agreements and records are acceptable as required by Section 18991.5.
+•Research and compile a list of food recovery organizations in the city’s jurisdiction.
+•Assist in edible food capacity expansion as needed. 
+•Identify potential partnership opportunities to improve and expand food rescue program within the City.
+•Identify resources needed to reduce food waste and improve food rescue opportunities with food waste generator and food rescue organizations.
+•Prepare and provide outreach materials for the food waste generators and food rescue organizations.
+•Donation tracking to include food donated, recovery organization recipient, pounds of food recovered, and frequency of donations.
+•Data and program results to be provided to City in monthly reports.
+•Provide annual site inspections and technical assistance to Tier I and Tier II food waster generators for two (2) years.
+</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Rio Dell</x:t>
   </x:si>
   <x:si>
     <x:t> Travis Sanborn</x:t>
   </x:si>
   <x:si>
     <x:t>7077643532</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Rio Dell, a small, rural, disadvantaged community in Humboldt County, is participating in the fight against climate change by recycling organic waste. The City anticipates using the grant to facilitate public outreach campaigns to educate the community and highlight the importance of organic recycling. The City would like to purchase organic recycling bins and distribute them throughout the community. By enabling individuals to make climate-conscious decisions regarding our waste and recycling, the community will be equipped to make an immediate and lasting impact for future generations. Additionally, the City is working with the County of Humboldt and other cities to study the feasibility of processing organic waste in the county instead of hauling it away.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Los Altos</x:t>
-[...8 lines deleted...]
-    <x:t>The City of Los Altos will be utilizing the SB1383 Local Assistance grant funds to participate in the regional Edible Food Recovery Program and for purchases of Recovered Organic Waste Products to meet the City's procurement requirements.</x:t>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tedd Ward</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074651100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Del Norte Solid Waste Management Authority (Authority) is challenged as a rural regional community trying to navigate a rapidly changing regulatory environment, a variety of potential assets and regional partners, and limited staff capacities to address these community needs. The Authority intends to convene a series of community meetings with the Solid Waste Task Force and other community partners to help review and refine a list of required programs, perceived community needs and potential opportunities in programs or partnerships, with the intent of drafting a Transition Plan for the Del Norte Solid Waste Management Authority for the period 2025-2030, including a prioritized list of facility, organizational or programmatic development projects.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palmdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Mejia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612675306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palmdale plans to utilize the funds received from SB 1383 Local Assistance Grant Program to conduct a gap analysis to identify any differences between what is currently in place to what is required. Results will be utilized and to develop a strategic plan to ensure compliance is met. Additionally, funds will be used to extend the current education and outreach efforts to continue into 2026. By continuing the education and outreach efforts it ensures that the message remains in the publics eye and fosters a deeper understanding of SB 1383. The City also aims to extend the City's edible food recovery program to cover both Tier 1 and Tier 2 generators, along with FROS until 2026 as regular communication encourages businesses and organizations to actively participate in the program and will ensure they are all in compliance. The City will also purchase a software to direct all those in the EFR program to utilize it. The app will help EFR program, making it easier to donate food, track activities, and streamline program operations. The funds will also support EPPP planning and implementation through an analysis. It will assist staff in reviewing citywide impacts of the EPPP and develop procedures for staff to follow and provide required information for recordkeeping. Funds will also be utilized to cover the overtime cost of staff who assist with various workshops and special events that fall outside of regular working hours as well as conferences, symposiums, and trainings. The City would also like to allocate funds for temporary staff to be on call as needed. There are times when staff need assistance with smaller tasks of program implementation, in which temporary staff can assist, such as in preparing for workshops, special events, assisting with document uploading on recordkeeping software, and other similar tasks. An iPad will be purchased for the division's Management Analyst who serves as the lead in SB 1383 program implementation and will be used when conducting site visits, workshops, and all other related field work. Lastly, the remaining funds will be used for the procurement of ROWP.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escalon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Diana Trejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2096917422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be utilized to assist in the implementation of regulation requirements associated with SB 1383. The main funding areas the City of Escalon intends to use the funds is to support education and outreach (includes organic waste &amp; edible food recovery), procurement, enforcement and inspection, as well the personnel costs associated with SB 1383 implementation. City Staff will work closely with the Calrecycle Grant Manager to ensure all specific items are covered by the Grant Award prior to purchase.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Colma</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kathleen Gallagher</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6504839097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colma will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term. Also, the funds cover SB 1383 Program implementation includes edible food recovery, procurement of organics waste products, organics collection improvement, staff time for reporting, management, monitoring and compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Hillsborough</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mandy Brown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503757409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Matt Durham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9497072687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Laguna Hills plans on using the grant funds to support inspection and enforcement work efforts.  Funds will be used to pay for a third-party consultant to conduct inspections and an evaluation of the SB 1383 programs on how much work effort will be required for ongoing enforcement of SB 1383 regulations (i.e. route audits).  Some of the funds may also be used to support staff costs in work efforts related to inspection and enforcement.  It is also planned to use funds to support businesses with internal containers for food waste collection.  This may also extend to residents for small household food waste pails if needed.  A portion of the grant fund will also be marked for education and outreach efforts to both the residential and commercial sectors.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hayward</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Krump</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105834725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project would use SB1383 funds to perform the following activities:
+- Fellow and Staff time. The budget covers the staff time cost for one Sustainability Service Corps Fellow to contact businesses that are non-compliant with SB1383 via phone or email to remind them of the law and their need to subscribe to service. The Fellow will also visit businesses as needed to offer technical assistance. The outreach budget also covers Hayward employee staff time to perform SB1383 outreach by tabling at events, designing mailers, and offering technical assistance.  
+- Software.  The budget estimates the cost to subscribe to Recyclist Program Tracker software for two more years.  The software helps meet SB1383 reporting requirements and track compliance with SB1383. 
+- Compost Hub – The budget estimates the costs to design and start a compost hub at the Hayward community garden located on Whitman Street. The Hub would need an area of about 1800 sq ft paved to provide truck access as well as a spot for bunkers to be installed to hold the compost. Also, security cameras and fencing and a gate will need to be installed. When complete, the Hub would allow people to come to the community garden and take as much compost as they need for free.   
+- Education and Outreach – The budget estimates the cost to buy into a regional social media campaign to promote SB1383. The estimate also includes the purchase of recycling containers to help residents and businesses collect organics and recycle. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Wasco</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Lara</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617587214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Wasco is planning to acquire and implement fleet management software and hardware to comply with regulations regarding SB1383, maintain accurate records, and track cloud-based software. The software can track various data, including compliance and enforcement of organics collection services. A significant portion of the funds will be allocated for this purpose. The remaining funds will be utilized to cover consultant costs related to organics collection implementation, capacity planning, education and outreach, enforcement, and inspection. This will help the City streamline its operations and ensure efficient compliance with regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> GABRIEL SILVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pasadena is interested in implementing a recycling compliance tracking and recordkeeping software. The desired features of the software include but are not limited to: recordkeeping sections to fulfill the requirements set by CalRecycle; compliance tracking via scheduled data imports of franchise hauler customer lists; updates to the system to align with changes in legislative mandates; and
+reports/dashboards for reliable and streamlined EAR submissions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Carlsbad</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Avecita Jones</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605400521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Carlsbad would like to incentivize edible food recovery by 
+implementing a program that could offer outreach and technical assistance to 
+help Carlsbad businesses to participate in apps, such as Too Good to Go, that 
+connects customers to restaurants and stores that have surplus unsold food. 
+Additionally, we would like to provide a second round of funding for equipment 
+and staffing support to help community-based organizations expand the volume 
+of food recovered from Carlsbad food-generating businesses. We would also like 
+to offer equipment to food recovery organizations and businesses to help them 
+property prepare/store edible food for donations. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rialto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Amy Crow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9094217221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Staff proposes to purchase a Finn Bark Blower (BB302) to be used to apply compost, bark or cover mulch to turf in parks, street medians, and other City facilities.  The procurement of recycled organic products – compost and/or mulch is a requirement of SB 1383. The City’s mandated annual procurement target is 8,205 tons of compost/mulch.  
+The BB302 will make applying landscape mulch and other bulk materials efficient and reduce the need for labor-intensive hand application and potentially contract labor. Two workers can efficiently apply more than ten cubic yards per hour, compared to approximately one cubic yard per working hour via hand methods.  This equipment also reduces material cost from 20% to 40% by breaking up material clumps and producing an even mulch spreading pattern with fine particles on top.  Further, applying compost and mulch on the City’s landscaped areas is estimated to reduce water usage and fertilization costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tamalpais Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Garrett Toy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153886393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Marin Special Districts will be using grant funding to regionally coordinate SB 1383 compliant services that compliment the Zero Waste Marin Regional SB 1383 programs. These funds will used to hire a consultant to conduct a review of current SB1383 programs provided by the haulers and participating special districts.  This research will inform where to provide resources for the special districts and to coordinate for specific gaps in services that the special districts need to fill to be SB 1383 compliant. Program improvements will be identified for Edible Food Recovery, Education and Outreach, Development of Public and Multifamily Collection Systems, for Enforcement and Inspections, and to help with ongoing Recordkeeping for the participating special districts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Yucca Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Rice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603697207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town will utilize the grant funds to assist in providing a comprehensive SB 1383 organics recycling program for its residents and businesses.  The Town plans to utilize these funds to help with education and outreach and personnel costs for overall project management.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gordon Tong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503634159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RCD Compost Broker Program: 
+The first project for which the County of San Mateo seeks funding is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet its SB 1383 recovered organic waste product procurement target. The County of San Mateo will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance, and to assess innovative compost procurement, application, and funding strategies to build capacity for the long-term. 
+SB 1383 Enforcement:
+San Mateo County is also seeking grant funds for costs associated for an inspection and enforcement program for the Unincorporated County Areas to support SB 1383 compliance. The County will contract with a consultant to implement the program and may seek additional consultants or County staff to conduct ongoing inspections and enforcement actions, including outreach and education efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hawaiian Gardens</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Neema Ghanbari</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5624202641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be utilized for items such as food recovery, education and outreach to both residential and businesses along with record keeping. A portion of funds would provide assistance with procurement of recycled organic products. If eligible, related consultant costs associated with aforementioned activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Calexico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Lilliana Falomir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607682160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Calexico is requesting funding to assist with the implementation of regulation requirements associated with SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Upper Valley Waste Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amanda Griffis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072598330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our application is from the Upper Valley Waste Management Agency (UVWMA). UVWMA includes Napa County, Town of Yountville, City of St Helena and City of Calistoga. UVWMA’s proposed budget includes all of compost procurement for 2024 and 2025 as well as a portion of 2026 procurement. Only a portion of 2026’s compost procurement is proposed because the grant closes after the first quarter of 2026. The remaining of the proposed budget focuses on public education and business assistance for proper separation of organics. The remaining funding is proposed to be used for: print materials for multi family outreach and compost onboarding, a digital public education campaign, interior compost bins and compostable bags for multi family onboarding and business assistance and lastly outreach and education for non-English speaking multi family and businesses.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costa Mesa Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marissa Pereyda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496458400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The District’s grant proposal includes the use of funds for the following grant categories: Equipment, Education, Personnel, and Record Keeping. The District’s proposed projects are described in detail in the following paragraphs. 
+The District proposes to use funds to start a backyard composting and vermicomposting workshop program and to provide low-cost or no-cost backyard composting and vermicomposting bins for District customers. The composting program will include using grants funds to secure a compost bin vendor to store and drop ship compost bins as needed, due to the District's limited storage space and limited staff for such an operation. The District will host the composting workshops, but proposes to use funds for an educational services consultant to conduct the composting education workshops.
+The District also proposes to use grant funds for education and outreach of SB 1383, the District's curbside Organics Recycling Program, the District's implementation of the Three-Cart Collection System as required by SB 1383, and other organics programs such as compost giveaway events and those outlined in this proposal. Public education and outreach materials include items such as flyers, postcards, signs, boosted social media posts, PSA videos, and District vehicle decals. Education and outreach efforts allow the District to expand its presence and reach more customers with SB 1383 education. The District also proposes to utilize grant funds for postage to mail printed media to customers.  
+As part of the District’s outreach efforts, the District would like to implement an organics recycling educational campaign for local school children. The District proposes the use of grant funds to contract with an educational consultant to conduct organics recycling assemblies and presentations in local schools. 
+Additionally, the District proposes the use of grant funds for additional consultant contracts, including (1) a solid waste consultant to assist the District with program evaluation, waste characterization studies, and assistance implementing the requirements of SB1383 and (2) a public outreach/marketing/community based social marketing firm to produce an education and outreach plan for the District’s SB 1383, Organics Recycling Program, and Three-Cart Collection System campaigns. 
+Lastly, the District proposes using grant funds for the purchase of record keeping software. Grant funds will cover initial set-up charge and software operating costs during the grant term. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> MELISSA MORGAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098646861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will utilize the funds to support their compliance with the requirements of SB1383. A portion of the grant will be utilized to purchase a tractor to be utilized for compost application activities for city facilities and compost giveaway events for residents and businesses.  The City will retain ownership of all equipment. Any remaining funds will be utilized to obtain recycled organic products in support of the procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Buenaventura</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arriana Rabago</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056524525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our required procurement targets in 2024 and 2025 are expected to cost over $240K.
+The SB 1383 funding will be used to purchase to meet the City's procurement requirements over the next two years, with spending on eligible Mulch and Compost for distribution to community members as part of our Free Program for residents, at events, on public facilities and parks, and other eligible distribution opportunities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monique Figueroa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095335632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funds will be used for: 1. consultant to implement SB 1383 across the city and county departments, 2. exploration for purchase of software or vendor services for record keeping and reporting, 3. education and outreach programs required to implement SB 1383 programs, and 4. administrative costs necessary to coordinate between the city, county, consultants, and vendors required to implement SB 1383. 5. Organic Management Planning, 6. Greenhouse Gas Admissions Gas Analysis. 7. Working with the UCCE Master Gardners for backyard composting and training.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redwood City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Vicki Sherman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507807472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term. Additional funds will be used to procure Recycled Organic Products for City use.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Beaumont</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Suzanne Foxworth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517698520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Beaumont is proposing to utilize the SB 1383 Local Assistance Grant Program to help and ensure that the City and it's residents and businesses meet the target set forth through the implementation of SB 1383 and to meet all requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Solana Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Danny King</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587202477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These funds will primarily be used for Edible Food Recovery education, outreach, technical assistance, inspection and enforcement activities of our edible food generators and food recovery organizations. Funds will also cover SB 1383 organic recycling outreach to our residents and broader business community.
+We will use relationships already established through our partnership in the Regional Solid Waste Association (RSWA) with consultant Solana Center for Environmental Innovation. We may seek additional consultant services.
+Fund will be used to develop educational content and perform outreach through various means including inspections of our Tier 1 and Tier 2 generators, technical assistance site visits, video or phone assistance webinars, and/or public service announcements. Some grant funds could also be used to cover the costs of materials for educational signs or other educational materials. The goal will be to ensure edible food donation programs are established with our Tier 1 and Tier 2 generators and to also maximize organic recycling participation with desired sorting behavior and minimize contamination.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado Hills Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teri Gotro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166143217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The District used prior years SB1383 Grant Funds to educate the public on their requirements to comply with SB1383, especially in regards to placing organic food waste in the green waste bin. Education bags were purchased, built, and delivered to 17,500+ resident homes within the District’s jurisdiction. These efforts have been evaluated and improvements have been noticeable. It is imperative that the District continues to support these original efforts and continues down the path of educating the public and keeping this information in the spotlight. 
+This new ask for funds will be phase two and is needed to keep CalRecycles initiatives of SB1383 front and center so all residents are aware of their duties to comply. The efforts will include:
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Concord</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Rayos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256713446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personnel costs, procurement, and other items that aid in the jurisdiction’s compliance with SB 1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dinuba</x:t>
+  </x:si>
+  <x:si>
+    <x:t> George Avila</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595915924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Dinuba will be allocating its SB1383 Local Assistance Grant funds to contract with a consultant to perform a SB1383 Program Analysis and develop Implementation Approach.  This will include a focus on multifamily recycling and organics program implementation to try and address a specific area of concern for Dinuba.  Additionally, funding will be allocated to Recovered Organic Waste Product Procurement to help meet the City's procurement targets.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ripon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joanne Beukelman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095992108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed grant project is to procure compost as required by SB 1383 and use it to fertilize the fields at the City of Ripon Mistlin Sports Park.  The Mistlin Sports Park is an 80 acre sports complex with 12 full size soccer fields and 6 baseball/softball fields.  The grant funds will be used to purchase a compost spreader, the compost necessary to satisfy the annual recovered organic waste product procurement target included in SB 1383 each year of the grant term and all other associated costs to complete this project.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Ferrer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pico Rivera aims to use the proposed SB 1383 Local Assistance grant funds to 1) Improve Edible Food Recovery, 2) Enhance outreach and engagement, 3) Provide equipment at City-owned facilities and organic waste generators to improve organic waste diversion from landfills.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Villa Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alyssa Eazell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149981500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds to be used for SB 1383 implementation and compliance including edible food recovery, education/outreach, personnel and procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City and County of San Francisco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Alexa Kielty</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153555008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City and County of San Francisco, Department of the Environment (SFE) will use these grants funds for the implementation of SB 1383 edible food recovery (EFR) and food waste prevention. Through four primary objectives, SFE will support the city’s current EFR efforts, and work to build more capacity and sustainability in the EFR ecosystem in the city. SFE will 1. Provide funds to community-based organizations, non-profits, food recovery services and generators or food service businesses for edible food recovery eligible expenses, 2. support San Francisco Unified School District (SFUSD), one of the city’s largest food purchasers, to recover more food; 3. advance efforts to recover San Francisco’s estimated annual capacity of 7-9 million pounds of recoverable food through waste tracking, source reduction, and innovation, and 4. continue providing support for outreach, education and training, and enforcement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brisbane</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Adrienne Etherton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4155082118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Brisbane will use the Local Assistance Grant funds for implementation of SB 1383 requirements and procurement. The bulk of the funds will support increased staff capacity through the hiring of Climate Corps Fellows to perform SB 1383 education and outreach, compliance and enforcement, jurisdiction record-keeping, and coordination with our hauler and countywide collaborations. Additional funds will be utilized for direct-mail education and towards city procurement requirements. Procurement will take two forms: quarterly compost giveaways for residents in coordination with our waste hauler, and participation in a countywide collaboration with the County of San Mateo and the San Mateo Resource Conservation District to procure compost and apply it to farm and rangeland within the county.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Blythe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mallory Crecelius</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609226161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Due to the City of Blythe's remote location and no organics processing facilities within 100 miles of Blythe, the City and its waste hauler have been working to develop a transfer station to allow recovered organic waste to trucked to a processing facility. Due to this, the City has been unable to fully roll out its SB 1383 program. The Direct Transfer station will be built in early 2024, and organics will be collected and processed. Theses grant funds will help the City educate residents on the three-cart collection system and enforcement measures for failing to recycle organics. These funds will be used to assist the City meet its procurement targets such as purchasing compost and recycled paper produts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midway City Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ashley Davies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7148933553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCSD plans to use the SB 1383 grand funds in a variety of ways. 
+Public Education and Outreach: funds for public education, and outreach of SB 1383 and the District's residential and commercial Organics Recycling Program. Public Education and marketing and outreach will consist of a variety of mediums such as handouts and materials, posters, banners, mailers, radio, videos, television, social media, and in-person events such as educational events, compost events, and school assemblies/programs on organics recycling programs. 
+Capacity Planning: program evaluation, customer communication, reporting, and notices. 
+Edible Food Recovery: Targeted and recorded outreach to the recovery of excess edible food. Including but not limited to assisting in the development of resources needed to reduce food waste, auditing services, and software to track SB 1383 compliance pertaining to recovery and rescue of excess edible food recovery and tracking of compliance and educational activities of Tier 1 and 2 generators.
+Personnel: Personnel costs directly related to the execution of the grant project include, but are not limited to project management, outreach and education efforts, Tier 1 and 2 inspections, and consultants.
+Equipment: Purchase of green carts for new curbside customers and countertop pails and composting bins to encourage residential food recycling and composting. 
+Recordkeeping: Recordkeeping and tracking software of SB 1383 compliance checks and recordkeeping pertaining to green waste, food waste, and recovery of excess edible food recovery.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hemet</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Daniel Cortese</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517653712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hemet intends to utilize the grant funds to perform a variety of major efforts.  First, the City intends to utilize the funds to supplement the education and outreach efforts of the City's franchise hauler, by expanding outreach to the Hemet Unified School District.  The City intends to continue an outreach program that targets elementary school students. The City would also like to purchase small household food waste pails to distribute to residents. 
+Secondly, the City intends to procure and apply recovered/recycled organic products (i.e. Mulch) throughout the City of Hemet’s Landscape Maintenance District’s (LMD).
+Finally, the City intends to explore additional capacity program outreach, looking for opportunities to align this grant with the City's Homeless outreach to ensure that the maximum amount of edible food can be redirected into food banks and homeless program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Dimas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lauren Marshall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093946240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City continues to work toward complying with all achievable aspects of SB 1383 requirements.  The focus for this next round of funding will be providing support to Tier 2 edible food generators, outreach and education related to sorting waste streams correctly, and honing reporting methods to make the process less cumbersome and time consuming.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Paradise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Paradise will use all allocated 1383 Local Assistant Grant Program funds to aid in the implementation of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016. Funds will be used to assist the Town of Paradise with the implementation of regulation requirements associated with SB 1383. Funds will go toward personnel and consultant fees to assist the City with the needed Capacity Planning, Procurement Requirements, Record Keeping, Enforcement and Inspection, Program Evaluation/Gap Analysis. Additional funding will be used for 1). Education: including compliance letters, signage, and sorting guides; and 2). Equipment: indoor collection containers to help residential and commercial businesses to easily collect organics.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kings               </x:t>
   </x:si>
   <x:si>
     <x:t>Home Garden Community Services District</x:t>
   </x:si>
   <x:si>
     <x:t> Lydia Ritchie</x:t>
   </x:si>
   <x:si>
     <x:t>5595824503</x:t>
   </x:si>
   <x:si>
     <x:t>The District's customer base primarily consists of individuals living at or below the poverty line, many of whom do not have significant educational backgrounds.  As such, the District is focusing on education and outreach efforts to help these individuals understand and implement the requirements imposed by SB-1383. The District seeks to provide its customers with tools such as organics containers and compost tumblers to assist with educational efforts and to offer an alternative to traditional collection.</x:t>
   </x:si>
   <x:si>
-    <x:t>Oro Loma Sanitary District</x:t>
-[...9 lines deleted...]
-organics containers (indoors and outdoors).</x:t>
+    <x:t>City of Chino Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Susan Shaker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093642633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will be using grant funds to contract with a consultant to work on a SB 1383 implementation gap analysis. The consultant will help establish areas that the City is lacking in their SB 1383 implementation report and progress to meet CalRecycle’s requirements and targets. Additionally, funds will be used to pay for contract costs for Abound Food Care, an edible food recovery organization, who works in conjunction with the City to provide education and outreach to Tier 1 and Tier 2 generators. This includes conducting site visits to generators to provide education and assist with their compliance with SB1383 edible food recovery requirements. Finally, the City will be purchasing a mulch blower trailer for our parks and landscaping division to disperse SB 1383 eligible mulch around parks and landscaping in order for the City to reach its procurement targets.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lathrop</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Melissa Stathakopoulos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099417364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lathrop is looking to set up educational resources at all our City-Wide Special Events to increase our outreach and education to Lathrop residents regarding SB 1383 requirements. This would include a logoed pop-up, flag and tablecloth for a booth set up specifically at each event with Solid Waste and Recycling information including SB 1383.  
+Additionally, funds would go directly to a Solid Waste and Recycling booklet that would be mailed to each residence, multi-residential and commercial occupant within the jurisdiction. Information specific to SB1383 and edible food recovery would be included along with QR codes and links directly to the CalRecycle website. Information regarding Edible Food Recovery would also be included.   The purchase of a three bin trailer - trash, recycling, organic waste would be wrapped with colorful insight on what items go in what bin and QR codes to visit for more information on organic waste reduction. Ideally the trailer would be positioned at all Special Events and used throughout the City to engage waste reduction and as a way to help eliminate contamination.  The City of Lathrop would like to continue to work with EcoHero to provide school wide assemblies on an annual basis in which children in grades k-5 learn the importance of source separating and organic waste reduction. Through these outreach activities we hope to reach a significant number of our jurisdiction and highlight the City of Lathrop's commitment to waste reduction.  
+Last, but not least, funds would be invested into the purchase of a tablet and Zabble software to assist with lip flip route reviews and tracking.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Stockton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grace Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099377848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Proposed grant funding will be used to 1.) offset consultant costs to evaluate the City’s organic waste collection program and provide/implement recommendations for its continued improvement, 2.) support SB 1383 activities such as conducting in-person/virtual outreach and education, performing site visits and container inspections, 3.) the continued development/management of an edible food recovery program, and 4.) assist the City with reaching its procurement goals in 2024 and 2025. 
+Grant funds will also support 1.) the purchase and use of “Recyclist” software to record commercial customer service levels and SB 1383 compliance, and 2.) purchase/implement food recovery software aimed at matching businesses with extra edible food to a nearby nonprofit or service provider. Each software will assist with the City’s SB 1383 reporting requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dublin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Sung</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258336630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will use SB 1383 grant funds to expand waste enclosure(s) at public facing City facilities to accommodate compost bins. There are at least two public facing City facilities that have waste enclosures that are too small to accommodate compost and/or recycling bins. The quantity of enclosures that will be expanded will depend on evaluations of existing enclosure conditions and cost estimates for each enclosure.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Milpitas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Myvan Khuu-seeman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4086090927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Milpitas intends to use grant funds towards its Recylist program software (to assist with SB 1383 tracking, monitoring, and recordkeeping), the Santa Clara County Food Recovery Program, and procurement efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Half Moon Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matthew Nichols</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507502002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term.
+We will also be developing and constructing a public stall for our free self-service compost and mulch pilot, with the aim of educating businesses and residents about the benefits of compost and creating local demand for these products. Grant funds will also go towards the procurement of recovered organic waste to help kickstart this program. 
+The remaining funds will be put towards the subscription to a tracking and reporting system (e.g. Recyclist).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Pablo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Itzel Gomez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102153064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 regulations require jurisdictions to annually procure recovered organic waste products. The City of San Pablo Public Works Department evaluated current mulch uses and considered additional procurement opportunities for expanding the use of recovered organic waste products. The City will also begin construction of two new Capital Improvement projects in 2024, including a new neighborhood pocket park, that will require procurement of mulch for landscaping. 
+SB 1383 regulations also require 30% post-consumer content paper to be procured.  On an annual basis, Public Works staff will train all internal staff--who purchase paper materials for their department--on the new regulations. The remaining budget for procurement will help offset costs associated with procuring recycled content paper in case a department has not budgeted for the expense.
+In FY22/23, Public Works staff amended the contract with the City's janitorial service provider. The new language in the contract now states that Public Works staff will be responsible for procuring all SB 1383 compliant paper janitorial supplies, for all City facilities, including, but not limited to, toilet paper, paper towels, and toilet seat covers.
+The City proposes to expend SB 1383 Local Assistance Grant Program funds for City staff time spent on activities related to the implementation of SB 1383 regulations.  These activities include, but are not limited to:
+1. Overseeing the procurement of mulch to ensure they are from approved facilities; 
+2. Publishing educational materials on the City’s website, Facebook, and Nextdoor;
+3. Providing internal training on the City’s Environmentally Preferable Purchasing Policy and on documenting purchases of 30% recycled content products; and 
+4. Recordkeeping of documents required for the City’s Implementation Record.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rocklin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elizabeth Sorg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166255582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Rocklin is proposing two new programs and supplementing an existing program with the grant funding. The first proposed project is a new leaf collection program. This program will gather leaves before they are captured by street sweepers. When leaves are collected in the street sweeping process, they are collected with street debris and are contaminated with oil and other runoff. This makes them ineligible for composting. The new leaf collection process will collect leaves before they are contaminated, thereby removing them from the waste stream and allowing them to be composted. The proposed use of grant funding is for a dedicated electric vehicle to operate the leaf collection equipment. The leaf collection equipment will be purchased this fiscal year, however the City still needs an additional vehicle to operate the equipment, and there is no capacity in the existing fleet to operate this machinery. 
+The second program that the City is proposing is the implementation of the Meal Pass application for restaurants in the City. Meal Pass is a subscription service that can provide extra meals to those in need, free of charge. Placer County will be implementing this app County-wide, however there is a fee for business to participate. In an effort to divert this edible food from the waste stream and incentivize Rocklin businesses to participate, the City is proposing subsidizing the first year of fees for restaurants in the city, with a maximum of $500 per business. This will allow up to 15 restaurants to participate in the program. This partnership with Placer County and the local business community will greatly increase edible food recovery in the city and connect those in need to resources. 
+The third program that the City will be supplementing is the annual Christmas tree recycling program. Every year, the City sponsors a Christmas tree recycling program. The City’s hauler provides bins, but City staff are responsible for accepting trees and loading them into bins. In the past, this has proven a challenge when the City receives a large number of trees. The City is proposing renting equipment to load the trees. This will increase the efficiency of the program, allow the City to receive more trees, and prevent more trees from being added to the waste stream. The City is also proposing staff costs to cover the three programs listed. The grants funds will be used to implement and support programs that will have long-lasting impacts on waste diversion.      
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Emeryville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matthew Anderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105963795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to support personnel time implementing SB 1383 requirements as well as bins for businesses to comply with SB 1383 requirements. This includes time for outreach to businesses and residents, overseeing the renewables procurement program, three-bin indoor program for commercial businesses, free kitchen compost pail program for residents, inspection time, time for lid flipping, and various other requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of East Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Fatima Khan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6508477589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funds being requested will be used to implement SB 1383 in the City of East Palo Alto, with projects that fall within the scope of Cal Recycle's guidelines. The projects for which the City of East Palo Alto is requesting funds can be found in the narrative proposal, and below:
+The first project for which the our jurisdiction seeks funding is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet its SB 1383 recovered organic waste product procurement target. Our jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term.  
+The second project for which our jurisdiction seeks funding is to supplement environmental staff’s time with SB 1383 outreach and enforcement. There is currently only one full-time and one part-time (.5FTE) staff in the Environmental Programs Division.  
+The City of East Palo Alto is the least compliant jurisdiction in San Mateo County, with respect to generators that have yet to opt in for a green bin. This supplemental time will allow the staff members to work with our Joint Powers Authority (Rethink Waste) and our waste service provider Recology to ensure that the non-compliant commercial and multi-family dwelling accounts become compliant over the next year. With the addition of these grant funds, staff would spend a total of 15 hours a week devoted to SB 1383 outreach and education tasks for the City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sam Dickinson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058823618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 Local Assistance Grant funding will be used to continue the implementation of SB 1383 in Santa Barbara County. The Narrative Proposal document contains detailed information of how the budgeted items will be used for Edible Food Recovery, Personnel, Equipment, Education, and Record Keeping requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Twentynine Palms</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elijah Marshall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603676799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provide collection receptacles for businesses and residential kitchens for the handling organic food scraps for composting. Provide training for restaurants on the preservation and safe handling of recoverable edible food. Promote organic collection efforts through all forms of media.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kimberley Taylor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edible Food Recovery Working Group - $218,281.00 to fully fund year 2 of the Edible Food Recovery Working Group in Sacramento County. This is a formal regional collaboration to support County-wide capacity building and compliance in edible food recovery. 
+Organics Roll Carts - $10,000.00 to purchase 100 green organics roll carts to increase the diversion of food waste at City event. The current carts used at events do not clearly differentiate between garbage, recycling and organics which makes it difficult for residents to properly sort and dispose of different materials. 
+Compost Procurement - $79,000.00. for compost procurement program and compost distribution management. The City is also investigating procurement options including compost brokers, direct service provider agreements, compost hubs, etc. Therefore, the City will need to allocate the remaining grant funding towards procurement to reach SB1383 compliance.
+Indirect Costs - CalRecycle requires 10% of the total grant amount to be allocated for indirect costs. Based on our budget plan, this equals $30,728.10. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tracy</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Connie Lopes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098316359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To pay the annual fee for the Recyclist Compliance Tracking Program and to also purchase household kitchen containers for residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Roseville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9165978465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be used to implement SB 1383 programs to ensure continued compliance with the regulations. The City of Roseville Waste Services plans to use these funds to assist with the purchase of an edible food recovery software application to connect those in need with meals prior to them being thrown away. We have also included funding for an inspection/enforcement vehicle, education/outreach and residential and commercial bins to collect organic material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Loomis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carrie Baxter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167827821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of Loomis will use their funds towards their relationship with Pioneer Energy, negotiations/procurement on SB 1383 compliance/food collection in upcoming franchise agreement, maintaining the records for the recordkeeping requirement under the regulations, and working with Meal Pass App to provide connections with food distribution organizations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Menlo Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joanna P Chen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503306764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will participate in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. The City will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term.
+The City would procure recycled organic products to meet the SB 1383 procurement requirements. This will be done by hosting several compost giveaway events to the residents, purchasing compost and mulch, and purchasing recycled paper and paper products.
+The City would also consider purchasing stationary three-waste bin stations. This would help to educate city staff and the public on how to properly sort their waste in the correct bins. For the existing Slim Jims, staff will purchase Slim Jim trolleys or dollies to keep all three waste streams together. Some times the facility rooms are rented for special events so the mobile Slim Jim stations would be convenient to store and to use.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelli Sequest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168765393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County desires to utilize the grant funds to procure SB 1383 compliant recycling and organics carts for deployment to our curbside residential customers.  This will assist Sacramento County in achieving residential cart compliance sooner than the 2036 requirement.  Notably, we expect that this will have a positive impact on our customer behavior such that it will increase participation in the program and reduce contamination since customers will have properly colored and labeled carts that clearly indicate what can and cannot be accepted in each cart.  Additionally, Sacramento County intends to use the grant funds to procure compost as part of it compost giveaway program.  This will assist Sacramento County in achieving its annual procurement target.  Sacramento County established a compost giveaway pilot program in Spring 2023 at one site and it was a great success with our residents.  Sacramento County desires to expand that program to additional sites throughout the County so that our residents are better served by added convenience and accessibility to the compost piles.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Imperial Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wbaldo Arellano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6194244095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds will be used to primarily fund all the requirements associated with the implementation of the City's edible food recovery program including Education and Outreach, Inspection and Enforcement, Record Keeping, Tier Identification and Capacity Planning. Additionally, funds will be used for edible food recovery program evaluation and gap analysis if it is determined that the San Diego County region has a shortfall in its Edible Food Recovery capacity.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mountain View</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Cutter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6509036033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City participates in a countywide edible food recovery program to meet the requirements of SB 1383. Each member agency contributes to the overall costs of the program contractor, Joint Venture Silicon Valley, to operate the food recovery program. These grant funds will be allocated to support the base program for fiscal years 2024-2025 and 2025-2026. Food recovery program enhancement projects in fiscal year 2024-2025 will aid food recovery efforts at our schools by providing supplies (e.g., ice packs) to defray the costs of program implementation. Other enhancement project activities include an expansion of donation reverse logistics through outreach and pilot programs so that recovered food can stay in the county.
+To meet Mountain View's organic waste product procurement targets required by SB 1383, the City will utilize grant funds to help reach our 2024 and 2025 procurement targets. The City proposes to contract with a third-party direct service provider to get SB 1383 compliant compost to farms and ranches and who will maintain records that the City can use in annual reporting.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Encinitas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erik Steenblock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7606332108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to primarily fund requirements associated with the implementation of the City's Edible Food Recovery program including Education and Outreach, Inspection and Enforcement, Record Keeping, Tier Identification and Capacity Planning. Additionally, funds will be used for Edible Food Recovery program evaluation and gap analysis if it is determined that the San Diego County region has a shortfall in its Edible Food Recovery capacity.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Wildomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jason Farag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516777751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Wildomar aims to launch a comprehensive compost and mulch program that will enhance the community's environmental health and resilience.  Utilization of compost and mulch will facilitate a range of multi-benefit projects for residents entailing: Landscape Enhancement, Erosion Control and Water Quality Improvement.   A total of $39,675 is allocated for compost acquisition - 529 tons, with $39,560 allocated for the procurement of mulch- 430 yards, including installation, totaling $79,235.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Parvati Proffitt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2134853148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles Sanitation &amp; Environment (LASAN) is responsible for the collection and disposal of solid waste throughout the City of Los Angeles. LASAN offers the OrganicsLA program to the residents of the City, which allows them to recycle organic waste through their curbside green bin. To further reduce landfill organic waste, LASAN is committed to increasing edible food recovery, conducting outreach campaigns based on waste characterization studies, and monitoring contamination. The goal is to educate the public, decrease the amount of organic waste sent to landfills, and increase efforts for edible food recovery. These efforts will help to distribute edible food to disadvantaged communities and enable the City of Los Angeles to meet state and City goals of diverting organic waste from landfills. LASAN's proposed grant project includes ten tasks that are detailed below.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Capucine Hernandez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263082825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>If approved, a portion of the SB 1383 Local Assistance Grand funds would be used to purchase equipment for local Food Recovery Organizations (FROs) located in San Gabriel. These FROs are small non-profit organizations that are in need of equipment. Funds will also be used for City staff time/labor for administrative tasks related to SB1383, and recycled office products procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Napa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Napa will use SB 1383 Local Assistant Grant Program funds to aid in the implementation of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016. Funds will be used to assist the City of Napa with the implementation of regulation requirements associated with SB 1383. Funds will go toward new collection equipment, specifically toward the purchase of new outdoor recycling and compost collection carts to collect organic waste from residential and/or commercial customers. City of Napa will use Grant funds to purchase 1,404 new outdoor recycling and compost carts with in mold cart decals to replace old containers that are past their useful life. Additional funds will be used for the purchase of updated outdoor recycling and compost decals (stickers) that will be applied to all residential recycling and compost carts in the field that are not past their useful life. Total carts in need of decals is approximately 45,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Burlingame</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sigalle Michael</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6505587274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ojai</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lindy Palmer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056465581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the January 1, 2024 start of the SB 1383 enforcement mandate, the City of Ojai is responsible for implementing the SB 1383 Ordinance in their communities and must coordinate with  county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency-based solid waste program push in the last 30 years.  Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate.  This grant provides the City with opportunities to focus on the issues critical to the success of waste Diversion and capture programs.  
+Ojai’s responsibilities include the following:
+•Implementation of SB 1383 organics collection, recycling and edible food recovery programs.   This program will occur in all sectors residential and commercial and all 3 services are now automatically provided.  
+•Establishing an edible food recovery program in cooperation with local agencies and larger edible food waste generators.  
+•Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments  
+•Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity. Procuring does not necessarily mean purchasing. 
+•Inspection and enforcement compliance with SB 1383. Edible food generator inspections can be combined with existing health inspections.
+•Maintaining accurate and timely records of SB 1383 compliance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Camarillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carmen Nichols</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053885679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the SB 1383 enforcement mandate beginning January 1, 2024, our City is responsible for implementing the SB 1383 Ordinance in our communities and must coordinate continued compliance with City and County planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.
+The implementation of this organics program is the largest agency based solid waste program initiative in the last 30 years. Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate. This grant provides funding assistant to local jurisdictions, creating opportunities to address critical issues to further the success of their individual organics programs and diversion/capture programs, that meets regulation requirements.
+Our City responsibilities include the following:
+•Implementation of SB 1383 organics collection, recycling and edible food recovery programs.  This program will occur in all sectors of residential and commercial areas and all 3 services are now automatically provided. 
+•Establishing an edible food recovery program in coordination with local agencies and larger edible food waste generators.  
+•Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and City/County departments.  
+•Procuring recycled organic waste products including compost, mulch, renewable natural gas (RNG), electricity, and recycled paper and paper products. Procuring does not necessarily mean purchasing.
+•Inspecting and enforcement in compliance with SB 1383. Edible food generator inspections can be combined with existing health inspections.
+•Maintaining accurate and timely records of SB 1383 enforcement and compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Huntington Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. DEBRA JUBINSKY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143745321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Huntington Beach proposes to use the Grant Funds to utilize a consultant who will provide technical assistance and support with Recordkeeping, Franchise Agreement contract management and compliance monitoring, and Edible Food Recovery compliance. Additionally, Grant Funds will be used for the labor, hauling, equipment and supplies for the setup and operation of a permanent public compost giveaway station.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Coronado</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ofelia Andrade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6195227381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to promote, educate, and provide resources to residents and businesses to aid them in complying with SB 1383; to procure professional services to assist the City with inspection and enforcement of Edible Food Recovery program; and to procure recovered organic waste products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Gustine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Jami Westervelt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098546471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the proposed grant project, the City of Gustine would be able to 1) obtain equipment that may take years to budget for/obtain; the equipment is a steer skid loader that will help with the unloading/loading and movement of organics waste products (i.e. compost) that will then be spread on public parks and other City-owned areas; equipment would also include indoor/outdoor collection containers for City-owned public spaces (such as the parks and the downtown area), for special events that take place within the City, and for local businesses to make available to their staff and patrons; 2) the proposed grant project will assist the City in procuring its Procurement Target Goals of compost from an organics waste processing facility; and 3) the proposed grant project will help with Consultant costs for grant administration and SB1383 Sit Visits/Inspections, Program Evaluation/Compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Cerrito</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Leard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102154338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We intend to use funds for an SB 1383 outreach campaign that includes design of truck billboards/signs to go on our curbside recycling trucks and the garbage and organics trucks of our franchised hauler, East Bay Sanitary. We will also have outreach designed for advertising at the 2 BART stations in El Cerrito that will run for 4 weeks per cycle for a total of 2 cycles during the grant term. 
+We also plan to use funds to purchase additional compost for our monthly compost giveaways that often run out within half a day in peak season. We plan to double the amount of compost for the giveaways 6 months of each year of the grant cycle (during peak season). 
+Lastly, funds will be used to pay for a part-time Environmental Intern to assist with executing the outreach and education activites associated with this grant.   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Karina Alcala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317554505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County Environmental Health Bureau grant project description activities will include personnel time collection, admin cost, equipment, education, and outreach. The personnel time will cover county staff when going out and conducting education and outreach such as waste assessment site visits presentations trainings and will now include inspections for enforcement for organics waste generators along with Tier 1 &amp; Tier 2 edible food generators. The administrative cost will help support a Recycling Resource Recovery Specialist and the Accountant II as they will be the staff that will be managing the grant, managing projects purchasing and reporting. The County is also allocating funding towards the collection component for the pre purchase of a two-year subscription of the careIt app. This app was purchased with the previous funding, and we plan to continue paying for the subscription as all the other jurisdictions within the county are already using it to help build our edible food recovery capacity. Another project we plan on allocate funding towards would be the purchase of 23-gallon slim jims used for organic waste. This would be a pilot program specifically targeting schools and potentially some commercial generators. the county would reach out to the schools to help implement organic services if they have not already done so. Slim jims would be provided during the training for the kitchen staff. County is also allocating funding towards educational and outreach this component will continue supporting the partnership we have with the western and eastern Technical Assistant Committees (TAC) groups that support with education and outreach and other resources within the county. It will also continue supporting compliance letters, radio ads, display ads, social media, Flyers, brochures, and PowerPoint presentations. The outreach component will support staff when needed to provide waste assessments trainings for organic waste and edible food recovery, Community presentations, HOA presentations. Funding allocated for equipment would cover PPE such as gloves hard hat steel toe boots safety glasses safety vest, safety jackets and potentially iPad accessories such as keyboards.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paige Vandegrift</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596247209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds requested will be used for implementation and completion of SB 1383 programs and projects. Costs incurred will include Administrative Costs related to consulting fees on projects such as Hauler Franchise Agreement Amendments and any other actions that may be presented to the Tulare County Board of Supervisor. Remaining funding allocated to administrative costs will go towards administrative hours worked on SB 1383 tasks and actions, including but not limited to: Education and Outreach, recordkeeping, management of County Website content, compliance, and communication with consultants and Franchise Haulers. Remaining grand funds will be allocated to expansion of compost and organics recycling infrastructure through design and permitting of a proposed compost facility, as well as funding personnel positions that will be staffed at this facility. These funds will assist the County with effective implementation of the aformentioned actions and projects.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Lucia Community Services District</x:t>
   </x:si>
   <x:si>
     <x:t> Aimee Dahle</x:t>
   </x:si>
   <x:si>
     <x:t>8316206780</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Santa Lucia Community Services Special District would be honored to receive grant funding for the necessary tools required for the implementation of food waste collections within the district for homeowners and restaurants. This initial funding would go directly towards the purchase of a rolloff dumpster, mobile cart lifter, food waste bins and other personal protective equipment required for safe handling of food wastes. In conjunction with the physical tools required to get the program off the ground, the district will also need funds to facilitate proper training and community outreach as well as continued community education as the program grows, and direct two current staff members to collections of food waste by shuffling tasks to accommodate one 10 hour day per week for both staff members for collections and bin cleaning.</x:t>
   </x:si>
   <x:si>
+    <x:t>City of Vacaville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matthew-Jordan Santos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074696507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Vacaville  will utilize the total amount of SB 1383 Local Assistance Grant Program funds to support the following various SB 1383 related programming activities. The City's use of grant funds will primarily focus on procurement requirements and recordkeeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lake Forest</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christine Groves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494613571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lake Forest intends to utilize grant funds to support its SB 1383 program by purchasing record keeping software and utilizing staff or contracted professional services for outreach, education, inspection, and enforcement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kensington Police Protection and Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Aranda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613001231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Kensington Police Protection and Community Services District will be using SB1383 Grant Funding to conduct an analysis of the Districts current SB1383 programs to determine areas of need and support for program implementation.  The District will work with a consultant and its hauler to determine gaps in implementation and develop programs that will satisfy those needs.  There will also be a focus on developing enhanced multifamily collection of organics and recycling as well as educational and outreach support to ensure any programs implemented are successful.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Quinta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Gilbert Villalpando</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607777094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of La Quinta SB 1383 grant project will implement a communitywide sustainability program that will bolster its current programs and successes as we approach our commercial and residential covered generators with supportive equipment and outreach assets that will ultimately harness continued community environmental stewardship to our already committed citywide constituents that live, work and play in our city. The city will approach its grant management with supportive equipment and aid to our Edible Food Recovery efforts in our community that will help reduce the amount of food waste and increase edible food recovery. In addition, the city will provide a mission-to-sustainable pilot program for our covered commercial generators that will provide relief to staff with collection equipment, and container labeling, reducing staff strain while reducing contamination. Also, in an effort to aid our multifamily and shopping center with additional education, the city proposed enclosure signage to increase recycling awareness and participation; the ultimate goal is to create additional assets to educate participants on how to recycle correctly.  Lastly, this includes a community sustainability supportive approach aimed to increase support to our local businesses with their waste reduction efforts by providing a sustainable approach to their serverware and reducing single-use cutlery. Our dedicated Organics Compliance Officer's goal is to introduce these initiatives, monitor for participation, and inspect for compliance. Together, the ultimate goal for this grant project is to create a community that naturally supports our sustainability goals while contributing to our state's diversion and climate change goals. Edible Food Recovery is an integral part of the city's long-standing program to feed community members in need while helping the city meet its SB 1383 Edible Food Recovery goals. The Organics Recycling Officer is an essential member of the city and community, as we provide valuable education, outreach, monitoring, inspections, and in the near future enforcement actions to ensure we are compliant and moving toward being a leader in Organics Recycling in the State of California with our Strong but Supportive covered generators approach to recycling programs. Education and outreach are critical to informing our city about recycling services and program participation. As we move into enforcement in 2024, it will be critical to provide our constituents with important recycling information to avoid any compliance matters. Equipment is part of our strong and supportive approach to our commercial covered generators as it has garnered a unique relationship between our business community and the City, maximizing our program participation and welcoming the use of recycling programs, especially as economic and staffing continue to be a challenge for business owners. Lastly, procurement assistance provides the city with financial assistance as we meet our SB 1383 recovered organic product programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paula Borges-Fujimoto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6504965914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City is requesting to receive up to $75,000 in funding assistance through CalRecycle’s non-competitive SB 1383 Local Assistance grant program. The grant funds will provide funding assistance to the City in its purchase of recovered organic waste products and help fund outreach to the community mandated by SB 1383. SB 1383 requires municipalities across the state to procure a certain amount of “recovered organic waste products” such as compost, mulch, renewable natural gas, or power from anaerobic digesters or biomass conversion. Staff plans to also use grant monies to cover expenses associated with providing outreach to the residential and business community on SB 1383 such as the requirements for source separation of waste materials and the recovery of edible food recovery.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Brockbank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256552911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County plans to utilize SB 1383 local assistance funds to cover various costs associated with implementing, monitoring and enforcement activities related to SB 1383. 
+Funding may be used to pay county staff and/or other consultants to assist with SB 1383 related programs, which may include, but is not limited to reviewing waivers, helping generators comply with organics collection programs, implementing edible food programs, developing waste characterization studies, procurement of recovered organic waste products, food waste assessments, technical assistance for Edible Food Recovery Organizations and Services, capacity studies, as well as designing outreach and education. Funding may also be used for County staff time, Code Enforcement and Environmental Health staff for training as well as conducting inspections, identifying violations, and developing/implementing enforcement programs. Lastly, funding may also be applied to staff costs associated with administering these funds in compliance with the applicable requirements, which includes tracking and reporting expenditures, as well as providing overall program support.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> April Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6199363770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of San Diego’s Department of Public Works (DPW) Solid Waste Planning and Recycling section is responsible for diverting waste from the unincorporated areas of San Diego County, with the goal of 75% waste diversion by 2025 and 80% by 2030. DPW has actively spearheaded SB 1383 programs countywide, including food recovery, capacity planning, organics collection services, promotion of recovered organics products, composting training, paper procurement, and general education to residents and businesses. The County has also been a leader in edible food recovery planning by chairing a countywide working group, creating edible food capacity planning tools, assisting CalRecycle in the design of similar tools and presenting at several CalRecycle training webinars.  Funds from the SB 1383 Local Assistance Grant Program will be used by the County for the following programs: Education &amp; Outreach, Edible Food Recovery Personnel, Personnel, Procurement and Record Keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Burbank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Michelle Hoffmann</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8182383911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Purchase of compost to reach Burbank's procurement requirement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cathedral City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Deanna Pressgrove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607700369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The city of Cathedral City is partnering with FIND Food Bank to help meet regulatory requirements and provide support to the Cathedral City Edible Food Recovery Program. FIND Food Bank is the Coachella Valley’s Regional Food Bank and has been operating since 1983. FIND has expertise, established systems, a network of volunteers and a history of providing food assistance directly, as well as distribution through other non-profit organizations.  A partnership with FIND food bank will help the city and its edible food generators meet the SB-1383 requirements.   
+Cathedral City’s Edible Food Recovery Program will include:  
+•Food Rescue Contract management for each establishment.  
+•Food Rescue Management including:  
+oFood Recuse logistics. 
+oFood Rescue Donation receipts for possible tax deductions 
+oFood Rescue transportation 
+oFood Rescue Food Recall System 
+oFood Rescue Food Distribution Site training 
+•Establishment Training and Coordination. 
+•Volunteer Training and Coordination.
+•Food Distribution Site Coordination. 
+•Food Rescue Volunteer Program Management. 
+•Volunteer Training. 
+•Volunteer Food Rescue Coordination. 
+•Food Rescue Mobile APP Platform Management. 
+•Baseline Report of pounds rescued by establishment. 
+•Ongoing Quarterly reports of pounds rescued by establishment to jurisdiction. 
+•Ongoing Quarterly reports of pounds rescued to establishment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Leandro</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sheila Marquises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105773433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will utilize grant funds received to perform a gap analysis on various SB 1383 programs, develop plans to address any compliance gaps or program enhancements, and implement compliance plans and enhancements. The City intends to hire a third-party consultant to perform a comprehensive gap analysis of all the City's program areas related to SB 1383. The consultant will develop a detailed implementation plan that City staff will use to close any compliance gaps and implement program enhancements. Once this plan is in place, the City will use additional funds to procure third-party consultant services to implement recommended changes identified in the implementation plan. The City will focus our efforts on recordkeeping and reporting, the C&amp;D and MWELO programs, oversight of 1383 obligations delegated to the City's franchise hauler, and procurement. The City will receive tools and resources necessary to efficiently monitor compliance over time, despite our limited staff resources, and to address any issues quickly as they arise.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Livingston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Adabel Pirita</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093948044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the proposed grant project, the City of Livingston would be able to purchase equipment, collection bins and to continue utilizing the services of a consultant to help with SB1383 program evaluation, site visits/inspections and other program compliance. For equipment, the City would be able to obtain equipment that may take years to budget for/obtain; the equipment would be a Kubota loader (or comparable piece of equipment) that will unload/load and move procured organics waste products (i.e. compost) and an Earth &amp; Turf "pull-behind" compost spreader to spread compost on public parks and other City-owned areas. The City would also be able to purchase more indoor/outdoor collection containers for City-owned public spaces (such as the parks and around City buildings) and for special events that take place within the City; the containers would be for the collection of Organics and Recyclables throughout the City's public areas. Lastly, the proposed grant project will help with Consultant costs for grant administration and SB1383 Site Visits/Inspections, Program Evaluation/Compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Daly City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leilani Ramos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6509918101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term.
+While the City’s primary focus is to explore a mix of options that will meet our annual procurement targets, fulfilling this target with just compost alone will far exceed that which is used and needed by the City. By partnering on a regional effort with the County of San Mateo and local jurisdictions, we will meet a portion of our procurement target. New equipment purchases will assist City staff in spreading mulch across City-owned greenspaces in hopes to meet more than 50% of its annual procurement amount. The City also wants to prioritize recordkeeping requirements through a joint effort with its waste hauler, Republic Services, as well as extend education and outreach to grade school youth in Daly City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lynwood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julian Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3106030220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Lynwood deems the SB 1383 Local Assistance Grant Program funding as a valuable resource to assist in complying with SB 1383 program regulations, while promoting the goals of reducing methane gas, increasing public awareness, and perhaps, most importantly, increasing recovery by 20% of disposed edible food for human consumption by January 1, 2025.
+Multiple tasks, some of which carry over from the previous funding cycle for FY21/22, will be implemented and/or expanded using the financial resources available to the City under the FY22/23 funding cycle. 
+For example, by the continuation of careful capacity planning, along with increasing the management of organics, the City could identify alternative facilities and/or emerging technologies for processing the organics generated within Lynwood.
+Multi-lingual educational materials, such as fliers, brochures, email blasts, residential/commercial door hangers and informational handouts at City Hall, City Facilities, local Schools, Events and Outreach opportunities, represent a significant priority, receiving an approximate 20% allocation, or $25k.
+As a catalyst, more frequent site visits will be conducted at commercial generators to increase program participation, raise recovery levels, and verify that food rescue operations are running optimally under alliances between edible food donors and local food recovery organizations.
+The funding will be also be expended to upgrade recordkeeping software, utilized, in part, to match edible food donors with local food banks.
+During this grant cycle, the City will remain hyper-focused on Compliance and Enforcement. As stated above, this will entail more frequent site visits and heightened vigilance over generator practices to isolate program gaps, mitigate levels of contamination, measure volumes, produce cleaner streams of recyclable commodities, and identify immediate opportunities to drive greater organics recovery.
+Citywide SB 1383 program success will be fortified by the prudent expenditure of the estimated funds available to the City during the FY22/23 funding cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fountain Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Soumelia Gountoumas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145934441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Purchasing compost/mulch/socks related to SB1383 implementation, customization of app or software, waste audits, purchasing in-mold labels and/or stickers related to SB1383 implementation, transportation services for the procurement of compost/mulch, administrative support related to SB1383 implementation, education and outreach for local schools, purchasing a billboard signage, consulting services related to SB1383 activities.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marin City Community Services District</x:t>
   </x:si>
   <x:si>
     <x:t> Juanita Edwards</x:t>
   </x:si>
   <x:si>
     <x:t>4153321441</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Marin City Community Services District will be using SB1383 Grant Funding to conduct an analysis of the Districts current SB1383 programs to determine areas of need and support for program implementation.  The District will work with a consultant and its hauler to determine gaps in implementation and develop programs that will satisfy those needs.  There will also be a focus on developing enhanced multifamily collection of organics and recycling as well as educational and outreach support and events to ensure any programs implemented are accepted by the community and are successful.</x:t>
   </x:si>
   <x:si>
-    <x:t>Kensington Police Protection and Community Services District</x:t>
-[...8 lines deleted...]
-    <x:t>The Kensington Police Protection and Community Services District will be using SB1383 Grant Funding to conduct an analysis of the Districts current SB1383 programs to determine areas of need and support for program implementation.  The District will work with a consultant and its hauler to determine gaps in implementation and develop programs that will satisfy those needs.  There will also be a focus on developing enhanced multifamily collection of organics and recycling as well as educational and outreach support to ensure any programs implemented are successful.</x:t>
+    <x:t>City of Visalia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jason Serpa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597134533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds requested under this application will be used for continued education of the public using residential signage for solid waste trucks and commercial recycling receptacles for new/starting businesses within the City limits.  In addition, a new solid waste truck for compost and food waste routes will be procured using the funds to pay for a portion of the truck with the City paying for the approximate 50% remainder of the cost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Millbrae</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Pappajohn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6502592444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term.
+We will be purchasing source separated green containers for our City Parks and public right of way locations to separate organic waste in support of SB 1383 compliance. Our City Parks staff and City Collections staff will collect the green waste from the green containers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Woods</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nadia Cook</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496390552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to support several key SB 1383-related programs within the City of Laguna Woods (City) – procurement of recovered organic waste products, edible food recovery services, SB 1383 compliance enforcement, solid waste and recycling program public education and outreach, and organics recycling and non-organics recycling programs.
+Procurement - grant funds will be used to support the procurement of SB 1383-compliant mulch from the Golden Rain Foundation of Laguna Woods (GRF). The City’s procurement of mulch not only enables the City to meet its recovered organics procurement target, but also provides a benefit to GRF (and, by extension, the residents of Laguna Woods Village who pay assessments to GRF) by financially assisting with the operation of GRF's composting facility and provides environmental benefits by ensuring that mulch produced within the City’s jurisdiction is used locally, with common benefits such as enhancing soil quality. 
+Edible Food Recovery Services - grant funds will be used to support continuation of edible food recovery compliance assistance through the City's agreement with Abound Food Care. Abound Food Care staff will continue to inspect Tier 1 and 2 edible food waste generators for compliance with SB 1383, educate Tier 1 and 2 generators on edible food waste generator requirements, and provide as-needed SB 1383 compliance assistance. 
+SB 1383 Compliance Enforcement - grant funds will be used to enforce SB 1383 programs for waste generators within the City. Enforcement activities will entail as-needed inspection of certain waste generators, SB 1383 outreach, and issuance of any administrative citations and civil fines.  
+Solid Waste and Recycling Program Public Education and Outreach - the City plans to use grant funds to continue to enhance the City’s SB 1383-related public education and outreach program. The City will provide financial assistance to multifamily residential property owners and managers for recycling program promotional materials for use at community events. The City plans to also create, produce, and distribute a mixture of new communication tools determined to be necessary or advantageous for the City's compliance with SB 1383.   
+Organics Recycling and Non-Organics Recycling Programs - grant funds will be used for an important project intended to increase organics recycling and non-organics recycling program participation within Laguna Woods Village. Grant funding will be used to create and install identification signage at over 400 shared waste enclosures within Laguna Woods Village. Signs will include a unique enclosure number and indicate whether recycling and/or organics recycling is accepted at the enclosure. Enclosure signage is anticipated to assist Laguna Woods Village residents with locating their nearest shared organics and non-organics recycling container, assist the City’s hauler with providing more efficient organics and non-organics recycling container replacements and deliveries, and improve servicing of organics and non-organics recycling containers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rolling Hills Estates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Gabrielle Swain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103771577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be used to fund organic waste collection, edible food recovery, education and outreach, enforcement and inspection, program evaluation/gap analysis, procurement requirements, and record keeping and towards consultant fees to enhance compliance.</x:t>
   </x:si>
   <x:si>
     <x:t>Humboldt County</x:t>
   </x:si>
   <x:si>
     <x:t> Thomas Mattson</x:t>
   </x:si>
   <x:si>
     <x:t>7074457652</x:t>
   </x:si>
   <x:si>
     <x:t>The Green Humboldt Initiative is a pioneering project dedicated to meeting the challenges posed by California’s SB1383 regulations through innovative organic waste reduction and food recovery strategies. This initiative is designed to significantly minimize the amount of organic waste reaching landfills, thereby reducing methane emissions and contributing to the fight against climate change.
 Our comprehensive approach encompasses the development of infrastructure for edible food recovery, the expansion of composting facilities, and the procurement of essential equipment. We aim to transform organic waste management practices within Humboldt County by introducing advanced composting techniques, promoting widespread community participation, and fostering sustainable food systems.
 At the heart of our proposal is the Harvest Humboldt Edible Food Recovery Program, which will establish a network of refrigerated food recovery hubs, enabling us to redirect surplus food from landfills to community members in need. This program will be complemented by extensive training and employment opportunities for county residents, emphasizing food safety and compliance with regulatory standards.
 In tandem, we will engage in Capacity Planning for Humboldt Composting and Anaerobic Digester Facilities to enhance our ability to process organic waste efficiently. The project will finance the procurement of state-of-the-art composting equipment for the Humboldt Correctional Facility and other county departments, ensuring the effective decomposition of organic materials.
 Our Organics Procurement and Mulch/Compost Coupon Discount Program will incentivize the use of locally sourced compost, reducing the carbon footprint associated with waste transportation and supporting local agriculture. Education and outreach efforts will drive the adoption of eco-friendly landscaping practices across residential and commercial sectors.
 A robust enforcement and monitoring framework will ensure adherence to SB1383 mandates, with allocated funds supporting the costs of enforcement personnel and the development of comprehensive tracking systems.
 Finally, Public Awareness, Engagement, Education, and Outreach Programs will serve to cultivate a culture of environmental responsibility, leveraging workshops, seminars, and public campaigns to embed sustainable waste management practices within the fabric of our community.
 This multi-dimensional initiative promises not just to fulfill but to exceed SB1383 requirements, positioning Humboldt County as a leader in environmental stewardship and community resilience. Through the SB1383 Grant, we will secure the necessary resources to launch and sustain these vital programs, making a lasting impact on our environment and society.</x:t>
   </x:si>
   <x:si>
+    <x:t>City of San Mateo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jack Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6505227346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of San Mateo spent the full awarded $275,609 to procure compost and for implement SB 1383 compliance. The grantee procured compost both directly and through participation in the San Mateo County Resource Conservation District Compost Broker Project. They used funds for SB 1383 program development, including improving the Implementation Record, issuing warning and citations to 400 non-compliant residential and commercial accounts, working with each city department on procurement requirements, and evaluating how procurement can assist in reaching greenhouse gas reduction requirements from their Climate Action Plan.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xochitl Huerta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093343357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The SB1383 Local Assistance grant funds will be used to produce, print, and mail organics outreach materials educating the public about the organics recycling requirements. There will also be outreach activities to local schools using the grant to educate local students about the importance of organics recycling and how to properly sort organics in their homes.
+The funds will also be used to provide recycling materials including reusable food scrapers and kitchen food scrap containers to assist single-family residents and commercial food establishments with organics recycling of food. The grant will also be used to purchase a database for compliance tracking activities including implementation records and field activities. Consultant services for compliance outreach activities and inspections will also be obtained utilizing the funds. 
+The City's legal counsel will also continue to be involved in the ongoing changes of the franchise agreement to maintain compliance with SB 1383 regulations. Continuous rate review and consultation will also be obtained using the grant as needed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Juan Capistrano</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Noreen Swiontek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494874307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procurement of compost/mulch for City beautification projects throughout city parks, medians, parkways, etc. Projects include transportation and installation expenses.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chico will use all allocated 1383 Local Assistant Grant Program funds to aid in the implementation of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016. Funds will be used to assist the City of Chico with the implementation of regulation requirements associated with SB 1383. Funds will go toward personnel and consultant fees to assist the City with the needed Capacity Planning, Procurement Requirements, Record Keeping, Enforcement and Inspection, Program Evaluation/Gap Analysis. Additional funding will be used for 1). Education, including toolkits, posters signage and compliance letters; 2). Equipment, indoor collection containers of various sizes (1.9 to 32 gallon) to help residential and commercial businesses to easily collect organics, 3).to implement a coordinated countywide SB 1383 edible food recovery program, and 4) Funds offset the purchase cost of procurement required material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Calabasas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marina Issakhani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8182241682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds received from this grant will be used for a consultant and personnel to conduct program implementation, evaluation and compliance monitoring.  Funds will also be expended on education and outreach materials, collection materials, and procurement of recovered organic products. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Oscar Ortiz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093854678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Merced will be allocating its SB 1383 Local Assistance Grant Funding to a contract with a consultant for SB1383 program analysis and implementation planning.  Gaps in SB1383 compliant services will be identified and programs will be developed to fill those needs.  Edible Food Recovery funding will also be directed to capacity planning and to the development of a edible food recovery program that includes outreach to food generating businesses and food recovery organizations.  Additionally, the County will fund Recovered Organic Waste Product Procurement.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Montara Water &amp; Sanitary District</x:t>
   </x:si>
   <x:si>
     <x:t> Tracy Beardsley</x:t>
   </x:si>
   <x:si>
     <x:t>6507283545</x:t>
   </x:si>
   <x:si>
     <x:t>Our district would like to use the grant funds for education and outreach in our community. We plan to mail out postcards and information about recycling and composting and remind people what materials are acceptable for recycling and composting. We also plan to provide recycle and compostable bins to the school for their classrooms and facilities. Introducing and teaching children the importance of recycling from a young age will encourage them to continue recycling and composting as adults. Our children are our future, and we want to ensure that they do their part in keeping our environment clean.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Mountain House</x:t>
-[...8 lines deleted...]
-    <x:t>Funds will be used for procurement requirements, education and outreach, and enforcement and inspection.</x:t>
+    <x:t>City of Big Bear Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Sean Sullivan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098665831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City plans on using this funding for procurement of recycled/recovered organic waste products such as mulch or compost, and printing and postage for letters and/or brochures to residential and commercial generators about SB 1383 compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redding</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Clemens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302246207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Redding intends to use the grant funds to assist with edible food recovery, program tracking, outreach and education and supplies to encourage the residential customers to separate food waste in order to add it to the existing green waste bins. There is a lot of information to get out to the public to help educate citizens about SB 1383 and how to comply. in addition, funds will also be used to support local efforts to recover edible food and transport it to distribution points.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Seal Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lauren Barich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5624312527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Seal Beach will use the grant funding to assist with the implementation of regulation requirements associated with SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Martinez</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael Cass</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253723515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project focuses on implementing an extensive educational and outreach campaign for SB1383 compliance. Education and outreach activities include design, installation, and distribution of signage, brochures, and flyers, as well as website updates, and billboard advertisements. Grant funds will also support personnel costs, including consultants for SB 1383 compliance, edible food recovery program, recordkeeping and reporting, procurement, site visits and waiver evaluation, and on-call and miscellaneous support. Management Analyst and Sustainability Programs Assistant will engage in SB 1383 education and compliance support. Funding will also be allocated to pay for Tier One and Two Generator inspections. Additionally, funds will be used for interior bins for businesses.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Corcoran</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Greg Gatzka</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5599922151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implement two SB 1383 related local capacity projects that include: 1. Edible Food Recovery Capacity Planning/Gap Analysis Study as a first step towards evaluating and building local EFR services and connection; 2. Construction of a City operated compost bin to serve as a local supply station for compost derived from regional solid and green waste joint powers authority, and assist the City in developing service capacity to meet procurement targets.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Citrus Heights</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mary Poole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167274730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds are intended to support the City's portion of the Sacramento County Edible Food Recovery Program MOU, and related expenses; consultant and staffing services to support SB 1383 related compliance; and to assist with meeting procurement targets. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lemon Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christian Olivas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6198253813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will contract with a consultant(s) to do the following: one, assist with education and outreach related to organics and edible food recovery; two, conduct annual Inspections of commercial edible food generators and Food Recovery Organizations (FROs), including follow-up inspections; third, support compliance and enforcement by investigating and documenting complaints; fourth, meet recordkeeping requirements through the Implementation Record. Lastly, the City will use funds that pay for City personnel that will do the following: manage the grant project, conduct enforcement, and ensure procurement requirements are met through the purchase of mulch, compost, and/or recycled paper and paper products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dixon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louren Kotow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076787000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aid in the implementation of regulations adopted by CalRecycle in compliance with SB 1383 which establishes statewide targets to reduce the amount of organic waste disposal in landfills.  This includes but is not limited to education and outreach to both commercial and residential generators, program evaluation, gap analysis, capacity planning, enforcement and inspection, edible food recovery, procurement requirements, record keeping and/or continued support of consultants to assist the City with compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Woodlake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Emmanuel Llamas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595648055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will utilize funding to meet all of its SB1383 requirements. For example, funding will be help reach the City meet its procurement goals, provide education and outreach, and equipment. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Colfax</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Colfax will use their funds towards their relationship with Pioneer Energy to procure recovered organic waste attributes, negotiations with Recology to develop a plan for SB 1383 compliance and incorporate compliant organic waste collection in the franchise agreement, recordkeeping maintenance requirement under the regulations, developing outreach and education related to organic waste, and working the County and the Meal Pass App to provide connections with food distribution organizations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Puente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Troy Grunklee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268551500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of La Puente would like to begin an aggressive Education and Outreach Campaign. We will be looking into potential targeted animated video clip ads, billboards and/or Bus Ads. In addition, the City will also be looking into procurement purchases. Due to low staffing, the City would also like to contract for Consulting Services to perform the following tasks for the City :
+1. Compile Data and submit information for the City's Organics Capacity Plan
+2. Determine quarterly compliance and organic tonnage of Self and Third Party Haulers
+3. Coordinate Compost Giveaway &amp; Workshop Events
+4. Review EFG, FRO and Self Hauler reporting for compliance
+5. Oversee the Hauler's Contamination Audit
+6. Continue conducting Tier 1 &amp; 2 Surveys &amp; Inspections
+7. Coordinate SB 1383 Education &amp; Outreach Workshops
+8. Hold Department Head Procurement Meeting
+9. Oversee Procurement Target Progress
+10. Review and Process Waivers
+11. Oversee the Organics Enforcement Process 
+12. Maintain the Enforcement Log
+13. Reach Out to Recovery Organization
+14. Maintain the SB 1383 Information on the City's Website
+15. Perform Recordkeeping duties
+16. File SB 1383 Reports, including Food Recover, Compliance and Procurement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Westlake Village</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Westlake will use their funds to meet the regulatory requirements related to procuring recovered organic wastes. In addition, the City will devleop education and outreach for commercial businesses. The education and outreach plan will include a signage package and site visits.The funds will also be used for the administration of the grant including recordkeeping, reporting, and coordination with CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Auburn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Sharon Simpson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164379032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds to be used to facilitate Education and Outreach to commercial and residential customers regarding new requirements for organic waste and food recovery program. Will also be using funds to assist the City in meeting their procurement requirements, program evaluation, and record keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302657038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County will use their funds to complete the required edible food recovery and organic waste capacity study, further implement a Tier 2 edible food generator recovery program, and to conduct a robust education and outreach campaign in the County related to organic waste collection. Edible food recovery will involve additional research and work with a program such as MealPass to develop a connection between food generators and those in need.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South San Francisco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Marissa Garren</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6508778549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of South San Francisco will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term. 
+Another portion of funding will be utilized toward the purchase of SB 1383-compliant compost and mulch for community distribution events and for application in city parks, common green areas and community gardens. All compost purchased will assist the City in achieving its annual procurement target per SB 1383 jurisdictional requirements. 
+Other funding will be applied towards education and outreach for our South San Francisco residents and commercial properties on SB 1383 requirements, enforcement, and correct sorting for landfill waste vs. recycling and compost. This will be carried out through citywide mailers, social media posts, and the City's community channel. Staff will also utilize education and outreach portioned funding towards the continued purchase of kitchen compost pails to be distributed to all residential properties upon online application and verification of current organics service through the City's franchised hauler, which will also be mentioned in the citywide mailers, social media posts and the City's community channel. These kitchen compost pails will include printed information on and inside of them on correct sorting practices for organic waste, landfill waste, and recycling. 
+The last portion of funding will be utilized toward city staff time for SB 1383 record keeping of compliance efforts via procurement (contracts and purchasing) and the enforcement and inspection of residential and commercial properties in South San Francisco.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Coachella</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Celina Jimenez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603983502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Coachella would like to procure or purchase a "material spreader" hopper machine in order to spread composted organic material such as mulch, leaves, twigs, and grass clippings.  The City is also proposing to purchase a "back hoe" to load the mulch onto the material spreader hopper.  The finished compost is a soil amendment with a wide variety of nutrients, micronutrients, and organic matter, all of which benefit the soil, which will help Cal Recycle meet its disposal reduction goal required by SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Monte</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Chan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265802058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of El Monte would like to begin an aggressive Education and Outreach Campaign. We will be looking into potential targeted animated video clip ads, billboards and/or Bus Ads. The City will also be looking into procurement purchases as well as purchasing 2 fridges and 2 freezers for our 2 food pantry locations. Due to low staffing, the City would also like to contract for Consulting Services to perform the following tasks for the City :
+1. Compile Data and submit information for the City's Organics Capacity Plan
+2. Determine quarterly compliance and organic tonnage of Self and Third Party Haulers
+3. Coordinate Compost Giveaway &amp; Workshop Events
+4. Review EFG, FRO and Self Hauler reporting for compliance
+5. Oversee the Hauler's Contamination Audit
+6. Continue conducting Tier 1 &amp; 2 Surveys &amp; Inspections
+7. Coordinate SB 1383 Education &amp; Outreach Workshops
+8. Hold Department Head Procurement Meeting
+9. Oversee Procurement Target Progress
+10. Review and Process Waivers
+11. Oversee the Organics Enforcement Process 
+12. Maintain the Enforcement Log
+13. Reach Out to Recovery Organization
+14. Maintain the SB 1383 Information on the City's Website
+15. Perform Recordkeeping duties
+16. File SB 1383 Reports, including Food Recover, Compliance and Procurement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Carina McDonald</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098453645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With received grant funds, the City intends to purchase a "Pull-Behind" Compost Spreader to help spread procured compost over public areas (such as parks); equipment such as shovels and reusable supersack bags to help move and store compost; Indoor &amp; Outdoor Collection Containers (with signage) for food waste and recyclables, which will be placed in public areas such as parks and downtown, at special events held throughout the year within the City, and for businesses within the City limits to help their staff and customers keep food waste and recyclables separate from the trash; to do an Education/Outreach campaign of print and radio ads to inform the Public on organics recycling, including food waste recycling, and edible food recovery; to continue using consultant services to help with grant management and assistance with SB1383 Programs (such as program evaluation, site visits/inspections, education and program compliance); and to help the local Food Recovery Organization with things it may need for its program, such as shelving, scales, or other items needed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Mirage</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica L. Pulliam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603244511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Rancho Mirage is seeking to collaborate with FIND Food Bank to implement a streamlined Edible Food Recovery Program, aligning with SB-1383 regulations. FIND Food Bank's services include a formalized agreement, efficient donation coordination, comprehensive reporting, and app integration for local food service facilities. The City seeks grant funding to cover associated costs, anticipating an efficient and technology-driven program that not only meets compliance standards but also significantly reduces edible food waste, contributing to the city's sustainability objectives while minimizing the risk of SB-1383 non-compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Winters</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristine DeGuerre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307946760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Offset the cost for the City of Winters Edible Food Recovery Program and assist RISE, a recognized Food Recovery Organization, who provides Food Recovery Services in the City of Winters.  The City hopes to assist with food collection, personnel costs, equipment needs, education, procurement &amp; expansion of current programs.  We are also working with the Yolo Food Bank to determine the potential impact that SB 1383 has on their operation.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Coalinga</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mercedes Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5599351533</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The City of Coalinga will utilize the grand funds to help offset the costs related to complying with the procurement requirements of SB 1383. The City will utilize the funds to purchase compost. The City will use funds to produce and distribute education and outreach materials to residents and businesses regarding SB 1383 compliance requirements. Grant funds will be used to purchase kitchen top scrap pails for distribution to residential generators for the collection of organic waste for recycling. Personal protection equipment will be purchased using grant funds. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monterey Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xochitl Tipan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263071383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funds would be used to support the City's efforts for edible food recovery by funding its participation in the San Gabriel Valley Council of Governments (SGVCOG) Regional Food Recovery Program. Part of the funds would be used to conduct annual inspections for Tier 1 and Tier 2 edible food generators and food recovery organizations. The remaining funds would be used to support food recovery organizations, hubs, and personnel time dedicated to the regional program. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Capitola</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erika Senyk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314757300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In an effort led by the County of Santa Cruz, all 5 jurisdictions within the County have agreed to contribute a portion of funding provided by this grant to support food recovery organizations (FROs). Each jurisdiction will provide a percentage of its award, based on population, to support and expand the efforts of FROs operating in our region. The current plan is for the County to enter into written agreements with FROs and allocate the pooled funds from all five jurisdictions to help develop systems to comply with SB 1383 reporting requirements more easily as well as expand their operations overall. The City of Capitola plans to use the budget designated for 'Edible Food Recovery-Personnel' to help schools and other Tier2 generators comply with SB 1383, as well as continue outreach to Tier 1 generators and others.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Eureka</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Praszker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074414206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project includes 4 distinctive SB1383 implementation goals:
+Edible Food Recovery: A consultant is performing all Edible Food Recovery requirements for the City of Eureka including project management, capacity and compliance assessments and monitoring, public outreach and education, program development and communications, recordkeeping and reporting, and funding. Grant funds will be used to pay the consultant fees for these services.
+Procurement: Compost from recovered organic waste will be purchased and used in public landscaping and provided to the community for use. Grant funds will be used to pay for the transporting and purchasing of compost.
+Upgrade/Expansion: A feasibility study will be performed by a consultant for the siting of in-county processing of organic waste. Grant funds will be used to pay the consultant fees.
+Capacity Planning/Program Evaluation/Gap Analysis: A consultant will be providing overall SB1383 compliance services with an emphasis on the curbside collection of organics, including tasks such as franchise compliance, enforcement and diversion mechanisms, and funding recommendations and cost strategies. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fort Bragg</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alfredo Huerta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7079612823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fort Bragg is applying to the SB 1383 Local Assistance Grant program to assist with the implementation of regulation requirements associated with SB 1383. These funds will be used not only for administrative and enforcement efforts but also material procurement. The projects funded by this grant include but are not limited to organics collection, edible food recovery, education and outreach, procurement, capacity planning, and enforcement and inspections.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Calimesa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mari Shakir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9097959801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to purchase a skid steer with forklift attachment to disperse mulch and transport pallets at compost giveaway events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Buellton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rose Hess</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056860137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds requested will be utilized to contract with consultant to assist our small agency with program compliance and implementation. In addition funds are requested to assist our local Food Recovery agency with implementation efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Truckee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Erin Brewster</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305827903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant project would support three main areas of the Town of Truckee’s SB 1383 implementation efforts: record keeping, edible food recovery, and education and outreach. The primary goal of the projects funded by this request would be to develop lasting program support mechanisms that can be leveraged on an ongoing basis for implementation of SB 1383 locally in Truckee.
+The proposed project would support implementation of new recordkeeping software (Recyclist Program Tracker) to support the Town’s recordkeeping for commercial compliance reviews, outreach and engagement, SB 1383 waivers and AB 1826 exemptions, inspection and enforcement, and route reviews/contamination monitoring. This software will greatly improve the Town’s capacity to maintain and report these records for the CalRecycle EAR and the SB 1383 Implementation Record. 
+The project will also support improvements to Truckee’s edible food recovery program in two ways. First, some funds will be used for improvements to the region’s current edible food recovery organization, Sierra Community House. These funds would support the organization’s creation of a new food bank storefront that provides a shopping experience similar to a grocery store, rather than the traditional pre-packed drive-through food box distribution model. This storefront, allowing recipients to “shop” for the food they want, is expected to better support the individual needs and tastes of households and reduce food waste. Secondly, funds are requested to support initial setup costs for an edible food recovery app that is under consideration by the Town of Truckee and nearby unincorporated Placer County. Use of this app would greatly improve local capacity to support recovery of prepared food from Tier 2 generators, as existing local food recovery organizations do not have the capability to provide this service.
+The Town is also requesting funds to support design and distribution of educational materials about organic waste diversion and recycling to residents and businesses in Truckee. This would include residential program mailers, commercial bill inserts, and multifamily program guides, as well as design of new contamination tags to support route reviews. These materials will support ongoing education and outreach efforts with only minor modifications each year to reflect updated rates, dates, and any program changes.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Trinidad</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Angela Cather</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074997659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Trinidad is seeking local assistance grant money to help our small jurisdictions meet both the intent and letter of the state law SB 1383.  These funds will be used for us to cover personnel costs, edible food recovery, record keeping costs, and procurement of California sourced compost to meet our state required SB 1383 goals. We will fund the equipment for a backyard composting campaign in addition to supporting our Lion's club food rescue program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Gate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Arturo Cervantes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3235639576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds are proposed to be programmed to hire consultants to assist implementation of the SB 1383 with the enforcement operations, and best management practices and evaluate the recordkeeping requirement. 
+Also, to built on the SB 1383 outreach that has been conducted, and continue to build on social media  management, webhosting and  email campaigns. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palm Springs</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lindsey-paige McCloy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603238214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will use funding, if awarded, to help us establish our Tier 2 edible food recovery program.  We plan to work with our local food bank and food distribution organizations to identify, source, and develop best practices for distributing edible food from our Tier 2 generators to recipients in our jurisdiction.  By the end of the grant term, we plan to have all Tier 2 generators participating on an at least monthly basis. 
+We will also use funding to strengthen and standardize our Tier 1 food recovery program.  Both programs will be led by FIND Food Bank, our local and regional food bank.  The remaining funding will support training and marketing to build awareness of the program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Kingsburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Daniel Galvez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598971066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Kingsburg will utilize funds for grant administration, procurement of compost , procurement of recycled paper for all departments and compostable lunch trays, cups and trays for the Senior Lunch Program hosted by the City of Kingsburg Senior Center. The City will also purchase a new dump trailer to transport compost to City Properties and also purchase a towable compost spreader. The trailer and towable compost spreader will assist the Public Works Department to effectively and efficiently utilize the procured compost at City properties such as parks, median and planters.  The City will also continue to a regular intervals host free compost distribution events , a portion of the funds will be utilized to administer the funds. All grant activities will be administered by the Public Works Director. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Colton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Sutorus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093705561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds will be used for the purchase of interior and exterior  compost containers for commercial business, as well as labels, for commercial businesses, billboards, ads, banners throughout the city.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bellflower</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MR. Len Gorecki</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628041424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City intends on conducting increased site inspection of organics, residue and recycling containers for contamination in the commercial sector, including multifamily. We sill use this opportunity to to educate generators of the requirement to separate organic waste from other waste streams.
+Additionally, this will incorporate notices to correct, documentation of any contamination issues and report all activities including education and enforcement into a database program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Holtville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicholas Wells</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603562831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Use of these funds will further the objective of reducing the waste of surplus foods and minimize food insecurity in our community. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hughson</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carla Jauregui</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098834054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hughson is proposing to purchase necessary equipment, collection bins and to utilize the services of a consultant to help with SB1383 program evaluation, site visits/inspections and other program compliance. For equipment, the City of Hughson would like to obtain equipment that may take years to budget for/obtain; the equipment would be a Bobcat loader (or comparable piece of equipment) that will unload/load and move large amounts of procured compost to meet the Procurement Target Goals by helping to spread the compost on City-owned areas, and to make the compost available for the Public's use. The City would like to purchase collection containers for City-owned public spaces (such as the parks and around City buildings) and for special events that take place within the City; the containers would be for the collection of Organics and Recyclables throughout the City's public areas. Lastly, the proposed grant project will also help with Consultant costs for grant administration and SB1383 Site Visits/Inspections, Program Evaluation and Compliance. 
+There are not edible food recovery activities associated to this grant at this time due to an existing program that is currently already receiving funding to help with its operations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Avenal</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Antony V. López</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5593865766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Avenal SB1383 Food Recovery Plan:
+As the City continues to implement the new regulations surrounding SB 1383, one component that the City is faltering is its efforts to identify and assist with food recovery. Specifically, the nearest food bank is in Hanford, 45 minutes away, with no local space for food recovery storage. The primary food generators of grocery stores, and the school district, have no near-by location to supplement edible food recovery activities, or assist any potential partners like Kings Community Action Organization or the Central California Food Bank, to store extra food from food distributions. 
+Specifically, the City participates in 1 food distribution event with Avenal Rotary each month, and often, any extra foods need to be donated to local ranchers, as the City has no adequate space for food storage that could be redistributed to local seniors, or at future events. 
+The City's grant project would address this gap, by purchasing, and installing, a walk-in outdoor freezer at the Avenal Veterans Memorial Hall building, where most seniors participate in a daily program, and the un-housed go for resources. Extra food from food generators or after food distributions, would be stored here to be distributed either by the City itself, or one of three local non-profit partners that work with elderly populations or the un-housed. To further assist, a used pickup truck or van would be purchased to help move food from distribution sites or generation sites to the freezer, and likewise transport it to distribution sites when needed.  The rest of the funding would be used for indirect costs and admin costs for the code enforcement officer who would be in charge of this program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Monica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Carina Alvarado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104582201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed grant project has two core areas that build on the tactics and results of the first round of funding received by the city: education and outreach and tools for the community to act upon the information received through that education and outreach. Our education and outreach plan includes print and digital marketing (e.g. mailers and paid and organic social media), potential use of a graphic designer and a public relations or marketing firm, educational decals for blue and green carts and bins, and use of third-party vendors, such as FoodCycle LA and The EcoHero Show, to supplement the work of the city's small zero waste team to increase recycling rates and compliance through educational efforts directed at schools and food-related businesses (edible food recovery - tier one and tier two commercial edible food generators). Bilingual outreach in Spanish would be incorporated as much as possible.
+For school outreach, a vendor would provide an engaging educational experience in-person or streaming to either specific grades or the entire school. The edible food recovery activities performed by a vendor include onsite training to staff of tier one and tier two commercial edible food generators to package and store food properly to avoid spoilage, potential food collection, and assisting such businesses in gathering and reporting weight data. 
+Some tools we plan to purchase and distribute include kitchen pails for single-family and multi-family use and 23-gallon Slim Jim containers to aid the challenging recycling conditions within food-related businesses with tight kitchen spaces for organics collection and large multi-family buildings to be placed inside the trash room of each floor. When the containers are full, building management will take the materials to the building’s central trash enclosure area where the city-provided black, blue, and green bins are located.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modoc               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modoc County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chester Robertson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302337660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project consists of:
+Utilization of consultant, FTE Staff and Extra Help to implement planning, monitoring, and reporting of all aspects of 1383 local ordinance adopted by the Board of Supervisors. This primarily consisting of efforts regarding renewed effort at program establishment, evaluate and planning for the best process for organics recycling processing at the local transfer station/landfill which is currently presumed to be utilizing an intermodal continuous flow composting unit; education of stakeholders and partners in edible food recovery, recycling content procurement, and organics recycling. Staff and consultant time will also assist leveraging planning efforts into future project development and sustainable data collection and program reporting localized procedures. Project includes a small allocation of funds to implement small electronic food recycling at the correctional facility kitchen and a small demonstration unit to show single family generators as community events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kings County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Troy Hommerding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598522627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kings County Department of Public Health, Division of Environmental Health Services is seeking funding through the SB 1383 Local Assistance Grant Program to support the development of the Kings County FED (Food Education and Donations) program. The objective of Kings County FED is to develop education materials, reduce food waste, alleviate hunger, and build a sustainable food recovery network while complying with SB 1383 requirements. This program will primarily focus on enhancing education and outreach to Tier 1 and 2 facilities and generators in unincorporated areas, and educational support for other jurisdictions within Kings County. The Health Educator included in the budget will be responsible for developing and distributing educational materials to include but not limited to brochures, videos, and workshops, to raise awareness about the county’s Edible Food Recovery efforts. Additionally, the Health Educator along with the Environmental Health Officer I will work closely with local jurisdictions to create a supportive regulatory environment for edible food recovery activities, ensuring alignment with SB 1383 requirements. This will further support and foster partnerships with existing community organizations such as Kings Community Action Organization (KCAO) and Central California Food Bank while also conducting outreach to additional community organizations to strengthen the impact of the Kings County FED program for Edible Food Recovery activities and requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Westminster</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tuan Pham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145483456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Westminster will use this grant funding to help implement the SB1383 program.   Proposed use of this individual grant application will allocate funds for Equipment, Procurement and Administrative Costs.  The grant project seeks to purchase 3-container recycling stations and compostable liners to be placed in various public areas such as city buildings and city parks.  This will encourage visitors/staff at public spaces to participate in the recycling program.  Project also seek funds to be used for procurement of recycled content paper products including but not limited  to printing paper and janitorial supplies as well as recovered organics waste product, in support of procurement requirements</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Diamond Bar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tara Reyes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098397002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recovery of Edible Food</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Santa Margarita</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Howhannesian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496351800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Upon receiving grant funds from the SB 1383 Local Assistance Grant Program for FY 22-23, City staff will dedicate a large portion of the funds to go towards the remaining cost of a SB 1383 record keeping software (Recyclist or Minerva) that is to be purchased with previous funding. This software will assist with tracking service levels, inspections, audits, and outreach activities. The remaining funds are spread out almost evenly to accommodate for other plans. The City plans on using some funding to upgrade the Boys and Girls Club, and Age Well Senior Food Waste programs but purchasing cold storages, such as freezers and refrigerators. Funds will also go towards purchasing trash and recycling receptacles for the City Hall and/or the Community Services for city staff to utilize. The City may also dedicate funds towards consultant services to help enforce recycling programs and compliance, as well as funds to go towards social media outreach methods. These methods include flyers and/or social media campaigns to encourage participation of recycling programs for residents and businesses. Lastly, to help achieve our procurement goals, funds will be dedicated to services that help with purchasing compost/mulch for city use, such as handing out compost for residents during events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Costa Mesa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kevin Gaxiola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147545303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funding will be utilized to implement City enforcement program protocols, support two additional years of Edible Food Recovery program support, education/outreach to self-haul collectors and generators/collectors failing to meet compliance requirements, procurement of qualifying recycled-organic waste content products, the population and maintenance of the City's implementation record, and task and grant management.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kathryn Walsh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089752609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The CalRecycle SB 1383 Local Assistance grant is an ideal opportunity to make significant progress in achieving SB 1383 goals for the City of San José (City). The City has been preparing to ensure that programs are in compliance with SB 1383 regulations. On November 2, 2021, the San José City Council approved an ordinance amending Title 9, Health and Safety of the San José Municipal Code to implement the requirements of SB 1383 regulations. This grant funding will enable the City to partially fund its SB 1383 implementation efforts and prevent additional ratepayer costs for San José residents and businesses at a time when our community can least afford it. The City will utilize grant funding in key areas to ensure successful implementation of SB 1383, including: outreach and marketing, a compost hub pilot support, container labeling, indoor container procurement, record keeping and data management software, personnel support, and continued partnership with an edible food recovery program in Santa Clara County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Altos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Harun Musaefendic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6509472650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Los Altos will be utilizing the SB1383 Local Assistance grant funds to participate in the regional Edible Food Recovery Program and for purchases of Recovered Organic Waste Products to meet the City's procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Woodside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brandi deGarmeaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6508516790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Town of Woodside would like to expand our organics waste recycling program to help divert organic waste generated by businesses and residents. By offering more opportunities and education to our residents on the immense benefits of clean composting we believe it will help to lower the threshold of cubic yards of solid waste. We understand there are several global benefits that come from using compost. Distributing educational postcards and flyers on a more frequent basis to our residents on how important clean composting is to our community is paramount.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lomita</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lina Hernandez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103257110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lomita intends to utilize the grant funds for SB 1383 Recycling Compliance and Software, Public Outreach and Communication efforts to implement SB 1383 organics recycling and purchasing food recycling pails that will be distributed to help and encourage Lomita residents to separate food waste at home.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Del Mar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaitlyn Elliott-Norgrove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587043632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Del Mar will use SB 1383 Local Assistant Grant Program funding primarily for capacity planning, education and outreach (including door-to-door contacts) and technical assistance on organics diversion throughout the City. This would include, but is not limited to, general education and outreach to residential, commercial and multi-family account holders (under the City's existing solid waste franchise agreement) as well as targeted education specifically to non-account holders living in multi-family residences (e.g., renters/tenants). Funds would be used to develop and deliver SB 1383-specific education/outreach materials on multiple mediums (i.e., print, graphics, social media, website, etc.). Additional technical assistance for commercial generators and direct outreach with multi-family properties on how to recycle organics properly will be provided with this funding. Some funds would be spent on eligible equipment, such as bins, liners, lids, labels, and electronic tablets for educational purposes. Finally, funding will be used to support process improvements for the City's SB 1383 inspection and enforcement programs and to procure recovered/recycled products for use at City facilities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oceanside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ken Prue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604355942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Oceanside will be utilizing funds provided by SB 1383 Local Assistance Grant Program to implement various programs throughout the City to meet the City's requirements under SB 1383. These programs include ensuring that edible food is diverted from landfills and distributed to those in need throughout the Oceanside community, increasing edible food recovery capacity within the City of Oceanside, collaborating with local food recovery agencies, providing technical assistance to businesses and multifamily complexes, and monitoring food recovery activities throughout the community. Details regarding each of these programs are below: 
+1.) The Oceanside Public Library hosts a Farm to Summer program. This program includes partnering with local farms to offer sustainable nutrition experiences to families. The farms supply weekly produce tasting along with boxes of rescued food to families to help promote local food sustainability and healthy eating. During these events, programming includes sustainability, 
+composting, planting edible food, conservation, and cooking utilizing the food from the farm. These programs not only help with recovering edible food but also provide resources to families to develop long-lasting healthy behavior change. These programs were well received by the community and have been requested to be provided at locations outside of the farm and Library. The City would like to expand this program to be year-round and bring the experience to other locations throughout Oceanside. To do this, a vehicle will need to be purchased which will be utilized to pick up recovered food from feeding organizations and local farms as well as transport supplies to mobile enrichment program sites across Oceanside.
+2.) Oceanside Parks and Recreation and Neighborhood Services Departments have historically worked with local feeding organizations to provide the Oceanside community with various feeding programs.  Parks and Recreation has partnered with Oceanside Unified School District to provide breakfast and lunch to students during school breaks. In addition, Parks and Recreation hosts a For Kids’ Sake program, a low-cost after-school enrichment program for students in disadvantaged communities, teen programming, and family classes at city-owned facilities. Parks and Recreation also has a program called Serving Seniors, which provides meals and commodities to more than 500 Oceanside seniors. Meals are provided both through home delivery as well as during a daily congregate meal paired with enrichment programs. Neighborhood Services provides afterschool programs, youth and adult education and health programs, family services, food distribution programs, and mental health services. Based on the experience of these programs, City staff have identified a need and opportunity to expand upon edible food distribution to Oceanside's at-risk populations. The City is requesting equipment to establish permanent food pantries at seven city-owned facilities that operate the programs described above. These pantries would allow the City to expand edible food distribution by increasing food recovery capacity and distributing the food to community members who already frequent these facilities. Equipment for the pantries includes refrigeration, warmers, food dehydrators, milk coolers, and shelving. City staff would continue to work with local non-profit organizations including but not limited to Feeding San Diego and North County Food Bank to collect recovered edible food to be distributed at the newly created city pantries. Additionally, the van purchased for the Library program above could also assist in food collection from the feeding agencies and delivery to the seven City pantries. City staff would maintain and operate the pantries and would not be contracting with non-profits to manage the equipment or food distribution. 
+3.) Solid Waste and Recycling staff will contract with the Solana Center for Environmental Innovation to support the City's food waste recovery and diversion plans by providing enforcement and technical assistance to commercial businesses and multifamily complexes. Solana Center will conduct in-person inspections of Tier 1 and Tier 2 food-generating businesses. The inspections will cover all required aspects for SB 1383 and include an evaluation of curbside 
+organics hauling services, food recovery contracts, and a review of records of food donation activities. In addition, Solana Center will offer both virtual and in-person technical assistance to commercial businesses and multi-family complexes which will include visual waste assessment, recommendations for improving organics waste diversion, implementing a food rescue program, 
+guidance on SB 1383 compliance, and reporting requirements.  
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Julie D'Ambruoso</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funding from the SB 1383 Local Assistance Grant Program will assist San Joaquin County in reaching compliance with SB 1383 requirements. The County will purchase software to be used to record and track SB 1383 compliance among commercial businesses. Funding will be used to purchase finished compost in order to meet procurement requirements. Funding will also be used to offset personnel costs associated with the development of an edible food recovery program, conduct site inspections, provide face to face outreach/education and train staff assigned to SB 1383 programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yorba Linda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Geoff Spencer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149617114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be responsible for continuing the grant implementation, including responsible for the performance of the grant and all related documentation.
+Our focus will be on 
+- Program Evaluation/Gap Analysis
+- Procurement Requirements (using recycled organic products – compost, mulch, electricity, and/or renewable gas and recycled paper and paper products)
+- Education and outreach 
+- Enforcement and Inspection if needed
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Alamitos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Irving Montenegro Jr.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5624313538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding pursued from this grant opportunity will be utilized to offset costs related to enforcement, edible food recovery efforts, education and outreach, compliance, recordkeeping, and procurement in compliance with SB 1383 factions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Huntington Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Steve Forster</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3235826161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In addition to City's Education and Procurement, the City of Huntington Park proposes to use the grant funds for Consultant SB 1383 Implementation services. As such, the consultant will perform the following implementation tasks:
+1. Compile Data and submit information for the City's Organics Capacity Plan
+2. Determine quarterly compliance and organic tonnage of Self and Third Party Haulers
+3. Coordinate Compost Giveaway &amp; Workshop Events
+4. Review EFG, FRO and Self Hauler reporting for compliance
+5. Oversee the Hauler's Contamination Audit
+6. Continue conducting Tier 1 &amp; 2 Surveys &amp; Inspections
+7. Coordinate SB 1383 Education &amp; Outreach Workshops
+8. Hold Department Head Procurement Meeting
+9. Oversee Procurement Target Progress
+10. Review and Process Waivers
+11. Oversee the Organics Enforcement Process 
+12. Maintain the Enforcement Log
+13. Reach Out to Recovery Organization
+14. Maintain the SB 1383 Information on the City's Website
+15. Perform Recordkeeping duties
+16. File SB 1383 Reports, including Food Recover, Compliance and Procurement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Skillen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308428272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This proposal details a collaborative partnership involving Siskiyou County as the lead agency along with its nine incorporated cities. The current SB-1383 funding cycle presents a unique opportunity for us to proactively address the challenge of organic waste.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Riverside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Keroles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513516174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Riverside is seeking these funds to assist in the continuous compliance requirements of SB 1383. The City doesn’t have the resources to conduct certain organics capacity planning activities to help plan for future investment in organics recycling and edible food recovery. The City will utilize the grant funds to conduct targeted outreach to food generators in the City as well as to the established food pantries in an effort to begin making connections to properly repurpose edible food.
+Additionally, the City will conduct marketing and outreach efforts to its customers/residents on the requirements of SB 1383. The City will utilize a Consultant to conduct inspections for Tier 1 &amp; Tier 2 generators and Careit a software application to help connect generators and pantries. The City is also partnering with Feeding America to ensure compliance and inspections are conducted for Tier 1 and generators.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Glendale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Etienne Ozorak</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185483916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The city is replacing automated containers by service day.  This funding will be used to partially fund new recycling and organics carts for our Thursday and Friday collection days.  These funds will also be used to purchase internal organics recycling pails for these routes and multi-family properties collected by our four franchise haulers.  Funding may also be used to purchase internal recycling and organics collection containers for businesses and/or schools.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escondido</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kim Silva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608394076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These funds will primarily be used for Edible Food Recovery education, outreach, technical assistance, inspection and enforcement activities of our edible food generators and food recovery organizations. Funds will also cover SB 1383 organic recycling outreach to our residents and broader business community.
+Funds will be used to develop educational content and perform outreach through various means including inspections of our Tier 1 and Tier 2 generators, technical assistance site visits, video or phone assistance webinars, and/or public service announcements. Some grant funds could also be used to cover the costs of materials for educational signs or other educational materials. The goal will be to ensure edible food donation programs are established with our Tier 1 and Tier 2 generators and to also maximize organic recycling participation with desired sorting behavior and minimize contamination.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fortuna</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amy Nilsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077251410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The following compliance tasks for SB 1383 will be accomplished using the local assistance grant funds:
+Edible Food Recovery Program - The City is participating in the development and implementation of an Edible Food Recovery Program with a group of all of the local jurisdictions in Humboldt County.  The City has hired Abound Food Care as a consultant to develop and implement the Food Recovery Program for one year.  The anticipated cost for one year is $120,0000.  The City of Fortuna is respsonbile for approximately 1/10 of the cost based as its proportional share.  The City anticipates needing $12,000 per year for the next two years for the ongoing implementation of the food recovery program to pay for the City's proportional share of the program.  These funds will be used for consulting fees for Abound Food Care.  The City will be providing additional funds for other items the may be necessary above and beyond the consulting fees.  
+Currently there are no organic food waste composting facilities with the capacity to serve the needs of the jurisdictions in Humboldt County for organic waste composting or recycling.  The City anticipated partnering with the Humboldt Waste Management Agency, a Joint Powers Agreement between local jurisdictions, to develop a feasibility study to plan for the development  of a regional organics recycling facility. The estimate cost of the feasibility study is $200,000 and the City would be responsible for approximately 1/10 of that, or $20,000.  This project will ultimately result in the design, permitting and construction of an organic waste recycling facility in Humboldt County that will eliminate the need to haul organic waste over 200 miles out of the county for recycling.
+Personnel Costs - The City of Fortuna has a small staff and currently the City Manager is the lead staff person for the implementation of SB 1383 and is assisted by the finance director and a public works project manager.  Together this small team is managing all of the tasks under development for compliance with SB 1383.  Funding for this task will cover some of the staff time necessary for work specific to SB 1383 compliance projects.  Additionally, the City is working on finalizing its Franchise Agreement with the waste hauler to incorporate all of the provisions required to comply with SB 1383 including provisions for three container collection, waste minimization, route reviews, record keeping, organic waste collection, public outreach and education for organic waste recycling.  The City has retained CSG consultants to assist with the negotiation and development of the revised franchise agreement.  The anticipated cost to finalize the franchise agreement is $9,000.
+Procurement - They City anticipates needing to procure up to 1468 tons of compost over three years to meet it targets to comply with SB 1383. Compost is available for $25 per ton, therefore needs approximately $36,700 to purchase enough compost to comply with SB 1383.  The City currently gives away compost it generates at its composting facility at its wastewater treatment plant, but will need to procure additional compost to meet the required targets.  The City anticipates using its grant funds to purchase 180 tons of compost which will only be a portion of the amount needed to meet its Year 1 target in 2024.  The City will be spending is own funds to procure the remainder of the compost required to be purchased to meet SB 1383 procurement goals.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Atherton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Christabel Soria-Mendoza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507520577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will use Local Assistance Grant funds to advance our organic waste/edible food/clean compost programs, including eight programs: 
+1. We will have a focused partnership with our local schools to promote organic waste disposal, reducing food waste through edible food recovery, and clean compost education. Our schools are the largest sector of organic waste outside of our residences. By working with the administration of our local schools, we can reduce organic food waste, improve recovery of organic waste, and improve compost quality. We will also help them prepare for the Tier 2 edible food recovery compliance starting in January 1, 2024. 
+2. We will host a compost hub and will publicize it to our residents and institutions, many of which have permeable yards that could benefit from high quality compost. 
+3. We will promote and advance public education to reduce organic food waste, improve recovery of organic waste, and improve compost quality amongst our residents, the largest source of organic waste in the Town. This may include printed materials, educational videos, and electronic materials. 
+4. We will promote organic waste programs, edible food recovery, reducing food waste, and compost education at our annual Earth Day events. Grant funds would help reimburse for staff time related to organic waste programs. 
+5. We will promote organic waste programs, edible food recovery, reducing food waste, and compost education through a series of educational workshops on home composting. Grant funds would help reimburse for consultant support related to organic waste programs. 
+6. We will be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project assembles a cross-jurisdictional task force to analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. This cycles' grant funds will be used to implement the outreach plan in Atherton including printing materials and signs, paid advertisements, and staff time. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities, 
+7. We will be continuing our participation in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.
+8. We will use the funds to provide training to all Town employees on SB 1383 procurement requirements and will improve process to ensure accurate reporting.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Torrance</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lili Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3107816283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Torrance Public Works Department will implement the following programs with funding from the SB 1383 Local Assistance Grant Program:
+•Expand the organics program to commercial accounts serviced by private haulers;
+•Continue outreach and education efforts to City-serviced residential accounts, and conduct route reviews to monitor contamination and gauge the level of outreach needed in the community;
+•Implement record-keeping software program; and
+•Construct at least one compost giveaway station in a public park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito County Integrated Waste Management Regional Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Celina Stotler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8316364110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We intend to use these funds to continue the development and outreach of our edible food recovery program, procurement program, and our organics Recycling &amp; collection programs. We intend to fund two additional SB1383 support staff, the continued purchasing of organics collection containers and kitchen food scrap pails, and additional SB 1383 edible food recovery, composting, procurement, &amp; organics recycling outreach that will be available in both English and Spanish to residents, businesses, schools, and procurement stakeholders.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168787413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are very much looking forward to the SB 1383 Local Assistance Grant funding, it will be critical in the RWMA's efforts to help Yuba/Sutter Counties with all aspects of the 1383 Regulations.   There are several key projects that we plan on using the grant to fund and or supplement the funding.  A large piece of the funding will be needed for personnel costs for the RWMA, we are a new organization (JPA) created to oversee all things solid waste for our two counties.  We have recently hired 3 full time staff members, an Executive Director, a Management Analyst I and a Management Analyst II.  All three of our staff will be involved with 1383 in many ways including but not limited to the following, Audits, Outreach, Tracking, Reporting, Edible Food Recovery, Enforcement and ROWP Procurement.
+We will be looking to purchase a software to better help our areas track/report an monitor all things related to SB 1383.  
+We are hoping to partner with a food dehydrator company, such as Mill, in an effort to provide a solution to MFDs and Hard to Service areas as we strive towards 1383 compliance.
+With the Grant funding we will be providing financial assistance to the Yuba-Sutter Foodbank in an effort to increase the programs and opportunities for food recovery.  This will be for tier one and tier two food generators.
+We will also be implementing an extensive Outreach and Education program, using internal RWMA resources as well as outside services, for a thorough campaign around SB 1383.
+We hope to further our partnership with Zero Food Print in an effort to meet our jurisdictions ROWP targets.  This includes DSP agreements and other local campaigns.
+We will be putting a significant amount of effort int our enforcement program with the funds.  We have the infrastructure set up to begin enforcement, we just need the resources to maximize the efforts.
+The SB 1383 Local Assistance Grant will be critical for the RWMA (Yuba/Sutter Counties) as we make an intense effort towards full compliance.  We have much work to do and little resources available at this moment.  These funds will maximize our recourses, provide technology, help with Outreach and Education programs, allow for new programs and pilots to meet difficult challenges and much more.
+We know this funding will enable the RWMA (Sutter/Yuba) to fully asses and understand the status of our programs and fill the gaps needed to move towards full compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Adelanto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brenda Lopez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602462300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Adelanto will use the funds to assist in public outreach and 
+education. It will help pay for a compost spreader for all parks and stadium. Compost bins and bags for giveaway at various events. Trash can replacement at various City facilities 
+and refrigerated container for edible food For our major hub in Adelanto, having storage containers is paramount. These containers will play a vital role in allowing the hub to effectively capture and store recovered products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Brukardt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County will use the Local Assistance Grant to fund staffing positions needed to maintain compliance with SB 1383. This includes positions within Health and Human Services for the Edible Food Recovery program and positions within Public Works and Resource Management to provide tracking and enforcement of all aspects of SB 1393. 
+Additionally, Shasta County plans to use the funds to provide training, education and outreach to citizens and businesses impacted, mileage for inspections and enforcement and to purchase waste bins for recycling. 
+The City of Shasta Lake and the City of Anderson have requested the County apply for their portion of the available funds as the County works directly with the cities to provide recycling services to those communities. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Rebollar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093868961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Various County departments will be working on several programs/projects, providing education and outreach, and purchasing equipment to aide in the implementation of SB 1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Alhambra</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Randi Hembree</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265703256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Alhambra will expand on current efforts to promote and implement organic waste diversion and product procurement as outlined in SB 1383. The City will purchase recovered organic waste products and equipment needed for the application of compost and mulch on City facilities. The City will also purchase recycling and organic waste receptacles for City facilities and businesses. The City use funds to widely and effectively distribute educational materials developed with Round 1 funds to the diverse, multilingual community of residents, visitors and business owners in Alhambra, through strategic advertising and multimedia placement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rio Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jen  Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073746451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Use include Education and Outreach including counter bins for compostable items and procurement of compost, mulch and recycled paper and paper products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jeffrey Wong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102386695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used for SB 1383 compliance activities including but not limited to compost procurement,  route audits, record keeping,  and edible food recovery.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vallejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Natasha Gallatin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076493512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Vallejo intends to use $127,920 for the procurement of compost to comply with SB1383. In addition, $50,000 will be used to hire a consultant to assist with program evaluation and gap analysis. Also, $20,288 will be used for outreach and education campaigns, which will include, newspaper ads, billboard advertising, website outreach,  social media outlets, direct mailing pieces, and printed materials that can be distributed at special events. Finally, $20,000 will be used to assist edible food recovery organizations with equipment to ensure that they can provide the best possible services to Vallejo residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Marcos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Valeria Collins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607441050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 Implementation Local Assistance Grant Funds</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sunnyvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bailey Hall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087307782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sunnyvale will use these funds for procurement, edible food recovery, data management and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Livermore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anna Zamboanga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9259608004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Livermore will be using the funds received to help pay for tracking and reporting tools and container contamination checks and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Inglewood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Ana Arias-Lopez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104125333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Inglewood will utilize the total amount of SB 1383 Local Assistance Grant Program funds ($193,108) to support the following various SB 1383 related programming activities: 
+1) Capacity Planning/Program Evaluation/Gap Analysis (Total: $80,000): Multi-Family Technical assistance: Upon award of the grant the City will contract with a 3rd party consultant/contractor to conduct as needed SB 1383 desktop compliance analysis of multi-family customers. Based on the desktop analysis findings, the contractor will conduct targeted field assessments/technical assistance site visits for multi-family customers, with a focus on right sizing of services to ensure adequate recycling and organics services are onsite and to mitigate contamination or non-compliance/enforcement issues.  Field assessments will also include education and outreach for property managers, landlords, owners and tenants; 2) Education and Outreach (Total $70,000): 2a: $40,000 will be utilized for the development and digital broadcasting of a "SB 1383 How to Sort" recycling and organics video campaign that will air during specific and routine periods throughout the grant term at local theaters, and through other digital outlets in Inglewood.  In addition to broadcasting at local Inglewood movie theaters, the video will be broadcast through various kiosks, ATMs, and through streaming entertainment services within the area and on the City and Franchise Provider website and social media outlets.  The SB 1383 educational video will be broadcast during targeted periods during the grant term including but not limited to prime entertainment seasons, holidays, and in conjunction with major box office releases to ensure maximum SB 1383 outreach to the community; 2b: SB 1383 Videography Services (Total: $30,000): grant funds will be utilized to produce two SB 1383 educational videos, estimated to be approximately $15,000 each.  Due to increased contamination issues identified within the multi-family sector, (City 2023 SB 1383 route reviews results) the City will target multi-family owners and tenants for the first video, with the second video targeting general commercial customers on organics recycling/SB 1383 in general, food waste prevention, and food recovery for food service establishments and Tier 1/Tier 2 commercial generators. These videos will be posted on the City and Franchise provider website, shared with customers, and will be distributed throughout the grant term through social media, and other local media outlets.  3) Equipment (Total: $43,108): Funds will be utilized for the purchase of indoor/outdoor 3-stream recycling/organics stations for special event venues, City facilities, parks, schools, and other commercial facilities to improve sorting and to reduce contamination. Inglewood is home to multiple major event venues (SoFi Stadium, Intuit Dome, Kia Forum, and others), and dozens of City facilities, schools and community parks all serving thousands of Inglewood residents and visitors daily.  Purchase and placement of indoor/outdoor sort stations for both recycling and organics at key locations across the community will improve overall participation and access to the City's SB 1383 programs and services.  The units will be designed with visual signage that includes information on acceptable and prohibited materials for each stream, in order to reduce contamination, while also ensuring materials are properly sorted and collected for organics and recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Temecula</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rebecca Kiser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512404219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Proposed project and use of funds will be allocated to continue the development and implementation of SB1383 Programs and Regulations to ensure compliance with a statewide effort to reduce emissions of short-lived climate pollutants. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lancaster</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Travis Lange</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617235883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lancaster aims to utilize the grant funds in order to educate residents and businesses of the specifics to recycle and recover organics via education resources and materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Deleon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8585731243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In 2023, the City of San Diego (City) launched a new citywide Organic Waste Recycling program to meet its Zero Waste and Climate Action Plan goals and SB 1383 requirements. The City is requesting $2,248,900.00 to conduct a two-year outreach and education campaign focused within, but not limited to, its hardest to reach disadvantaged neighborhoods. The goal of this project is to increase solid and organic waste diversion and participation rates by cultivating long-lasting behavior change. The grant funds will support a City-Wide Marketing and Media Campaign, coordinated Door-to-Door Outreach effort, and overall community education and engagement efforts in these disadvantaged neighborhoods and the City as a whole. The City encompasses many diverse communities and novel organic waste recycling initiatives; this Project is a model for other regions both nationally and internationally.
+As the City continues to promote this program, there is a need to conduct ongoing outreach to communicate, provide resources, and educate the public about the new Organic Waste Recycling program, proper sorting, edible food recovery initiatives and the importance of food waste reduction, and education on procurement. The City recognizes increased education, outreach, and marketing to multifamily properties, businesses, and single-family homes throughout the City, and especially disadvantaged communities, can provide residents the tools and knowledge for lasting behavior change.
+The methodologies, materials, and assessment strategies in this project can transcend to many other areas. The project will be shared by the City’s leadership during convergences and will influence other regions to increase participation and diversion rates.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Ana</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Martinez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7146475694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will utilize CalRecycle's SB 1383 Local Assistance Grant Program Grants for Fiscal Year 2022-23 to assist in the implementation of SB1383 including capacity planning, education and outreach, edible food recovery, personnel and record keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County Hazardous and Solid Waste Management Joint Powers Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kimberly Scheibly</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154734057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Marin County Hazardous and Solid Waste Joint Powers Authority, also known as Zero Waste Marin, is applying on behalf of the 11 cities and towns of Marin and the County of Marin. The focus of utilizing this grant funding will include expansion of the edible food recovery program, advancing procurement targets, providing technical support to residents and businesses, creating and distributing outreach materials, and improving inspection and enforcement capabilities. By applying as a JPA, we will ensure that compliance efforts and messaging are uniform across the County, which will minimize confusion.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hidden Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Theresa Hernandez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8188889281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A portion of the proposed costs is consultant time. The City has contracted with a consulting firm to implement and manage compliance efforts for SB 1383.
+The remaining proposed costs will supplement costs to purchase residential kitchen compost bins.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brawley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Silvia Luna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603448941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>- Edible Food Recovery
+- Educational and outreach (includes organic waste &amp; edible food recovery)
+- Enforcement and Inspection
+- Procurement Requirements (using recycled organic products - compost, mulch, electricity, and/or recycled paper and paper products)
+- Record Keeping
+- Funding assistance for IVRMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Galt</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rebecca Dymond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093667277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Galt proposes the use of grant funds to meet our state established target for procurement by purchasing recovered organic waste products from a local compost facility. The City of Galt will begin procurement of such products in January 2024, purchasing 771 tons of compost in 2024 and 1186 tons in 2025. This compost will be used by the City for landscape and maintenance of City parks, trails and sports fields and will also be made available, at no charge, to the Galt community. A portion of the grant funds will be allocated to community outreach and education to promote our free compost program, as well as personnel time for project management. 
+The City of Galt has entered into a regional agreement between the Unincorporated County of Sacramento and several Sacramento County jurisdictions to hire an independent contractor to serve as an EFR Consultant. The EFR Consultant will work to expand Edible Food Recovery within the participating jurisdictions, including increasing Tier I and Tier 2 Edible Food Recovery capacity.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phelan Pinon Hills Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Oakes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608681212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 implementation has had a significant impact for our rural, small district. Our district needs assistance with education and outreach expenses, such as direct mail, Mr. Eco school assemblies, social media ads, and compost workshops. It is difficult and expensive to reach our rural population with SB 1383 program requirements. 
+Our district has had a significant increase in administrative staff expenses. From website management, procurement, outreach to customers, and setting up our system to be able to conduct the necessary tracking and reporting related to SB 1383.
+In order to appropriately charge customers for SB 1383 collection, a cost of service study for collection service needs to be completed. This will require an outside consulting firm that is mutually agreed upon between us and our hauler and is a significant expense for our district.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Beverly Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jazmine Hadden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102856805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Beverly Hills operates a solid waste program, including services to residents, commercial businesses, alley maintenance, and conservation. The solid waste residential and commercial sub-programs are responsible for collecting all waste streams in the City. The City currently maintains compliance with several solid waste laws, including AB 939 requiring City’s to recycle 50% of all municipal waste collected, AB 341, AB 1826 requiring multi-family and commercial recycling, and most recently SB 1383, an organics recycling law. 
+To comply with SB1383, the City developed a mandatory organics recycling program. In December 2021, City Council adopted an Ordinance requiring residents and businesses to comply with the organics program. As this program affects residents and businesses differently, below is a breakdown of where the City stands with each customer class. 
+Single-Family Residents
+Currently, single-family residents are subscribed to green waste container service for yard trimming material. Under SB 1383, this service was expanded to include additional food waste items, including food-soiled paper and organic material, in the residential green waste program. In 2020, the City expanded the yard waste bin services to include food waste. The City advertised this information on the collection trucks, the City newsletter, and has sent direct mailers to customers. City staff also labeled the green waste containers with this information.
+Multi-Family Residents
+Multi-family properties with curbside container pick-up and alley container pick-up subscribed to green waste container service can place food waste, including food-soiled paper and organic material, in the green bin. Multi-family properties collected by trash chute service and metal bin service were contacted by a City representative or the City’s hauler, Athens Service representative in 2022. Athens began to roll-out organic waste collection services to all the multi-family properties Athens service. In the Spring of 2023, the City rolled out organic waste collection service to all the multi-family properties City service.
+Businesses
+Businesses are required to separate and recycle their organic waste. Businesses can comply with SB 1383 by subscribing to the organic waste service. Additionally, staff began planning for SB 1383 by coordinating with the City’s franchise hauler (Athens Services) with in-person site visits to assess the commercial generator’s waste material and provide educational outreach to businesses regarding SB 1383 regulations. Businesses were contacted by a City representative or the City’s hauler, Athens Service representative, during the first quarter of 2022 to arrange for services. 
+Communication on SB 1383 will be ongoing to the residential and business community to educate them on requirements to comply with the State and local regulations. Staff and City’s franchise waste hauler will continue to make every effort to assist residents and businesses in becoming SB 1383 compliant. City staff understands that community engagement plays a significant role in the success of the organic recycling program. City staff has developed a community outreach plan that consists of various methods of communication. The City plans to use the funds to support ongoing costs for community outreach and education which include the following:
+•A dedicated website for SB 1383, www.beverlyhills.org/organics 
+•Social media posts
+•Direct mailers
+•Newspaper ads
+•Backbone articles (City's Newsletter)
+•Utility bill messages
+•Community meetings
+•Community group presentations
+•Equipment Software
+City staff has begun community outreach and will continue engaging the community through the years to come.  
+Annual Procurement Target Requirements for Recovered Organic Waste Products in SB 1383
+The City plans to use a portion of the funds to purchase recovered organic compost or mulch to assist the City in meeting its annual procurement target in 2025 and or 2026. The City will use the mulch and compost on existing City properties and contract with a direct service provider to use any surplus product.
+Recordkeeping
+The City is currently utilizing CalRecycle model Recordkeeping tool spreadsheet, however the City will need to expand to a Recordkeeping software platform and plan to use a portion of the funds to purchase a platform.
+Continued Outreach
+The City also plans to use a portion of the funds to continue community outreach.
+                                                                       "
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Folsom</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marie McKeeth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164616731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Folsom's Waste and Recycling Division, Public Works Department, will use the SB 1383 Grants funds to support the city's ongoing implementation of organics diversion programs. The Waste and Recycling Division provides the cities residential and commercial waste collection, administrative, education and outreach, record-keeping, and reporting services.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Barstow</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Taylor Britt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602555126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds may be utilized for compost application equipment, education and outreach programs/materials, bins and labeling for organic waste collection, and other projects as approved by CalRecycle as eligible expenditures under this grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novato Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Casey Poldino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4158921694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant will be used for multiple projects.  1.To work with Novato schools to provide organic waste containers and educational, outreach materials; 2. To contract with the Conservation Corps North Bay to provide edible food recovery services and outreach; 3. To provide consulting services for a waste audit/characterization study ; 4. To provide direct outreach, especially to MFD's, including door hangers and walk-thrus </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fullerton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Duron</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147386778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City's proposed project continues to envision establishing a fresh perspective of a brighter, cleaner, healthier environment by encouraging and motivating proper recycling behaviors geared towards SB 1383 compliance within the daily practices of City staff and the community. Collaborating with a Consulting Firm in relation to SB 1383 Capacity Planning, and Program Evaluation implementation activities will ensure a thoughtful and successful method of compliance. Plans for continued education and outreach will outline printed and/or electronic materials related to automatic enrollment of recycling and organics collection services including necessary materials for informational events. As well as continuing to partner with EcoHero Team or an organization such as the Discovery Cube to motivate and inspire youth from local elementary schools within the City. The Phase II purchase of indoor three-stream collection containers to utilize within City facilities will help finalize the implementation of a Centralized Waste Collection Program. Lastly, the project will also support the City in meeting their 2024 calendar year 65% procurement requirement through one or more of the eligible products such as compost. The proposed use of funds will assist the City in meeting targets set forth by the Corrective Action Plan and furthering compliance with SB 1383 regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pinole</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nazmieh Huebner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107249835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pinole (“City”) proposes to utilize SB 1383 Local Assistance Grant Program funds for personnel costs directly related to the implementation of SB 1383 regulations and for procurement of recovered/recycled organic products and to conduct outreach and educational activities to businesses, schools and other establishments about Edible Food Recovery practices, products and equipment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alberto Espinoza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6505957465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.) San Mateo County Resource Conservation District Compost Broker Project:  $23,337.28
+Detailed description:
+We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term.
+2.) Remaining grant funds for the City of Belmont $51,662.72.
+Detailed description:
+In addition to providing a portion of our grant funds to the San Mateo County Resource Conservation District Compost Broker Project, the City will use the remaining balance for the continuation and expansion of SB 1383 programs in use or being developed, specifically:
+1. Expansion of Education and Outreach. The continuation and expansion of current education and outreach efforts is planned via these methods: 
+a.) The production of educational materials in  multiple languages to accommodate diverse community ensuring residents and businesses are aware of the proper sorting of organic waste and the penalties for non-compliance via fines that will be issued in the coming year. 
+b.) Organize workshops and training sessions for multi-family residences and businesses and to participate in community events to distribute educational SB 1383 materials. 
+c.) Development of a Strategic Communication Outreach Plan by using various channels of communications (Next Door, Facebook, Twitter, etc.) to spread educational information to the Belmont community. 
+2. Enforcement and Inspection: Develop clear and comprehensive enforcement protocols and procedures that enforce the City of Belmont's Ordinance NO. 2021-1160. These protocols will outline how inspections in the City of Belmont will be conducted by staff and partner agencies:
+a.) Method by which violations are identified and assessed.
+b.) Determination of penalties for non-compliance.
+c.) Manner in which complaints are recorded and resolved.
+d.) Tracking compliance trends to identify areas where targeted outreach and education needs improvement. 
+e.) Option to Generator who’ve received citation to attend a City workshop for additional education.
+3. Procurement Requirement: Funding for alternative projects to help meet the City's procurement target. This consists of the  purchasing of organic material such as compost, mulch, recycled paper. One example of how the city would use this material would be an organized compost giveaway event.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Placentia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cheryl Miller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149938123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The majority of the requested funding will be used for ROWP procurement to meet 65% of the target by 2024 and 100% by 2025. Cumulatively, this will cost $97,925 through a contractual agreement with Agromin. To bolster contamination monitoring and conduct waste audits, an allocation of $5,000 will be committed to a 1-year agreement with Zabble. The remaining funds, totaling $2,649, will be strategically utilized to provide essential resources for residents. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ridgecrest</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Spurlock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604995063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Ridgecrest is proposing to use the grant funds for the following projects, including:
+Edible Food Recovery -
+• Food Recovery Software (CareIt): As designated City staff responsible for SB1383 record-keeping and reporting requirements is minimal (1 person w/ multiple roles), the City will contract with CareIt for an annual subscription of recordkeeping software to assist w/ outreach, tracking, &amp; reporting edible food recovery efforts.
+• Refrigerated Truck: Prior to grant start date, City will execute service agreement with primary local food recovery facility (Salvation Army) in order to incur eligible costs for edible food recovery program expansion, specifically the purchase of a refrigerated truck for food recovery collection &amp; transportation. If for any reason the service agreement is not approved by CalRecycle, any vehicle purchased would be owned &amp; controlled by the City per the stated Procedures &amp; Requirements. 
+Equipment - 
+• Community Garden Composting Site
+City plans to work with the local Community Garden to increase community access to edible food and expand opportunities for on-site composting resources/training. City will procure necessary composting supplies to help kickstart this educational effort thru collaborative workshops/trainings hosted at the Community Garden. 
+• 3-Container Collection Bins: City will update collection bins in common areas of City owned facilities to 3-bin system. Custodial staff will be trained on updated sorting/disposal requirements per WM contract.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Fe Springs</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jose Barrios</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628680511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Santa Fe Springs will utilize the SB 1383 Local Assistance Grant Program funding as a resource to assist in complying with SB 1383 program regulations. This will include increasing public awareness, capacity planning, compliance and enforcement measures, procuring compost and mulch, and increasing edible food recovery.
+Multiple tasks, some of which carry over from the previous funding cycle for FY21/22, will be implemented and/or expanded using the financial resources available to the City under the FY22/23 funding cycle. 
+This will assist in the continuation of careful capacity planning, along with increasing the management of organics, the City could identify alternative facilities and/or emerging technologies for processing the organics generated within Santa Fe Springs.
+Multilingual educational materials, such as fliers, brochures, email blasts, residential/commercial door hangers and informational handouts at City Hall, City Facilities, schools located in the City, and will also include participating in Events and Outreach opportunities. Educational materials and outreach represent a significant priority in this grant application. 
+During this grant cycle, more frequent site visits will be conducted at commercial generators to increase program participation, raise recovery levels, and verify that food rescue operations are running optimally under alliances between edible food donors and local food recovery organizations.
+The City will expand Compliance and Enforcement activities. As stated above, this will entail more frequent site visits and heightened vigilance over generator practices to isolate program gaps, mitigate levels of contamination, measure volumes, produce cleaner streams of recyclable commodities, and identify immediate opportunities to drive greater organics recovery.
+The funding will be utilized to upgrade recordkeeping software, in part, to match edible food donors with local recovery organizations and food banks.
+The City proposes to utilize a significant portion of the grant funding from this cycle to procure compost and/or mulch. Compost and/or mulch will be given away to City residents on compost giveaway days, used in our City parks and facilities, offered to Schools located in the City, and offered to landscape companies for projects located in the City.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tustin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elsa Robinson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145733030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Tustin intends to use this grant funding to support implementation of SB 1383.  This includes elements of inspection, enforcement, edible food recovery, education and outreach, and capacity planning.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrew Le</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7144864271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC Waste &amp; Recycling will use these grant funds to purchase equipment and materials related to the processing of organic materials. Equipment/materials include bagging machines, heavy equipment, compost bags, and waddles. 
+Processed and packaged material is then offered to all Orange County residents, businesses and Cities throughout the year at no charge. In addition, OCWR hosts semiannual compost giveaway events at its three landfill open to all Orange County constituents.
+In 2023, OCWR has distributed nearly 5,000 tons of compost and mulch. This material is processed at three County owned composting facilities - Bee Canyon Greenery, Valencia Greenery, Capistrano Greenery. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Murrieta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Pedro Cevallos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514616448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Murrieta proposes to use the funding to acquire kitchen pails to distribute to constituents, continue to educate and encourage the general public to comply with organic recycling requirements and assist the City in meeting its procurement targets. Funding will also be allocated to a regional program through a COG which connects food rescue organizations to Tier 1 and 2 generators.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Clifton Chew</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692105067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Project funds will be used to support SB 1383 implementation, including Edible Food Recovery, Compost procurement and Contamination monitoring.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Denise Saucedo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618625208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Kern County Public Works Department (as Kern County Unincorporated) is applying for the OWR4 Local Assistance Grant Program to assist with further implementation of regulations associated with SB 1383.  Kern-Unincorporated is proposing to utilize grant funding for marketing and outreach (billboards, digital advertising, print media, and transit advertising) and equipment (purchase of stacking conveyor, transportation/storage bins, and backyard composting bins). Grant funding will assist the County with furthering compliance with SB 1383 and meeting State organics diversion through the enhancement of ongoing outreach and educational material over the grant cycle period. A key component of SB 1383 implementation is the ongoing educational component. Kern County has made a concerted effort to design a strategic marketing and educational approach, which includes a combination of social media posts, videos, billboards, digital ads, commercials, and in-person events. The grant funding provides the opportunity to provide further continuity with said strategy and provide direct educational material to residents and businesses of Kern County. A new angle Kern County will be incorporating into this grant cycle is backyard composting. The County has always promoted backyard composting via our website and residents are now showing interest in this activity. As such, providing backyard bins directly to residents provides a new approach to organics diversion in the household. Since Kern County is in process of construction a new composting facility, additional equipment will enhance future operations. The County has invested in other composting equipment to prepare for the operation, so adding a conveyor belt system allows the County to incorporate another piece of equipment into the composting activity and standardize the workflow. Additional information provided in the Budget detail below.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Ramon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Thomas Anderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9259732830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We continue to implement SB 1383 to the highest standards possible. We have contracted for the procurement of compost for multiple years with Agromin, and we will use these funds to maintain this compliance in compost procurement. We will enhance our outreach and education via 3-stream containers, mailings to residents, and use a consultant to provide technical outreach to businesses and city facilities.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Desert Hot Springs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Daniel Porrras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603296411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds will be utilized to hire a consultant to assist with SB1383 program implementation and continue current program activities.  With the help of a consultant, the city proposes to assess organics waiver and self-haul program, evaluate SB1383 public education and out reach and perform gap analysis to ensure the City’s full compliance with SB1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cordova</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marc Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168518821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Rancho Cordova will use their funds towards their relationship with Zero Food Print and maintaining procurement. The costs included in the budget are for procurement with Zero Food Print. The procurement costs with Zero Food Print are budgeted for $152,174.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rolling Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Samantha Crew</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103771521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Rolling Hills will use the allocated funding amount ($75,000) to hire the South Bay Cities Council of Governments (SBCCOG), a government agency joint powers authority, to help implement a residential outreach and education campaign for organic waste disposal and distribution of recycled products. The SBCCOG will provide residents with information on the organic waste requirements to properly separate materials in appropriate containers as well as inform them of the environmental benefits of proper disposal of organic waste. 
+On behalf of the City, the SBCCOG will implement the campaign, which will include, but is not limited to: 
+•Organize and facilitate community workshops to educate residents on proper organic waste disposal and best practices to reduce food waste. These workshops will also provide residents the opportunity to sign up for kitchen countertop pail delivery. The SBCCOG will work with topic experts to conduct the trainings and leverage existing City residential programs to increase awareness and reach of these events and educational messages.  
+•Develop content for social media, website postings, email blasts, and newsletters regarding best practices and organic waste regulations. 
+•Purchase and distribute kitchen countertop pails for interested residents. Pails will include instructional stickers to ensure proper usage. 
+In addition, to the education and outreach, the City will purchase recycled products to be used for City operations such as paper and mulch. Recycled products will also be used by the SBCCOG for any printed educational materials for the outreach campaign.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Anaheim</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dora Ovenshire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147656881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Anaheim proposes a SB 1383 compliance grant project that includes education and outreach, edible food recovery, equipment, procurement, personnel, and record keeping.  The grant project will include a continuation of the City's SB 1383 education efforts by targeting 3rd to 6th grade students.  The program would encompass an agreement with a local science center called "The Discovery Cube" to teach elementary school children about zero waste, recycling, and composting.  Additionally, the City' education program would include K-6 school assemblies to educate children on the importance of separating trash, recyclables, and organics. 
+Grant project funds will also be used to purchase internal receptacles for separating trash, recycle, and organics. These receptacles (trash, recycling and organics) are distributed to City facilities, businesses, and public spaces at multi-family and residential community centers to support participation in the City's 3-container program.  Additionally, this includes the purchase of kitchen pails to be distributed to residents to promote participation in the organics program.
+The grant project will also focus on SB 1383 program implementation and compliance.  The City will utilize solid waste consultants to perform edible food recovery compliance analysis and capacity building analysis.  This analysis will aid the City in identifying its Tier 1 and Tier 2 generators, edible food recovery organizations, and services, as well as aid the City in completing capacity planning assessments requested by the County of Orange.  The goal of completing this analysis is to determine what resources are needed from organizations and services to increase edible food recovery in the community, and to identify and connect edible food generators with local resources for food donation.  The City will also utilize solid waste consultants to assist with SB 1383 program implementation and compliance. Tasks to be completed include organics and recycling program implementation, education, and training, self-haul and internal program verification and tracking, waiver verification and processing, enforcement referral tracking, hauler SB 1383 compliance oversight, and SB 1383 record keeping and reporting. 
+The grant project funds will also be used to help the City obtain its recovered organics procurement goals, as required by SB 1383 and AB 1985.  The City will procure compost to meet its 2024 (65%) target.  Grant funds will be used to partially cover the costs of procuring the compost. 
+The grant project will also include a record keeping component to aid the City in its compliance tracking and state reporting requirements.  Grant funds will be allocated to offset the costs of a shared software tracker that is provided to the City's franchise solid waste hauler.  This tracker allows both the City and its hauler to track SB 1383 program implementation route reviews, and compliance statuses in a shared platform.  It also allows the City to maintain SB 1383 records that can easily be compiled and shared with CalRecycle during a compliance review.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Placerville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Deana  Watkins-Howey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306425584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to address several aspects of SB-1383 including: education and outreach, procurement of compost, and further development of our compost site, with the goal of increasing overall compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Canyon Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Mike Borja</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512462024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Under the eligible projects listed in the guidelines of SB1383 Local Assistance Grant Program for collections and food recovery, the City of Canyon Lake is looking to help businesses upgrade and provide, clean, safe, and secure refuse enclosures. The proposed projects would address the only two commercial sites within its city limits, Canyon Lake Towne Center and Eastpost Center. These centers are located along the commercial corridors of Railroad Canyon Road and Geotz Road in Canyon Lake.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pleasant Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ann James</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256714646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>All jurisdictions are responsible for their individaul SB1383 compliance, including education and outreach, edible food recovery, capacity planning, procurement requirements, enforcement, inspection and all necessary record keeping.  The City plans to use the grant funds to pay for an administrative specialiast to perform the above tasks in compliane with SB1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ashley Moran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494970338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Laguna Beach will use allocated grant funds to fund the following five SB1383 related program costs: (1) $5,000 - to create and produce Edible Food Recovery Education and Outreach (i.e., printed and electronic materials such as fliers, brochures, signs, graphic design work, etc.); (2) $5,000 - to create and produce Organics Waste Recycling Education and outreach materials for residents and businesses about the SB 1383 requirements to divert organics from the landfill (i.e., social media posts, print ads in local newspapers and magazines, etc.); (3) $30,000 for procurement of organics recycling bins for public spaces; (4) $30,000 for a part-time contract code enforcement officer to assist with compliance reviews, violation notifications, and assessment of fees; and (5) $5,000 to purchase compost and mulch to meet city procurement targets.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cypress</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nick Mangkalakiri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7142296740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding will be used for personnel - Senior Management Analyst.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Carpinteria</x:t>
+  </x:si>
+  <x:si>
+    <x:t> DeLayni Millar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057554431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed grant will primarily assist the City by providing additional capacity in the form of staff/consultants to assist with all aspects of SB 1383 implementation, including recordkeeeping and outreach, working with the business community to encourage edible food diversion, conducting waste audits, and offering regular training opportunities for residents and businesses, with a special focus on developing a training program for restaurants and other food preparation staff. This supplemental staff would also continue to develop targeted outreach materials that educate both the residential and business communities on how to reduce overall food waste. Additionally, some funding would be dedicated to working with organizations to offer trainings in other languages, primarily Spanish, as well as expanding a waste education program in partnership with the local school district. The City is also seeking funding to further develop the edible food recovery program in Carpinteria. This includes contributing to a regional software program, as well as creating additional materials to assist businesses that are not Tier 1 or Tier 2 under SB 1383 divert edible food to food recovery organizations, and purchasing equipment to assist in that expansion.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Clayton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dennis Bozanich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256737309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>• Capacity Planning
+• Collection
+• Edible Food Recovery
+• Education and outreach (includes organic waste &amp; edible food recovery)
+• Enforcement and Inspection
+• Program Evaluation/Gap Analysis
+• Procurement Requirements (using recycled organic products – compost, mulch,
+electricity, and/or renewable gas and recycled paper and paper products)
+• Record Keeping</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jillian Gaytan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds from the SB1383 Local Assistance Grant Program will be used for community education, events, and engagement for both organics and edible food recovery. Funds would continue to bolster our current marketing campaign, which targets single-family residents and multi-family units of 4 or less. Marketing methods will include, but are not limited to, social media, website information, flyers/bill inserts and radio. In addition to the marketing campaign- which encourages food scrap/organics in green containers, we will provide residents with countertop composting containers to help promote the practice of placing food scraps/organics in the green container.  In conjunction with this, enforcement and inspection would continue with Program Compliance staff, who will physically perform inspections by flipping residential cart lids and help educate residents with “what goes where” informational materials. The City of Fresno is partnering with the Central California Food Bank (CCFB) to help provide food insecure residents with the much-needed resources. This partnership will include but is not limited to resource and education information distribution, social media partnering, food bank personnel, totes and packaging materials for edible food distribution. Funds will also be utilized for procurement requirements .</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Benjamin Lucha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609555086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 Local Assistance Grant funds will be used for a number of items including:  personnel costs; compost spreader; outreach and education; containers; and procurement.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palos Verdes Estates</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Oscar Antillon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103780383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City wishes to utilize the proposed grant funds for the record keeping and reporting, education and outreach, enforcement and inspection, and procurement requirements of SB1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Verne</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicole Houston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9095968741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds obtained will be used for a variety of SB 1383 expenses. Planned at the time of this writing is software, mulch for procurement and potentially vendor services to provide assistance for food rescue efforts and compliance assurances.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jody Strait</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094948951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Purchase Software to bring City in line with the ability to complete reporting requirements, track enforcement activities, Solid Waste service levels, and Route Reviews.
+Outreach and Education to continue to bring residents and</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Bruno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Angelica Ali</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6508256353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term.
+The project will also include social media educational outreach campaigns, with the goal of ensuring SB 1383 compliance for all residents and business owners.
+Lastly, the project will increase capacity (via a new temporary part-time staff or intern) to assist with SB 1383 implementation/compliance, particularly with paper product procurement and organics waiver requests.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Union City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Claire Wilson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106755466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funds will be used to facilitate providing organics collection service to underserved customers and to purchase and deploy compost in the City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Selma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jero Jerome Keene</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598912200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding is needed to hire City staff to manage new responsibilities placed upon the City by SB 1383 regulations. Funding will also be used to establish the City's official Implementation Records.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Portola Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elizabeth Martelli</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6508511700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term.
+Use of Recyclist program (recordkeeping) and education internally with MWELO, Town SB 1383 ordinance and compliance. Internal staff time related to this program, recordkeeping, compliance and potential services such as a Compost giveaway.
+Continued general education and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Irvine</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Ramos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9497246250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Irvine will utilize the total amount of SB 1383 Local Assistance Grant Program funds ($513,662) to support SB 1383 related programming activities that are not currently funded through City programming, but are critical to the ongoing success of SB 1383 implementation. Project areas include Edible Food Recovery (Total: $85,000), Education and Outreach (Total $160,000), Equipment (Total $75,000), Procurement (Total $109,662), and Record Keeping (Total $84,000). All programs are necessary to reduce contamination and increase accessibility and participation/compliance for edible food recovery and recycling and organics services.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Goleta</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Luz “Nina” Buelna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059617569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the January 1, 2024 start of the SB 1383 enforcement mandate, our city is responsible for implementing the SB 1383 Ordinance in their communities and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency based solid waste program push in the last 30 years.
+The funds allotted by this grant will be focused on the City of Goleta administrative staffing needs, education to promote organic program participation, enforcement staffing to ensure program compliance in accordance with the guidelines, marketing/promotional/outreach programs which will include all media outlets from the citywide mailings, local newspaper, city website, city social media, video, television, hauler outreach, etc., materials for program compliance (recovered organics, etc.), personnel including additional staffing required and staff and volunteer training</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Montebello</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Cesar Roldan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238871200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In July of 2017, our City Council adopted Resolution 17-62 addressing food waste and food recovery from within the City boarders and reaffirmed its commitment by adopting Resolution 20-97 in December 2020, which also requires the integration of edible food waste.
+Capacity Planning 
+As part of the capacity planning established herein, we will expand our planning endeavors to include a revised quantification for our actual food recovery capacity utilizing current resources and develop additional avenues and partners if our revised capacity is insufficient to meet the needs of the donations made to the recovery organizations.  In some cases, capacity at existing location may be expanded and in others, we will provide assistance to our partners to help expand and/or modernize their facilities and infrastructure needs.  These services will include conducting random evaluations and audits of identified food generators and requiring a comprehensive tracking of donated and discarded food and related products.  Combined with our hauler audit program that is conducted every year, all locations in the City that either generate, distribute, process, arrange, store, sell, or otherwise deal with food material will be required to submit and electronically generated tracking system to account for the life-cycle accounting of the food, donated for consumption, processed via compost or recovery facility, or landfilled.
+As part of our capacity planning endeavors although the City has entered into an agreement with our residential service provider for capacity planning, we continue to strive to enhance the capacity availability of our 13 nonexclusive franchise solid waste and recycling providers. To this end each of our known exclusive franchises will be audited for potential inclusion in this program. Part of the audit will include a review of their current customer listing and an analysis of identified company's ability to take on additional capacity and expand their previously identified programs. Each of these areas will be quantified based on identified food recovery and capacities to determine a base formula for program implementation.
+Ensuring that program parameters are strictly adhered to, random evaluations and audits of food generators will be conducted on a regular basis to ensure that the identified potential for donated and discarded food items are compliant with the parameters that we have established. The program to be enacted with these funds will provide direct assistance to these organizations to determine the actual capacity that each is capable of achieving under the program.  One of the areas of focus under this portion will be the expansion of the edible food from commercial generators.  Expanding our education and outreach program to Tier 1 and Tier 2 partners will be part of the capacity planning to ensure that the same messages are being not only distributed but fully understood by all of the participants in the program.
+We will build on the success of our initial program by working with our current non-profit partners and food recovery organizations to enhance the linkages between them and direct donors in order to reduce the time between donation and redistribution.  Once the connections are established, comprehensive training will be implemented to ensure the capacity of the program parameters either remain at established program levels or enhanced with programmatic expansion.
+Edible Food Recovery
+As part of the edible food recovery program identified within the contents of this grant proposal, we will be working with our community groups and collaborative partners in the collection, preparation, and storage of edible food. The food collected will be utilized by various nonprofit organizations and distribution centers to provide much needed meals to the under served residents of our City and surrounding areas. In some cases, these distributions will involve working with other organizations and nonprofit entities on collaborative approaches to reach target audiences to maximize our distribution endeavors.  
+Understanding the dynamics of the recovery of edible food goes far beyond just the recovery process, it involves the complete understanding of the process from beginning to end. This process includes not only the collection cataloging, handling, and transference of the edible food collected, it also requires a complete understanding of food packaging and safety requirements.  One of the ways we will accomplish this is by using the vast network of city volunteers and organizations to provide on call and scheduled collection of edible food. Once collected the food will be brought to a centralized processing location of one of our community partners, evaluated and inspected according to program parameters and distribution standards and prepared for distribution. In some cases, hot or cooked food will be distributed within hours of collection to various locations throughout the City and surrounding areas based upon applicable distribution standards while in other cases collected food maybe consolidated and or partnered with other food to create hardy meals that can be stored and or distributed as needed.
+Utilizing the current capacities that were developed in the early stages of our food recovery program we will continue what the expansion of the program to include larger food storage areas which can be utilized by our local nonprofit organizations, food banks, food pantries, shelters, and others within the city for the storage of edible food.
+Building on the successful collections of our initial SB1383 program implementation this continuation phase will encompass unique and innovative collaborations which will bring together various businesses and service industry professionals to combine their talents and collective resources to establish programs that are intended to reach far beyond traditional methods and targeted partners. These programs are envisioned for consolidated efforts on weekends and other events sponsored by the city to bring attention to edible food recovery and the need for reducing the excessive and wasteful discard of edible food. Utilizing their culinary talents, we will seek to include various program participants and eating establishments to provide demonstrations in the proper preparation of meals in the safe storage food stuff.  These demonstrations will take place in the form of virtual and in-person events and recorded messaging to provide great capacity of our edible food recovery efforts.
+Food Waste Prevention Projects 
+As part of any successful food recovery program, we must look at the entire food cycle from preparation to serving and recovery.  Even though we have established successful programs for the donation and collection of edible food under this section of the program we will focus our efforts on preventing waste by addressing the planning and preparation of food to prevent waste from even being generated.  This endeavor starts with developing a clear understanding of food and necessities, menu planning, and preparation. To expand the scope an understanding of this task we will work behind the scenes in restaurants, food establishments, and other food preparation establishments to educate them on back of house practices and techniques to help reduce the generation of food waste.
+This program involves demonstrating the beneficial practice of food reuse in the form of food stocks, sauces, purees, soups, seasonings, and poaching liquids, as well as garnish. Utilizing what has traditionally been thrown away, this program will educate back-of-house prep staff, chefs, and servers on new and innovative techniques to maximize utilization of fresh fruits and vegetables to reduce waste and unnecessary spoilage. In some cases, this instruction will be in the form of in person demonstrations at individual restaurants and eating locations while in others it may be online seminars, previously recorded sessions, or even visual presentations online and other social media avenues.
+These programmatic sessions will also be expanded to include residential and multifamily practices that can be implemented by our residents to assist in our efforts to reduce food from rotting, being underutilized, and discarded into landfills.  The residential portion of the food elimination and reduction program will be geared to everyday activities associated with food preparation. Utilizing a combination of techniques, processes, and programs, we are confident that the information that we provide to our residents, businesses, and the community will prove beneficial in the reduction of food waste.  A secondary benefit of this program is that program participants will learn how to work with traditionally discarded cuttings which can save money, time, and reduce the wasteful discarding of otherwise useful food.  We are confident that the parameters set forth above will dramatically reduce the amount of food being wasted by preventing food waste from being generated and becoming waste that is normally destined for landfills.
+Collection
+Building on the successful collection activities of the last two years which resulted in an average increase in the amount of recovered edible food by 15% the collection aspects of this program will fall within two categories that will most benefit our City and the intended goals of this program. The first aspect of the program is reaching out for the collection of commercial food. Utilizing a combination of business license registry, hauler collection activities, hauler reported programs, and the individual business audits, our efforts will expand the collection capacities through the identification of identified food and programs that may fall under the legislative confines established. Although primarily focused on Tier one and Tier two generators our collection program will extend beyond that and work to incorporate all businesses and eating establishments that generate food and have the potential for collection and or donation of edible food.
+Part of this program will provide for the collection of residential food scraps and food related products from all residential dwelling units within the City and provide for the effective monitoring and tracking of collection locations, compliance, and reporting of tonnage to the City.  The program will also utilize renewable natural gas (RNG) in their collection vehicles and through the compost produced from the organic and food scrap material collection. Even though our residential organics program is being rolled out and implemented by our residential franchise collector one of the biggest challenges that we face in the collection of food among smaller businesses is the ability to find storage capacity and programs that will prevent food rot and spoilage in between collections. As a result, we will work to establish localized collection territories that can be collected at various intervals throughout the day and establish programmatic routes based on the volumetric quantification and type of food being generated and or discarded. A survey of our 13 nonexclusive franchise providers illustrated that there are only seven or fewer companies that are able to provide the necessary organic material collection activities. Of these seven, five are capable of collecting on a large scale while the other two remain localized but able to service their individual customer needs. 
+Our program we'll expand our collection abilities by merging these two sectors and providing site specific programs that can be customized to achieve maximum efficiency well implementing our long-term strategic goals for 100% collection of organic food that would otherwise be discarded and deposit it into landfills and other depositories. In 2022 our edible food recovery program resulted in the collection of 190,015 pounds of available food. In 2023 our edible food program was expanded which resulted in the collection of more than 256,605 pounds of edible food in the first six months of the calendar year.  Through the continued implementation and utilization of our identified programs we are confident that we will be able to increase our food diversion rates and increase recovery of edible food by 10% to 14% annually.  
+The goal to increase the amount an edible food recovered will be in part due to the added staffing of edible food recovery personnel that will conduct site visits of each identified business that either produce, manufacturer, distributes, prepares, or serves edible food. Through the identification of identified establishments and the quantification of statistical food recovery our program will strive to achieve our target goal that will phase in all of the aforementioned establishments over the term of the funding cycle. Weekly tonnage reports will be submitted to the City for verification and compliance.  All collection locations will be provided with compliant food scrap bins and containers and will be processed in a manner as to prevent foul smell or contamination by vermin, rodents, or insects.
+Equipment 
+Continuing the utilization of insulated heating and holding cabinets, the precooked food will be examined for applicable guidelines and prepared for distribution to others in the community via insulated food recovery bags, containers, and equipment, for delivery and distribution at other locations.  For food distribution locations we will procure larger refrigerated holding units which may include refrigeration, coolers, and packing material to maximize the shelf life of the collected food. Collection vessels such as compliant food scrap bins and containers will also be purchased for his program.
+Education and outreach (includes organic waste &amp; edible food recovery) 
+Reaching out to those impacted most is essential to the successful implementation of our program.  That is why our education and outreach program encompasses a multi-stage approach to reaching our targeted sectors of society that will be impacted by participation in this program whether as a donor or a recipient.  The development of an extensive education and outreach campaign will be developed to provide information about the program and the effectiveness of its parameters.  The program will be conducted in both print and electronic formats to maximize the potential for success.  
+Conducted in bilingual formats, monthly seminars, site visits, audits, surveys, and repeated outreach to the restaurants and eating establishments will be conducted to provide updated information.  Outreach and education to identified businesses on how to discard their food under the program will be a repeat topic for discussion and will be updated with lessons learned and successful programs that have been implemented.  A business-to-business education program will be developed to pair likeminded businesses together for the development of an enhanced program.  Similarly, complementary business and businesses that may benefit from each other will also be introduced to maximize program effectiveness and maximize materials diversion from landfills.
+Education and outreach to residential populations will be held in a similar manner with enhanced attention to the needs of the residential program.  Utilizing direct contact with residents via community events, point of sale (POS) displays, social media, targeted advertisements, and City based programs, residents will be educated on the program parameters on a continuum and reminded of the overall collective program through the identification of partnerships such as eating establishments, vendors, supermarkets, and other food recovery organizations.
+Collectively, our targeted outreach program encompasses integrated messaging in all formats including print, presentations, seminars, webcasts, in-person learning, community events, and social media to provide all areas of the City with the most accurate information available about the program. The education and outreach materials that will be developed and implemented include print media, video, social media, materials offered in other languages, and door-to-door outreach. 
+Enforcement and Inspection
+Enforcement is another part of the program that will benefit from the program funds.  With limited resources and a reduced code enforcement staff our resources are stretched thin and cannot cover all the areas required.  To this end, the funds utilized under this program will be used to create a volunteer enforcement system whereby residents and businesses report noncompliant entities to the City for continued enforcement.  Furthermore, enforcement of Resolutions 17-62 and 20-97 which require the integration of food waste, and a diversion rate of 75% will be implemented to maximize the effectiveness of the program. 
+As part of the enforcement program, the City’s previously referenced volunteer corps will work with City inspectors and code enforcement officials to inspect and report deficiencies in the program.  When code violations are identified, the volunteers will refer the issue to the City for confirmation and follow up as appropriate based on applicable law.  
+Record Keeping
+As has been referenced throughout the information presented above, extensive record keeping will be conducted during this process to ensure maximum accountability and tracking of food and food-like products.  Additionally, the record keeping and tracking of collection activities, edible meals distributed, tons of food donated, material composted, and business programs implemented will be developed into a comprehensive database that will serve as a reference point for all program evaluations.  Monthly reports will be posted electronically and provided to residents and participating businesses to demonstrate the success of the programs being implemented and to document compliance with SB 1383 and other state requirements.
+Procurement Requirements
+Continual updating of the City procurement regulations will be undertaken in this program.  Building on successful models and previous policies implemented by the City, new procurement guidelines and policies will be developed and implemented to ensure the use of recycled organic products – compost, mulch, electricity, and/or renewable gas, recycled paper and paper products, and other items to maximize program effectiveness and environmental compliance.  The new policies will be designed to integrate across all City Departments and provide models for which can be implemented throughout the City including private businesses and organizations. Enhanced tracking and monitoring will be implemented to quantify the impacts of the procured items.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marissa Juhler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County aims to target a variety of SB 1383 categories and requirements through the OWR4 grant funds being offered. Our narrative proposal outlines a Food Waste Prevention Program, Edible Food Recovery partnerships, Education and Outreach, and compost procurement, to name a few. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lemoore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jamar Hugie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5599246744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For purchase of route review software for compliance purposes as well as additional green can for organic pick up.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael Williams</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057828530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be utilized to assist in continued efforts for SB1383 compliance for the 7 cities and 12 CSD’s we represent. Funds will support education and outreach efforts for organic waste generators, edible food generators and food recovery organizations as well as equipment to help us meet our goals. 
+•Edible Foord Recovery: 
+Portion of the funding will be used to assist Edible Food Recovery efforts in our county. Assist Food Recovery agencies in increasing capacity efforts with refrigerators, freezers and shelving units/racks. In addition, providing scales for donation weight tracking. 
+•Education and Outreach: 
+Portion of the funding will be used for education outreach materials to provide to the public about SB 1383 and the requirements to divert materials from the landfill and how to properly sort separate. Material is to be released via print and electronic. 
+Contractor will conduct outreach to include door to door education, residential and commercial route reviews, tabling events and HOA presentations to general public. 
+Continue SB1383 content social media marketing, and add radio and television outreach. 
+•Equipment: 
+Portion of the funding will be used for purchase of Tablets for education and outreach and organic tracking, interior organic recycling containers (slim jims, food pails, dollies), outdoor display for business and education center. Modular office building outside anaerobic digester in the City of San Luis Obispo for organic waste presentation to school grade students and general public. 
+•Procurement: 
+Portion of the funding will be utilized for procurement requirements. This funding grants us the opportunity to continue our compost rebate program and drive demand for the use/purchase of compost locally.  
+•Record Keeping: 
+Portion of the funding will be used for program tracking software, Recyclist, to help identify generators, maintain records for: education and outreach, approved waivers issued, self-haulers, food recovery organizations, monitoring compliance of edible food generators, contamination monitoring, record keep of complaints, issue notices of violation, The grant funding will support the IWMA for two years.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Paula</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Bruce Belluschi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059334212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the issuance of the 2nd allocation of the SB 1383 Local Assistance Grant Program, SB 1383 becomes a State mandate with a fundable budget.  This second phase of State funding will serve as the catalyst for the City to obtain one hundred percent SB1383 implementation and enhance and achieve the following SB1383 requirements: Organics collection and enforcement,  Capacity planning  and program evaluations, Edible food recovery, education and outreach, Procurement and contamination monitoring.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Valley Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rob Hilton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9259776959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The West Valley Solid Waste Management Authority (Authority) is proposing to use grant funds for procurement, public education and outreach, personnel, equipment, and edible food recovery activities. Grant funds will be used to cover existing costs for activities and materials the Authority would otherwise cover in their annual budget, as well as new activities that are specific to public education and enforcement related activities.
+Note: The City of Campbell is the WVSWMA's fiscal agent (see address for grant payment above).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Scotts Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mindy Esqueda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317835667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Improve and augment systems and activities related to the implementation of SB 1383 as needed to achieve full compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Malibu</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Farah Stack</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104562489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City aims to use the grant funding to regulate the organics recycling program, support local food recovery organizations, and supplement administrative duties such as inspections, enforcement, reporting, procurement, and record keeping. 
+SB 1383 education and outreach is provided to the community through multiple social media outlets and at in-person events. Grant funding will allow education and outreach of SB 1383 regulations to progress through the purchasing of print advertisements in the local newspaper and postcards and also be used to purchase additional kitchen collection bins to encourage residents to recycle organics and will subsidize City staff time to administer monthly, virtual organics recycling trainings. 
+The grant funds will continue to be utilized for consultant and City staff time for inspections, enforcement, and reporting of noncompliant and compliant Malibu businesses. 
+Furthermore, grant funding will provide the opportunity to launch a pilot program with COPIA, a mobile app, for Malibu Tier 2 businesses to recover, donate, and track edible food in accordance with SB 1383 requirements. 
+The grant will also fund indirect costs such as program management practices like maintaining records of the organics recycling program, inspection and enforcement, contracts, agreements, tracking expenditures, and preparing payment requests.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fillmore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Manuel Minjares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059461926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant provides a City with opportunities to focus on the issues critical to the success of their individual organics. diversion/capture programs.  Our City responsibilities include the following:
+•Implementation of SB 1383 organics collection, recycling and edible food recovery programs.   This program will occur in all sectors residential and commercial and all 3 services (trash, recycling &amp; organics) are now automatically provided.  
+•Establishing a regional edible food recovery program in cooperation with Ventura County and participating local agencies.  Includes a contracted project manager to coordinate and track this program and coordinate with larger edible food waste generators.  
+•Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments  
+•Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity.  
+•Inspecting and enforcement compliance with SB 1383. Edible food generator inspections.  
+•Maintaining accurate and timely records of SB 1383 compliance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lakewood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Konya Vivanti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628669771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lakewood intends to use the grant funds to enlarge trash enclosures at city facilities (parks, senior center, and community center) to house green waste bins to implement SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Carlos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Akanksha Chopra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6508024350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Foster City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yelena Cappello</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6502863569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term. Funds in excess of those required for the Compost Broker Project will be used for direct procurement of SB 1383-compliant compost toward our annual procurement target.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Agoura Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ramiro Adeva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185977353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the January 1, 2024, start of the Enforcement of SB 1383 mandate, the City is responsible for implementing and enforcing the SB 1383 Ordinance in the community and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency based solid waste program push in the last 30 years.  Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate.  The Local Assistance Grant provides the City with opportunities to focus on the issues critical to the success of its individual organics diversion/capture programs.  
+The City responsibilities include the following:
+•Implementation of SB 1383 organics collection, recycling and edible food     recovery programs.   This program will occur in all sectors residential and commercial and all 3 services are now automatically provided.  
+•Establishing an edible food recovery program in cooperation with local agencies and larger edible food waste generators.  
+•Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments  
+•Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity. Procuring does not necessarily mean purchasing. 
+•Inspecting and enforcement of SB 1383. Edible food generator inspections may be combined with existing health inspections
+•Maintaining accurate and timely records of SB 1383 compliance
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Point Arena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Molly Haviland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7078822122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The "Waste to Resource" project is an organic waste compost initiative designed to address crucial environmental and community needs in the city of Point Arena. The primary objectives are to 1) provide outreach and education towards effective organic waste management practices and 2) implement organic waste pick-up services for the constituents of Point Arena. In compliance with AB 1826 low population waiver for our city, the focus of organic waste diversion will be for businesses generating 2 or more cubic yards of solid waste per week and multifamily residences with 5 or more units. This project will incorporate other businesses and residences in a separate phase implementation. 
+To support these efforts, the SB 1383 Local Assistance Grant will be utilized to contract with a local company specializing in organic waste education and processing. The funds will also be used to purchase equipment for the safe and sanitary collection of organic waste within the city limits of Point Arena. 
+The majority of the grant will be utilized to contract with Gritt Soil LLC to support the project's logistical and operational requirements. This portion of the grant ($47,112.50) will provide one year of income for two part-time positions (20 hours/week). Gritt Soil’s responsibilities under this contract include the following: 
+Outreach: Surveys will be conducted at schools, businesses, and residences to assess the quantities of food and green waste being generated in each location. Businesses will receive a survey that inquires about edible food waste production and recovery strategies. Beyond waste quantification, the surveys will gauge the interest of constituents in learning how to conduct on-site composting in a safe and effective manner. This approach to outreach will inform the project of waste generation patterns, to identify opportunities for waste reduction, and assess the community's enthusiasm for adopting on-site composting practices.
+Education: Businesses and residents will be provided information and coaching on three key elements:
+Food waste reduction
+Correct sorting of food and green waste for safe and efficient collection and processing
+Composting workshops (2-4 times annually)
+This initiative aims to enhance awareness, promote responsible waste management practices, and empower community members with the knowledge and skills needed for effective waste reduction and composting.
+Collection and Processing: The focus on this phase of the project is on the safe and systematic handling of food and green waste. The key aspects of this phase include:
+Weekly collection of organic waste
+Compliance with Regulations: Ensuring that the organic waste collection and composting activities adhere to relevant regulations. This includes following guidelines and standards set forth by California Department of Food and Agriculture (CDFA) to promote environmentally responsible and lawful waste management practices. 
+By collecting organic waste regularly, prioritizing safety, and adhering to regulatory requirements, the project aims to create a sustainable and compliant system for the management and processing of food and green waste.
+The remaining portion of the grant funds ($27,887.50) will be dedicated to the acquisition of equipment essential for the organic waste collection aspect of the project. The proposed equipment is the BY-L35, an electric rear-loading garbage truck with a volume capacity of 124 cubic feet and 60 miles of range. This truck is designed to efficiently, safely, and hygienically handle organic waste and lifts two 64-gallon cans simultaneously.
+To facilitate the waste collection process, 200 green trash bins, with 63 gallon capacity each, will be purchased. These bins will be allocated to local businesses generating 2 or more cubic yards of solid waste per week and multifamily residences with 5 or more units. The Waste to Resource program will provide a membership program for all other Point Arena businesses and residents to participate in organic waste pick up. The truck and bins will be transported to Point Arena in a 20-foot shipping container, which will be repurposed for equipment storage at the compost site. 
+This project addresses organic waste management and environmental sustainability in Point Arena, California. By combining educational efforts, the provision of essential equipment, and the support of dedicated staff, we aim to promote a community-wide culture of responsible waste disposal and composting. Your grant investment will directly contribute to the betterment of Point Arena and assist us in achieving our environmental and community-oriented goals. We are committed to ensuring that this project is executed effectively, delivering long-lasting benefits to the community and the environment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Paramount</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Adriana Figueroa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5622202100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Paramount is requesting the 1383 Local Assistance Grant to conduct the following activities: undertaking critical activities in Education and Outreach related to our local distribution network for organics recycling onsite composting and reuse; analyzing and preparing our Capacity Planning information and documentation; implementing our Procurement Requirements based on our EPPP; developing and implementing record keeping systems; conducting Program Evaluation/Gap Analysis and calculators in 2024 related to our certification as a SWEEP+ community to assure that all programmatic elements are in place, planned and scheduled for implementation; and  funding the purchase of equipment needed by disadvantaged residents interested in backyard composting including Sure-Close Kitchen Counter Food Waste Containers for multifamily residents, and a small number of home composting units.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Orange</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matthew Lorenzen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145326488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Orange is pursuing this grant funding in order to improve public education and enhance services to better serve the City's community members, residents, visitors, and businesses with regard to SB 1383. A portion of this funding will be used on public education and outreach with materials and messaging tailored to the target audience. Examples of audiences include residential cart service properties, multi-family complexes, and commercial sector. Other funding will be used to assist with the procurement targets set by the state. This includes costs of labor and equipment to spread compost and mulch. Funds will also be used to conduct a program/gap analysis to be conducted by a consultant. Remaining funding will enhance the current compliant services provided by the City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lodi</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Beatriz Delgado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093336706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to implement and continue various programs required by SB 1383, including staff time for a full-time employee focusing on SB 1383 implementation, staff time for San Joaquin County Environmental Health Department employees to assist in inspection services related to Edible Food Recovery, Education tools to continue to educate residents and customers about organics recycling and weekly collection of organic waste, and purchase of materials to assist the City in meeting Procurement goals for Fiscal Year 24/25 and 25/26. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rancho Murieta Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cecilia Min</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9163543700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Rancho Murieta Community Services District (RMCSD) desires to retain the services of a part-time employee to investigate and review commercial compliance with SB 1383. This employee will also coordinate with the District’s residential vendor Cal Waste on any related SB 1383 regulations or concerns. The part-time position will also provide education related to SB 1383 compliance to the community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ferndale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lauren Boop</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077864224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Ferndale will use the grant funding to expand organics diversion programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Compton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MR DAVID BENNETT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3106055555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To implement capacity planning, collection, edible food recovery, education and outreach (includes organic waste &amp; edible food recovery), enforcement and inspection, program evaluation/gap analysis, procurement requirements (using recycled organic products – compost, mulch, electricity, and/or renewable gas and recycled paper and paper products) and consulting for sb1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Fernando</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ronald Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8184523188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A plan was developed to enhance all current SB 1383 programs. The City aims to expand the Edible Food Recovery program by utilizing CareIt and Recyclist, two compliance/record-keeping software. The software will assist in compiling all necessary information for the Annual Electric Report. San Fernando's continuous commitment to educating residents, business owners, and City staff about SB 1383 by providing informative tools through personalized engagement and participation in community events. Funds will be allocated to hire a consultant responsible for the enforcement and inspections of edible food recovery programs. A comprehensive analysis and gap identification will be identified through a land analysis to improve the current procurement target strategies. The City seeks support for procuring recycled organic products such as compost with an organic material manufacturer to maintain set prices and track organic material tons. Procurement of recycled paper content for City use will be facilitated, with a catalog list to guide purchasing habits. Overall, the City aims to cultivate a holistic approach to waste management to maintain sustainability and consequently, ensuring compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Imperial</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cody Cole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603552538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Imperial will utilize funds to assist the Community Development Department comply with SB 1383's mandate by applying the awarded grant funds towards community outreach efforts, code enforcement monitoring, and providing education the community in organic waste recycling.  
+The City will continue to disseminate information to educate the community of the mandate.  Bilingual flyers will be distributed via utility bill insertions, to registered email addresses and public outreach efforts staffed at community events.  To boost the campaign, a strategic social media campaign will assist in enforcing and reminding all residents of the mandate for recycling organic waste.
+The Community Development Department will be vigilant in enforcing the mandate by monitoring our compliance and collaborating with our contracted waste hauler's reports and conducting site visits.  The Code Enforcement Division will conduct regular site inspections, issue an initial courtesy notice, educate the community and eventually hand out citations for violations. To assist the Code Enforcement Officer with the additional responsibilities, an additional part-time Organic Waste Monitor will be employed with grant funds.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Mammoth Lakes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Emily Zujewski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609653621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.Town of Mammoth Lakes (TOML) will partner with our franchised solid waste hauler, Mammoth Disposal (MD), for two free green waste collection day events per year, starting in summer of 2024, for a total of four events during this grant cycle. This will include pine needles, branches, grass, etc. TOML has high elevation and rural exemptions from the collection of food waste, however we are not exempt from the collection of green waste. Residents and commercial businesses in TOML are required to self-haul their green waste to the MD transfer station. This can cause hardships for some locals as MD charges $12/cu yd or $66/ton. Due to this cost TOML will hold these green waste collection events at no charge to TOML residents and business owners. Our community holds an annual Town Clean Up Day event where we also offer free trash and recycling drop off over a three-day weekend, normally MD charges a fee. We will hold the green waste events a few months later, to offer another solution to organic waste in our community. Once all collected and stored at the MD transfer station in roll-offs, MD will then haul the green waste to Full Circle Organics &amp; Composting in Carson City, Nevada, which is the nearest commercial compost facility to us in Mammoth Lakes. MD will pay for the hauling. We will provide outreach in English and Spanish to our community prior to the events via flyers, local radio and tv ads and social media. 
+2.TOML, along with MD’s sustainability coordinator, will partner with our local food bank, Inyo Mono Advocates for Community Action (IMACA), our local Grocery Outlet (GO) and CalFresh Healthy Living to offer food waste prevention outreach and education to our community in the GO store. Each week for a duration of two months in summer of 2024 and again in summer of 2025, we will hold edible food waste prevention and food tasting demos at GO with CalFresh and volunteers in our community, for a total of 8 events per year. In collaboration with Volunteer Eastern Sierra (VES), our local volunteer organization, we will hold these events for free in GO. GO will provide food that is in season and might be unique, such as jicama. TOML and MD will provide all SB 1383 and food waste prevention and recovery information, along with vermiculture composting demos. CalFresh will provide recipes for the food we will be demoing that week. 
+3.With SB 1383 grant funding TOML will provide vermiculture and smaller compost systems for school food scraps. We are teaching the students how to grow food with mobile gardens they already have in place (pilot program funded by previous round of SB 1383 grant funding) then compost any leftovers, after using as much as possible. Due to our high elevation, wildlife, and weather challenges we will provide the compost systems indoors. The grant funds will also supplement outreach flyers and supplies for MD’s sustainability coordinator to continue to hold edible food waste prevention and recovery demos at every school. She has held six so far and plans to hold 2-3 per school per year. She will also do school assemblies, demos, and training for the compost systems, which include vermiculture. We will also provide SB 1383 outreach to our restaurant and business community. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Avalon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jocelyn Francis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3105100220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>If awarded, the City of Avalon intends to use the funding to aide in the collection of green waste and irrigation upgrades at our landfill.  
+Currently, we use one of our trash trucks that is equipped with a compartment on the side of the vehicle for green waste collection.  We would like to upgrade our operation and purchase a vehicle that we can designate strictly to green waste collection.  
+The current operation at our landfill does not promote proper irrigation of our green waste collection.  We intend to install a proper irrigation system to aide in the decomposition of green waste.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heber Public Utility District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jacob Bermudez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604822441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be used for education in Heber, CA. As a small special district serving a disadvantaged community, it will be beneficial to focus more on solid waste pickup with organics recycling. This grant money would be used to give households organics recycling bins with educational materials so that residents are aware about SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Castro Valley Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jordan Figueiredo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107563555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will use these funds to cover expenses related to education/compliance and enforcement of SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Morgan Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mario Pichardo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087635200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Morgan Hill is seeking grant funds on behalf of the Cities of Morgan Hill and Gilroy to complete the tasks listed below. 
+Continue implementation of the Countywide Edible Food Recovery Program
+The Edible Food Recovery Program contracts with Joint Venture Silicon Valley to conduct outreach, provide technical assistance, and regulate businesses that are impacted by SB 1383. Funding will support programmatic tasks such as: inspections, business support, logisitcs, possibly school support, education, outreach, refining Tier 1 and 2 lists and engagement, document creation, food recovery organization/service and generator reporting, as well as general administration of the program. These grant funds will provide both the City of Morgan Hill and the City of Gilroy’s contributions to the Edible Food Recovery Program that is managed regionally.
+Hire part-time personnel to implement the requirements of SB 1383 in both cities
+Two part-time staff persons will be hired, one for Morgan Hill and one for Gilroy, to support implementation of SB 1383 compliance. Key areas of focus may include but will not be limited to engagement with schools, community education and outreach, business support, internal City facility audits, and oversight of paper procurement programs. 
+Purchase compostable liners for City facility compost containers 
+Both cities will purchase liners using grant funds which will allow buffer time for both cities to incorporate the costs of liners into City fees and budgets. 
+Purchase compost containers for City facilities and/or businesses
+Both cities will utilize grant funds to support the purchase of compost bins at City facilities and/or local businesses.
+Training and CRRA Conference
+In the City of Gilroy only, grant funds will be used to send one staff person to the annual CRRA conference for training/networking/engagement on the latest SB 1383 topics. Remaining funds will be used for additional training opportunities that come up during the year.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Cruz</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristen Perez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314205592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Summary for this grant is the funding provided by this grant will be used for the City's portion of a countywide service agreementt with a food recovery agency, such as Second Harvest Food Bank Santa Cruz County.  Each of the five jurisdictions will provide individual funding, based on population, to fund these recovery operations. Second Harvest has not yet been able to provide specific details and costs prior to the grant application closing, but the jurisdictions have identified several areas that would be included in a contract with Second Harvest during the early grant period.  These personnel areas include both a Data and Partnership Coodinator and a Volunteer Partnership Coordinator, both are existing positions which will have expanded reporting and operational duties related to additional reqquirements under SB 1383.  Also identified would be expenses such as mileage for collection volunteers, training for volunteers, and supplies needed for volunteer collection partners.  Discussions with our five county jurisdictions identified that having a service agreement with a food recovery agency would be the best way to control costs and duties, with each jurisdiction paying their proportional share of the contract based on county population.  We have also included food recovery software program, such as Care-It, to help our tier two customers, that do not work directly with the countywide food recovery agency, to attain 1383 compliance, 
+Additionally, the City will continue to expand and improve our existing residential and commercial organics collection programs through increased outreach, such as  television, radio,educational videos and social media.  We will also expand our program outreach to include a Chinese translation of our organic outreach materials.  We will also use the funding for a part time Waste Reduction Assistant that will help with our program education, outreach and compliance activities,  This position will augment our current 4.5 full time staff working in these areas.  They are typically involved in customer education through direct contact or event outreach, such as the Farmer's Market.  They inspect container contents for contamination and then follow up with the customer to correct the situation while documenting these activities for 1383 recordkeeping requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be utilized to further comply with State food organic waste collection regulations by expanding the County’s Food DROP program to include subregional food recovery efforts. Funds will be used for outreach and education which will include print materials, online messaging and ads, media campaigns, and community events. Funds will also be used for personnel time and food recovery activities including equipment for food transportation and storage and to enhance the Countywide food recovery database system which will allow businesses to quickly find food recovery agencies to work with.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 387</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -5641,51 +5635,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65244d7245294411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra68a248dd9cd4e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R509c81e943a9438e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad4b56fddfbb4d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ee371d6260f4263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3978d67ff3e449d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -5733,9360 +5727,9356 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.97161865234375" customHeight="1" collapsed="0">
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>103014</x:v>
+        <x:v>188087</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1506.3590087890625" customHeight="1" collapsed="0">
+    <x:row ht="609.44879150390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>148404</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
+    <x:row ht="103.492919921875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>208212</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
+    <x:row ht="298.9700927734375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>388722</x:v>
+        <x:v>163146</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="724.4505615234375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>218610</x:v>
+        <x:v>175628</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.941650390625" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447021484375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>450000</x:v>
+        <x:v>114339</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>41</x:v>
-[...2 lines deleted...]
-    <x:row ht="2713.7763671875" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.97021484375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>858835</x:v>
+        <x:v>292184</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.453369140625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>306999</x:v>
+        <x:v>188509</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.44921875" customHeight="1" collapsed="0">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>202280</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>330511</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row ht="103.49267578125" customHeight="1" collapsed="0">
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>137242</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.99267578125" customHeight="1" collapsed="0">
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>81822</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
+    <x:row ht="149.49951171875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>321734</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.9599609375" customHeight="1" collapsed="0">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>1065428</x:v>
+        <x:v>1048132</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>80</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.986328125" customHeight="1" collapsed="0">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1023.42041015625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.494140625" customHeight="1" collapsed="0">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>107651</x:v>
+        <x:v>476003</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>207272</x:v>
+        <x:v>175139</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1138.39453125" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>75891</x:v>
+        <x:v>414610</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-    <x:row ht="4116.642578125" customHeight="1" collapsed="0">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.005859375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>90074</x:v>
+        <x:v>338133</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.9853515625" customHeight="1" collapsed="0">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.4560546875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>120716</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>168205</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.482421875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>79409</x:v>
+        <x:v>124605</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>116</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.9345703125" customHeight="1" collapsed="0">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="91.9833984375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>132861</x:v>
+        <x:v>416857</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>120</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1276.384765625" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>175139</x:v>
+        <x:v>194451</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.986328125" customHeight="1" collapsed="0">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="896.91015625" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>131683</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>129</x:v>
-[...2 lines deleted...]
-    <x:row ht="6899.4140625" customHeight="1" collapsed="0">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>224342</x:v>
+        <x:v>191561</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>133</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.486328125" customHeight="1" collapsed="0">
+        <x:v>135</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>278760</x:v>
+        <x:v>110849</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>139</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>1194492</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>141</x:v>
-[...2 lines deleted...]
-    <x:row ht="115.001953125" customHeight="1" collapsed="0">
+        <x:v>143</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>108298</x:v>
+        <x:v>194453</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>145</x:v>
-[...2 lines deleted...]
-    <x:row ht="1644.349609375" customHeight="1" collapsed="0">
+        <x:v>147</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="91.984375" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>187556</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
-        <x:v>150</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.44921875" customHeight="1" collapsed="0">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.4560546875" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>304687</x:v>
+        <x:v>388722</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
-        <x:v>155</x:v>
-[...2 lines deleted...]
-    <x:row ht="1092.416015625" customHeight="1" collapsed="0">
+        <x:v>157</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.4814453125" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>142034</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-    <x:row ht="91.982421875" customHeight="1" collapsed="0">
+        <x:v>162</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1954.8291015625" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>173811</x:v>
+        <x:v>2314899</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
-        <x:v>163</x:v>
-[...2 lines deleted...]
-    <x:row ht="1287.89453125" customHeight="1" collapsed="0">
+        <x:v>166</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>141273</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
-        <x:v>167</x:v>
-[...2 lines deleted...]
-    <x:row ht="896.91015625" customHeight="1" collapsed="0">
+        <x:v>171</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="701.431640625" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>131683</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
-        <x:v>172</x:v>
-[...2 lines deleted...]
-    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.462890625" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>173</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>286162</x:v>
+        <x:v>148186</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
-        <x:v>177</x:v>
-[...2 lines deleted...]
-    <x:row ht="1023.419921875" customHeight="1" collapsed="0">
+        <x:v>180</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.94140625" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>249249</x:v>
+        <x:v>450000</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
-        <x:v>179</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
-        <x:v>181</x:v>
-[...2 lines deleted...]
-    <x:row ht="770.4296875" customHeight="1" collapsed="0">
+        <x:v>185</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4668.60546875" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>207619</x:v>
+        <x:v>547390</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
-        <x:v>185</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.943359375" customHeight="1" collapsed="0">
+        <x:v>189</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.458984375" customHeight="1" collapsed="0">
       <x:c r="A44" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B44" s="8" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>719552</x:v>
+        <x:v>1349680</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F44" s="8" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G44" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H44" s="8" t="s">
-        <x:v>189</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.49609375" customHeight="1" collapsed="0">
+        <x:v>195</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.970703125" customHeight="1" collapsed="0">
       <x:c r="A45" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="8" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>230349</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F45" s="8" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G45" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H45" s="8" t="s">
-        <x:v>195</x:v>
-[...2 lines deleted...]
-    <x:row ht="115" customHeight="1" collapsed="0">
+        <x:v>199</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A46" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B46" s="8" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>103281</x:v>
+        <x:v>296174</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F46" s="8" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G46" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H46" s="8" t="s">
-        <x:v>199</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>203</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2150.306640625" customHeight="1" collapsed="0">
       <x:c r="A47" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B47" s="8" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>326482</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F47" s="8" t="s">
-        <x:v>202</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G47" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H47" s="8" t="s">
-        <x:v>203</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+        <x:v>208</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.498046875" customHeight="1" collapsed="0">
       <x:c r="A48" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B48" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>330511</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F48" s="8" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H48" s="8" t="s">
-        <x:v>209</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.96875" customHeight="1" collapsed="0">
+        <x:v>214</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44921875" customHeight="1" collapsed="0">
       <x:c r="A49" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B49" s="8" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>118046</x:v>
+        <x:v>139155</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F49" s="8" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="G49" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H49" s="8" t="s">
-        <x:v>213</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9453125" customHeight="1" collapsed="0">
+        <x:v>218</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.482421875" customHeight="1" collapsed="0">
       <x:c r="A50" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B50" s="8" t="s">
-        <x:v>214</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>351102</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
-        <x:v>215</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F50" s="8" t="s">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G50" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H50" s="8" t="s">
-        <x:v>217</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.99609375" customHeight="1" collapsed="0">
+        <x:v>223</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2035.330078125" customHeight="1" collapsed="0">
       <x:c r="A51" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B51" s="8" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C51" s="8"/>
       <x:c r="D51" s="9" t="n">
-        <x:v>145729</x:v>
+        <x:v>267124</x:v>
       </x:c>
       <x:c r="E51" s="8" t="s">
-        <x:v>219</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F51" s="8" t="s">
-        <x:v>220</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="G51" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H51" s="8" t="s">
-        <x:v>221</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>227</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1276.384765625" customHeight="1" collapsed="0">
       <x:c r="A52" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B52" s="8" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C52" s="8"/>
       <x:c r="D52" s="9" t="n">
-        <x:v>250756</x:v>
+        <x:v>531371</x:v>
       </x:c>
       <x:c r="E52" s="8" t="s">
-        <x:v>223</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F52" s="8" t="s">
-        <x:v>224</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="G52" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H52" s="8" t="s">
-        <x:v>225</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.4921875" customHeight="1" collapsed="0">
+        <x:v>231</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A53" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B53" s="8" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C53" s="8"/>
       <x:c r="D53" s="9" t="n">
-        <x:v>324170</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E53" s="8" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F53" s="8" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G53" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H53" s="8" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-    <x:row ht="1034.8984375" customHeight="1" collapsed="0">
+        <x:v>235</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1517.8671875" customHeight="1" collapsed="0">
       <x:c r="A54" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B54" s="8" t="s">
-        <x:v>230</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C54" s="8"/>
       <x:c r="D54" s="9" t="n">
-        <x:v>459414</x:v>
+        <x:v>340333</x:v>
       </x:c>
       <x:c r="E54" s="8" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F54" s="8" t="s">
-        <x:v>232</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="G54" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H54" s="8" t="s">
-        <x:v>234</x:v>
-[...2 lines deleted...]
-    <x:row ht="1138.3984375" customHeight="1" collapsed="0">
+        <x:v>240</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.958984375" customHeight="1" collapsed="0">
       <x:c r="A55" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B55" s="8" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C55" s="8"/>
       <x:c r="D55" s="9" t="n">
-        <x:v>414610</x:v>
+        <x:v>1537564</x:v>
       </x:c>
       <x:c r="E55" s="8" t="s">
-        <x:v>236</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F55" s="8" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="G55" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H55" s="8" t="s">
-        <x:v>238</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.45703125" customHeight="1" collapsed="0">
+        <x:v>245</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.49609375" customHeight="1" collapsed="0">
       <x:c r="A56" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B56" s="8" t="s">
-        <x:v>239</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C56" s="8"/>
       <x:c r="D56" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>107651</x:v>
       </x:c>
       <x:c r="E56" s="8" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F56" s="8" t="s">
-        <x:v>241</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G56" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H56" s="8" t="s">
-        <x:v>242</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.4765625" customHeight="1" collapsed="0">
+        <x:v>249</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="850.93359375" customHeight="1" collapsed="0">
       <x:c r="A57" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B57" s="8" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C57" s="8"/>
       <x:c r="D57" s="9" t="n">
-        <x:v>295972</x:v>
+        <x:v>143552</x:v>
       </x:c>
       <x:c r="E57" s="8" t="s">
-        <x:v>244</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F57" s="8" t="s">
-        <x:v>245</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G57" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H57" s="8" t="s">
-        <x:v>246</x:v>
-[...2 lines deleted...]
-    <x:row ht="2299.8046875" customHeight="1" collapsed="0">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.97265625" customHeight="1" collapsed="0">
       <x:c r="A58" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B58" s="8" t="s">
-        <x:v>247</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C58" s="8"/>
       <x:c r="D58" s="9" t="n">
-        <x:v>315341</x:v>
+        <x:v>306999</x:v>
       </x:c>
       <x:c r="E58" s="8" t="s">
-        <x:v>248</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F58" s="8" t="s">
-        <x:v>249</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="G58" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H58" s="8" t="s">
-        <x:v>251</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.46484375" customHeight="1" collapsed="0">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1368.39453125" customHeight="1" collapsed="0">
       <x:c r="A59" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B59" s="8" t="s">
-        <x:v>252</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C59" s="8"/>
       <x:c r="D59" s="9" t="n">
-        <x:v>110849</x:v>
+        <x:v>211031</x:v>
       </x:c>
       <x:c r="E59" s="8" t="s">
-        <x:v>253</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F59" s="8" t="s">
-        <x:v>254</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G59" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H59" s="8" t="s">
-        <x:v>255</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.99609375" customHeight="1" collapsed="0">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A60" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B60" s="8" t="s">
-        <x:v>256</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C60" s="8"/>
       <x:c r="D60" s="9" t="n">
-        <x:v>137092</x:v>
+        <x:v>174062</x:v>
       </x:c>
       <x:c r="E60" s="8" t="s">
-        <x:v>257</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F60" s="8" t="s">
-        <x:v>258</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G60" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H60" s="8" t="s">
-        <x:v>259</x:v>
-[...2 lines deleted...]
-    <x:row ht="1287.89453125" customHeight="1" collapsed="0">
+        <x:v>266</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.9296875" customHeight="1" collapsed="0">
       <x:c r="A61" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B61" s="8" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C61" s="8"/>
       <x:c r="D61" s="9" t="n">
-        <x:v>270827</x:v>
+        <x:v>328023</x:v>
       </x:c>
       <x:c r="E61" s="8" t="s">
-        <x:v>262</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F61" s="8" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="G61" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H61" s="8" t="s">
-        <x:v>264</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>271</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="873.921875" customHeight="1" collapsed="0">
       <x:c r="A62" s="8" t="s">
-        <x:v>265</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B62" s="8" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C62" s="8"/>
       <x:c r="D62" s="9" t="n">
-        <x:v>174062</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E62" s="8" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F62" s="8" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="G62" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H62" s="8" t="s">
-        <x:v>270</x:v>
-[...2 lines deleted...]
-    <x:row ht="1046.41015625" customHeight="1" collapsed="0">
+        <x:v>275</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
       <x:c r="A63" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B63" s="8" t="s">
-        <x:v>271</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C63" s="8"/>
       <x:c r="D63" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>561790</x:v>
       </x:c>
       <x:c r="E63" s="8" t="s">
-        <x:v>272</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F63" s="8" t="s">
-        <x:v>273</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="G63" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H63" s="8" t="s">
-        <x:v>274</x:v>
-[...2 lines deleted...]
-    <x:row ht="689.953125" customHeight="1" collapsed="0">
+        <x:v>279</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.00390625" customHeight="1" collapsed="0">
       <x:c r="A64" s="8" t="s">
-        <x:v>275</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B64" s="8" t="s">
-        <x:v>276</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C64" s="8"/>
       <x:c r="D64" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>279920</x:v>
       </x:c>
       <x:c r="E64" s="8" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F64" s="8" t="s">
-        <x:v>278</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G64" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H64" s="8" t="s">
-        <x:v>279</x:v>
-[...2 lines deleted...]
-    <x:row ht="22.98828125" customHeight="1" collapsed="0">
+        <x:v>283</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.96484375" customHeight="1" collapsed="0">
       <x:c r="A65" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B65" s="8" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C65" s="8"/>
       <x:c r="D65" s="9" t="n">
-        <x:v>146317</x:v>
+        <x:v>602222</x:v>
       </x:c>
       <x:c r="E65" s="8" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F65" s="8" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G65" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H65" s="8" t="s">
-        <x:v>283</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.45703125" customHeight="1" collapsed="0">
+        <x:v>287</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A66" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B66" s="8" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C66" s="8"/>
       <x:c r="D66" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>164536</x:v>
       </x:c>
       <x:c r="E66" s="8" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F66" s="8" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G66" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H66" s="8" t="s">
-        <x:v>287</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.9765625" customHeight="1" collapsed="0">
+        <x:v>292</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.98828125" customHeight="1" collapsed="0">
       <x:c r="A67" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B67" s="8" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C67" s="8"/>
       <x:c r="D67" s="9" t="n">
-        <x:v>296174</x:v>
+        <x:v>123181</x:v>
       </x:c>
       <x:c r="E67" s="8" t="s">
-        <x:v>289</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F67" s="8" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="G67" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H67" s="8" t="s">
-        <x:v>291</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>297</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.4921875" customHeight="1" collapsed="0">
       <x:c r="A68" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B68" s="8" t="s">
-        <x:v>292</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C68" s="8"/>
       <x:c r="D68" s="9" t="n">
-        <x:v>193876</x:v>
+        <x:v>292997</x:v>
       </x:c>
       <x:c r="E68" s="8" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F68" s="8" t="s">
-        <x:v>294</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G68" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H68" s="8" t="s">
-        <x:v>295</x:v>
-[...2 lines deleted...]
-    <x:row ht="1586.86328125" customHeight="1" collapsed="0">
+        <x:v>301</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1023.41796875" customHeight="1" collapsed="0">
       <x:c r="A69" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B69" s="8" t="s">
-        <x:v>296</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C69" s="8"/>
       <x:c r="D69" s="9" t="n">
-        <x:v>82120</x:v>
+        <x:v>419377</x:v>
       </x:c>
       <x:c r="E69" s="8" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F69" s="8" t="s">
-        <x:v>298</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G69" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H69" s="8" t="s">
-        <x:v>299</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.45703125" customHeight="1" collapsed="0">
+        <x:v>305</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A70" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B70" s="8" t="s">
-        <x:v>300</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C70" s="8"/>
       <x:c r="D70" s="9" t="n">
-        <x:v>278977</x:v>
+        <x:v>451318</x:v>
       </x:c>
       <x:c r="E70" s="8" t="s">
-        <x:v>301</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F70" s="8" t="s">
-        <x:v>302</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G70" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H70" s="8" t="s">
-        <x:v>303</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.984375" customHeight="1" collapsed="0">
+        <x:v>310</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
       <x:c r="A71" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B71" s="8" t="s">
-        <x:v>304</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C71" s="8"/>
       <x:c r="D71" s="9" t="n">
-        <x:v>123181</x:v>
+        <x:v>455122</x:v>
       </x:c>
       <x:c r="E71" s="8" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F71" s="8" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G71" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H71" s="8" t="s">
-        <x:v>307</x:v>
-[...2 lines deleted...]
-    <x:row ht="1207.390625" customHeight="1" collapsed="0">
+        <x:v>312</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.4921875" customHeight="1" collapsed="0">
       <x:c r="A72" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B72" s="8" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C72" s="8"/>
       <x:c r="D72" s="9" t="n">
-        <x:v>283529</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E72" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F72" s="8" t="s">
-        <x:v>310</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="G72" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H72" s="8" t="s">
-        <x:v>311</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.953125" customHeight="1" collapsed="0">
+        <x:v>316</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.99609375" customHeight="1" collapsed="0">
       <x:c r="A73" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B73" s="8" t="s">
-        <x:v>312</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C73" s="8"/>
       <x:c r="D73" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>208212</x:v>
       </x:c>
       <x:c r="E73" s="8" t="s">
-        <x:v>313</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F73" s="8" t="s">
-        <x:v>314</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G73" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H73" s="8" t="s">
-        <x:v>315</x:v>
-[...2 lines deleted...]
-    <x:row ht="977.4140625" customHeight="1" collapsed="0">
+        <x:v>320</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4634.10546875" customHeight="1" collapsed="0">
       <x:c r="A74" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B74" s="8" t="s">
-        <x:v>316</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C74" s="8"/>
       <x:c r="D74" s="9" t="n">
-        <x:v>466392</x:v>
+        <x:v>519396</x:v>
       </x:c>
       <x:c r="E74" s="8" t="s">
-        <x:v>317</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F74" s="8" t="s">
-        <x:v>318</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="G74" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H74" s="8" t="s">
-        <x:v>319</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.4765625" customHeight="1" collapsed="0">
+        <x:v>324</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.96484375" customHeight="1" collapsed="0">
       <x:c r="A75" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B75" s="8" t="s">
-        <x:v>320</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C75" s="8"/>
       <x:c r="D75" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>317573</x:v>
       </x:c>
       <x:c r="E75" s="8" t="s">
-        <x:v>321</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F75" s="8" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="G75" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H75" s="8" t="s">
-        <x:v>323</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.96875" customHeight="1" collapsed="0">
+        <x:v>328</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.45703125" customHeight="1" collapsed="0">
       <x:c r="A76" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B76" s="8" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C76" s="8"/>
       <x:c r="D76" s="9" t="n">
-        <x:v>166263</x:v>
+        <x:v>161453</x:v>
       </x:c>
       <x:c r="E76" s="8" t="s">
-        <x:v>325</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F76" s="8" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G76" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H76" s="8" t="s">
-        <x:v>327</x:v>
-[...2 lines deleted...]
-    <x:row ht="816.4375" customHeight="1" collapsed="0">
+        <x:v>332</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.49609375" customHeight="1" collapsed="0">
       <x:c r="A77" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B77" s="8" t="s">
-        <x:v>328</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C77" s="8"/>
       <x:c r="D77" s="9" t="n">
-        <x:v>395953</x:v>
+        <x:v>130984</x:v>
       </x:c>
       <x:c r="E77" s="8" t="s">
-        <x:v>329</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="F77" s="8" t="s">
-        <x:v>330</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G77" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H77" s="8" t="s">
-        <x:v>331</x:v>
-[...2 lines deleted...]
-    <x:row ht="1092.4140625" customHeight="1" collapsed="0">
+        <x:v>336</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="34.49609375" customHeight="1" collapsed="0">
       <x:c r="A78" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B78" s="8" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C78" s="8"/>
       <x:c r="D78" s="9" t="n">
-        <x:v>75785</x:v>
+        <x:v>95705</x:v>
       </x:c>
       <x:c r="E78" s="8" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F78" s="8" t="s">
-        <x:v>334</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="G78" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H78" s="8" t="s">
-        <x:v>335</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.95703125" customHeight="1" collapsed="0">
+        <x:v>340</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.9921875" customHeight="1" collapsed="0">
       <x:c r="A79" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B79" s="8" t="s">
-        <x:v>336</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C79" s="8"/>
       <x:c r="D79" s="9" t="n">
-        <x:v>317573</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E79" s="8" t="s">
-        <x:v>337</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F79" s="8" t="s">
-        <x:v>338</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="G79" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H79" s="8" t="s">
-        <x:v>339</x:v>
-[...2 lines deleted...]
-    <x:row ht="977.4140625" customHeight="1" collapsed="0">
+        <x:v>344</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4841.09375" customHeight="1" collapsed="0">
       <x:c r="A80" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B80" s="8" t="s">
-        <x:v>340</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C80" s="8"/>
       <x:c r="D80" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E80" s="8" t="s">
-        <x:v>341</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F80" s="8" t="s">
-        <x:v>342</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="G80" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H80" s="8" t="s">
-        <x:v>343</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.47265625" customHeight="1" collapsed="0">
+        <x:v>348</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.453125" customHeight="1" collapsed="0">
       <x:c r="A81" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B81" s="8" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C81" s="8"/>
       <x:c r="D81" s="9" t="n">
-        <x:v>229471</x:v>
+        <x:v>291555</x:v>
       </x:c>
       <x:c r="E81" s="8" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F81" s="8" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G81" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H81" s="8" t="s">
-        <x:v>347</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+        <x:v>352</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1310.8828125" customHeight="1" collapsed="0">
       <x:c r="A82" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B82" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C82" s="8"/>
       <x:c r="D82" s="9" t="n">
-        <x:v>561790</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E82" s="8" t="s">
-        <x:v>349</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F82" s="8" t="s">
-        <x:v>350</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G82" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H82" s="8" t="s">
-        <x:v>351</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.95703125" customHeight="1" collapsed="0">
+        <x:v>357</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.44140625" customHeight="1" collapsed="0">
       <x:c r="A83" s="8" t="s">
-        <x:v>352</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B83" s="8" t="s">
-        <x:v>353</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C83" s="8"/>
       <x:c r="D83" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>76049</x:v>
       </x:c>
       <x:c r="E83" s="8" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F83" s="8" t="s">
-        <x:v>355</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="G83" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H83" s="8" t="s">
-        <x:v>356</x:v>
-[...2 lines deleted...]
-    <x:row ht="3012.74609375" customHeight="1" collapsed="0">
+        <x:v>361</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.4453125" customHeight="1" collapsed="0">
       <x:c r="A84" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B84" s="8" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C84" s="8"/>
       <x:c r="D84" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>297821</x:v>
       </x:c>
       <x:c r="E84" s="8" t="s">
-        <x:v>358</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F84" s="8" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="G84" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H84" s="8" t="s">
-        <x:v>360</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96875" customHeight="1" collapsed="0">
+        <x:v>365</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A85" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B85" s="8" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C85" s="8"/>
       <x:c r="D85" s="9" t="n">
-        <x:v>155653</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E85" s="8" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F85" s="8" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="G85" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H85" s="8" t="s">
-        <x:v>364</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.96875" customHeight="1" collapsed="0">
+        <x:v>369</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1632.8671875" customHeight="1" collapsed="0">
       <x:c r="A86" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B86" s="8" t="s">
-        <x:v>365</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C86" s="8"/>
       <x:c r="D86" s="9" t="n">
-        <x:v>602222</x:v>
+        <x:v>201796</x:v>
       </x:c>
       <x:c r="E86" s="8" t="s">
-        <x:v>366</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F86" s="8" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="G86" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H86" s="8" t="s">
-        <x:v>368</x:v>
-[...2 lines deleted...]
-    <x:row ht="1023.4140625" customHeight="1" collapsed="0">
+        <x:v>373</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.9375" customHeight="1" collapsed="0">
       <x:c r="A87" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B87" s="8" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C87" s="8"/>
       <x:c r="D87" s="9" t="n">
-        <x:v>419377</x:v>
+        <x:v>132861</x:v>
       </x:c>
       <x:c r="E87" s="8" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F87" s="8" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="G87" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H87" s="8" t="s">
-        <x:v>372</x:v>
-[...2 lines deleted...]
-    <x:row ht="1253.3984375" customHeight="1" collapsed="0">
+        <x:v>377</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8716.25" customHeight="1" collapsed="0">
       <x:c r="A88" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B88" s="8" t="s">
-        <x:v>373</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C88" s="8"/>
       <x:c r="D88" s="9" t="n">
-        <x:v>378021</x:v>
+        <x:v>722025</x:v>
       </x:c>
       <x:c r="E88" s="8" t="s">
-        <x:v>374</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F88" s="8" t="s">
-        <x:v>375</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="G88" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H88" s="8" t="s">
-        <x:v>376</x:v>
-[...2 lines deleted...]
-    <x:row ht="931.41015625" customHeight="1" collapsed="0">
+        <x:v>382</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A89" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B89" s="8" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C89" s="8"/>
       <x:c r="D89" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>206068</x:v>
       </x:c>
       <x:c r="E89" s="8" t="s">
-        <x:v>378</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="F89" s="8" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="G89" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H89" s="8" t="s">
-        <x:v>380</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>386</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.9609375" customHeight="1" collapsed="0">
       <x:c r="A90" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B90" s="8" t="s">
-        <x:v>381</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C90" s="8"/>
       <x:c r="D90" s="9" t="n">
-        <x:v>451318</x:v>
+        <x:v>266591</x:v>
       </x:c>
       <x:c r="E90" s="8" t="s">
-        <x:v>382</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F90" s="8" t="s">
-        <x:v>383</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="G90" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H90" s="8" t="s">
-        <x:v>384</x:v>
-[...2 lines deleted...]
-    <x:row ht="1414.37109375" customHeight="1" collapsed="0">
+        <x:v>390</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
       <x:c r="A91" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B91" s="8" t="s">
-        <x:v>385</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C91" s="8"/>
       <x:c r="D91" s="9" t="n">
-        <x:v>162960</x:v>
+        <x:v>139546</x:v>
       </x:c>
       <x:c r="E91" s="8" t="s">
-        <x:v>386</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F91" s="8" t="s">
-        <x:v>387</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="G91" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H91" s="8" t="s">
-        <x:v>388</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.97265625" customHeight="1" collapsed="0">
+        <x:v>394</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.953125" customHeight="1" collapsed="0">
       <x:c r="A92" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B92" s="8" t="s">
-        <x:v>389</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C92" s="8"/>
       <x:c r="D92" s="9" t="n">
-        <x:v>503362</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E92" s="8" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F92" s="8" t="s">
-        <x:v>391</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="G92" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H92" s="8" t="s">
-        <x:v>392</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.4453125" customHeight="1" collapsed="0">
+        <x:v>397</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.4609375" customHeight="1" collapsed="0">
       <x:c r="A93" s="8" t="s">
-        <x:v>393</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B93" s="8" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C93" s="8"/>
       <x:c r="D93" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>185221</x:v>
       </x:c>
       <x:c r="E93" s="8" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F93" s="8" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="G93" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H93" s="8" t="s">
-        <x:v>397</x:v>
-[...2 lines deleted...]
-    <x:row ht="770.4296875" customHeight="1" collapsed="0">
+        <x:v>401</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1011.9140625" customHeight="1" collapsed="0">
       <x:c r="A94" s="8" t="s">
-        <x:v>398</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B94" s="8" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C94" s="8"/>
       <x:c r="D94" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>245907</x:v>
       </x:c>
       <x:c r="E94" s="8" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F94" s="8" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="G94" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H94" s="8" t="s">
-        <x:v>402</x:v>
-[...2 lines deleted...]
-    <x:row ht="1057.921875" customHeight="1" collapsed="0">
+        <x:v>405</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.4453125" customHeight="1" collapsed="0">
       <x:c r="A95" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B95" s="8" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C95" s="8"/>
       <x:c r="D95" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>202280</x:v>
       </x:c>
       <x:c r="E95" s="8" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F95" s="8" t="s">
-        <x:v>405</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="G95" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H95" s="8" t="s">
-        <x:v>406</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.984375" customHeight="1" collapsed="0">
+        <x:v>409</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.4609375" customHeight="1" collapsed="0">
       <x:c r="A96" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B96" s="8" t="s">
-        <x:v>407</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C96" s="8"/>
       <x:c r="D96" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E96" s="8" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F96" s="8" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="G96" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H96" s="8" t="s">
-        <x:v>410</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.484375" customHeight="1" collapsed="0">
+        <x:v>414</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.4140625" customHeight="1" collapsed="0">
       <x:c r="A97" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B97" s="8" t="s">
-        <x:v>411</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C97" s="8"/>
       <x:c r="D97" s="9" t="n">
-        <x:v>229999</x:v>
+        <x:v>270003</x:v>
       </x:c>
       <x:c r="E97" s="8" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F97" s="8" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G97" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H97" s="8" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-    <x:row ht="1368.3984375" customHeight="1" collapsed="0">
+        <x:v>418</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.4921875" customHeight="1" collapsed="0">
       <x:c r="A98" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B98" s="8" t="s">
-        <x:v>415</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C98" s="8"/>
       <x:c r="D98" s="9" t="n">
-        <x:v>421847</x:v>
+        <x:v>170155</x:v>
       </x:c>
       <x:c r="E98" s="8" t="s">
-        <x:v>416</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="F98" s="8" t="s">
-        <x:v>417</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G98" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H98" s="8" t="s">
-        <x:v>418</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.9296875" customHeight="1" collapsed="0">
+        <x:v>422</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.4375" customHeight="1" collapsed="0">
       <x:c r="A99" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B99" s="8" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C99" s="8"/>
       <x:c r="D99" s="9" t="n">
-        <x:v>240915</x:v>
+        <x:v>199091</x:v>
       </x:c>
       <x:c r="E99" s="8" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F99" s="8" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G99" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H99" s="8" t="s">
-        <x:v>422</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+        <x:v>427</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1333.8984375" customHeight="1" collapsed="0">
       <x:c r="A100" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B100" s="8" t="s">
-        <x:v>423</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C100" s="8"/>
       <x:c r="D100" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>125832</x:v>
       </x:c>
       <x:c r="E100" s="8" t="s">
-        <x:v>424</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F100" s="8" t="s">
-        <x:v>425</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="G100" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H100" s="8" t="s">
-        <x:v>426</x:v>
-[...2 lines deleted...]
-    <x:row ht="2035.328125" customHeight="1" collapsed="0">
+        <x:v>432</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1402.890625" customHeight="1" collapsed="0">
       <x:c r="A101" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B101" s="8" t="s">
-        <x:v>427</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C101" s="8"/>
       <x:c r="D101" s="9" t="n">
-        <x:v>267124</x:v>
+        <x:v>89017</x:v>
       </x:c>
       <x:c r="E101" s="8" t="s">
-        <x:v>428</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F101" s="8" t="s">
-        <x:v>429</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="G101" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H101" s="8" t="s">
-        <x:v>430</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.953125" customHeight="1" collapsed="0">
+        <x:v>436</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="91.984375" customHeight="1" collapsed="0">
       <x:c r="A102" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B102" s="8" t="s">
-        <x:v>431</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C102" s="8"/>
       <x:c r="D102" s="9" t="n">
-        <x:v>153056</x:v>
+        <x:v>89452</x:v>
       </x:c>
       <x:c r="E102" s="8" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F102" s="8" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="G102" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H102" s="8" t="s">
-        <x:v>434</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96875" customHeight="1" collapsed="0">
+        <x:v>440</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9453125" customHeight="1" collapsed="0">
       <x:c r="A103" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B103" s="8" t="s">
-        <x:v>435</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C103" s="8"/>
       <x:c r="D103" s="9" t="n">
-        <x:v>514832</x:v>
+        <x:v>133635</x:v>
       </x:c>
       <x:c r="E103" s="8" t="s">
-        <x:v>436</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F103" s="8" t="s">
-        <x:v>437</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="G103" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H103" s="8" t="s">
-        <x:v>438</x:v>
-[...2 lines deleted...]
-    <x:row ht="1057.9140625" customHeight="1" collapsed="0">
+        <x:v>444</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.9453125" customHeight="1" collapsed="0">
       <x:c r="A104" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B104" s="8" t="s">
-        <x:v>439</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C104" s="8"/>
       <x:c r="D104" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>302018</x:v>
       </x:c>
       <x:c r="E104" s="8" t="s">
-        <x:v>440</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F104" s="8" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="G104" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H104" s="8" t="s">
-        <x:v>442</x:v>
-[...2 lines deleted...]
-    <x:row ht="34.5" customHeight="1" collapsed="0">
+        <x:v>448</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9609375" customHeight="1" collapsed="0">
       <x:c r="A105" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B105" s="8" t="s">
-        <x:v>443</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C105" s="8"/>
       <x:c r="D105" s="9" t="n">
-        <x:v>95705</x:v>
+        <x:v>357637</x:v>
       </x:c>
       <x:c r="E105" s="8" t="s">
-        <x:v>444</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="F105" s="8" t="s">
-        <x:v>445</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="G105" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H105" s="8" t="s">
-        <x:v>446</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.4765625" customHeight="1" collapsed="0">
+        <x:v>452</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.9453125" customHeight="1" collapsed="0">
       <x:c r="A106" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B106" s="8" t="s">
-        <x:v>447</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C106" s="8"/>
       <x:c r="D106" s="9" t="n">
-        <x:v>243294</x:v>
+        <x:v>719552</x:v>
       </x:c>
       <x:c r="E106" s="8" t="s">
-        <x:v>448</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="F106" s="8" t="s">
-        <x:v>449</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="G106" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H106" s="8" t="s">
-        <x:v>450</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>456</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
       <x:c r="A107" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B107" s="8" t="s">
-        <x:v>451</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C107" s="8"/>
       <x:c r="D107" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E107" s="8" t="s">
-        <x:v>452</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F107" s="8" t="s">
-        <x:v>453</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="G107" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H107" s="8" t="s">
-        <x:v>454</x:v>
-[...2 lines deleted...]
-    <x:row ht="3012.75" customHeight="1" collapsed="0">
+        <x:v>460</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.4375" customHeight="1" collapsed="0">
       <x:c r="A108" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B108" s="8" t="s">
-        <x:v>455</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C108" s="8"/>
       <x:c r="D108" s="9" t="n">
-        <x:v>283195</x:v>
+        <x:v>104117</x:v>
       </x:c>
       <x:c r="E108" s="8" t="s">
-        <x:v>456</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F108" s="8" t="s">
-        <x:v>457</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="G108" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H108" s="8" t="s">
-        <x:v>458</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4375" customHeight="1" collapsed="0">
+        <x:v>465</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.9609375" customHeight="1" collapsed="0">
       <x:c r="A109" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B109" s="8" t="s">
-        <x:v>459</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C109" s="8"/>
       <x:c r="D109" s="9" t="n">
-        <x:v>792738</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E109" s="8" t="s">
-        <x:v>460</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F109" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="G109" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H109" s="8" t="s">
-        <x:v>462</x:v>
-[...2 lines deleted...]
-    <x:row ht="1356.890625" customHeight="1" collapsed="0">
+        <x:v>469</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1414.375" customHeight="1" collapsed="0">
       <x:c r="A110" s="8" t="s">
-        <x:v>463</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B110" s="8" t="s">
-        <x:v>464</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C110" s="8"/>
       <x:c r="D110" s="9" t="n">
-        <x:v>87593</x:v>
+        <x:v>162960</x:v>
       </x:c>
       <x:c r="E110" s="8" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F110" s="8" t="s">
-        <x:v>466</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="G110" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H110" s="8" t="s">
-        <x:v>467</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.453125" customHeight="1" collapsed="0">
+        <x:v>473</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.4765625" customHeight="1" collapsed="0">
       <x:c r="A111" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B111" s="8" t="s">
-        <x:v>468</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C111" s="8"/>
       <x:c r="D111" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>229999</x:v>
       </x:c>
       <x:c r="E111" s="8" t="s">
-        <x:v>469</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="F111" s="8" t="s">
-        <x:v>470</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="G111" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H111" s="8" t="s">
-        <x:v>471</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.9921875" customHeight="1" collapsed="0">
+        <x:v>477</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46875" customHeight="1" collapsed="0">
       <x:c r="A112" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B112" s="8" t="s">
-        <x:v>472</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C112" s="8"/>
       <x:c r="D112" s="9" t="n">
-        <x:v>168205</x:v>
+        <x:v>109300</x:v>
       </x:c>
       <x:c r="E112" s="8" t="s">
-        <x:v>473</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F112" s="8" t="s">
-        <x:v>474</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G112" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H112" s="8" t="s">
-        <x:v>475</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.4765625" customHeight="1" collapsed="0">
+        <x:v>479</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="747.4375" customHeight="1" collapsed="0">
       <x:c r="A113" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B113" s="8" t="s">
-        <x:v>476</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C113" s="8"/>
       <x:c r="D113" s="9" t="n">
-        <x:v>164536</x:v>
+        <x:v>165976</x:v>
       </x:c>
       <x:c r="E113" s="8" t="s">
-        <x:v>477</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F113" s="8" t="s">
-        <x:v>478</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="G113" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H113" s="8" t="s">
-        <x:v>479</x:v>
-[...2 lines deleted...]
-    <x:row ht="1138.390625" customHeight="1" collapsed="0">
+        <x:v>483</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.4609375" customHeight="1" collapsed="0">
       <x:c r="A114" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B114" s="8" t="s">
-        <x:v>480</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C114" s="8"/>
       <x:c r="D114" s="9" t="n">
-        <x:v>104826</x:v>
+        <x:v>278977</x:v>
       </x:c>
       <x:c r="E114" s="8" t="s">
-        <x:v>481</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F114" s="8" t="s">
-        <x:v>482</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="G114" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H114" s="8" t="s">
-        <x:v>483</x:v>
-[...2 lines deleted...]
-    <x:row ht="2690.7578125" customHeight="1" collapsed="0">
+        <x:v>487</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.4609375" customHeight="1" collapsed="0">
       <x:c r="A115" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B115" s="8" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C115" s="8"/>
       <x:c r="D115" s="9" t="n">
-        <x:v>106439</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E115" s="8" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F115" s="8" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="G115" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H115" s="8" t="s">
-        <x:v>487</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.4765625" customHeight="1" collapsed="0">
+        <x:v>491</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.4765625" customHeight="1" collapsed="0">
       <x:c r="A116" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B116" s="8" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C116" s="8"/>
       <x:c r="D116" s="9" t="n">
-        <x:v>91104</x:v>
+        <x:v>75891</x:v>
       </x:c>
       <x:c r="E116" s="8" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F116" s="8" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="G116" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H116" s="8" t="s">
-        <x:v>491</x:v>
-[...2 lines deleted...]
-    <x:row ht="770.4296875" customHeight="1" collapsed="0">
+        <x:v>495</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="6899.4140625" customHeight="1" collapsed="0">
       <x:c r="A117" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B117" s="8" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C117" s="8"/>
       <x:c r="D117" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>224342</x:v>
       </x:c>
       <x:c r="E117" s="8" t="s">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="F117" s="8" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="G117" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H117" s="8" t="s">
-        <x:v>495</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4375" customHeight="1" collapsed="0">
+        <x:v>499</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
       <x:c r="A118" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B118" s="8" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C118" s="8"/>
       <x:c r="D118" s="9" t="n">
-        <x:v>87140</x:v>
+        <x:v>103281</x:v>
       </x:c>
       <x:c r="E118" s="8" t="s">
-        <x:v>497</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F118" s="8" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="G118" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H118" s="8" t="s">
-        <x:v>499</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.453125" customHeight="1" collapsed="0">
+        <x:v>503</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="988.921875" customHeight="1" collapsed="0">
       <x:c r="A119" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B119" s="8" t="s">
-        <x:v>500</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C119" s="8"/>
       <x:c r="D119" s="9" t="n">
-        <x:v>175628</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E119" s="8" t="s">
-        <x:v>501</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F119" s="8" t="s">
-        <x:v>502</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="G119" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H119" s="8" t="s">
-        <x:v>503</x:v>
-[...2 lines deleted...]
-    <x:row ht="2805.7578125" customHeight="1" collapsed="0">
+        <x:v>508</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.4296875" customHeight="1" collapsed="0">
       <x:c r="A120" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B120" s="8" t="s">
-        <x:v>504</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C120" s="8"/>
       <x:c r="D120" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>76194</x:v>
       </x:c>
       <x:c r="E120" s="8" t="s">
-        <x:v>505</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F120" s="8" t="s">
-        <x:v>506</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="G120" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H120" s="8" t="s">
-        <x:v>507</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96875" customHeight="1" collapsed="0">
+        <x:v>512</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2587.265625" customHeight="1" collapsed="0">
       <x:c r="A121" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B121" s="8" t="s">
-        <x:v>508</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C121" s="8"/>
       <x:c r="D121" s="9" t="n">
-        <x:v>194453</x:v>
+        <x:v>457434</x:v>
       </x:c>
       <x:c r="E121" s="8" t="s">
-        <x:v>509</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="F121" s="8" t="s">
-        <x:v>510</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="G121" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H121" s="8" t="s">
-        <x:v>511</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.4765625" customHeight="1" collapsed="0">
+        <x:v>516</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="942.921875" customHeight="1" collapsed="0">
       <x:c r="A122" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B122" s="8" t="s">
-        <x:v>512</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C122" s="8"/>
       <x:c r="D122" s="9" t="n">
-        <x:v>233689</x:v>
+        <x:v>161264</x:v>
       </x:c>
       <x:c r="E122" s="8" t="s">
-        <x:v>513</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="F122" s="8" t="s">
-        <x:v>514</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="G122" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H122" s="8" t="s">
-        <x:v>515</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.484375" customHeight="1" collapsed="0">
+        <x:v>520</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A123" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B123" s="8" t="s">
-        <x:v>516</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C123" s="8"/>
       <x:c r="D123" s="9" t="n">
-        <x:v>215635</x:v>
+        <x:v>243294</x:v>
       </x:c>
       <x:c r="E123" s="8" t="s">
-        <x:v>517</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F123" s="8" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="G123" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H123" s="8" t="s">
-        <x:v>519</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.984375" customHeight="1" collapsed="0">
+        <x:v>524</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.953125" customHeight="1" collapsed="0">
       <x:c r="A124" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B124" s="8" t="s">
-        <x:v>520</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C124" s="8"/>
       <x:c r="D124" s="9" t="n">
-        <x:v>456996</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E124" s="8" t="s">
-        <x:v>521</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="F124" s="8" t="s">
-        <x:v>522</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="G124" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H124" s="8" t="s">
-        <x:v>523</x:v>
-[...2 lines deleted...]
-    <x:row ht="1379.875" customHeight="1" collapsed="0">
+        <x:v>528</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="253" customHeight="1" collapsed="0">
       <x:c r="A125" s="8" t="s">
-        <x:v>524</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B125" s="8" t="s">
-        <x:v>525</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C125" s="8"/>
       <x:c r="D125" s="9" t="n">
-        <x:v>98934</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E125" s="8" t="s">
-        <x:v>526</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F125" s="8" t="s">
-        <x:v>527</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="G125" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H125" s="8" t="s">
-        <x:v>528</x:v>
-[...2 lines deleted...]
-    <x:row ht="816.4375" customHeight="1" collapsed="0">
+        <x:v>532</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.953125" customHeight="1" collapsed="0">
       <x:c r="A126" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B126" s="8" t="s">
-        <x:v>529</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C126" s="8"/>
       <x:c r="D126" s="9" t="n">
-        <x:v>88065</x:v>
+        <x:v>99117</x:v>
       </x:c>
       <x:c r="E126" s="8" t="s">
-        <x:v>530</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="F126" s="8" t="s">
-        <x:v>531</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="G126" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H126" s="8" t="s">
-        <x:v>532</x:v>
-[...2 lines deleted...]
-    <x:row ht="597.9375" customHeight="1" collapsed="0">
+        <x:v>536</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="10372.1015625" customHeight="1" collapsed="0">
       <x:c r="A127" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B127" s="8" t="s">
-        <x:v>533</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C127" s="8"/>
       <x:c r="D127" s="9" t="n">
-        <x:v>79101</x:v>
+        <x:v>612849</x:v>
       </x:c>
       <x:c r="E127" s="8" t="s">
-        <x:v>534</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="F127" s="8" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="G127" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H127" s="8" t="s">
-        <x:v>536</x:v>
-[...2 lines deleted...]
-    <x:row ht="184" customHeight="1" collapsed="0">
+        <x:v>540</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.96875" customHeight="1" collapsed="0">
       <x:c r="A128" s="8" t="s">
-        <x:v>463</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B128" s="8" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C128" s="8"/>
       <x:c r="D128" s="9" t="n">
-        <x:v>77001</x:v>
+        <x:v>1065428</x:v>
       </x:c>
       <x:c r="E128" s="8" t="s">
-        <x:v>538</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="F128" s="8" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G128" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H128" s="8" t="s">
-        <x:v>540</x:v>
-[...2 lines deleted...]
-    <x:row ht="850.9375" customHeight="1" collapsed="0">
+        <x:v>544</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.984375" customHeight="1" collapsed="0">
       <x:c r="A129" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B129" s="8" t="s">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C129" s="8"/>
       <x:c r="D129" s="9" t="n">
-        <x:v>143552</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E129" s="8" t="s">
-        <x:v>542</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="F129" s="8" t="s">
-        <x:v>543</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="G129" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H129" s="8" t="s">
-        <x:v>544</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.46875" customHeight="1" collapsed="0">
+        <x:v>548</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2587.265625" customHeight="1" collapsed="0">
       <x:c r="A130" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B130" s="8" t="s">
-        <x:v>545</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C130" s="8"/>
       <x:c r="D130" s="9" t="n">
-        <x:v>227646</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E130" s="8" t="s">
-        <x:v>546</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F130" s="8" t="s">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="G130" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H130" s="8" t="s">
-        <x:v>548</x:v>
-[...2 lines deleted...]
-    <x:row ht="954.4296875" customHeight="1" collapsed="0">
+        <x:v>552</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1908.8515625" customHeight="1" collapsed="0">
       <x:c r="A131" s="8" t="s">
-        <x:v>398</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B131" s="8" t="s">
-        <x:v>549</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C131" s="8"/>
       <x:c r="D131" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>246469</x:v>
       </x:c>
       <x:c r="E131" s="8" t="s">
-        <x:v>550</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="F131" s="8" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="G131" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H131" s="8" t="s">
-        <x:v>552</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.4453125" customHeight="1" collapsed="0">
+        <x:v>556</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.4453125" customHeight="1" collapsed="0">
       <x:c r="A132" s="8" t="s">
-        <x:v>524</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B132" s="8" t="s">
-        <x:v>553</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C132" s="8"/>
       <x:c r="D132" s="9" t="n">
-        <x:v>179747</x:v>
+        <x:v>88065</x:v>
       </x:c>
       <x:c r="E132" s="8" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F132" s="8" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G132" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H132" s="8" t="s">
-        <x:v>556</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.984375" customHeight="1" collapsed="0">
+        <x:v>560</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.9609375" customHeight="1" collapsed="0">
       <x:c r="A133" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B133" s="8" t="s">
-        <x:v>557</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C133" s="8"/>
       <x:c r="D133" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E133" s="8" t="s">
-        <x:v>558</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F133" s="8" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="G133" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H133" s="8" t="s">
-        <x:v>560</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.453125" customHeight="1" collapsed="0">
+        <x:v>564</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.4609375" customHeight="1" collapsed="0">
       <x:c r="A134" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B134" s="8" t="s">
-        <x:v>561</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C134" s="8"/>
       <x:c r="D134" s="9" t="n">
-        <x:v>120716</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E134" s="8" t="s">
-        <x:v>562</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F134" s="8" t="s">
-        <x:v>563</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="G134" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H134" s="8" t="s">
-        <x:v>564</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+        <x:v>569</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.5" customHeight="1" collapsed="0">
       <x:c r="A135" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B135" s="8" t="s">
-        <x:v>565</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C135" s="8"/>
       <x:c r="D135" s="9" t="n">
-        <x:v>1194492</x:v>
+        <x:v>96873</x:v>
       </x:c>
       <x:c r="E135" s="8" t="s">
-        <x:v>566</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="F135" s="8" t="s">
-        <x:v>567</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="G135" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H135" s="8" t="s">
-        <x:v>568</x:v>
-[...2 lines deleted...]
-    <x:row ht="747.4453125" customHeight="1" collapsed="0">
+        <x:v>573</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1138.3984375" customHeight="1" collapsed="0">
       <x:c r="A136" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B136" s="8" t="s">
-        <x:v>569</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C136" s="8"/>
       <x:c r="D136" s="9" t="n">
-        <x:v>9758951</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E136" s="8" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F136" s="8" t="s">
-        <x:v>571</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="G136" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H136" s="8" t="s">
-        <x:v>572</x:v>
-[...2 lines deleted...]
-    <x:row ht="2046.8125" customHeight="1" collapsed="0">
+        <x:v>578</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.9765625" customHeight="1" collapsed="0">
       <x:c r="A137" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B137" s="8" t="s">
-        <x:v>573</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C137" s="8"/>
       <x:c r="D137" s="9" t="n">
-        <x:v>179579</x:v>
+        <x:v>234113</x:v>
       </x:c>
       <x:c r="E137" s="8" t="s">
-        <x:v>574</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F137" s="8" t="s">
-        <x:v>575</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="G137" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H137" s="8" t="s">
-        <x:v>576</x:v>
-[...2 lines deleted...]
-    <x:row ht="1230.40625" customHeight="1" collapsed="0">
+        <x:v>582</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2334.3046875" customHeight="1" collapsed="0">
       <x:c r="A138" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B138" s="8" t="s">
-        <x:v>577</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C138" s="8"/>
       <x:c r="D138" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>229264</x:v>
       </x:c>
       <x:c r="E138" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="F138" s="8" t="s">
-        <x:v>579</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="G138" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H138" s="8" t="s">
-        <x:v>580</x:v>
-[...2 lines deleted...]
-    <x:row ht="2828.7421875" customHeight="1" collapsed="0">
+        <x:v>586</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.4296875" customHeight="1" collapsed="0">
       <x:c r="A139" s="8" t="s">
-        <x:v>581</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B139" s="8" t="s">
-        <x:v>582</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C139" s="8"/>
       <x:c r="D139" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>165846</x:v>
       </x:c>
       <x:c r="E139" s="8" t="s">
-        <x:v>583</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="F139" s="8" t="s">
-        <x:v>584</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="G139" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H139" s="8" t="s">
-        <x:v>585</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.5" customHeight="1" collapsed="0">
+        <x:v>590</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
       <x:c r="A140" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B140" s="8" t="s">
-        <x:v>586</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C140" s="8"/>
       <x:c r="D140" s="9" t="n">
-        <x:v>96873</x:v>
+        <x:v>147896</x:v>
       </x:c>
       <x:c r="E140" s="8" t="s">
-        <x:v>587</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F140" s="8" t="s">
-        <x:v>588</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="G140" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H140" s="8" t="s">
-        <x:v>589</x:v>
-[...2 lines deleted...]
-    <x:row ht="988.921875" customHeight="1" collapsed="0">
+        <x:v>594</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1655.859375" customHeight="1" collapsed="0">
       <x:c r="A141" s="8" t="s">
-        <x:v>590</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B141" s="8" t="s">
-        <x:v>591</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C141" s="8"/>
       <x:c r="D141" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>105184</x:v>
       </x:c>
       <x:c r="E141" s="8" t="s">
-        <x:v>592</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F141" s="8" t="s">
-        <x:v>593</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="G141" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H141" s="8" t="s">
-        <x:v>594</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.9453125" customHeight="1" collapsed="0">
+        <x:v>598</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.9296875" customHeight="1" collapsed="0">
       <x:c r="A142" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B142" s="8" t="s">
-        <x:v>595</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C142" s="8"/>
       <x:c r="D142" s="9" t="n">
-        <x:v>102722</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E142" s="8" t="s">
-        <x:v>596</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="F142" s="8" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="G142" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H142" s="8" t="s">
-        <x:v>598</x:v>
-[...2 lines deleted...]
-    <x:row ht="1023.4140625" customHeight="1" collapsed="0">
+        <x:v>602</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A143" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="B143" s="8" t="s">
-        <x:v>599</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C143" s="8"/>
       <x:c r="D143" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E143" s="8" t="s">
-        <x:v>600</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="F143" s="8" t="s">
-        <x:v>601</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G143" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H143" s="8" t="s">
-        <x:v>602</x:v>
-[...2 lines deleted...]
-    <x:row ht="770.4375" customHeight="1" collapsed="0">
+        <x:v>607</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1782.3359375" customHeight="1" collapsed="0">
       <x:c r="A144" s="8" t="s">
-        <x:v>352</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B144" s="8" t="s">
-        <x:v>603</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C144" s="8"/>
       <x:c r="D144" s="9" t="n">
-        <x:v>165846</x:v>
+        <x:v>437684</x:v>
       </x:c>
       <x:c r="E144" s="8" t="s">
-        <x:v>604</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F144" s="8" t="s">
-        <x:v>605</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="G144" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H144" s="8" t="s">
-        <x:v>606</x:v>
-[...2 lines deleted...]
-    <x:row ht="919.921875" customHeight="1" collapsed="0">
+        <x:v>611</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.9765625" customHeight="1" collapsed="0">
       <x:c r="A145" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B145" s="8" t="s">
-        <x:v>607</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C145" s="8"/>
       <x:c r="D145" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E145" s="8" t="s">
-        <x:v>608</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F145" s="8" t="s">
-        <x:v>609</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="G145" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H145" s="8" t="s">
-        <x:v>610</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.484375" customHeight="1" collapsed="0">
+        <x:v>615</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.40625" customHeight="1" collapsed="0">
       <x:c r="A146" s="8" t="s">
-        <x:v>611</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B146" s="8" t="s">
-        <x:v>612</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C146" s="8"/>
       <x:c r="D146" s="9" t="n">
-        <x:v>217999</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E146" s="8" t="s">
-        <x:v>613</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="F146" s="8" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="G146" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H146" s="8" t="s">
-        <x:v>615</x:v>
-[...2 lines deleted...]
-    <x:row ht="1011.8984375" customHeight="1" collapsed="0">
+        <x:v>619</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.4375" customHeight="1" collapsed="0">
       <x:c r="A147" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B147" s="8" t="s">
-        <x:v>616</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C147" s="8"/>
       <x:c r="D147" s="9" t="n">
-        <x:v>245907</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E147" s="8" t="s">
-        <x:v>617</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="F147" s="8" t="s">
-        <x:v>618</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="G147" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H147" s="8" t="s">
-        <x:v>619</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.5" customHeight="1" collapsed="0">
+        <x:v>465</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
       <x:c r="A148" s="8" t="s">
-        <x:v>168</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B148" s="8" t="s">
-        <x:v>620</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C148" s="8"/>
       <x:c r="D148" s="9" t="n">
-        <x:v>569930</x:v>
+        <x:v>87140</x:v>
       </x:c>
       <x:c r="E148" s="8" t="s">
-        <x:v>621</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F148" s="8" t="s">
-        <x:v>622</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="G148" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H148" s="8" t="s">
-        <x:v>623</x:v>
-[...2 lines deleted...]
-    <x:row ht="885.4296875" customHeight="1" collapsed="0">
+        <x:v>626</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1368.40625" customHeight="1" collapsed="0">
       <x:c r="A149" s="8" t="s">
-        <x:v>624</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B149" s="8" t="s">
-        <x:v>625</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C149" s="8"/>
       <x:c r="D149" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>421847</x:v>
       </x:c>
       <x:c r="E149" s="8" t="s">
-        <x:v>626</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="F149" s="8" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="G149" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H149" s="8" t="s">
-        <x:v>628</x:v>
-[...2 lines deleted...]
-    <x:row ht="1655.859375" customHeight="1" collapsed="0">
+        <x:v>630</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.453125" customHeight="1" collapsed="0">
       <x:c r="A150" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="8" t="s">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C150" s="8"/>
       <x:c r="D150" s="9" t="n">
-        <x:v>105184</x:v>
+        <x:v>77035</x:v>
       </x:c>
       <x:c r="E150" s="8" t="s">
-        <x:v>630</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="F150" s="8" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="G150" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H150" s="8" t="s">
-        <x:v>632</x:v>
-[...2 lines deleted...]
-    <x:row ht="16535.59375" customHeight="1" collapsed="0">
+        <x:v>634</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
       <x:c r="A151" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B151" s="8" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C151" s="8"/>
       <x:c r="D151" s="9" t="n">
-        <x:v>167713</x:v>
+        <x:v>362784</x:v>
       </x:c>
       <x:c r="E151" s="8" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F151" s="8" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="G151" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H151" s="8" t="s">
-        <x:v>636</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.4609375" customHeight="1" collapsed="0">
+        <x:v>638</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.4453125" customHeight="1" collapsed="0">
       <x:c r="A152" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B152" s="8" t="s">
-        <x:v>637</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C152" s="8"/>
       <x:c r="D152" s="9" t="n">
-        <x:v>161611</x:v>
+        <x:v>304687</x:v>
       </x:c>
       <x:c r="E152" s="8" t="s">
-        <x:v>638</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="F152" s="8" t="s">
-        <x:v>639</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="G152" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H152" s="8" t="s">
-        <x:v>640</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.953125" customHeight="1" collapsed="0">
+        <x:v>642</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.4296875" customHeight="1" collapsed="0">
       <x:c r="A153" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B153" s="8" t="s">
-        <x:v>641</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C153" s="8"/>
       <x:c r="D153" s="9" t="n">
-        <x:v>99117</x:v>
+        <x:v>274747</x:v>
       </x:c>
       <x:c r="E153" s="8" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F153" s="8" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="G153" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H153" s="8" t="s">
-        <x:v>644</x:v>
-[...2 lines deleted...]
-    <x:row ht="4668.6015625" customHeight="1" collapsed="0">
+        <x:v>646</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.9296875" customHeight="1" collapsed="0">
       <x:c r="A154" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="B154" s="8" t="s">
-        <x:v>645</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C154" s="8"/>
       <x:c r="D154" s="9" t="n">
-        <x:v>547390</x:v>
+        <x:v>535781</x:v>
       </x:c>
       <x:c r="E154" s="8" t="s">
-        <x:v>646</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F154" s="8" t="s">
-        <x:v>647</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G154" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H154" s="8" t="s">
-        <x:v>648</x:v>
-[...2 lines deleted...]
-    <x:row ht="1885.828125" customHeight="1" collapsed="0">
+        <x:v>651</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.9765625" customHeight="1" collapsed="0">
       <x:c r="A155" s="8" t="s">
-        <x:v>611</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B155" s="8" t="s">
-        <x:v>649</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C155" s="8"/>
       <x:c r="D155" s="9" t="n">
-        <x:v>290583</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E155" s="8" t="s">
-        <x:v>650</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="F155" s="8" t="s">
-        <x:v>651</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="G155" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H155" s="8" t="s">
-        <x:v>652</x:v>
-[...2 lines deleted...]
-    <x:row ht="942.921875" customHeight="1" collapsed="0">
+        <x:v>655</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
       <x:c r="A156" s="8" t="s">
-        <x:v>611</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B156" s="8" t="s">
-        <x:v>653</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C156" s="8"/>
       <x:c r="D156" s="9" t="n">
-        <x:v>224560</x:v>
+        <x:v>165976</x:v>
       </x:c>
       <x:c r="E156" s="8" t="s">
-        <x:v>654</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="F156" s="8" t="s">
-        <x:v>655</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="G156" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H156" s="8" t="s">
-        <x:v>656</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>659</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="253" customHeight="1" collapsed="0">
       <x:c r="A157" s="8" t="s">
-        <x:v>657</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B157" s="8" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C157" s="8"/>
       <x:c r="D157" s="9" t="n">
-        <x:v>207005</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E157" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F157" s="8" t="s">
-        <x:v>176</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="G157" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H157" s="8" t="s">
-        <x:v>659</x:v>
-[...2 lines deleted...]
-    <x:row ht="747.4375" customHeight="1" collapsed="0">
+        <x:v>663</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
       <x:c r="A158" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B158" s="8" t="s">
-        <x:v>660</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C158" s="8"/>
       <x:c r="D158" s="9" t="n">
-        <x:v>165976</x:v>
+        <x:v>108298</x:v>
       </x:c>
       <x:c r="E158" s="8" t="s">
-        <x:v>661</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="F158" s="8" t="s">
-        <x:v>662</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="G158" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H158" s="8" t="s">
-        <x:v>663</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.453125" customHeight="1" collapsed="0">
+        <x:v>667</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.921875" customHeight="1" collapsed="0">
       <x:c r="A159" s="8" t="s">
-        <x:v>393</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B159" s="8" t="s">
-        <x:v>664</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C159" s="8"/>
       <x:c r="D159" s="9" t="n">
-        <x:v>182132</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E159" s="8" t="s">
-        <x:v>665</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="F159" s="8" t="s">
-        <x:v>666</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="G159" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H159" s="8" t="s">
-        <x:v>667</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.5" customHeight="1" collapsed="0">
+        <x:v>671</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2299.8125" customHeight="1" collapsed="0">
       <x:c r="A160" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B160" s="8" t="s">
-        <x:v>668</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C160" s="8"/>
       <x:c r="D160" s="9" t="n">
-        <x:v>130984</x:v>
+        <x:v>315341</x:v>
       </x:c>
       <x:c r="E160" s="8" t="s">
-        <x:v>669</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F160" s="8" t="s">
-        <x:v>670</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="G160" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H160" s="8" t="s">
-        <x:v>671</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.421875" customHeight="1" collapsed="0">
+        <x:v>675</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.953125" customHeight="1" collapsed="0">
       <x:c r="A161" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B161" s="8" t="s">
-        <x:v>672</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C161" s="8"/>
       <x:c r="D161" s="9" t="n">
-        <x:v>270003</x:v>
+        <x:v>153056</x:v>
       </x:c>
       <x:c r="E161" s="8" t="s">
-        <x:v>673</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F161" s="8" t="s">
-        <x:v>674</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="G161" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H161" s="8" t="s">
-        <x:v>675</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.46875" customHeight="1" collapsed="0">
+        <x:v>679</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.984375" customHeight="1" collapsed="0">
       <x:c r="A162" s="8" t="s">
-        <x:v>676</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B162" s="8" t="s">
-        <x:v>677</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C162" s="8"/>
       <x:c r="D162" s="9" t="n">
-        <x:v>163454</x:v>
+        <x:v>286025</x:v>
       </x:c>
       <x:c r="E162" s="8" t="s">
-        <x:v>678</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="F162" s="8" t="s">
-        <x:v>679</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="G162" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H162" s="8" t="s">
-        <x:v>680</x:v>
-[...2 lines deleted...]
-    <x:row ht="919.9375" customHeight="1" collapsed="0">
+        <x:v>683</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.953125" customHeight="1" collapsed="0">
       <x:c r="A163" s="8" t="s">
-        <x:v>168</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B163" s="8" t="s">
-        <x:v>681</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C163" s="8"/>
       <x:c r="D163" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>211328</x:v>
       </x:c>
       <x:c r="E163" s="8" t="s">
-        <x:v>682</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="F163" s="8" t="s">
-        <x:v>683</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="G163" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H163" s="8" t="s">
-        <x:v>684</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+        <x:v>688</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="747.4375" customHeight="1" collapsed="0">
       <x:c r="A164" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B164" s="8" t="s">
-        <x:v>685</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C164" s="8"/>
       <x:c r="D164" s="9" t="n">
-        <x:v>1094382</x:v>
+        <x:v>219107</x:v>
       </x:c>
       <x:c r="E164" s="8" t="s">
-        <x:v>686</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="F164" s="8" t="s">
-        <x:v>687</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="G164" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H164" s="8" t="s">
-        <x:v>688</x:v>
-[...2 lines deleted...]
-    <x:row ht="4277.640625" customHeight="1" collapsed="0">
+        <x:v>692</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.484375" customHeight="1" collapsed="0">
       <x:c r="A165" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B165" s="8" t="s">
-        <x:v>689</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C165" s="8"/>
       <x:c r="D165" s="9" t="n">
-        <x:v>451008</x:v>
+        <x:v>154625</x:v>
       </x:c>
       <x:c r="E165" s="8" t="s">
-        <x:v>690</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="F165" s="8" t="s">
-        <x:v>691</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="G165" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H165" s="8" t="s">
-        <x:v>692</x:v>
-[...2 lines deleted...]
-    <x:row ht="1437.359375" customHeight="1" collapsed="0">
+        <x:v>696</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1057.921875" customHeight="1" collapsed="0">
       <x:c r="A166" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B166" s="8" t="s">
-        <x:v>693</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C166" s="8"/>
       <x:c r="D166" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E166" s="8" t="s">
-        <x:v>694</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="F166" s="8" t="s">
-        <x:v>695</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="G166" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H166" s="8" t="s">
-        <x:v>696</x:v>
-[...2 lines deleted...]
-    <x:row ht="701.4375" customHeight="1" collapsed="0">
+        <x:v>700</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.453125" customHeight="1" collapsed="0">
       <x:c r="A167" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B167" s="8" t="s">
-        <x:v>697</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C167" s="8"/>
       <x:c r="D167" s="9" t="n">
-        <x:v>368156</x:v>
+        <x:v>126168</x:v>
       </x:c>
       <x:c r="E167" s="8" t="s">
-        <x:v>698</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="F167" s="8" t="s">
-        <x:v>699</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="G167" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H167" s="8" t="s">
-        <x:v>700</x:v>
-[...2 lines deleted...]
-    <x:row ht="701.4375" customHeight="1" collapsed="0">
+        <x:v>704</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.5" customHeight="1" collapsed="0">
       <x:c r="A168" s="8" t="s">
-        <x:v>173</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B168" s="8" t="s">
-        <x:v>701</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C168" s="8"/>
       <x:c r="D168" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>324170</x:v>
       </x:c>
       <x:c r="E168" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="F168" s="8" t="s">
-        <x:v>176</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="G168" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H168" s="8" t="s">
-        <x:v>702</x:v>
-[...2 lines deleted...]
-    <x:row ht="4634.109375" customHeight="1" collapsed="0">
+        <x:v>708</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.953125" customHeight="1" collapsed="0">
       <x:c r="A169" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B169" s="8" t="s">
-        <x:v>703</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C169" s="8"/>
       <x:c r="D169" s="9" t="n">
-        <x:v>519396</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E169" s="8" t="s">
-        <x:v>704</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="F169" s="8" t="s">
-        <x:v>705</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="G169" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H169" s="8" t="s">
-        <x:v>706</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.453125" customHeight="1" collapsed="0">
+        <x:v>712</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.453125" customHeight="1" collapsed="0">
       <x:c r="A170" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B170" s="8" t="s">
-        <x:v>707</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C170" s="8"/>
       <x:c r="D170" s="9" t="n">
-        <x:v>139155</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E170" s="8" t="s">
-        <x:v>708</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F170" s="8" t="s">
-        <x:v>709</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="G170" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H170" s="8" t="s">
-        <x:v>710</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.953125" customHeight="1" collapsed="0">
+        <x:v>716</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A171" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B171" s="8" t="s">
-        <x:v>711</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C171" s="8"/>
       <x:c r="D171" s="9" t="n">
-        <x:v>122267</x:v>
+        <x:v>165978</x:v>
       </x:c>
       <x:c r="E171" s="8" t="s">
-        <x:v>712</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="F171" s="8" t="s">
-        <x:v>713</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="G171" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H171" s="8" t="s">
-        <x:v>714</x:v>
-[...2 lines deleted...]
-    <x:row ht="1782.34375" customHeight="1" collapsed="0">
+        <x:v>720</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.5" customHeight="1" collapsed="0">
       <x:c r="A172" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B172" s="8" t="s">
-        <x:v>715</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C172" s="8"/>
       <x:c r="D172" s="9" t="n">
-        <x:v>437684</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E172" s="8" t="s">
-        <x:v>716</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="F172" s="8" t="s">
-        <x:v>717</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="G172" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H172" s="8" t="s">
-        <x:v>718</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.4375" customHeight="1" collapsed="0">
+        <x:v>724</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.921875" customHeight="1" collapsed="0">
       <x:c r="A173" s="8" t="s">
-        <x:v>611</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="B173" s="8" t="s">
-        <x:v>719</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C173" s="8"/>
       <x:c r="D173" s="9" t="n">
-        <x:v>182321</x:v>
+        <x:v>2161472</x:v>
       </x:c>
       <x:c r="E173" s="8" t="s">
-        <x:v>720</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="F173" s="8" t="s">
-        <x:v>721</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="G173" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H173" s="8" t="s">
-        <x:v>722</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.984375" customHeight="1" collapsed="0">
+        <x:v>729</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.9375" customHeight="1" collapsed="0">
       <x:c r="A174" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B174" s="8" t="s">
-        <x:v>723</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C174" s="8"/>
       <x:c r="D174" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E174" s="8" t="s">
-        <x:v>724</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="F174" s="8" t="s">
-        <x:v>725</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="G174" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H174" s="8" t="s">
-        <x:v>726</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.9375" customHeight="1" collapsed="0">
+        <x:v>733</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.453125" customHeight="1" collapsed="0">
       <x:c r="A175" s="8" t="s">
-        <x:v>173</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B175" s="8" t="s">
-        <x:v>727</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C175" s="8"/>
       <x:c r="D175" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E175" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="F175" s="8" t="s">
-        <x:v>176</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="G175" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H175" s="8" t="s">
-        <x:v>728</x:v>
-[...2 lines deleted...]
-    <x:row ht="816.4375" customHeight="1" collapsed="0">
+        <x:v>737</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1483.375" customHeight="1" collapsed="0">
       <x:c r="A176" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B176" s="8" t="s">
-        <x:v>729</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C176" s="8"/>
       <x:c r="D176" s="9" t="n">
-        <x:v>143202</x:v>
+        <x:v>274786</x:v>
       </x:c>
       <x:c r="E176" s="8" t="s">
-        <x:v>730</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F176" s="8" t="s">
-        <x:v>731</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="G176" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H176" s="8" t="s">
-        <x:v>732</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.453125" customHeight="1" collapsed="0">
+        <x:v>741</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.9375" customHeight="1" collapsed="0">
       <x:c r="A177" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B177" s="8" t="s">
-        <x:v>733</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C177" s="8"/>
       <x:c r="D177" s="9" t="n">
-        <x:v>362784</x:v>
+        <x:v>240915</x:v>
       </x:c>
       <x:c r="E177" s="8" t="s">
-        <x:v>734</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="F177" s="8" t="s">
-        <x:v>735</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="G177" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H177" s="8" t="s">
-        <x:v>736</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>745</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.46875" customHeight="1" collapsed="0">
       <x:c r="A178" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B178" s="8" t="s">
-        <x:v>737</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C178" s="8"/>
       <x:c r="D178" s="9" t="n">
-        <x:v>165978</x:v>
+        <x:v>96342</x:v>
       </x:c>
       <x:c r="E178" s="8" t="s">
-        <x:v>738</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="F178" s="8" t="s">
-        <x:v>739</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="G178" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H178" s="8" t="s">
-        <x:v>740</x:v>
-[...2 lines deleted...]
-    <x:row ht="1632.875" customHeight="1" collapsed="0">
+        <x:v>749</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.9375" customHeight="1" collapsed="0">
       <x:c r="A179" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B179" s="8" t="s">
-        <x:v>741</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C179" s="8"/>
       <x:c r="D179" s="9" t="n">
-        <x:v>201796</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E179" s="8" t="s">
-        <x:v>742</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F179" s="8" t="s">
-        <x:v>743</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G179" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H179" s="8" t="s">
-        <x:v>744</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.453125" customHeight="1" collapsed="0">
+        <x:v>751</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A180" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B180" s="8" t="s">
-        <x:v>745</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="C180" s="8"/>
       <x:c r="D180" s="9" t="n">
-        <x:v>144054</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E180" s="8" t="s">
-        <x:v>746</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="F180" s="8" t="s">
-        <x:v>747</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="G180" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H180" s="8" t="s">
-        <x:v>748</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.453125" customHeight="1" collapsed="0">
+        <x:v>756</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.421875" customHeight="1" collapsed="0">
       <x:c r="A181" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B181" s="8" t="s">
-        <x:v>749</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C181" s="8"/>
       <x:c r="D181" s="9" t="n">
-        <x:v>297821</x:v>
+        <x:v>207619</x:v>
       </x:c>
       <x:c r="E181" s="8" t="s">
-        <x:v>750</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="F181" s="8" t="s">
-        <x:v>751</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="G181" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H181" s="8" t="s">
-        <x:v>752</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.953125" customHeight="1" collapsed="0">
+        <x:v>760</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1379.890625" customHeight="1" collapsed="0">
       <x:c r="A182" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B182" s="8" t="s">
-        <x:v>753</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C182" s="8"/>
       <x:c r="D182" s="9" t="n">
-        <x:v>94576</x:v>
+        <x:v>98934</x:v>
       </x:c>
       <x:c r="E182" s="8" t="s">
-        <x:v>754</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="F182" s="8" t="s">
-        <x:v>755</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="G182" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H182" s="8" t="s">
-        <x:v>756</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>764</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.421875" customHeight="1" collapsed="0">
       <x:c r="A183" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B183" s="8" t="s">
-        <x:v>757</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C183" s="8"/>
       <x:c r="D183" s="9" t="n">
-        <x:v>206068</x:v>
+        <x:v>835924</x:v>
       </x:c>
       <x:c r="E183" s="8" t="s">
-        <x:v>758</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="F183" s="8" t="s">
-        <x:v>759</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="G183" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H183" s="8" t="s">
-        <x:v>760</x:v>
-[...2 lines deleted...]
-    <x:row ht="1310.890625" customHeight="1" collapsed="0">
+        <x:v>768</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.453125" customHeight="1" collapsed="0">
       <x:c r="A184" s="8" t="s">
-        <x:v>761</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B184" s="8" t="s">
-        <x:v>762</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C184" s="8"/>
       <x:c r="D184" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>193876</x:v>
       </x:c>
       <x:c r="E184" s="8" t="s">
-        <x:v>763</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="F184" s="8" t="s">
-        <x:v>764</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="G184" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H184" s="8" t="s">
-        <x:v>765</x:v>
-[...2 lines deleted...]
-    <x:row ht="4300.640625" customHeight="1" collapsed="0">
+        <x:v>772</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.484375" customHeight="1" collapsed="0">
       <x:c r="A185" s="8" t="s">
-        <x:v>352</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B185" s="8" t="s">
-        <x:v>766</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C185" s="8"/>
       <x:c r="D185" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>217999</x:v>
       </x:c>
       <x:c r="E185" s="8" t="s">
-        <x:v>767</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="F185" s="8" t="s">
-        <x:v>768</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="G185" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H185" s="8" t="s">
-        <x:v>769</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.484375" customHeight="1" collapsed="0">
+        <x:v>776</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1057.90625" customHeight="1" collapsed="0">
       <x:c r="A186" s="8" t="s">
-        <x:v>770</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B186" s="8" t="s">
-        <x:v>771</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C186" s="8"/>
       <x:c r="D186" s="9" t="n">
-        <x:v>170155</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E186" s="8" t="s">
-        <x:v>772</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="F186" s="8" t="s">
-        <x:v>773</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="G186" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H186" s="8" t="s">
-        <x:v>774</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>780</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1609.859375" customHeight="1" collapsed="0">
       <x:c r="A187" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B187" s="8" t="s">
-        <x:v>775</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="C187" s="8"/>
       <x:c r="D187" s="9" t="n">
-        <x:v>133635</x:v>
+        <x:v>89149</x:v>
       </x:c>
       <x:c r="E187" s="8" t="s">
-        <x:v>776</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="F187" s="8" t="s">
-        <x:v>777</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="G187" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H187" s="8" t="s">
-        <x:v>778</x:v>
-[...2 lines deleted...]
-    <x:row ht="2587.265625" customHeight="1" collapsed="0">
+        <x:v>784</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2081.3125" customHeight="1" collapsed="0">
       <x:c r="A188" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B188" s="8" t="s">
-        <x:v>779</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C188" s="8"/>
       <x:c r="D188" s="9" t="n">
-        <x:v>457434</x:v>
+        <x:v>192398</x:v>
       </x:c>
       <x:c r="E188" s="8" t="s">
-        <x:v>780</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="F188" s="8" t="s">
-        <x:v>781</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="G188" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H188" s="8" t="s">
-        <x:v>782</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.453125" customHeight="1" collapsed="0">
+        <x:v>788</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.46875" customHeight="1" collapsed="0">
       <x:c r="A189" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B189" s="8" t="s">
-        <x:v>783</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C189" s="8"/>
       <x:c r="D189" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E189" s="8" t="s">
-        <x:v>784</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="F189" s="8" t="s">
-        <x:v>785</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="G189" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H189" s="8" t="s">
-        <x:v>786</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.453125" customHeight="1" collapsed="0">
+        <x:v>792</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1586.859375" customHeight="1" collapsed="0">
       <x:c r="A190" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B190" s="8" t="s">
-        <x:v>787</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C190" s="8"/>
       <x:c r="D190" s="9" t="n">
-        <x:v>114339</x:v>
+        <x:v>82120</x:v>
       </x:c>
       <x:c r="E190" s="8" t="s">
-        <x:v>788</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="F190" s="8" t="s">
-        <x:v>789</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="G190" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H190" s="8" t="s">
-        <x:v>790</x:v>
-[...2 lines deleted...]
-    <x:row ht="1276.375" customHeight="1" collapsed="0">
+        <x:v>796</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46875" customHeight="1" collapsed="0">
       <x:c r="A191" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B191" s="8" t="s">
-        <x:v>791</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C191" s="8"/>
       <x:c r="D191" s="9" t="n">
-        <x:v>194451</x:v>
+        <x:v>365114</x:v>
       </x:c>
       <x:c r="E191" s="8" t="s">
-        <x:v>792</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="F191" s="8" t="s">
-        <x:v>793</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="G191" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H191" s="8" t="s">
-        <x:v>794</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.46875" customHeight="1" collapsed="0">
+        <x:v>800</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.46875" customHeight="1" collapsed="0">
       <x:c r="A192" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B192" s="8" t="s">
-        <x:v>795</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C192" s="8"/>
       <x:c r="D192" s="9" t="n">
-        <x:v>185221</x:v>
+        <x:v>75241</x:v>
       </x:c>
       <x:c r="E192" s="8" t="s">
-        <x:v>796</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="F192" s="8" t="s">
-        <x:v>797</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="G192" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H192" s="8" t="s">
-        <x:v>798</x:v>
-[...2 lines deleted...]
-    <x:row ht="2219.296875" customHeight="1" collapsed="0">
+        <x:v>804</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="977.40625" customHeight="1" collapsed="0">
       <x:c r="A193" s="8" t="s">
-        <x:v>799</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="8" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C193" s="8"/>
       <x:c r="D193" s="9" t="n">
-        <x:v>667656</x:v>
+        <x:v>466392</x:v>
       </x:c>
       <x:c r="E193" s="8" t="s">
-        <x:v>215</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="F193" s="8" t="s">
-        <x:v>801</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="G193" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H193" s="8" t="s">
-        <x:v>802</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.421875" customHeight="1" collapsed="0">
+        <x:v>808</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.5" customHeight="1" collapsed="0">
       <x:c r="A194" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B194" s="8" t="s">
-        <x:v>803</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C194" s="8"/>
       <x:c r="D194" s="9" t="n">
-        <x:v>274747</x:v>
+        <x:v>255665</x:v>
       </x:c>
       <x:c r="E194" s="8" t="s">
-        <x:v>804</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="F194" s="8" t="s">
-        <x:v>805</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="G194" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H194" s="8" t="s">
-        <x:v>806</x:v>
-[...2 lines deleted...]
-    <x:row ht="1402.90625" customHeight="1" collapsed="0">
+        <x:v>812</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.453125" customHeight="1" collapsed="0">
       <x:c r="A195" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B195" s="8" t="s">
-        <x:v>807</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C195" s="8"/>
       <x:c r="D195" s="9" t="n">
-        <x:v>80305</x:v>
+        <x:v>404054</x:v>
       </x:c>
       <x:c r="E195" s="8" t="s">
-        <x:v>808</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="F195" s="8" t="s">
-        <x:v>809</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="G195" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H195" s="8" t="s">
-        <x:v>810</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.984375" customHeight="1" collapsed="0">
+        <x:v>816</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.46875" customHeight="1" collapsed="0">
       <x:c r="A196" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B196" s="8" t="s">
-        <x:v>811</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C196" s="8"/>
       <x:c r="D196" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E196" s="8" t="s">
-        <x:v>812</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F196" s="8" t="s">
-        <x:v>813</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="G196" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H196" s="8" t="s">
-        <x:v>814</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.96875" customHeight="1" collapsed="0">
+        <x:v>820</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1299.40625" customHeight="1" collapsed="0">
       <x:c r="A197" s="8" t="s">
-        <x:v>168</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B197" s="8" t="s">
-        <x:v>815</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C197" s="8"/>
       <x:c r="D197" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>92197</x:v>
       </x:c>
       <x:c r="E197" s="8" t="s">
-        <x:v>816</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="F197" s="8" t="s">
-        <x:v>817</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="G197" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H197" s="8" t="s">
-        <x:v>818</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.921875" customHeight="1" collapsed="0">
+        <x:v>824</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.921875" customHeight="1" collapsed="0">
       <x:c r="A198" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B198" s="8" t="s">
-        <x:v>819</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C198" s="8"/>
       <x:c r="D198" s="9" t="n">
-        <x:v>820247</x:v>
+        <x:v>1557735</x:v>
       </x:c>
       <x:c r="E198" s="8" t="s">
-        <x:v>820</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="F198" s="8" t="s">
-        <x:v>821</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="G198" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H198" s="8" t="s">
-        <x:v>822</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.96875" customHeight="1" collapsed="0">
+        <x:v>828</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
       <x:c r="A199" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B199" s="8" t="s">
-        <x:v>823</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C199" s="8"/>
       <x:c r="D199" s="9" t="n">
-        <x:v>1048132</x:v>
+        <x:v>75072</x:v>
       </x:c>
       <x:c r="E199" s="8" t="s">
-        <x:v>824</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="F199" s="8" t="s">
-        <x:v>825</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="G199" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H199" s="8" t="s">
-        <x:v>826</x:v>
-[...2 lines deleted...]
-    <x:row ht="2081.3125" customHeight="1" collapsed="0">
+        <x:v>832</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="942.90625" customHeight="1" collapsed="0">
       <x:c r="A200" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B200" s="8" t="s">
-        <x:v>827</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C200" s="8"/>
       <x:c r="D200" s="9" t="n">
-        <x:v>192398</x:v>
+        <x:v>224560</x:v>
       </x:c>
       <x:c r="E200" s="8" t="s">
-        <x:v>828</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="F200" s="8" t="s">
-        <x:v>829</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="G200" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H200" s="8" t="s">
-        <x:v>830</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>836</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.96875" customHeight="1" collapsed="0">
       <x:c r="A201" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B201" s="8" t="s">
-        <x:v>831</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C201" s="8"/>
       <x:c r="D201" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>166263</x:v>
       </x:c>
       <x:c r="E201" s="8" t="s">
-        <x:v>832</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="F201" s="8" t="s">
-        <x:v>833</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="G201" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H201" s="8" t="s">
-        <x:v>834</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46875" customHeight="1" collapsed="0">
+        <x:v>840</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.953125" customHeight="1" collapsed="0">
       <x:c r="A202" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B202" s="8" t="s">
-        <x:v>835</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C202" s="8"/>
       <x:c r="D202" s="9" t="n">
-        <x:v>404054</x:v>
+        <x:v>102186</x:v>
       </x:c>
       <x:c r="E202" s="8" t="s">
-        <x:v>836</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="F202" s="8" t="s">
-        <x:v>837</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="G202" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H202" s="8" t="s">
-        <x:v>838</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.453125" customHeight="1" collapsed="0">
+        <x:v>844</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="747.4375" customHeight="1" collapsed="0">
       <x:c r="A203" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B203" s="8" t="s">
-        <x:v>839</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="C203" s="8"/>
       <x:c r="D203" s="9" t="n">
-        <x:v>1349680</x:v>
+        <x:v>9758951</x:v>
       </x:c>
       <x:c r="E203" s="8" t="s">
-        <x:v>840</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="F203" s="8" t="s">
-        <x:v>841</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="G203" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H203" s="8" t="s">
-        <x:v>842</x:v>
-[...2 lines deleted...]
-    <x:row ht="8716.25" customHeight="1" collapsed="0">
+        <x:v>848</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A204" s="8" t="s">
-        <x:v>843</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B204" s="8" t="s">
-        <x:v>844</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C204" s="8"/>
       <x:c r="D204" s="9" t="n">
-        <x:v>722025</x:v>
+        <x:v>107700</x:v>
       </x:c>
       <x:c r="E204" s="8" t="s">
-        <x:v>845</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="F204" s="8" t="s">
-        <x:v>846</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="G204" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H204" s="8" t="s">
-        <x:v>847</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.984375" customHeight="1" collapsed="0">
+        <x:v>852</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A205" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B205" s="8" t="s">
-        <x:v>848</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C205" s="8"/>
       <x:c r="D205" s="9" t="n">
-        <x:v>778319</x:v>
+        <x:v>207005</x:v>
       </x:c>
       <x:c r="E205" s="8" t="s">
-        <x:v>849</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F205" s="8" t="s">
-        <x:v>850</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G205" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H205" s="8" t="s">
-        <x:v>851</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.96875" customHeight="1" collapsed="0">
+        <x:v>854</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A206" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B206" s="8" t="s">
-        <x:v>852</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="C206" s="8"/>
       <x:c r="D206" s="9" t="n">
-        <x:v>286025</x:v>
+        <x:v>86133</x:v>
       </x:c>
       <x:c r="E206" s="8" t="s">
-        <x:v>853</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="F206" s="8" t="s">
-        <x:v>854</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="G206" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H206" s="8" t="s">
-        <x:v>855</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.484375" customHeight="1" collapsed="0">
+        <x:v>858</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1437.359375" customHeight="1" collapsed="0">
       <x:c r="A207" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="8" t="s">
-        <x:v>856</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="C207" s="8"/>
       <x:c r="D207" s="9" t="n">
-        <x:v>96342</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E207" s="8" t="s">
-        <x:v>857</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="F207" s="8" t="s">
-        <x:v>858</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="G207" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H207" s="8" t="s">
-        <x:v>859</x:v>
-[...2 lines deleted...]
-    <x:row ht="1103.90625" customHeight="1" collapsed="0">
+        <x:v>862</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1644.359375" customHeight="1" collapsed="0">
       <x:c r="A208" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B208" s="8" t="s">
-        <x:v>860</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="C208" s="8"/>
       <x:c r="D208" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>187556</x:v>
       </x:c>
       <x:c r="E208" s="8" t="s">
-        <x:v>861</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="F208" s="8" t="s">
-        <x:v>862</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="G208" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H208" s="8" t="s">
-        <x:v>863</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.46875" customHeight="1" collapsed="0">
+        <x:v>866</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.953125" customHeight="1" collapsed="0">
       <x:c r="A209" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B209" s="8" t="s">
-        <x:v>864</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C209" s="8"/>
       <x:c r="D209" s="9" t="n">
-        <x:v>107700</x:v>
+        <x:v>514832</x:v>
       </x:c>
       <x:c r="E209" s="8" t="s">
-        <x:v>865</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F209" s="8" t="s">
-        <x:v>866</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="G209" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H209" s="8" t="s">
-        <x:v>867</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.421875" customHeight="1" collapsed="0">
+        <x:v>870</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46875" customHeight="1" collapsed="0">
       <x:c r="A210" s="8" t="s">
-        <x:v>611</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B210" s="8" t="s">
-        <x:v>868</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="C210" s="8"/>
       <x:c r="D210" s="9" t="n">
-        <x:v>2491720</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E210" s="8" t="s">
-        <x:v>869</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="F210" s="8" t="s">
-        <x:v>870</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="G210" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H210" s="8" t="s">
-        <x:v>871</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.984375" customHeight="1" collapsed="0">
+        <x:v>874</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.421875" customHeight="1" collapsed="0">
       <x:c r="A211" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B211" s="8" t="s">
-        <x:v>872</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C211" s="8"/>
       <x:c r="D211" s="9" t="n">
-        <x:v>98957</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E211" s="8" t="s">
-        <x:v>873</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="F211" s="8" t="s">
-        <x:v>874</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="G211" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H211" s="8" t="s">
-        <x:v>875</x:v>
-[...2 lines deleted...]
-    <x:row ht="896.90625" customHeight="1" collapsed="0">
+        <x:v>878</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.953125" customHeight="1" collapsed="0">
       <x:c r="A212" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B212" s="8" t="s">
-        <x:v>876</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="C212" s="8"/>
       <x:c r="D212" s="9" t="n">
-        <x:v>234647</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E212" s="8" t="s">
-        <x:v>877</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="F212" s="8" t="s">
-        <x:v>878</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="G212" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H212" s="8" t="s">
-        <x:v>879</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.484375" customHeight="1" collapsed="0">
+        <x:v>882</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1920.328125" customHeight="1" collapsed="0">
       <x:c r="A213" s="8" t="s">
-        <x:v>880</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B213" s="8" t="s">
-        <x:v>881</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C213" s="8"/>
       <x:c r="D213" s="9" t="n">
-        <x:v>321734</x:v>
+        <x:v>277986</x:v>
       </x:c>
       <x:c r="E213" s="8" t="s">
-        <x:v>882</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="F213" s="8" t="s">
-        <x:v>883</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="G213" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H213" s="8" t="s">
-        <x:v>884</x:v>
-[...2 lines deleted...]
-    <x:row ht="1920.34375" customHeight="1" collapsed="0">
+        <x:v>886</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.40625" customHeight="1" collapsed="0">
       <x:c r="A214" s="8" t="s">
-        <x:v>880</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B214" s="8" t="s">
-        <x:v>885</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="C214" s="8"/>
       <x:c r="D214" s="9" t="n">
-        <x:v>1430723</x:v>
+        <x:v>354476</x:v>
       </x:c>
       <x:c r="E214" s="8" t="s">
-        <x:v>886</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="F214" s="8" t="s">
-        <x:v>887</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="G214" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H214" s="8" t="s">
-        <x:v>888</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.484375" customHeight="1" collapsed="0">
+        <x:v>890</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.453125" customHeight="1" collapsed="0">
       <x:c r="A215" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B215" s="8" t="s">
-        <x:v>889</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C215" s="8"/>
       <x:c r="D215" s="9" t="n">
-        <x:v>252856</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E215" s="8" t="s">
-        <x:v>890</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="F215" s="8" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="G215" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H215" s="8" t="s">
-        <x:v>892</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.453125" customHeight="1" collapsed="0">
+        <x:v>894</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
       <x:c r="A216" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B216" s="8" t="s">
-        <x:v>893</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C216" s="8"/>
       <x:c r="D216" s="9" t="n">
-        <x:v>222667</x:v>
+        <x:v>269105</x:v>
       </x:c>
       <x:c r="E216" s="8" t="s">
-        <x:v>894</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="F216" s="8" t="s">
-        <x:v>895</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="G216" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H216" s="8" t="s">
-        <x:v>896</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.96875" customHeight="1" collapsed="0">
+        <x:v>898</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.484375" customHeight="1" collapsed="0">
       <x:c r="A217" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B217" s="8" t="s">
-        <x:v>897</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="C217" s="8"/>
       <x:c r="D217" s="9" t="n">
-        <x:v>783881</x:v>
+        <x:v>233689</x:v>
       </x:c>
       <x:c r="E217" s="8" t="s">
-        <x:v>898</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="F217" s="8" t="s">
-        <x:v>899</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="G217" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H217" s="8" t="s">
-        <x:v>900</x:v>
-[...2 lines deleted...]
-    <x:row ht="2334.3125" customHeight="1" collapsed="0">
+        <x:v>902</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.953125" customHeight="1" collapsed="0">
       <x:c r="A218" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B218" s="8" t="s">
-        <x:v>901</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="C218" s="8"/>
       <x:c r="D218" s="9" t="n">
-        <x:v>229264</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E218" s="8" t="s">
-        <x:v>902</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="F218" s="8" t="s">
-        <x:v>903</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="G218" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H218" s="8" t="s">
-        <x:v>904</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.484375" customHeight="1" collapsed="0">
+        <x:v>906</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2690.75" customHeight="1" collapsed="0">
       <x:c r="A219" s="8" t="s">
-        <x:v>611</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B219" s="8" t="s">
-        <x:v>905</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="C219" s="8"/>
       <x:c r="D219" s="9" t="n">
-        <x:v>351102</x:v>
+        <x:v>106439</x:v>
       </x:c>
       <x:c r="E219" s="8" t="s">
-        <x:v>906</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="F219" s="8" t="s">
-        <x:v>907</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="G219" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H219" s="8" t="s">
-        <x:v>908</x:v>
-[...2 lines deleted...]
-    <x:row ht="2046.8125" customHeight="1" collapsed="0">
+        <x:v>910</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.453125" customHeight="1" collapsed="0">
       <x:c r="A220" s="8" t="s">
-        <x:v>909</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B220" s="8" t="s">
-        <x:v>910</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C220" s="8"/>
       <x:c r="D220" s="9" t="n">
-        <x:v>171801</x:v>
+        <x:v>182321</x:v>
       </x:c>
       <x:c r="E220" s="8" t="s">
-        <x:v>911</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="F220" s="8" t="s">
-        <x:v>912</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="G220" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H220" s="8" t="s">
-        <x:v>913</x:v>
-[...2 lines deleted...]
-    <x:row ht="2081.296875" customHeight="1" collapsed="0">
+        <x:v>914</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1034.90625" customHeight="1" collapsed="0">
       <x:c r="A221" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B221" s="8" t="s">
-        <x:v>914</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="C221" s="8"/>
       <x:c r="D221" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>459414</x:v>
       </x:c>
       <x:c r="E221" s="8" t="s">
-        <x:v>915</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="F221" s="8" t="s">
-        <x:v>916</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="G221" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H221" s="8" t="s">
-        <x:v>917</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.46875" customHeight="1" collapsed="0">
+        <x:v>918</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.421875" customHeight="1" collapsed="0">
       <x:c r="A222" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B222" s="8" t="s">
-        <x:v>918</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="C222" s="8"/>
       <x:c r="D222" s="9" t="n">
-        <x:v>291555</x:v>
+        <x:v>1328221</x:v>
       </x:c>
       <x:c r="E222" s="8" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="F222" s="8" t="s">
-        <x:v>920</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="G222" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H222" s="8" t="s">
-        <x:v>921</x:v>
-[...2 lines deleted...]
-    <x:row ht="1667.375" customHeight="1" collapsed="0">
+        <x:v>922</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.484375" customHeight="1" collapsed="0">
       <x:c r="A223" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B223" s="8" t="s">
-        <x:v>922</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="C223" s="8"/>
       <x:c r="D223" s="9" t="n">
-        <x:v>245580</x:v>
+        <x:v>278760</x:v>
       </x:c>
       <x:c r="E223" s="8" t="s">
-        <x:v>923</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="F223" s="8" t="s">
-        <x:v>924</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="G223" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H223" s="8" t="s">
-        <x:v>925</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.953125" customHeight="1" collapsed="0">
+        <x:v>926</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1287.890625" customHeight="1" collapsed="0">
       <x:c r="A224" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B224" s="8" t="s">
-        <x:v>926</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="C224" s="8"/>
       <x:c r="D224" s="9" t="n">
-        <x:v>89465</x:v>
+        <x:v>141273</x:v>
       </x:c>
       <x:c r="E224" s="8" t="s">
-        <x:v>927</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="F224" s="8" t="s">
-        <x:v>928</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="G224" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H224" s="8" t="s">
-        <x:v>929</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.453125" customHeight="1" collapsed="0">
+        <x:v>930</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="896.90625" customHeight="1" collapsed="0">
       <x:c r="A225" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B225" s="8" t="s">
-        <x:v>930</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="C225" s="8"/>
       <x:c r="D225" s="9" t="n">
-        <x:v>161453</x:v>
+        <x:v>234647</x:v>
       </x:c>
       <x:c r="E225" s="8" t="s">
-        <x:v>931</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F225" s="8" t="s">
-        <x:v>932</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="G225" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H225" s="8" t="s">
-        <x:v>933</x:v>
-[...2 lines deleted...]
-    <x:row ht="114.984375" customHeight="1" collapsed="0">
+        <x:v>934</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="954.4375" customHeight="1" collapsed="0">
       <x:c r="A226" s="8" t="s">
-        <x:v>909</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B226" s="8" t="s">
-        <x:v>934</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="C226" s="8"/>
       <x:c r="D226" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E226" s="8" t="s">
-        <x:v>935</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="F226" s="8" t="s">
-        <x:v>936</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="G226" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H226" s="8" t="s">
-        <x:v>937</x:v>
-[...2 lines deleted...]
-    <x:row ht="115" customHeight="1" collapsed="0">
+        <x:v>938</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1287.890625" customHeight="1" collapsed="0">
       <x:c r="A227" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B227" s="8" t="s">
-        <x:v>938</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="C227" s="8"/>
       <x:c r="D227" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>270827</x:v>
       </x:c>
       <x:c r="E227" s="8" t="s">
-        <x:v>939</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F227" s="8" t="s">
-        <x:v>940</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="G227" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H227" s="8" t="s">
-        <x:v>941</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.984375" customHeight="1" collapsed="0">
+        <x:v>942</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2046.8125" customHeight="1" collapsed="0">
       <x:c r="A228" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B228" s="8" t="s">
-        <x:v>942</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="C228" s="8"/>
       <x:c r="D228" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>179579</x:v>
       </x:c>
       <x:c r="E228" s="8" t="s">
-        <x:v>943</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="F228" s="8" t="s">
-        <x:v>944</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="G228" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H228" s="8" t="s">
-        <x:v>945</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.96875" customHeight="1" collapsed="0">
+        <x:v>946</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.953125" customHeight="1" collapsed="0">
       <x:c r="A229" s="8" t="s">
-        <x:v>946</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B229" s="8" t="s">
         <x:v>947</x:v>
       </x:c>
       <x:c r="C229" s="8"/>
       <x:c r="D229" s="9" t="n">
-        <x:v>328282</x:v>
+        <x:v>155653</x:v>
       </x:c>
       <x:c r="E229" s="8" t="s">
         <x:v>948</x:v>
       </x:c>
       <x:c r="F229" s="8" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="G229" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H229" s="8" t="s">
         <x:v>950</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.96875" customHeight="1" collapsed="0">
+    <x:row ht="609.46875" customHeight="1" collapsed="0">
       <x:c r="A230" s="8" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="B230" s="8" t="s">
         <x:v>951</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>952</x:v>
       </x:c>
       <x:c r="C230" s="8"/>
       <x:c r="D230" s="9" t="n">
-        <x:v>750000</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E230" s="8" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="F230" s="8" t="s">
         <x:v>953</x:v>
       </x:c>
-      <x:c r="F230" s="8" t="s">
+      <x:c r="G230" s="8" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H230" s="8" t="s">
         <x:v>954</x:v>
       </x:c>
-      <x:c r="G230" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H230" s="8" t="s">
+    </x:row>
+    <x:row ht="367.953125" customHeight="1" collapsed="0">
+      <x:c r="A231" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B231" s="8" t="s">
         <x:v>955</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>956</x:v>
       </x:c>
       <x:c r="C231" s="8"/>
       <x:c r="D231" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>378430</x:v>
       </x:c>
       <x:c r="E231" s="8" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="F231" s="8" t="s">
         <x:v>957</x:v>
       </x:c>
-      <x:c r="F231" s="8" t="s">
+      <x:c r="G231" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H231" s="8" t="s">
         <x:v>958</x:v>
       </x:c>
-      <x:c r="G231" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H231" s="8" t="s">
+    </x:row>
+    <x:row ht="919.921875" customHeight="1" collapsed="0">
+      <x:c r="A232" s="8" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="B232" s="8" t="s">
         <x:v>959</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>960</x:v>
       </x:c>
       <x:c r="C232" s="8"/>
       <x:c r="D232" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E232" s="8" t="s">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c r="F232" s="8" t="s">
         <x:v>961</x:v>
       </x:c>
-      <x:c r="F232" s="8" t="s">
+      <x:c r="G232" s="8" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H232" s="8" t="s">
         <x:v>962</x:v>
       </x:c>
-      <x:c r="G232" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H232" s="8" t="s">
+    </x:row>
+    <x:row ht="2805.765625" customHeight="1" collapsed="0">
+      <x:c r="A233" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B233" s="8" t="s">
         <x:v>963</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>965</x:v>
       </x:c>
       <x:c r="C233" s="8"/>
       <x:c r="D233" s="9" t="n">
-        <x:v>1537564</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E233" s="8" t="s">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c r="F233" s="8" t="s">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c r="G233" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H233" s="8" t="s">
         <x:v>966</x:v>
       </x:c>
-      <x:c r="F233" s="8" t="s">
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
+      <x:c r="A234" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B234" s="8" t="s">
         <x:v>967</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>969</x:v>
       </x:c>
       <x:c r="C234" s="8"/>
       <x:c r="D234" s="9" t="n">
-        <x:v>247931</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E234" s="8" t="s">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="F234" s="8" t="s">
+        <x:v>969</x:v>
+      </x:c>
+      <x:c r="G234" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H234" s="8" t="s">
         <x:v>970</x:v>
       </x:c>
-      <x:c r="F234" s="8" t="s">
+    </x:row>
+    <x:row ht="2541.28125" customHeight="1" collapsed="0">
+      <x:c r="A235" s="8" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="B235" s="8" t="s">
         <x:v>971</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>974</x:v>
       </x:c>
       <x:c r="C235" s="8"/>
       <x:c r="D235" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>191655</x:v>
       </x:c>
       <x:c r="E235" s="8" t="s">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="F235" s="8" t="s">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="G235" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H235" s="8" t="s">
+        <x:v>974</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.4375" customHeight="1" collapsed="0">
+      <x:c r="A236" s="8" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="B236" s="8" t="s">
         <x:v>975</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>978</x:v>
       </x:c>
       <x:c r="C236" s="8"/>
       <x:c r="D236" s="9" t="n">
-        <x:v>174647</x:v>
+        <x:v>275609</x:v>
       </x:c>
       <x:c r="E236" s="8" t="s">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="F236" s="8" t="s">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="G236" s="8" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H236" s="8" t="s">
+        <x:v>978</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1023.4375" customHeight="1" collapsed="0">
+      <x:c r="A237" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B237" s="8" t="s">
         <x:v>979</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>982</x:v>
       </x:c>
       <x:c r="C237" s="8"/>
       <x:c r="D237" s="9" t="n">
-        <x:v>292184</x:v>
+        <x:v>249249</x:v>
       </x:c>
       <x:c r="E237" s="8" t="s">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c r="F237" s="8" t="s">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c r="G237" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H237" s="8" t="s">
+        <x:v>982</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.984375" customHeight="1" collapsed="0">
+      <x:c r="A238" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B238" s="8" t="s">
         <x:v>983</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>986</x:v>
       </x:c>
       <x:c r="C238" s="8"/>
       <x:c r="D238" s="9" t="n">
-        <x:v>109300</x:v>
+        <x:v>98957</x:v>
       </x:c>
       <x:c r="E238" s="8" t="s">
-        <x:v>788</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="F238" s="8" t="s">
-        <x:v>789</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="G238" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H238" s="8" t="s">
+        <x:v>986</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="827.9375" customHeight="1" collapsed="0">
+      <x:c r="A239" s="8" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="B239" s="8" t="s">
         <x:v>987</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>988</x:v>
       </x:c>
       <x:c r="C239" s="8"/>
       <x:c r="D239" s="9" t="n">
-        <x:v>835924</x:v>
+        <x:v>286162</x:v>
       </x:c>
       <x:c r="E239" s="8" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F239" s="8" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="G239" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H239" s="8" t="s">
+        <x:v>988</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.984375" customHeight="1" collapsed="0">
+      <x:c r="A240" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B240" s="8" t="s">
         <x:v>989</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>992</x:v>
       </x:c>
       <x:c r="C240" s="8"/>
       <x:c r="D240" s="9" t="n">
-        <x:v>412829</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E240" s="8" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="F240" s="8" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="G240" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H240" s="8" t="s">
+        <x:v>992</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.96875" customHeight="1" collapsed="0">
+      <x:c r="A241" s="8" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B241" s="8" t="s">
         <x:v>993</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>996</x:v>
       </x:c>
       <x:c r="C241" s="8"/>
       <x:c r="D241" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>242717</x:v>
       </x:c>
       <x:c r="E241" s="8" t="s">
+        <x:v>994</x:v>
+      </x:c>
+      <x:c r="F241" s="8" t="s">
+        <x:v>995</x:v>
+      </x:c>
+      <x:c r="G241" s="8" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H241" s="8" t="s">
+        <x:v>996</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46875" customHeight="1" collapsed="0">
+      <x:c r="A242" s="8" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="B242" s="8" t="s">
         <x:v>997</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1000</x:v>
       </x:c>
       <x:c r="C242" s="8"/>
       <x:c r="D242" s="9" t="n">
-        <x:v>326482</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E242" s="8" t="s">
+        <x:v>998</x:v>
+      </x:c>
+      <x:c r="F242" s="8" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="G242" s="8" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H242" s="8" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.96875" customHeight="1" collapsed="0">
+      <x:c r="A243" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B243" s="8" t="s">
         <x:v>1001</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1004</x:v>
       </x:c>
       <x:c r="C243" s="8"/>
       <x:c r="D243" s="9" t="n">
-        <x:v>378497</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E243" s="8" t="s">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="F243" s="8" t="s">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="G243" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H243" s="8" t="s">
+        <x:v>1004</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.984375" customHeight="1" collapsed="0">
+      <x:c r="A244" s="8" t="s">
         <x:v>1005</x:v>
       </x:c>
-      <x:c r="F243" s="8" t="s">
+      <x:c r="B244" s="8" t="s">
         <x:v>1006</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1008</x:v>
       </x:c>
       <x:c r="C244" s="8"/>
       <x:c r="D244" s="9" t="n">
-        <x:v>255665</x:v>
+        <x:v>247509</x:v>
       </x:c>
       <x:c r="E244" s="8" t="s">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="F244" s="8" t="s">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="G244" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H244" s="8" t="s">
         <x:v>1009</x:v>
       </x:c>
-      <x:c r="F244" s="8" t="s">
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
+      <x:c r="A245" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B245" s="8" t="s">
         <x:v>1010</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1012</x:v>
       </x:c>
       <x:c r="C245" s="8"/>
       <x:c r="D245" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E245" s="8" t="s">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c r="F245" s="8" t="s">
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c r="G245" s="8" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H245" s="8" t="s">
         <x:v>1013</x:v>
       </x:c>
-      <x:c r="F245" s="8" t="s">
+    </x:row>
+    <x:row ht="712.9375" customHeight="1" collapsed="0">
+      <x:c r="A246" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B246" s="8" t="s">
         <x:v>1014</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1017</x:v>
       </x:c>
       <x:c r="C246" s="8"/>
       <x:c r="D246" s="9" t="n">
-        <x:v>211328</x:v>
+        <x:v>102722</x:v>
       </x:c>
       <x:c r="E246" s="8" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="F246" s="8" t="s">
+        <x:v>1016</x:v>
+      </x:c>
+      <x:c r="G246" s="8" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H246" s="8" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
+      <x:c r="A247" s="8" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="B247" s="8" t="s">
         <x:v>1018</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1021</x:v>
       </x:c>
       <x:c r="C247" s="8"/>
       <x:c r="D247" s="9" t="n">
-        <x:v>191561</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E247" s="8" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="F247" s="8" t="s">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="G247" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H247" s="8" t="s">
+        <x:v>1021</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.5" customHeight="1" collapsed="0">
+      <x:c r="A248" s="8" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B248" s="8" t="s">
         <x:v>1022</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1025</x:v>
       </x:c>
       <x:c r="C248" s="8"/>
       <x:c r="D248" s="9" t="n">
-        <x:v>214092</x:v>
+        <x:v>230349</x:v>
       </x:c>
       <x:c r="E248" s="8" t="s">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="F248" s="8" t="s">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="G248" s="8" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H248" s="8" t="s">
+        <x:v>1025</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.9375" customHeight="1" collapsed="0">
+      <x:c r="A249" s="8" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="B249" s="8" t="s">
         <x:v>1026</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1029</x:v>
       </x:c>
       <x:c r="C249" s="8"/>
       <x:c r="D249" s="9" t="n">
-        <x:v>75241</x:v>
+        <x:v>79101</x:v>
       </x:c>
       <x:c r="E249" s="8" t="s">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="F249" s="8" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="G249" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H249" s="8" t="s">
+        <x:v>1029</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.453125" customHeight="1" collapsed="0">
+      <x:c r="A250" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B250" s="8" t="s">
         <x:v>1030</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1033</x:v>
       </x:c>
       <x:c r="C250" s="8"/>
       <x:c r="D250" s="9" t="n">
-        <x:v>180941</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E250" s="8" t="s">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c r="F250" s="8" t="s">
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c r="G250" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H250" s="8" t="s">
+        <x:v>1033</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.96875" customHeight="1" collapsed="0">
+      <x:c r="A251" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B251" s="8" t="s">
         <x:v>1034</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1037</x:v>
       </x:c>
       <x:c r="C251" s="8"/>
       <x:c r="D251" s="9" t="n">
-        <x:v>211031</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E251" s="8" t="s">
-        <x:v>1038</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="F251" s="8" t="s">
-        <x:v>1039</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="G251" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H251" s="8" t="s">
-        <x:v>1040</x:v>
-[...2 lines deleted...]
-    <x:row ht="1908.84375" customHeight="1" collapsed="0">
+        <x:v>1037</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.953125" customHeight="1" collapsed="0">
       <x:c r="A252" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B252" s="8" t="s">
-        <x:v>1041</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="C252" s="8"/>
       <x:c r="D252" s="9" t="n">
-        <x:v>246469</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E252" s="8" t="s">
-        <x:v>1042</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F252" s="8" t="s">
-        <x:v>1043</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="G252" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H252" s="8" t="s">
-        <x:v>1044</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+        <x:v>1039</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1138.390625" customHeight="1" collapsed="0">
       <x:c r="A253" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B253" s="8" t="s">
-        <x:v>1045</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="C253" s="8"/>
       <x:c r="D253" s="9" t="n">
-        <x:v>363315</x:v>
+        <x:v>104826</x:v>
       </x:c>
       <x:c r="E253" s="8" t="s">
-        <x:v>1046</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="F253" s="8" t="s">
-        <x:v>1047</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="G253" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H253" s="8" t="s">
-        <x:v>1048</x:v>
+        <x:v>1043</x:v>
       </x:c>
     </x:row>
     <x:row ht="367.96875" customHeight="1" collapsed="0">
       <x:c r="A254" s="8" t="s">
-        <x:v>770</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B254" s="8" t="s">
-        <x:v>1049</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="C254" s="8"/>
       <x:c r="D254" s="9" t="n">
-        <x:v>378430</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E254" s="8" t="s">
-        <x:v>1050</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F254" s="8" t="s">
-        <x:v>1051</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="G254" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H254" s="8" t="s">
-        <x:v>1052</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.96875" customHeight="1" collapsed="0">
+        <x:v>1045</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="253" customHeight="1" collapsed="0">
       <x:c r="A255" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B255" s="8" t="s">
-        <x:v>1053</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="C255" s="8"/>
       <x:c r="D255" s="9" t="n">
-        <x:v>266591</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E255" s="8" t="s">
-        <x:v>1054</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="F255" s="8" t="s">
-        <x:v>1055</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="G255" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H255" s="8" t="s">
-        <x:v>1056</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.453125" customHeight="1" collapsed="0">
+        <x:v>1049</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
       <x:c r="A256" s="8" t="s">
-        <x:v>909</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B256" s="8" t="s">
-        <x:v>1057</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="C256" s="8"/>
       <x:c r="D256" s="9" t="n">
-        <x:v>137242</x:v>
+        <x:v>182132</x:v>
       </x:c>
       <x:c r="E256" s="8" t="s">
-        <x:v>1058</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="F256" s="8" t="s">
-        <x:v>1059</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="G256" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H256" s="8" t="s">
-        <x:v>1060</x:v>
-[...2 lines deleted...]
-    <x:row ht="770.4375" customHeight="1" collapsed="0">
+        <x:v>1053</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2012.296875" customHeight="1" collapsed="0">
       <x:c r="A257" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B257" s="8" t="s">
-        <x:v>1061</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="C257" s="8"/>
       <x:c r="D257" s="9" t="n">
-        <x:v>76194</x:v>
+        <x:v>174647</x:v>
       </x:c>
       <x:c r="E257" s="8" t="s">
-        <x:v>1062</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="F257" s="8" t="s">
-        <x:v>1063</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="G257" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H257" s="8" t="s">
-        <x:v>1064</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96875" customHeight="1" collapsed="0">
+        <x:v>1057</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.96875" customHeight="1" collapsed="0">
       <x:c r="A258" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B258" s="8" t="s">
-        <x:v>1065</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="C258" s="8"/>
       <x:c r="D258" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>118046</x:v>
       </x:c>
       <x:c r="E258" s="8" t="s">
-        <x:v>215</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="F258" s="8" t="s">
-        <x:v>216</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="G258" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H258" s="8" t="s">
-        <x:v>1066</x:v>
-[...2 lines deleted...]
-    <x:row ht="620.953125" customHeight="1" collapsed="0">
+        <x:v>1061</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1207.390625" customHeight="1" collapsed="0">
       <x:c r="A259" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B259" s="8" t="s">
-        <x:v>1067</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="C259" s="8"/>
       <x:c r="D259" s="9" t="n">
-        <x:v>242417</x:v>
+        <x:v>283529</x:v>
       </x:c>
       <x:c r="E259" s="8" t="s">
-        <x:v>1068</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="F259" s="8" t="s">
-        <x:v>1069</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="G259" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H259" s="8" t="s">
-        <x:v>1070</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.96875" customHeight="1" collapsed="0">
+        <x:v>1065</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="919.921875" customHeight="1" collapsed="0">
       <x:c r="A260" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B260" s="8" t="s">
-        <x:v>1071</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="C260" s="8"/>
       <x:c r="D260" s="9" t="n">
-        <x:v>234113</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E260" s="8" t="s">
-        <x:v>1072</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="F260" s="8" t="s">
-        <x:v>1073</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="G260" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H260" s="8" t="s">
-        <x:v>1074</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.984375" customHeight="1" collapsed="0">
+        <x:v>1069</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.46875" customHeight="1" collapsed="0">
       <x:c r="A261" s="8" t="s">
-        <x:v>265</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B261" s="8" t="s">
-        <x:v>1075</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="C261" s="8"/>
       <x:c r="D261" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E261" s="8" t="s">
-        <x:v>1076</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="F261" s="8" t="s">
-        <x:v>1077</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="G261" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H261" s="8" t="s">
-        <x:v>1078</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.953125" customHeight="1" collapsed="0">
+        <x:v>1073</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
       <x:c r="A262" s="8" t="s">
-        <x:v>265</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B262" s="8" t="s">
-        <x:v>1079</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="C262" s="8"/>
       <x:c r="D262" s="9" t="n">
-        <x:v>163146</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E262" s="8" t="s">
-        <x:v>1080</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="F262" s="8" t="s">
-        <x:v>1081</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="G262" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H262" s="8" t="s">
-        <x:v>1082</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.484375" customHeight="1" collapsed="0">
+        <x:v>1077</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.96875" customHeight="1" collapsed="0">
       <x:c r="A263" s="8" t="s">
-        <x:v>265</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B263" s="8" t="s">
-        <x:v>1083</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="C263" s="8"/>
       <x:c r="D263" s="9" t="n">
-        <x:v>99195</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E263" s="8" t="s">
-        <x:v>1084</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F263" s="8" t="s">
-        <x:v>1085</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="G263" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H263" s="8" t="s">
-        <x:v>1086</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.453125" customHeight="1" collapsed="0">
+        <x:v>1081</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.4375" customHeight="1" collapsed="0">
       <x:c r="A264" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B264" s="8" t="s">
-        <x:v>1087</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="C264" s="8"/>
       <x:c r="D264" s="9" t="n">
-        <x:v>147896</x:v>
+        <x:v>161611</x:v>
       </x:c>
       <x:c r="E264" s="8" t="s">
-        <x:v>1088</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="F264" s="8" t="s">
-        <x:v>1089</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="G264" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H264" s="8" t="s">
-        <x:v>1090</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.96875" customHeight="1" collapsed="0">
+        <x:v>1085</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.96875" customHeight="1" collapsed="0">
       <x:c r="A265" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B265" s="8" t="s">
-        <x:v>1091</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="C265" s="8"/>
       <x:c r="D265" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E265" s="8" t="s">
-        <x:v>1092</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="F265" s="8" t="s">
-        <x:v>1093</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="G265" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H265" s="8" t="s">
-        <x:v>1094</x:v>
-[...2 lines deleted...]
-    <x:row ht="1609.859375" customHeight="1" collapsed="0">
+        <x:v>1089</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1092.40625" customHeight="1" collapsed="0">
       <x:c r="A266" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B266" s="8" t="s">
-        <x:v>1095</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="C266" s="8"/>
       <x:c r="D266" s="9" t="n">
-        <x:v>89149</x:v>
+        <x:v>75785</x:v>
       </x:c>
       <x:c r="E266" s="8" t="s">
-        <x:v>1096</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="F266" s="8" t="s">
-        <x:v>1097</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="G266" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H266" s="8" t="s">
-        <x:v>1098</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.484375" customHeight="1" collapsed="0">
+        <x:v>1093</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.96875" customHeight="1" collapsed="0">
       <x:c r="A267" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B267" s="8" t="s">
-        <x:v>1099</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="C267" s="8"/>
       <x:c r="D267" s="9" t="n">
-        <x:v>124605</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E267" s="8" t="s">
-        <x:v>1100</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="F267" s="8" t="s">
-        <x:v>1101</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="G267" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H267" s="8" t="s">
-        <x:v>1102</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.46875" customHeight="1" collapsed="0">
+        <x:v>1097</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.484375" customHeight="1" collapsed="0">
       <x:c r="A268" s="8" t="s">
-        <x:v>973</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B268" s="8" t="s">
-        <x:v>1103</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="C268" s="8"/>
       <x:c r="D268" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E268" s="8" t="s">
-        <x:v>1104</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="F268" s="8" t="s">
-        <x:v>1105</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="G268" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H268" s="8" t="s">
-        <x:v>1106</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.5" customHeight="1" collapsed="0">
+        <x:v>1101</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.96875" customHeight="1" collapsed="0">
       <x:c r="A269" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B269" s="8" t="s">
-        <x:v>1107</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="C269" s="8"/>
       <x:c r="D269" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E269" s="8" t="s">
-        <x:v>1108</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="F269" s="8" t="s">
-        <x:v>1109</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="G269" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H269" s="8" t="s">
-        <x:v>1110</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.984375" customHeight="1" collapsed="0">
+        <x:v>1105</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2173.34375" customHeight="1" collapsed="0">
       <x:c r="A270" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B270" s="8" t="s">
-        <x:v>1111</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="C270" s="8"/>
       <x:c r="D270" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E270" s="8" t="s">
-        <x:v>1112</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="F270" s="8" t="s">
-        <x:v>1113</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="G270" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H270" s="8" t="s">
-        <x:v>1114</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.953125" customHeight="1" collapsed="0">
+        <x:v>1109</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.4375" customHeight="1" collapsed="0">
       <x:c r="A271" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B271" s="8" t="s">
-        <x:v>1115</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="C271" s="8"/>
       <x:c r="D271" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E271" s="8" t="s">
-        <x:v>1116</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="F271" s="8" t="s">
-        <x:v>1117</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="G271" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H271" s="8" t="s">
-        <x:v>1118</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.453125" customHeight="1" collapsed="0">
+        <x:v>1113</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.5" customHeight="1" collapsed="0">
       <x:c r="A272" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B272" s="8" t="s">
-        <x:v>1119</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C272" s="8"/>
       <x:c r="D272" s="9" t="n">
-        <x:v>76049</x:v>
+        <x:v>247931</x:v>
       </x:c>
       <x:c r="E272" s="8" t="s">
-        <x:v>1120</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="F272" s="8" t="s">
-        <x:v>1121</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="G272" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H272" s="8" t="s">
-        <x:v>1122</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.953125" customHeight="1" collapsed="0">
+        <x:v>1117</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.953125" customHeight="1" collapsed="0">
       <x:c r="A273" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B273" s="8" t="s">
-        <x:v>1123</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="C273" s="8"/>
       <x:c r="D273" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>122267</x:v>
       </x:c>
       <x:c r="E273" s="8" t="s">
-        <x:v>1124</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="F273" s="8" t="s">
-        <x:v>1125</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="G273" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H273" s="8" t="s">
-        <x:v>1126</x:v>
-[...2 lines deleted...]
-    <x:row ht="91.984375" customHeight="1" collapsed="0">
+        <x:v>1121</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.4375" customHeight="1" collapsed="0">
       <x:c r="A274" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B274" s="8" t="s">
-        <x:v>1127</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="C274" s="8"/>
       <x:c r="D274" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E274" s="8" t="s">
-        <x:v>1128</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="F274" s="8" t="s">
-        <x:v>1129</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="G274" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H274" s="8" t="s">
-        <x:v>1130</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46875" customHeight="1" collapsed="0">
+        <x:v>1125</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="184" customHeight="1" collapsed="0">
       <x:c r="A275" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B275" s="8" t="s">
-        <x:v>1131</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="C275" s="8"/>
       <x:c r="D275" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>145729</x:v>
       </x:c>
       <x:c r="E275" s="8" t="s">
-        <x:v>1132</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="F275" s="8" t="s">
-        <x:v>1133</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="G275" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H275" s="8" t="s">
-        <x:v>1134</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.484375" customHeight="1" collapsed="0">
+        <x:v>1129</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
       <x:c r="A276" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B276" s="8" t="s">
-        <x:v>1135</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="C276" s="8"/>
       <x:c r="D276" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>207272</x:v>
       </x:c>
       <x:c r="E276" s="8" t="s">
-        <x:v>1136</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="F276" s="8" t="s">
-        <x:v>1137</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="G276" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H276" s="8" t="s">
-        <x:v>1138</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.484375" customHeight="1" collapsed="0">
+        <x:v>1133</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.5" customHeight="1" collapsed="0">
       <x:c r="A277" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B277" s="8" t="s">
-        <x:v>1139</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="C277" s="8"/>
       <x:c r="D277" s="9" t="n">
-        <x:v>77035</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E277" s="8" t="s">
-        <x:v>1140</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="F277" s="8" t="s">
-        <x:v>1141</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="G277" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H277" s="8" t="s">
-        <x:v>1142</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.46875" customHeight="1" collapsed="0">
+        <x:v>1137</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1126.90625" customHeight="1" collapsed="0">
       <x:c r="A278" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B278" s="8" t="s">
-        <x:v>1143</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="C278" s="8"/>
       <x:c r="D278" s="9" t="n">
-        <x:v>142034</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E278" s="8" t="s">
-        <x:v>1144</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="F278" s="8" t="s">
-        <x:v>1145</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="G278" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H278" s="8" t="s">
-        <x:v>1146</x:v>
-[...2 lines deleted...]
-    <x:row ht="69" customHeight="1" collapsed="0">
+        <x:v>1141</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1471.875" customHeight="1" collapsed="0">
       <x:c r="A279" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B279" s="8" t="s">
-        <x:v>1147</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="C279" s="8"/>
       <x:c r="D279" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E279" s="8" t="s">
-        <x:v>1148</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="F279" s="8" t="s">
-        <x:v>1149</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="G279" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H279" s="8" t="s">
-        <x:v>1150</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.96875" customHeight="1" collapsed="0">
+        <x:v>1145</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1667.34375" customHeight="1" collapsed="0">
       <x:c r="A280" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B280" s="8" t="s">
-        <x:v>1151</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="C280" s="8"/>
       <x:c r="D280" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>245580</x:v>
       </x:c>
       <x:c r="E280" s="8" t="s">
-        <x:v>1152</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F280" s="8" t="s">
-        <x:v>1153</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="G280" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H280" s="8" t="s">
-        <x:v>1154</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.484375" customHeight="1" collapsed="0">
+        <x:v>1149</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="885.4375" customHeight="1" collapsed="0">
       <x:c r="A281" s="8" t="s">
-        <x:v>463</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="B281" s="8" t="s">
-        <x:v>1155</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="C281" s="8"/>
       <x:c r="D281" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E281" s="8" t="s">
-        <x:v>1156</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="F281" s="8" t="s">
-        <x:v>1157</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="G281" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H281" s="8" t="s">
-        <x:v>1158</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>1154</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1356.890625" customHeight="1" collapsed="0">
       <x:c r="A282" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B282" s="8" t="s">
-        <x:v>1159</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="C282" s="8"/>
       <x:c r="D282" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>87593</x:v>
       </x:c>
       <x:c r="E282" s="8" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="F282" s="8" t="s">
-        <x:v>1161</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="G282" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H282" s="8" t="s">
-        <x:v>1162</x:v>
-[...2 lines deleted...]
-    <x:row ht="1138.375" customHeight="1" collapsed="0">
+        <x:v>1158</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.953125" customHeight="1" collapsed="0">
       <x:c r="A283" s="8" t="s">
-        <x:v>352</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B283" s="8" t="s">
-        <x:v>1163</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="C283" s="8"/>
       <x:c r="D283" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>242417</x:v>
       </x:c>
       <x:c r="E283" s="8" t="s">
-        <x:v>1164</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="F283" s="8" t="s">
-        <x:v>1165</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="G283" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H283" s="8" t="s">
-        <x:v>1166</x:v>
-[...2 lines deleted...]
-    <x:row ht="92" customHeight="1" collapsed="0">
+        <x:v>1162</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="23" customHeight="1" collapsed="0">
       <x:c r="A284" s="8" t="s">
-        <x:v>398</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B284" s="8" t="s">
-        <x:v>1167</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="C284" s="8"/>
       <x:c r="D284" s="9" t="n">
-        <x:v>89452</x:v>
+        <x:v>146317</x:v>
       </x:c>
       <x:c r="E284" s="8" t="s">
-        <x:v>1168</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="F284" s="8" t="s">
-        <x:v>1169</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="G284" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H284" s="8" t="s">
-        <x:v>1170</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+        <x:v>1166</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1103.890625" customHeight="1" collapsed="0">
       <x:c r="A285" s="8" t="s">
-        <x:v>398</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B285" s="8" t="s">
-        <x:v>1171</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="C285" s="8"/>
       <x:c r="D285" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>129967</x:v>
       </x:c>
       <x:c r="E285" s="8" t="s">
-        <x:v>1172</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="F285" s="8" t="s">
-        <x:v>1173</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="G285" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H285" s="8" t="s">
-        <x:v>1174</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.453125" customHeight="1" collapsed="0">
+        <x:v>1170</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.46875" customHeight="1" collapsed="0">
       <x:c r="A286" s="8" t="s">
-        <x:v>657</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B286" s="8" t="s">
-        <x:v>1175</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="C286" s="8"/>
       <x:c r="D286" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>295972</x:v>
       </x:c>
       <x:c r="E286" s="8" t="s">
-        <x:v>1176</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="F286" s="8" t="s">
-        <x:v>1177</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="G286" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H286" s="8" t="s">
-        <x:v>1178</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.484375" customHeight="1" collapsed="0">
+        <x:v>1174</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.4375" customHeight="1" collapsed="0">
       <x:c r="A287" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B287" s="8" t="s">
-        <x:v>1179</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="C287" s="8"/>
       <x:c r="D287" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>2491720</x:v>
       </x:c>
       <x:c r="E287" s="8" t="s">
-        <x:v>1180</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="F287" s="8" t="s">
-        <x:v>1181</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="G287" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H287" s="8" t="s">
-        <x:v>1182</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.984375" customHeight="1" collapsed="0">
+        <x:v>1178</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.984375" customHeight="1" collapsed="0">
       <x:c r="A288" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B288" s="8" t="s">
-        <x:v>1183</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="C288" s="8"/>
       <x:c r="D288" s="9" t="n">
-        <x:v>181754</x:v>
+        <x:v>88425</x:v>
       </x:c>
       <x:c r="E288" s="8" t="s">
-        <x:v>1184</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="F288" s="8" t="s">
-        <x:v>1185</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="G288" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H288" s="8" t="s">
-        <x:v>1186</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.453125" customHeight="1" collapsed="0">
+        <x:v>1182</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.953125" customHeight="1" collapsed="0">
       <x:c r="A289" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B289" s="8" t="s">
-        <x:v>1187</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="C289" s="8"/>
       <x:c r="D289" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E289" s="8" t="s">
-        <x:v>1188</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="F289" s="8" t="s">
-        <x:v>1189</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="G289" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H289" s="8" t="s">
-        <x:v>1190</x:v>
-[...2 lines deleted...]
-    <x:row ht="1103.921875" customHeight="1" collapsed="0">
+        <x:v>1186</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.96875" customHeight="1" collapsed="0">
       <x:c r="A290" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B290" s="8" t="s">
-        <x:v>1191</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="C290" s="8"/>
       <x:c r="D290" s="9" t="n">
-        <x:v>129967</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E290" s="8" t="s">
-        <x:v>1192</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="F290" s="8" t="s">
-        <x:v>1193</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="G290" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H290" s="8" t="s">
-        <x:v>1194</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.46875" customHeight="1" collapsed="0">
+        <x:v>1190</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1046.40625" customHeight="1" collapsed="0">
       <x:c r="A291" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="8" t="s">
-        <x:v>1195</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="C291" s="8"/>
       <x:c r="D291" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E291" s="8" t="s">
-        <x:v>215</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="F291" s="8" t="s">
-        <x:v>216</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="G291" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H291" s="8" t="s">
-        <x:v>1196</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.484375" customHeight="1" collapsed="0">
+        <x:v>1194</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4277.671875" customHeight="1" collapsed="0">
       <x:c r="A292" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B292" s="8" t="s">
-        <x:v>1197</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="C292" s="8"/>
       <x:c r="D292" s="9" t="n">
-        <x:v>92533</x:v>
+        <x:v>451008</x:v>
       </x:c>
       <x:c r="E292" s="8" t="s">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="F292" s="8" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="G292" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H292" s="8" t="s">
         <x:v>1198</x:v>
       </x:c>
-      <x:c r="F292" s="8" t="s">
+    </x:row>
+    <x:row ht="551.953125" customHeight="1" collapsed="0">
+      <x:c r="A293" s="8" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B293" s="8" t="s">
         <x:v>1199</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1201</x:v>
       </x:c>
       <x:c r="C293" s="8"/>
       <x:c r="D293" s="9" t="n">
-        <x:v>89017</x:v>
+        <x:v>416125</x:v>
       </x:c>
       <x:c r="E293" s="8" t="s">
+        <x:v>1200</x:v>
+      </x:c>
+      <x:c r="F293" s="8" t="s">
+        <x:v>1201</x:v>
+      </x:c>
+      <x:c r="G293" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H293" s="8" t="s">
         <x:v>1202</x:v>
       </x:c>
-      <x:c r="F293" s="8" t="s">
+    </x:row>
+    <x:row ht="390.96875" customHeight="1" collapsed="0">
+      <x:c r="A294" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B294" s="8" t="s">
         <x:v>1203</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1205</x:v>
       </x:c>
       <x:c r="C294" s="8"/>
       <x:c r="D294" s="9" t="n">
-        <x:v>154625</x:v>
+        <x:v>181754</x:v>
       </x:c>
       <x:c r="E294" s="8" t="s">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="F294" s="8" t="s">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="G294" s="8" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H294" s="8" t="s">
         <x:v>1206</x:v>
       </x:c>
-      <x:c r="F294" s="8" t="s">
+    </x:row>
+    <x:row ht="218.46875" customHeight="1" collapsed="0">
+      <x:c r="A295" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B295" s="8" t="s">
         <x:v>1207</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1209</x:v>
       </x:c>
       <x:c r="C295" s="8"/>
       <x:c r="D295" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E295" s="8" t="s">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="F295" s="8" t="s">
+        <x:v>1209</x:v>
+      </x:c>
+      <x:c r="G295" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H295" s="8" t="s">
         <x:v>1210</x:v>
       </x:c>
-      <x:c r="F295" s="8" t="s">
+    </x:row>
+    <x:row ht="1023.4375" customHeight="1" collapsed="0">
+      <x:c r="A296" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B296" s="8" t="s">
         <x:v>1211</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1213</x:v>
       </x:c>
       <x:c r="C296" s="8"/>
       <x:c r="D296" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>146058</x:v>
       </x:c>
       <x:c r="E296" s="8" t="s">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="F296" s="8" t="s">
+        <x:v>1213</x:v>
+      </x:c>
+      <x:c r="G296" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H296" s="8" t="s">
         <x:v>1214</x:v>
       </x:c>
-      <x:c r="F296" s="8" t="s">
+    </x:row>
+    <x:row ht="229.984375" customHeight="1" collapsed="0">
+      <x:c r="A297" s="8" t="s">
         <x:v>1215</x:v>
       </x:c>
-      <x:c r="G296" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H296" s="8" t="s">
+      <x:c r="B297" s="8" t="s">
         <x:v>1216</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1217</x:v>
       </x:c>
       <x:c r="C297" s="8"/>
       <x:c r="D297" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>750000</x:v>
       </x:c>
       <x:c r="E297" s="8" t="s">
+        <x:v>1217</x:v>
+      </x:c>
+      <x:c r="F297" s="8" t="s">
         <x:v>1218</x:v>
       </x:c>
-      <x:c r="F297" s="8" t="s">
+      <x:c r="G297" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H297" s="8" t="s">
         <x:v>1219</x:v>
       </x:c>
-      <x:c r="G297" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H297" s="8" t="s">
+    </x:row>
+    <x:row ht="804.90625" customHeight="1" collapsed="0">
+      <x:c r="A298" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B298" s="8" t="s">
         <x:v>1220</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1221</x:v>
       </x:c>
       <x:c r="C298" s="8"/>
       <x:c r="D298" s="9" t="n">
-        <x:v>148186</x:v>
+        <x:v>820247</x:v>
       </x:c>
       <x:c r="E298" s="8" t="s">
+        <x:v>1221</x:v>
+      </x:c>
+      <x:c r="F298" s="8" t="s">
         <x:v>1222</x:v>
       </x:c>
-      <x:c r="F298" s="8" t="s">
+      <x:c r="G298" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H298" s="8" t="s">
         <x:v>1223</x:v>
       </x:c>
-      <x:c r="G298" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H298" s="8" t="s">
+    </x:row>
+    <x:row ht="413.96875" customHeight="1" collapsed="0">
+      <x:c r="A299" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B299" s="8" t="s">
         <x:v>1224</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1225</x:v>
       </x:c>
       <x:c r="C299" s="8"/>
       <x:c r="D299" s="9" t="n">
-        <x:v>290059</x:v>
+        <x:v>503362</x:v>
       </x:c>
       <x:c r="E299" s="8" t="s">
+        <x:v>1225</x:v>
+      </x:c>
+      <x:c r="F299" s="8" t="s">
         <x:v>1226</x:v>
       </x:c>
-      <x:c r="F299" s="8" t="s">
+      <x:c r="G299" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H299" s="8" t="s">
         <x:v>1227</x:v>
       </x:c>
-      <x:c r="G299" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H299" s="8" t="s">
+    </x:row>
+    <x:row ht="816.4375" customHeight="1" collapsed="0">
+      <x:c r="A300" s="8" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="B300" s="8" t="s">
         <x:v>1228</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1229</x:v>
       </x:c>
       <x:c r="C300" s="8"/>
       <x:c r="D300" s="9" t="n">
-        <x:v>292904</x:v>
+        <x:v>395953</x:v>
       </x:c>
       <x:c r="E300" s="8" t="s">
+        <x:v>1229</x:v>
+      </x:c>
+      <x:c r="F300" s="8" t="s">
         <x:v>1230</x:v>
       </x:c>
-      <x:c r="F300" s="8" t="s">
+      <x:c r="G300" s="8" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H300" s="8" t="s">
         <x:v>1231</x:v>
       </x:c>
-      <x:c r="G300" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H300" s="8" t="s">
+    </x:row>
+    <x:row ht="3012.75" customHeight="1" collapsed="0">
+      <x:c r="A301" s="8" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="B301" s="8" t="s">
         <x:v>1232</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1233</x:v>
       </x:c>
       <x:c r="C301" s="8"/>
       <x:c r="D301" s="9" t="n">
-        <x:v>75072</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E301" s="8" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="F301" s="8" t="s">
         <x:v>1234</x:v>
       </x:c>
-      <x:c r="F301" s="8" t="s">
+      <x:c r="G301" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H301" s="8" t="s">
         <x:v>1235</x:v>
       </x:c>
-      <x:c r="G301" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H301" s="8" t="s">
+    </x:row>
+    <x:row ht="2909.25" customHeight="1" collapsed="0">
+      <x:c r="A302" s="8" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="B302" s="8" t="s">
         <x:v>1236</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1237</x:v>
       </x:c>
       <x:c r="C302" s="8"/>
       <x:c r="D302" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E302" s="8" t="s">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="F302" s="8" t="s">
         <x:v>1238</x:v>
       </x:c>
-      <x:c r="F302" s="8" t="s">
+      <x:c r="G302" s="8" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H302" s="8" t="s">
         <x:v>1239</x:v>
       </x:c>
-      <x:c r="G302" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H302" s="8" t="s">
+    </x:row>
+    <x:row ht="505.96875" customHeight="1" collapsed="0">
+      <x:c r="A303" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B303" s="8" t="s">
         <x:v>1240</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1241</x:v>
       </x:c>
       <x:c r="C303" s="8"/>
       <x:c r="D303" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>378497</x:v>
       </x:c>
       <x:c r="E303" s="8" t="s">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="F303" s="8" t="s">
         <x:v>1242</x:v>
       </x:c>
-      <x:c r="F303" s="8" t="s">
+      <x:c r="G303" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H303" s="8" t="s">
         <x:v>1243</x:v>
       </x:c>
-      <x:c r="G303" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H303" s="8" t="s">
+    </x:row>
+    <x:row ht="471.453125" customHeight="1" collapsed="0">
+      <x:c r="A304" s="8" t="s">
         <x:v>1244</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="B304" s="8" t="s">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="C304" s="8"/>
       <x:c r="D304" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>269157</x:v>
       </x:c>
       <x:c r="E304" s="8" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="F304" s="8" t="s">
         <x:v>1247</x:v>
       </x:c>
       <x:c r="G304" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H304" s="8" t="s">
         <x:v>1248</x:v>
       </x:c>
     </x:row>
-    <x:row ht="712.9375" customHeight="1" collapsed="0">
+    <x:row ht="2219.3125" customHeight="1" collapsed="0">
       <x:c r="A305" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="B305" s="8" t="s">
-        <x:v>1249</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="C305" s="8"/>
       <x:c r="D305" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>667656</x:v>
       </x:c>
       <x:c r="E305" s="8" t="s">
-        <x:v>1250</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F305" s="8" t="s">
         <x:v>1251</x:v>
       </x:c>
       <x:c r="G305" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H305" s="8" t="s">
         <x:v>1252</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2702.265625" customHeight="1" collapsed="0">
+    <x:row ht="413.953125" customHeight="1" collapsed="0">
       <x:c r="A306" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B306" s="8" t="s">
         <x:v>1253</x:v>
       </x:c>
       <x:c r="C306" s="8"/>
       <x:c r="D306" s="9" t="n">
-        <x:v>77478</x:v>
+        <x:v>103014</x:v>
       </x:c>
       <x:c r="E306" s="8" t="s">
         <x:v>1254</x:v>
       </x:c>
       <x:c r="F306" s="8" t="s">
         <x:v>1255</x:v>
       </x:c>
       <x:c r="G306" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H306" s="8" t="s">
         <x:v>1256</x:v>
       </x:c>
     </x:row>
-    <x:row ht="689.96875" customHeight="1" collapsed="0">
+    <x:row ht="712.953125" customHeight="1" collapsed="0">
       <x:c r="A307" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="B307" s="8" t="s">
         <x:v>1257</x:v>
       </x:c>
       <x:c r="C307" s="8"/>
       <x:c r="D307" s="9" t="n">
-        <x:v>86133</x:v>
+        <x:v>328282</x:v>
       </x:c>
       <x:c r="E307" s="8" t="s">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="F307" s="8" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="G307" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H307" s="8" t="s">
         <x:v>1260</x:v>
       </x:c>
     </x:row>
-    <x:row ht="862.40625" customHeight="1" collapsed="0">
+    <x:row ht="160.96875" customHeight="1" collapsed="0">
       <x:c r="A308" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B308" s="8" t="s">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="C308" s="8"/>
       <x:c r="D308" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>778319</x:v>
       </x:c>
       <x:c r="E308" s="8" t="s">
         <x:v>1262</x:v>
       </x:c>
       <x:c r="F308" s="8" t="s">
         <x:v>1263</x:v>
       </x:c>
       <x:c r="G308" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H308" s="8" t="s">
         <x:v>1264</x:v>
       </x:c>
     </x:row>
-    <x:row ht="816.4375" customHeight="1" collapsed="0">
+    <x:row ht="574.953125" customHeight="1" collapsed="0">
       <x:c r="A309" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B309" s="8" t="s">
         <x:v>1265</x:v>
       </x:c>
       <x:c r="C309" s="8"/>
       <x:c r="D309" s="9" t="n">
-        <x:v>92779</x:v>
+        <x:v>218610</x:v>
       </x:c>
       <x:c r="E309" s="8" t="s">
         <x:v>1266</x:v>
       </x:c>
       <x:c r="F309" s="8" t="s">
         <x:v>1267</x:v>
       </x:c>
       <x:c r="G309" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H309" s="8" t="s">
         <x:v>1268</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.4375" customHeight="1" collapsed="0">
+    <x:row ht="137.984375" customHeight="1" collapsed="0">
       <x:c r="A310" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B310" s="8" t="s">
         <x:v>1269</x:v>
       </x:c>
       <x:c r="C310" s="8"/>
       <x:c r="D310" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E310" s="8" t="s">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="F310" s="8" t="s">
         <x:v>1271</x:v>
       </x:c>
       <x:c r="G310" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H310" s="8" t="s">
         <x:v>1272</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1299.40625" customHeight="1" collapsed="0">
+    <x:row ht="149.5" customHeight="1" collapsed="0">
       <x:c r="A311" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B311" s="8" t="s">
         <x:v>1273</x:v>
       </x:c>
       <x:c r="C311" s="8"/>
       <x:c r="D311" s="9" t="n">
-        <x:v>92197</x:v>
+        <x:v>1094382</x:v>
       </x:c>
       <x:c r="E311" s="8" t="s">
         <x:v>1274</x:v>
       </x:c>
       <x:c r="F311" s="8" t="s">
         <x:v>1275</x:v>
       </x:c>
       <x:c r="G311" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H311" s="8" t="s">
         <x:v>1276</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.4375" customHeight="1" collapsed="0">
+    <x:row ht="563.453125" customHeight="1" collapsed="0">
       <x:c r="A312" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B312" s="8" t="s">
         <x:v>1277</x:v>
       </x:c>
       <x:c r="C312" s="8"/>
       <x:c r="D312" s="9" t="n">
-        <x:v>104117</x:v>
+        <x:v>323093</x:v>
       </x:c>
       <x:c r="E312" s="8" t="s">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="F312" s="8" t="s">
         <x:v>1279</x:v>
       </x:c>
       <x:c r="G312" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H312" s="8" t="s">
-        <x:v>1272</x:v>
-[...2 lines deleted...]
-    <x:row ht="931.40625" customHeight="1" collapsed="0">
+        <x:v>1280</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.5" customHeight="1" collapsed="0">
       <x:c r="A313" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B313" s="8" t="s">
-        <x:v>1280</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="C313" s="8"/>
       <x:c r="D313" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>252856</x:v>
       </x:c>
       <x:c r="E313" s="8" t="s">
-        <x:v>1281</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="F313" s="8" t="s">
-        <x:v>1282</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="G313" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H313" s="8" t="s">
-        <x:v>1283</x:v>
-[...2 lines deleted...]
-    <x:row ht="747.46875" customHeight="1" collapsed="0">
+        <x:v>1284</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.46875" customHeight="1" collapsed="0">
       <x:c r="A314" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B314" s="8" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="C314" s="8"/>
       <x:c r="D314" s="9" t="n">
-        <x:v>219107</x:v>
+        <x:v>412829</x:v>
       </x:c>
       <x:c r="E314" s="8" t="s">
-        <x:v>1285</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="F314" s="8" t="s">
-        <x:v>1286</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="G314" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H314" s="8" t="s">
-        <x:v>1287</x:v>
-[...2 lines deleted...]
-    <x:row ht="1023.40625" customHeight="1" collapsed="0">
+        <x:v>1288</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.5" customHeight="1" collapsed="0">
       <x:c r="A315" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B315" s="8" t="s">
-        <x:v>1288</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="C315" s="8"/>
       <x:c r="D315" s="9" t="n">
-        <x:v>116990</x:v>
+        <x:v>227646</x:v>
       </x:c>
       <x:c r="E315" s="8" t="s">
-        <x:v>1289</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="F315" s="8" t="s">
-        <x:v>1290</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="G315" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H315" s="8" t="s">
-        <x:v>1291</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.4375" customHeight="1" collapsed="0">
+        <x:v>1292</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3012.734375" customHeight="1" collapsed="0">
       <x:c r="A316" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B316" s="8" t="s">
-        <x:v>1292</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="C316" s="8"/>
       <x:c r="D316" s="9" t="n">
-        <x:v>84476</x:v>
+        <x:v>283195</x:v>
       </x:c>
       <x:c r="E316" s="8" t="s">
-        <x:v>1293</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="F316" s="8" t="s">
-        <x:v>1294</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="G316" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H316" s="8" t="s">
-        <x:v>1272</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.4375" customHeight="1" collapsed="0">
+        <x:v>1296</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.484375" customHeight="1" collapsed="0">
       <x:c r="A317" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B317" s="8" t="s">
-        <x:v>1295</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="C317" s="8"/>
       <x:c r="D317" s="9" t="n">
-        <x:v>275609</x:v>
+        <x:v>290059</x:v>
       </x:c>
       <x:c r="E317" s="8" t="s">
-        <x:v>1296</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="F317" s="8" t="s">
-        <x:v>1297</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="G317" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H317" s="8" t="s">
-        <x:v>1298</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.96875" customHeight="1" collapsed="0">
+        <x:v>1300</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="161" customHeight="1" collapsed="0">
       <x:c r="A318" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B318" s="8" t="s">
-        <x:v>1299</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="C318" s="8"/>
       <x:c r="D318" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>456996</x:v>
       </x:c>
       <x:c r="E318" s="8" t="s">
-        <x:v>1300</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F318" s="8" t="s">
-        <x:v>1301</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="G318" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H318" s="8" t="s">
-        <x:v>1302</x:v>
-[...2 lines deleted...]
-    <x:row ht="942.90625" customHeight="1" collapsed="0">
+        <x:v>1304</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1586.859375" customHeight="1" collapsed="0">
       <x:c r="A319" s="8" t="s">
-        <x:v>611</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B319" s="8" t="s">
-        <x:v>1303</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="C319" s="8"/>
       <x:c r="D319" s="9" t="n">
-        <x:v>161264</x:v>
+        <x:v>3551023</x:v>
       </x:c>
       <x:c r="E319" s="8" t="s">
-        <x:v>1304</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="F319" s="8" t="s">
-        <x:v>1305</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="G319" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H319" s="8" t="s">
-        <x:v>1306</x:v>
-[...2 lines deleted...]
-    <x:row ht="689.96875" customHeight="1" collapsed="0">
+        <x:v>1308</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
       <x:c r="A320" s="8" t="s">
-        <x:v>909</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B320" s="8" t="s">
-        <x:v>1307</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="C320" s="8"/>
       <x:c r="D320" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>783881</x:v>
       </x:c>
       <x:c r="E320" s="8" t="s">
-        <x:v>1308</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="F320" s="8" t="s">
-        <x:v>1309</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="G320" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H320" s="8" t="s">
-        <x:v>1310</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.9375" customHeight="1" collapsed="0">
+        <x:v>1312</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4375" customHeight="1" collapsed="0">
       <x:c r="A321" s="8" t="s">
-        <x:v>168</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="B321" s="8" t="s">
-        <x:v>1311</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="C321" s="8"/>
       <x:c r="D321" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>1157867</x:v>
       </x:c>
       <x:c r="E321" s="8" t="s">
-        <x:v>1312</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="F321" s="8" t="s">
-        <x:v>1313</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="G321" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H321" s="8" t="s">
-        <x:v>1314</x:v>
-[...2 lines deleted...]
-    <x:row ht="1126.9375" customHeight="1" collapsed="0">
+        <x:v>1316</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.5" customHeight="1" collapsed="0">
       <x:c r="A322" s="8" t="s">
-        <x:v>168</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B322" s="8" t="s">
-        <x:v>1315</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="C322" s="8"/>
       <x:c r="D322" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E322" s="8" t="s">
-        <x:v>1316</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="F322" s="8" t="s">
-        <x:v>1317</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="G322" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H322" s="8" t="s">
-        <x:v>1318</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.4375" customHeight="1" collapsed="0">
+        <x:v>1320</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.453125" customHeight="1" collapsed="0">
       <x:c r="A323" s="8" t="s">
-        <x:v>770</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B323" s="8" t="s">
-        <x:v>1319</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="C323" s="8"/>
       <x:c r="D323" s="9" t="n">
-        <x:v>188509</x:v>
+        <x:v>79409</x:v>
       </x:c>
       <x:c r="E323" s="8" t="s">
-        <x:v>1320</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="F323" s="8" t="s">
-        <x:v>1321</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="G323" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H323" s="8" t="s">
-        <x:v>1322</x:v>
-[...2 lines deleted...]
-    <x:row ht="161" customHeight="1" collapsed="0">
+        <x:v>1324</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="931.40625" customHeight="1" collapsed="0">
       <x:c r="A324" s="8" t="s">
-        <x:v>770</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B324" s="8" t="s">
-        <x:v>1323</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="C324" s="8"/>
       <x:c r="D324" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E324" s="8" t="s">
-        <x:v>1324</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="F324" s="8" t="s">
-        <x:v>1325</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="G324" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H324" s="8" t="s">
-        <x:v>1326</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.9375" customHeight="1" collapsed="0">
+        <x:v>1328</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="758.953125" customHeight="1" collapsed="0">
       <x:c r="A325" s="8" t="s">
-        <x:v>770</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B325" s="8" t="s">
-        <x:v>1327</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="C325" s="8"/>
       <x:c r="D325" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>75360</x:v>
       </x:c>
       <x:c r="E325" s="8" t="s">
-        <x:v>1328</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="F325" s="8" t="s">
-        <x:v>1329</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="G325" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H325" s="8" t="s">
-        <x:v>1330</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.9375" customHeight="1" collapsed="0">
+        <x:v>1332</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4116.625" customHeight="1" collapsed="0">
       <x:c r="A326" s="8" t="s">
-        <x:v>1331</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B326" s="8" t="s">
-        <x:v>1332</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="C326" s="8"/>
       <x:c r="D326" s="9" t="n">
-        <x:v>2161472</x:v>
+        <x:v>90074</x:v>
       </x:c>
       <x:c r="E326" s="8" t="s">
-        <x:v>1333</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="F326" s="8" t="s">
-        <x:v>1334</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="G326" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H326" s="8" t="s">
-        <x:v>1335</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.4375" customHeight="1" collapsed="0">
+        <x:v>1336</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.5" customHeight="1" collapsed="0">
       <x:c r="A327" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B327" s="8" t="s">
-        <x:v>1336</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="C327" s="8"/>
       <x:c r="D327" s="9" t="n">
-        <x:v>139546</x:v>
+        <x:v>229471</x:v>
       </x:c>
       <x:c r="E327" s="8" t="s">
-        <x:v>313</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="F327" s="8" t="s">
-        <x:v>1337</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="G327" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H327" s="8" t="s">
-        <x:v>1338</x:v>
-[...2 lines deleted...]
-    <x:row ht="919.9375" customHeight="1" collapsed="0">
+        <x:v>1340</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.96875" customHeight="1" collapsed="0">
       <x:c r="A328" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B328" s="8" t="s">
-        <x:v>1339</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="C328" s="8"/>
       <x:c r="D328" s="9" t="n">
-        <x:v>92104</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E328" s="8" t="s">
-        <x:v>1340</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="F328" s="8" t="s">
-        <x:v>1341</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="G328" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H328" s="8" t="s">
-        <x:v>1342</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.96875" customHeight="1" collapsed="0">
+        <x:v>1344</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.46875" customHeight="1" collapsed="0">
       <x:c r="A329" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="B329" s="8" t="s">
-        <x:v>1343</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="C329" s="8"/>
       <x:c r="D329" s="9" t="n">
-        <x:v>218128</x:v>
+        <x:v>163454</x:v>
       </x:c>
       <x:c r="E329" s="8" t="s">
-        <x:v>1344</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="F329" s="8" t="s">
-        <x:v>1345</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="G329" s="8" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H329" s="8" t="s">
-        <x:v>1346</x:v>
-[...2 lines deleted...]
-    <x:row ht="1954.84375" customHeight="1" collapsed="0">
+        <x:v>1348</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1253.375" customHeight="1" collapsed="0">
       <x:c r="A330" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B330" s="8" t="s">
-        <x:v>1347</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="C330" s="8"/>
       <x:c r="D330" s="9" t="n">
-        <x:v>2314899</x:v>
+        <x:v>378021</x:v>
       </x:c>
       <x:c r="E330" s="8" t="s">
-        <x:v>1348</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="F330" s="8" t="s">
-        <x:v>1349</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="G330" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H330" s="8" t="s">
-        <x:v>1350</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.46875" customHeight="1" collapsed="0">
+        <x:v>1352</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
       <x:c r="A331" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B331" s="8" t="s">
-        <x:v>1351</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="C331" s="8"/>
       <x:c r="D331" s="9" t="n">
-        <x:v>292997</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E331" s="8" t="s">
-        <x:v>1352</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="F331" s="8" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="G331" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H331" s="8" t="s">
-        <x:v>1354</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.96875" customHeight="1" collapsed="0">
+        <x:v>1356</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2702.28125" customHeight="1" collapsed="0">
       <x:c r="A332" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B332" s="8" t="s">
-        <x:v>1355</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="C332" s="8"/>
       <x:c r="D332" s="9" t="n">
-        <x:v>102186</x:v>
+        <x:v>77478</x:v>
       </x:c>
       <x:c r="E332" s="8" t="s">
-        <x:v>1356</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="F332" s="8" t="s">
-        <x:v>1357</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="G332" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H332" s="8" t="s">
-        <x:v>1358</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>1360</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
       <x:c r="A333" s="8" t="s">
-        <x:v>657</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B333" s="8" t="s">
-        <x:v>1359</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="C333" s="8"/>
       <x:c r="D333" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>144054</x:v>
       </x:c>
       <x:c r="E333" s="8" t="s">
-        <x:v>1360</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="F333" s="8" t="s">
-        <x:v>1361</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="G333" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H333" s="8" t="s">
-        <x:v>1362</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46875" customHeight="1" collapsed="0">
+        <x:v>1364</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1402.90625" customHeight="1" collapsed="0">
       <x:c r="A334" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B334" s="8" t="s">
-        <x:v>1363</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="C334" s="8"/>
       <x:c r="D334" s="9" t="n">
-        <x:v>188087</x:v>
+        <x:v>80305</x:v>
       </x:c>
       <x:c r="E334" s="8" t="s">
-        <x:v>1364</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="F334" s="8" t="s">
-        <x:v>1365</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="G334" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H334" s="8" t="s">
-        <x:v>1366</x:v>
-[...2 lines deleted...]
-    <x:row ht="1506.34375" customHeight="1" collapsed="0">
+        <x:v>1368</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2081.28125" customHeight="1" collapsed="0">
       <x:c r="A335" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B335" s="8" t="s">
-        <x:v>1367</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="C335" s="8"/>
       <x:c r="D335" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E335" s="8" t="s">
-        <x:v>1368</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="F335" s="8" t="s">
-        <x:v>1369</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="G335" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H335" s="8" t="s">
-        <x:v>1370</x:v>
-[...2 lines deleted...]
-    <x:row ht="1333.90625" customHeight="1" collapsed="0">
+        <x:v>1372</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.5" customHeight="1" collapsed="0">
       <x:c r="A336" s="8" t="s">
-        <x:v>1371</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B336" s="8" t="s">
-        <x:v>1372</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="C336" s="8"/>
       <x:c r="D336" s="9" t="n">
-        <x:v>125832</x:v>
+        <x:v>214092</x:v>
       </x:c>
       <x:c r="E336" s="8" t="s">
-        <x:v>1373</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="F336" s="8" t="s">
-        <x:v>1374</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="G336" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H336" s="8" t="s">
-        <x:v>1375</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4375" customHeight="1" collapsed="0">
+        <x:v>1376</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.4375" customHeight="1" collapsed="0">
       <x:c r="A337" s="8" t="s">
-        <x:v>676</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B337" s="8" t="s">
-        <x:v>1376</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="C337" s="8"/>
       <x:c r="D337" s="9" t="n">
-        <x:v>1157867</x:v>
+        <x:v>350165</x:v>
       </x:c>
       <x:c r="E337" s="8" t="s">
-        <x:v>1377</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="F337" s="8" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="G337" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H337" s="8" t="s">
-        <x:v>1379</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.96875" customHeight="1" collapsed="0">
+        <x:v>1380</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.96875" customHeight="1" collapsed="0">
       <x:c r="A338" s="8" t="s">
-        <x:v>398</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B338" s="8" t="s">
-        <x:v>1380</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="C338" s="8"/>
       <x:c r="D338" s="9" t="n">
-        <x:v>242717</x:v>
+        <x:v>292904</x:v>
       </x:c>
       <x:c r="E338" s="8" t="s">
-        <x:v>1381</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="F338" s="8" t="s">
-        <x:v>1382</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="G338" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H338" s="8" t="s">
-        <x:v>1383</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9375" customHeight="1" collapsed="0">
+        <x:v>1384</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="138" customHeight="1" collapsed="0">
       <x:c r="A339" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B339" s="8" t="s">
-        <x:v>1384</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="C339" s="8"/>
       <x:c r="D339" s="9" t="n">
-        <x:v>328023</x:v>
+        <x:v>245397</x:v>
       </x:c>
       <x:c r="E339" s="8" t="s">
-        <x:v>1385</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="F339" s="8" t="s">
-        <x:v>1386</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="G339" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H339" s="8" t="s">
-        <x:v>1387</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.375" customHeight="1" collapsed="0">
+        <x:v>1388</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1724.84375" customHeight="1" collapsed="0">
       <x:c r="A340" s="8" t="s">
-        <x:v>770</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B340" s="8" t="s">
-        <x:v>1388</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="C340" s="8"/>
       <x:c r="D340" s="9" t="n">
-        <x:v>354476</x:v>
+        <x:v>793965</x:v>
       </x:c>
       <x:c r="E340" s="8" t="s">
-        <x:v>1389</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="F340" s="8" t="s">
-        <x:v>1390</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="G340" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H340" s="8" t="s">
-        <x:v>1391</x:v>
-[...2 lines deleted...]
-    <x:row ht="1920.34375" customHeight="1" collapsed="0">
+        <x:v>1392</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.46875" customHeight="1" collapsed="0">
       <x:c r="A341" s="8" t="s">
-        <x:v>843</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B341" s="8" t="s">
-        <x:v>1392</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="C341" s="8"/>
       <x:c r="D341" s="9" t="n">
-        <x:v>277986</x:v>
+        <x:v>222667</x:v>
       </x:c>
       <x:c r="E341" s="8" t="s">
-        <x:v>1393</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="F341" s="8" t="s">
-        <x:v>1394</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="G341" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H341" s="8" t="s">
-        <x:v>1395</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46875" customHeight="1" collapsed="0">
+        <x:v>1396</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.46875" customHeight="1" collapsed="0">
       <x:c r="A342" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B342" s="8" t="s">
-        <x:v>1396</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="C342" s="8"/>
       <x:c r="D342" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>92533</x:v>
       </x:c>
       <x:c r="E342" s="8" t="s">
-        <x:v>1397</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="F342" s="8" t="s">
-        <x:v>1398</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="G342" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H342" s="8" t="s">
-        <x:v>1399</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.9375" customHeight="1" collapsed="0">
+        <x:v>1400</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
       <x:c r="A343" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B343" s="8" t="s">
-        <x:v>1400</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="C343" s="8"/>
       <x:c r="D343" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>218128</x:v>
       </x:c>
       <x:c r="E343" s="8" t="s">
-        <x:v>1401</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="F343" s="8" t="s">
-        <x:v>1402</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="G343" s="8" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H343" s="8" t="s">
-        <x:v>1403</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96875" customHeight="1" collapsed="0">
+        <x:v>1404</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1506.375" customHeight="1" collapsed="0">
       <x:c r="A344" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B344" s="8" t="s">
-        <x:v>1404</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="C344" s="8"/>
       <x:c r="D344" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E344" s="8" t="s">
-        <x:v>1405</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="F344" s="8" t="s">
-        <x:v>1406</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="G344" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H344" s="8" t="s">
-        <x:v>1407</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.96875" customHeight="1" collapsed="0">
+        <x:v>1408</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2713.78125" customHeight="1" collapsed="0">
       <x:c r="A345" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B345" s="8" t="s">
-        <x:v>1408</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="C345" s="8"/>
       <x:c r="D345" s="9" t="n">
-        <x:v>302018</x:v>
+        <x:v>858835</x:v>
       </x:c>
       <x:c r="E345" s="8" t="s">
-        <x:v>1409</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="F345" s="8" t="s">
-        <x:v>1410</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="G345" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H345" s="8" t="s">
-        <x:v>1411</x:v>
-[...2 lines deleted...]
-    <x:row ht="1161.40625" customHeight="1" collapsed="0">
+        <x:v>1412</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.46875" customHeight="1" collapsed="0">
       <x:c r="A346" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B346" s="8" t="s">
-        <x:v>1412</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="C346" s="8"/>
       <x:c r="D346" s="9" t="n">
-        <x:v>1415099</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E346" s="8" t="s">
-        <x:v>1413</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="F346" s="8" t="s">
-        <x:v>1414</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="G346" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H346" s="8" t="s">
-        <x:v>1415</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.9375" customHeight="1" collapsed="0">
+        <x:v>1416</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.96875" customHeight="1" collapsed="0">
       <x:c r="A347" s="8" t="s">
-        <x:v>524</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B347" s="8" t="s">
-        <x:v>1416</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="C347" s="8"/>
       <x:c r="D347" s="9" t="n">
-        <x:v>416125</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E347" s="8" t="s">
-        <x:v>1417</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="F347" s="8" t="s">
-        <x:v>1418</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="G347" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H347" s="8" t="s">
-        <x:v>1419</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.4375" customHeight="1" collapsed="0">
+        <x:v>1420</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.96875" customHeight="1" collapsed="0">
       <x:c r="A348" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B348" s="8" t="s">
-        <x:v>1420</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="C348" s="8"/>
       <x:c r="D348" s="9" t="n">
-        <x:v>1328221</x:v>
+        <x:v>94576</x:v>
       </x:c>
       <x:c r="E348" s="8" t="s">
-        <x:v>1421</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="F348" s="8" t="s">
-        <x:v>1422</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="G348" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H348" s="8" t="s">
-        <x:v>1423</x:v>
-[...2 lines deleted...]
-    <x:row ht="816.4375" customHeight="1" collapsed="0">
+        <x:v>1424</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.40625" customHeight="1" collapsed="0">
       <x:c r="A349" s="8" t="s">
-        <x:v>1424</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B349" s="8" t="s">
         <x:v>1425</x:v>
       </x:c>
       <x:c r="C349" s="8"/>
       <x:c r="D349" s="9" t="n">
-        <x:v>199091</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E349" s="8" t="s">
         <x:v>1426</x:v>
       </x:c>
       <x:c r="F349" s="8" t="s">
         <x:v>1427</x:v>
       </x:c>
       <x:c r="G349" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H349" s="8" t="s">
         <x:v>1428</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.4375" customHeight="1" collapsed="0">
+    <x:row ht="69" customHeight="1" collapsed="0">
       <x:c r="A350" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B350" s="8" t="s">
         <x:v>1429</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1430</x:v>
       </x:c>
       <x:c r="C350" s="8"/>
       <x:c r="D350" s="9" t="n">
-        <x:v>269157</x:v>
+        <x:v>137092</x:v>
       </x:c>
       <x:c r="E350" s="8" t="s">
+        <x:v>1430</x:v>
+      </x:c>
+      <x:c r="F350" s="8" t="s">
         <x:v>1431</x:v>
       </x:c>
-      <x:c r="F350" s="8" t="s">
+      <x:c r="G350" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H350" s="8" t="s">
         <x:v>1432</x:v>
       </x:c>
-      <x:c r="G350" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H350" s="8" t="s">
+    </x:row>
+    <x:row ht="1092.4375" customHeight="1" collapsed="0">
+      <x:c r="A351" s="8" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B351" s="8" t="s">
         <x:v>1433</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1434</x:v>
       </x:c>
       <x:c r="C351" s="8"/>
       <x:c r="D351" s="9" t="n">
-        <x:v>269105</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E351" s="8" t="s">
+        <x:v>1434</x:v>
+      </x:c>
+      <x:c r="F351" s="8" t="s">
         <x:v>1435</x:v>
       </x:c>
-      <x:c r="F351" s="8" t="s">
+      <x:c r="G351" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H351" s="8" t="s">
         <x:v>1436</x:v>
       </x:c>
-      <x:c r="G351" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H351" s="8" t="s">
+    </x:row>
+    <x:row ht="344.9375" customHeight="1" collapsed="0">
+      <x:c r="A352" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B352" s="8" t="s">
         <x:v>1437</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1438</x:v>
       </x:c>
       <x:c r="C352" s="8"/>
       <x:c r="D352" s="9" t="n">
-        <x:v>350165</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E352" s="8" t="s">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="F352" s="8" t="s">
         <x:v>1439</x:v>
       </x:c>
-      <x:c r="F352" s="8" t="s">
+      <x:c r="G352" s="8" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H352" s="8" t="s">
         <x:v>1440</x:v>
       </x:c>
-      <x:c r="G352" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H352" s="8" t="s">
+    </x:row>
+    <x:row ht="1161.4375" customHeight="1" collapsed="0">
+      <x:c r="A353" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B353" s="8" t="s">
         <x:v>1441</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1442</x:v>
       </x:c>
       <x:c r="C353" s="8"/>
       <x:c r="D353" s="9" t="n">
-        <x:v>279920</x:v>
+        <x:v>1415099</x:v>
       </x:c>
       <x:c r="E353" s="8" t="s">
+        <x:v>1442</x:v>
+      </x:c>
+      <x:c r="F353" s="8" t="s">
         <x:v>1443</x:v>
       </x:c>
-      <x:c r="F353" s="8" t="s">
+      <x:c r="G353" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H353" s="8" t="s">
         <x:v>1444</x:v>
       </x:c>
-      <x:c r="G353" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H353" s="8" t="s">
+    </x:row>
+    <x:row ht="149.5" customHeight="1" collapsed="0">
+      <x:c r="A354" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B354" s="8" t="s">
         <x:v>1445</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1446</x:v>
       </x:c>
       <x:c r="C354" s="8"/>
       <x:c r="D354" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>363315</x:v>
       </x:c>
       <x:c r="E354" s="8" t="s">
+        <x:v>1446</x:v>
+      </x:c>
+      <x:c r="F354" s="8" t="s">
         <x:v>1447</x:v>
       </x:c>
-      <x:c r="F354" s="8" t="s">
+      <x:c r="G354" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H354" s="8" t="s">
         <x:v>1448</x:v>
       </x:c>
-      <x:c r="G354" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H354" s="8" t="s">
+    </x:row>
+    <x:row ht="160.96875" customHeight="1" collapsed="0">
+      <x:c r="A355" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B355" s="8" t="s">
         <x:v>1449</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1450</x:v>
       </x:c>
       <x:c r="C355" s="8"/>
       <x:c r="D355" s="9" t="n">
-        <x:v>245397</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E355" s="8" t="s">
+        <x:v>1450</x:v>
+      </x:c>
+      <x:c r="F355" s="8" t="s">
         <x:v>1451</x:v>
       </x:c>
-      <x:c r="F355" s="8" t="s">
+      <x:c r="G355" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H355" s="8" t="s">
         <x:v>1452</x:v>
       </x:c>
-      <x:c r="G355" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H355" s="8" t="s">
+    </x:row>
+    <x:row ht="195.46875" customHeight="1" collapsed="0">
+      <x:c r="A356" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B356" s="8" t="s">
         <x:v>1453</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1454</x:v>
       </x:c>
       <x:c r="C356" s="8"/>
       <x:c r="D356" s="9" t="n">
-        <x:v>416857</x:v>
+        <x:v>91104</x:v>
       </x:c>
       <x:c r="E356" s="8" t="s">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="F356" s="8" t="s">
         <x:v>1455</x:v>
       </x:c>
-      <x:c r="F356" s="8" t="s">
+      <x:c r="G356" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H356" s="8" t="s">
         <x:v>1456</x:v>
       </x:c>
-      <x:c r="G356" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H356" s="8" t="s">
+    </x:row>
+    <x:row ht="218.5" customHeight="1" collapsed="0">
+      <x:c r="A357" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B357" s="8" t="s">
         <x:v>1457</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1458</x:v>
       </x:c>
       <x:c r="C357" s="8"/>
       <x:c r="D357" s="9" t="n">
-        <x:v>338133</x:v>
+        <x:v>569930</x:v>
       </x:c>
       <x:c r="E357" s="8" t="s">
+        <x:v>1458</x:v>
+      </x:c>
+      <x:c r="F357" s="8" t="s">
         <x:v>1459</x:v>
       </x:c>
-      <x:c r="F357" s="8" t="s">
+      <x:c r="G357" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H357" s="8" t="s">
         <x:v>1460</x:v>
       </x:c>
-      <x:c r="G357" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H357" s="8" t="s">
+    </x:row>
+    <x:row ht="1023.4375" customHeight="1" collapsed="0">
+      <x:c r="A358" s="8" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="B358" s="8" t="s">
         <x:v>1461</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1463</x:v>
       </x:c>
       <x:c r="C358" s="8"/>
       <x:c r="D358" s="9" t="n">
-        <x:v>340333</x:v>
+        <x:v>116990</x:v>
       </x:c>
       <x:c r="E358" s="8" t="s">
+        <x:v>1462</x:v>
+      </x:c>
+      <x:c r="F358" s="8" t="s">
+        <x:v>1463</x:v>
+      </x:c>
+      <x:c r="G358" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H358" s="8" t="s">
         <x:v>1464</x:v>
       </x:c>
-      <x:c r="F358" s="8" t="s">
+    </x:row>
+    <x:row ht="137.96875" customHeight="1" collapsed="0">
+      <x:c r="A359" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B359" s="8" t="s">
         <x:v>1465</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1467</x:v>
       </x:c>
       <x:c r="C359" s="8"/>
       <x:c r="D359" s="9" t="n">
-        <x:v>247509</x:v>
+        <x:v>180941</x:v>
       </x:c>
       <x:c r="E359" s="8" t="s">
+        <x:v>1466</x:v>
+      </x:c>
+      <x:c r="F359" s="8" t="s">
+        <x:v>1467</x:v>
+      </x:c>
+      <x:c r="G359" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H359" s="8" t="s">
         <x:v>1468</x:v>
       </x:c>
-      <x:c r="F359" s="8" t="s">
+    </x:row>
+    <x:row ht="160.96875" customHeight="1" collapsed="0">
+      <x:c r="A360" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B360" s="8" t="s">
         <x:v>1469</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1471</x:v>
       </x:c>
       <x:c r="C360" s="8"/>
       <x:c r="D360" s="9" t="n">
-        <x:v>165976</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E360" s="8" t="s">
+        <x:v>1470</x:v>
+      </x:c>
+      <x:c r="F360" s="8" t="s">
+        <x:v>1471</x:v>
+      </x:c>
+      <x:c r="G360" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H360" s="8" t="s">
         <x:v>1472</x:v>
       </x:c>
-      <x:c r="F360" s="8" t="s">
+    </x:row>
+    <x:row ht="931.40625" customHeight="1" collapsed="0">
+      <x:c r="A361" s="8" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="B361" s="8" t="s">
         <x:v>1473</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1475</x:v>
       </x:c>
       <x:c r="C361" s="8"/>
       <x:c r="D361" s="9" t="n">
-        <x:v>2592030</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E361" s="8" t="s">
+        <x:v>1474</x:v>
+      </x:c>
+      <x:c r="F361" s="8" t="s">
+        <x:v>1475</x:v>
+      </x:c>
+      <x:c r="G361" s="8" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H361" s="8" t="s">
         <x:v>1476</x:v>
       </x:c>
-      <x:c r="F361" s="8" t="s">
+    </x:row>
+    <x:row ht="563.46875" customHeight="1" collapsed="0">
+      <x:c r="A362" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B362" s="8" t="s">
         <x:v>1477</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1479</x:v>
       </x:c>
       <x:c r="C362" s="8"/>
       <x:c r="D362" s="9" t="n">
-        <x:v>3551023</x:v>
+        <x:v>792738</x:v>
       </x:c>
       <x:c r="E362" s="8" t="s">
+        <x:v>1478</x:v>
+      </x:c>
+      <x:c r="F362" s="8" t="s">
+        <x:v>1479</x:v>
+      </x:c>
+      <x:c r="G362" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H362" s="8" t="s">
         <x:v>1480</x:v>
       </x:c>
-      <x:c r="F362" s="8" t="s">
+    </x:row>
+    <x:row ht="919.90625" customHeight="1" collapsed="0">
+      <x:c r="A363" s="8" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B363" s="8" t="s">
         <x:v>1481</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1483</x:v>
       </x:c>
       <x:c r="C363" s="8"/>
       <x:c r="D363" s="9" t="n">
-        <x:v>531371</x:v>
+        <x:v>92104</x:v>
       </x:c>
       <x:c r="E363" s="8" t="s">
+        <x:v>1482</x:v>
+      </x:c>
+      <x:c r="F363" s="8" t="s">
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="G363" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H363" s="8" t="s">
         <x:v>1484</x:v>
       </x:c>
-      <x:c r="F363" s="8" t="s">
+    </x:row>
+    <x:row ht="16535.625" customHeight="1" collapsed="0">
+      <x:c r="A364" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B364" s="8" t="s">
         <x:v>1485</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1487</x:v>
       </x:c>
       <x:c r="C364" s="8"/>
       <x:c r="D364" s="9" t="n">
-        <x:v>793965</x:v>
+        <x:v>167713</x:v>
       </x:c>
       <x:c r="E364" s="8" t="s">
+        <x:v>1486</x:v>
+      </x:c>
+      <x:c r="F364" s="8" t="s">
+        <x:v>1487</x:v>
+      </x:c>
+      <x:c r="G364" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H364" s="8" t="s">
         <x:v>1488</x:v>
       </x:c>
-      <x:c r="F364" s="8" t="s">
+    </x:row>
+    <x:row ht="264.46875" customHeight="1" collapsed="0">
+      <x:c r="A365" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B365" s="8" t="s">
         <x:v>1489</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1491</x:v>
       </x:c>
       <x:c r="C365" s="8"/>
       <x:c r="D365" s="9" t="n">
-        <x:v>323093</x:v>
+        <x:v>99195</x:v>
       </x:c>
       <x:c r="E365" s="8" t="s">
+        <x:v>1490</x:v>
+      </x:c>
+      <x:c r="F365" s="8" t="s">
+        <x:v>1491</x:v>
+      </x:c>
+      <x:c r="G365" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H365" s="8" t="s">
         <x:v>1492</x:v>
       </x:c>
-      <x:c r="F365" s="8" t="s">
+    </x:row>
+    <x:row ht="183.96875" customHeight="1" collapsed="0">
+      <x:c r="A366" s="8" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="B366" s="8" t="s">
         <x:v>1493</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1495</x:v>
       </x:c>
       <x:c r="C366" s="8"/>
       <x:c r="D366" s="9" t="n">
-        <x:v>365114</x:v>
+        <x:v>77001</x:v>
       </x:c>
       <x:c r="E366" s="8" t="s">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="F366" s="8" t="s">
+        <x:v>1495</x:v>
+      </x:c>
+      <x:c r="G366" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H366" s="8" t="s">
         <x:v>1496</x:v>
       </x:c>
-      <x:c r="F366" s="8" t="s">
+    </x:row>
+    <x:row ht="1920.34375" customHeight="1" collapsed="0">
+      <x:c r="A367" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B367" s="8" t="s">
         <x:v>1497</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1499</x:v>
       </x:c>
       <x:c r="C367" s="8"/>
       <x:c r="D367" s="9" t="n">
-        <x:v>81822</x:v>
+        <x:v>1430723</x:v>
       </x:c>
       <x:c r="E367" s="8" t="s">
+        <x:v>1498</x:v>
+      </x:c>
+      <x:c r="F367" s="8" t="s">
+        <x:v>1499</x:v>
+      </x:c>
+      <x:c r="G367" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H367" s="8" t="s">
         <x:v>1500</x:v>
       </x:c>
-      <x:c r="F367" s="8" t="s">
+    </x:row>
+    <x:row ht="459.9375" customHeight="1" collapsed="0">
+      <x:c r="A368" s="8" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B368" s="8" t="s">
         <x:v>1501</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1503</x:v>
       </x:c>
       <x:c r="C368" s="8"/>
       <x:c r="D368" s="9" t="n">
-        <x:v>274786</x:v>
+        <x:v>89465</x:v>
       </x:c>
       <x:c r="E368" s="8" t="s">
+        <x:v>1502</x:v>
+      </x:c>
+      <x:c r="F368" s="8" t="s">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="G368" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H368" s="8" t="s">
         <x:v>1504</x:v>
       </x:c>
-      <x:c r="F368" s="8" t="s">
+    </x:row>
+    <x:row ht="459.96875" customHeight="1" collapsed="0">
+      <x:c r="A369" s="8" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="B369" s="8" t="s">
         <x:v>1505</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1507</x:v>
       </x:c>
       <x:c r="C369" s="8"/>
       <x:c r="D369" s="9" t="n">
-        <x:v>148404</x:v>
+        <x:v>374757</x:v>
       </x:c>
       <x:c r="E369" s="8" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="F369" s="8" t="s">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="G369" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H369" s="8" t="s">
         <x:v>1508</x:v>
       </x:c>
-      <x:c r="F369" s="8" t="s">
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
+      <x:c r="A370" s="8" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B370" s="8" t="s">
         <x:v>1509</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1511</x:v>
       </x:c>
       <x:c r="C370" s="8"/>
       <x:c r="D370" s="9" t="n">
-        <x:v>75360</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E370" s="8" t="s">
+        <x:v>1510</x:v>
+      </x:c>
+      <x:c r="F370" s="8" t="s">
+        <x:v>1511</x:v>
+      </x:c>
+      <x:c r="G370" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H370" s="8" t="s">
         <x:v>1512</x:v>
       </x:c>
-      <x:c r="F370" s="8" t="s">
+    </x:row>
+    <x:row ht="1230.40625" customHeight="1" collapsed="0">
+      <x:c r="A371" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B371" s="8" t="s">
         <x:v>1513</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1515</x:v>
       </x:c>
       <x:c r="C371" s="8"/>
       <x:c r="D371" s="9" t="n">
-        <x:v>126168</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E371" s="8" t="s">
+        <x:v>1514</x:v>
+      </x:c>
+      <x:c r="F371" s="8" t="s">
+        <x:v>1515</x:v>
+      </x:c>
+      <x:c r="G371" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H371" s="8" t="s">
         <x:v>1516</x:v>
       </x:c>
-      <x:c r="F371" s="8" t="s">
+    </x:row>
+    <x:row ht="977.4375" customHeight="1" collapsed="0">
+      <x:c r="A372" s="8" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B372" s="8" t="s">
         <x:v>1517</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1519</x:v>
       </x:c>
       <x:c r="C372" s="8"/>
       <x:c r="D372" s="9" t="n">
-        <x:v>146058</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E372" s="8" t="s">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="F372" s="8" t="s">
+        <x:v>1519</x:v>
+      </x:c>
+      <x:c r="G372" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H372" s="8" t="s">
         <x:v>1520</x:v>
       </x:c>
-      <x:c r="F372" s="8" t="s">
+    </x:row>
+    <x:row ht="172.46875" customHeight="1" collapsed="0">
+      <x:c r="A373" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B373" s="8" t="s">
         <x:v>1521</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1523</x:v>
       </x:c>
       <x:c r="C373" s="8"/>
       <x:c r="D373" s="9" t="n">
-        <x:v>535781</x:v>
+        <x:v>215635</x:v>
       </x:c>
       <x:c r="E373" s="8" t="s">
+        <x:v>1522</x:v>
+      </x:c>
+      <x:c r="F373" s="8" t="s">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="G373" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H373" s="8" t="s">
         <x:v>1524</x:v>
       </x:c>
-      <x:c r="F373" s="8" t="s">
+    </x:row>
+    <x:row ht="678.4375" customHeight="1" collapsed="0">
+      <x:c r="A374" s="8" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="B374" s="8" t="s">
         <x:v>1525</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1527</x:v>
       </x:c>
       <x:c r="C374" s="8"/>
       <x:c r="D374" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>84476</x:v>
       </x:c>
       <x:c r="E374" s="8" t="s">
+        <x:v>1526</x:v>
+      </x:c>
+      <x:c r="F374" s="8" t="s">
+        <x:v>1527</x:v>
+      </x:c>
+      <x:c r="G374" s="8" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H374" s="8" t="s">
+        <x:v>465</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.4375" customHeight="1" collapsed="0">
+      <x:c r="A375" s="8" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="B375" s="8" t="s">
         <x:v>1528</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1531</x:v>
       </x:c>
       <x:c r="C375" s="8"/>
       <x:c r="D375" s="9" t="n">
-        <x:v>374757</x:v>
+        <x:v>92779</x:v>
       </x:c>
       <x:c r="E375" s="8" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="F375" s="8" t="s">
+        <x:v>1530</x:v>
+      </x:c>
+      <x:c r="G375" s="8" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H375" s="8" t="s">
+        <x:v>1531</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1506.34375" customHeight="1" collapsed="0">
+      <x:c r="A376" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B376" s="8" t="s">
         <x:v>1532</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1535</x:v>
       </x:c>
       <x:c r="C376" s="8"/>
       <x:c r="D376" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E376" s="8" t="s">
+        <x:v>1533</x:v>
+      </x:c>
+      <x:c r="F376" s="8" t="s">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="G376" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H376" s="8" t="s">
+        <x:v>1535</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4300.65625" customHeight="1" collapsed="0">
+      <x:c r="A377" s="8" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="B377" s="8" t="s">
         <x:v>1536</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1539</x:v>
       </x:c>
       <x:c r="C377" s="8"/>
       <x:c r="D377" s="9" t="n">
-        <x:v>1557735</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E377" s="8" t="s">
+        <x:v>1537</x:v>
+      </x:c>
+      <x:c r="F377" s="8" t="s">
+        <x:v>1538</x:v>
+      </x:c>
+      <x:c r="G377" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H377" s="8" t="s">
+        <x:v>1539</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.4375" customHeight="1" collapsed="0">
+      <x:c r="A378" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B378" s="8" t="s">
         <x:v>1540</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1543</x:v>
       </x:c>
       <x:c r="C378" s="8"/>
       <x:c r="D378" s="9" t="n">
-        <x:v>612849</x:v>
+        <x:v>143202</x:v>
       </x:c>
       <x:c r="E378" s="8" t="s">
+        <x:v>1541</x:v>
+      </x:c>
+      <x:c r="F378" s="8" t="s">
+        <x:v>1542</x:v>
+      </x:c>
+      <x:c r="G378" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H378" s="8" t="s">
+        <x:v>1543</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="701.4375" customHeight="1" collapsed="0">
+      <x:c r="A379" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B379" s="8" t="s">
         <x:v>1544</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1547</x:v>
       </x:c>
       <x:c r="C379" s="8"/>
       <x:c r="D379" s="9" t="n">
-        <x:v>455122</x:v>
+        <x:v>368156</x:v>
       </x:c>
       <x:c r="E379" s="8" t="s">
-        <x:v>382</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="F379" s="8" t="s">
-        <x:v>383</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="G379" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H379" s="8" t="s">
+        <x:v>1547</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.4375" customHeight="1" collapsed="0">
+      <x:c r="A380" s="8" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B380" s="8" t="s">
         <x:v>1548</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1549</x:v>
       </x:c>
       <x:c r="C380" s="8"/>
       <x:c r="D380" s="9" t="n">
-        <x:v>476003</x:v>
+        <x:v>179747</x:v>
       </x:c>
       <x:c r="E380" s="8" t="s">
+        <x:v>1549</x:v>
+      </x:c>
+      <x:c r="F380" s="8" t="s">
         <x:v>1550</x:v>
       </x:c>
-      <x:c r="F380" s="8" t="s">
+      <x:c r="G380" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H380" s="8" t="s">
         <x:v>1551</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1552</x:v>
       </x:c>
     </x:row>
     <x:row ht="367.96875" customHeight="1" collapsed="0">
       <x:c r="A381" s="8" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B381" s="8" t="s">
-        <x:v>1553</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="C381" s="8"/>
       <x:c r="D381" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E381" s="8" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="F381" s="8" t="s">
         <x:v>1554</x:v>
       </x:c>
-      <x:c r="F381" s="8" t="s">
+      <x:c r="G381" s="8" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H381" s="8" t="s">
         <x:v>1555</x:v>
       </x:c>
-      <x:c r="G381" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H381" s="8" t="s">
+    </x:row>
+    <x:row ht="91.96875" customHeight="1" collapsed="0">
+      <x:c r="A382" s="8" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="B382" s="8" t="s">
         <x:v>1556</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1557</x:v>
       </x:c>
       <x:c r="C382" s="8"/>
       <x:c r="D382" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E382" s="8" t="s">
+        <x:v>1557</x:v>
+      </x:c>
+      <x:c r="F382" s="8" t="s">
         <x:v>1558</x:v>
       </x:c>
-      <x:c r="F382" s="8" t="s">
+      <x:c r="G382" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H382" s="8" t="s">
         <x:v>1559</x:v>
       </x:c>
-      <x:c r="G382" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H382" s="8" t="s">
+    </x:row>
+    <x:row ht="356.46875" customHeight="1" collapsed="0">
+      <x:c r="A383" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B383" s="8" t="s">
         <x:v>1560</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1561</x:v>
       </x:c>
       <x:c r="C383" s="8"/>
       <x:c r="D383" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>250756</x:v>
       </x:c>
       <x:c r="E383" s="8" t="s">
+        <x:v>1561</x:v>
+      </x:c>
+      <x:c r="F383" s="8" t="s">
         <x:v>1562</x:v>
       </x:c>
-      <x:c r="F383" s="8" t="s">
+      <x:c r="G383" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H383" s="8" t="s">
         <x:v>1563</x:v>
       </x:c>
-      <x:c r="G383" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H383" s="8" t="s">
+    </x:row>
+    <x:row ht="1103.90625" customHeight="1" collapsed="0">
+      <x:c r="A384" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B384" s="8" t="s">
         <x:v>1564</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1565</x:v>
       </x:c>
       <x:c r="C384" s="8"/>
       <x:c r="D384" s="9" t="n">
-        <x:v>88425</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E384" s="8" t="s">
+        <x:v>1565</x:v>
+      </x:c>
+      <x:c r="F384" s="8" t="s">
         <x:v>1566</x:v>
       </x:c>
-      <x:c r="F384" s="8" t="s">
+      <x:c r="G384" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H384" s="8" t="s">
         <x:v>1567</x:v>
       </x:c>
-      <x:c r="G384" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H384" s="8" t="s">
+    </x:row>
+    <x:row ht="1057.90625" customHeight="1" collapsed="0">
+      <x:c r="A385" s="8" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="B385" s="8" t="s">
         <x:v>1568</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1569</x:v>
       </x:c>
       <x:c r="C385" s="8"/>
       <x:c r="D385" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E385" s="8" t="s">
+        <x:v>1569</x:v>
+      </x:c>
+      <x:c r="F385" s="8" t="s">
         <x:v>1570</x:v>
       </x:c>
-      <x:c r="F385" s="8" t="s">
+      <x:c r="G385" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H385" s="8" t="s">
         <x:v>1571</x:v>
       </x:c>
-      <x:c r="G385" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H385" s="8" t="s">
+    </x:row>
+    <x:row ht="2828.75" customHeight="1" collapsed="0">
+      <x:c r="A386" s="8" t="s">
         <x:v>1572</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="B386" s="8" t="s">
         <x:v>1573</x:v>
       </x:c>
       <x:c r="C386" s="8"/>
       <x:c r="D386" s="9" t="n">
-        <x:v>357637</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E386" s="8" t="s">
         <x:v>1574</x:v>
       </x:c>
       <x:c r="F386" s="8" t="s">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="G386" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H386" s="8" t="s">
         <x:v>1576</x:v>
       </x:c>
     </x:row>
-    <x:row ht="793.46875" customHeight="1" collapsed="0">
+    <x:row ht="471.4375" customHeight="1" collapsed="0">
       <x:c r="A387" s="8" t="s">
-        <x:v>843</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B387" s="8" t="s">
         <x:v>1577</x:v>
       </x:c>
       <x:c r="C387" s="8"/>
       <x:c r="D387" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E387" s="8" t="s">
         <x:v>1578</x:v>
       </x:c>
       <x:c r="F387" s="8" t="s">
         <x:v>1579</x:v>
       </x:c>
       <x:c r="G387" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H387" s="8" t="s">
         <x:v>1580</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.4375" customHeight="1" collapsed="0">
+    <x:row ht="287.46875" customHeight="1" collapsed="0">
       <x:c r="A388" s="8" t="s">
-        <x:v>676</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B388" s="8" t="s">
         <x:v>1581</x:v>
       </x:c>
       <x:c r="C388" s="8"/>
       <x:c r="D388" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E388" s="8" t="s">
         <x:v>1582</x:v>
       </x:c>
       <x:c r="F388" s="8" t="s">
         <x:v>1583</x:v>
       </x:c>
       <x:c r="G388" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H388" s="8" t="s">
         <x:v>1584</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9375" customHeight="1" collapsed="0">
+    <x:row ht="92" customHeight="1" collapsed="0">
       <x:c r="A389" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B389" s="8" t="s">
         <x:v>1585</x:v>
       </x:c>
       <x:c r="C389" s="8"/>
       <x:c r="D389" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>173811</x:v>
       </x:c>
       <x:c r="E389" s="8" t="s">
         <x:v>1586</x:v>
       </x:c>
       <x:c r="F389" s="8" t="s">
         <x:v>1587</x:v>
       </x:c>
       <x:c r="G389" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H389" s="8" t="s">
         <x:v>1588</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2541.3125" customHeight="1" collapsed="0">
+    <x:row ht="1885.84375" customHeight="1" collapsed="0">
       <x:c r="A390" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B390" s="8" t="s">
         <x:v>1589</x:v>
       </x:c>
       <x:c r="C390" s="8"/>
       <x:c r="D390" s="9" t="n">
-        <x:v>191655</x:v>
+        <x:v>290583</x:v>
       </x:c>
       <x:c r="E390" s="8" t="s">
         <x:v>1590</x:v>
       </x:c>
       <x:c r="F390" s="8" t="s">
         <x:v>1591</x:v>
       </x:c>
       <x:c r="G390" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H390" s="8" t="s">
         <x:v>1592</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.4375" customHeight="1" collapsed="0">
+    <x:row ht="2046.78125" customHeight="1" collapsed="0">
       <x:c r="A391" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B391" s="8" t="s">
         <x:v>1593</x:v>
       </x:c>
       <x:c r="C391" s="8"/>
       <x:c r="D391" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>171801</x:v>
       </x:c>
       <x:c r="E391" s="8" t="s">
         <x:v>1594</x:v>
       </x:c>
       <x:c r="F391" s="8" t="s">
         <x:v>1595</x:v>
       </x:c>
       <x:c r="G391" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H391" s="8" t="s">
         <x:v>1596</x:v>
       </x:c>
     </x:row>
-    <x:row ht="92" customHeight="1" collapsed="0">
+    <x:row ht="528.96875" customHeight="1" collapsed="0">
       <x:c r="A392" s="8" t="s">
-        <x:v>524</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B392" s="8" t="s">
         <x:v>1597</x:v>
       </x:c>
       <x:c r="C392" s="8"/>
       <x:c r="D392" s="9" t="n">
-        <x:v>75000</x:v>
-[...1 lines deleted...]
-      <x:c r="E392" s="8" t="s">
+        <x:v>2592030</x:v>
+      </x:c>
+      <x:c r="E392" s="8"/>
+      <x:c r="F392" s="8"/>
+      <x:c r="G392" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H392" s="8" t="s">
         <x:v>1598</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1600</x:v>
       </x:c>
     </x:row>
     <x:row ht="22.96875" customHeight="1" collapsed="0">
       <x:c r="A393" s="10" t="s">
-        <x:v>1601</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="B393" s="10" t="s">
-        <x:v>1602</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="C393" s="10"/>
       <x:c r="D393" s="11" t="n">
         <x:v>109515543</x:v>
       </x:c>
       <x:c r="E393" s="10" t="s">
-        <x:v>1601</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="F393" s="10" t="s">
-        <x:v>1601</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="G393" s="10" t="s">
-        <x:v>1601</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="H393" s="10" t="s">
-        <x:v>1601</x:v>
+        <x:v>1599</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
@@ -15443,29 +15433,29 @@
     <x:mergeCell ref="B373:C373"/>
     <x:mergeCell ref="B374:C374"/>
     <x:mergeCell ref="B375:C375"/>
     <x:mergeCell ref="B376:C376"/>
     <x:mergeCell ref="B377:C377"/>
     <x:mergeCell ref="B378:C378"/>
     <x:mergeCell ref="B379:C379"/>
     <x:mergeCell ref="B380:C380"/>
     <x:mergeCell ref="B381:C381"/>
     <x:mergeCell ref="B382:C382"/>
     <x:mergeCell ref="B383:C383"/>
     <x:mergeCell ref="B384:C384"/>
     <x:mergeCell ref="B385:C385"/>
     <x:mergeCell ref="B386:C386"/>
     <x:mergeCell ref="B387:C387"/>
     <x:mergeCell ref="B388:C388"/>
     <x:mergeCell ref="B389:C389"/>
     <x:mergeCell ref="B390:C390"/>
     <x:mergeCell ref="B391:C391"/>
     <x:mergeCell ref="B392:C392"/>
     <x:mergeCell ref="B393:C393"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 10:03 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:30 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>