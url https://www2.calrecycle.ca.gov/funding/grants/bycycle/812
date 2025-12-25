--- v2 (2025-12-24)
+++ v3 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2e4b8ca493b419c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R974906310e7c48ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1ee371d6260f4263"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5cafea92f7c1467f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1601">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 SB 1383 Local Assistance Grant Program (OWR4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -5635,51 +5635,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad4b56fddfbb4d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ee371d6260f4263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3978d67ff3e449d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f1371caddb49be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5cafea92f7c1467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcc023112799a40df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -15433,29 +15433,29 @@
     <x:mergeCell ref="B373:C373"/>
     <x:mergeCell ref="B374:C374"/>
     <x:mergeCell ref="B375:C375"/>
     <x:mergeCell ref="B376:C376"/>
     <x:mergeCell ref="B377:C377"/>
     <x:mergeCell ref="B378:C378"/>
     <x:mergeCell ref="B379:C379"/>
     <x:mergeCell ref="B380:C380"/>
     <x:mergeCell ref="B381:C381"/>
     <x:mergeCell ref="B382:C382"/>
     <x:mergeCell ref="B383:C383"/>
     <x:mergeCell ref="B384:C384"/>
     <x:mergeCell ref="B385:C385"/>
     <x:mergeCell ref="B386:C386"/>
     <x:mergeCell ref="B387:C387"/>
     <x:mergeCell ref="B388:C388"/>
     <x:mergeCell ref="B389:C389"/>
     <x:mergeCell ref="B390:C390"/>
     <x:mergeCell ref="B391:C391"/>
     <x:mergeCell ref="B392:C392"/>
     <x:mergeCell ref="B393:C393"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:30 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:13 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>