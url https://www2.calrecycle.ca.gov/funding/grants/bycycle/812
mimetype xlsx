--- v3 (2025-12-25)
+++ v4 (2026-02-04)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R974906310e7c48ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc10e26ca06824ffb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5cafea92f7c1467f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfe343bf65e4d42a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1601">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1604">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 SB 1383 Local Assistance Grant Program (OWR4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
@@ -142,51 +142,51 @@
   <x:si>
     <x:t>City of Rancho Palos Verdes</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Girard Mobley</x:t>
   </x:si>
   <x:si>
     <x:t>9519730026</x:t>
   </x:si>
   <x:si>
     <x:t>The grant will assist the City in complying of regulation requirements associated with SB 1383.  The grant application request includes conducting enforcement/inspections, program evaluation/gap analysis and follow-through, complying with procurement requirements, training, preparing necessary recordkeeping and compliance forms and completing reports, grant management, providing assistance to residents and businesses, conducting record keeping and compliance tracking, and subscribing to recycling compliance software for documentation and tracking.</x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Wallace Low</x:t>
   </x:si>
   <x:si>
     <x:t>2095256741</x:t>
   </x:si>
   <x:si>
-    <x:t>Dallas Aicega</x:t>
+    <x:t>Baljot Biring</x:t>
   </x:si>
   <x:si>
     <x:t>The Department of Environmental Resources will use this funding to help cover staffing costs, outreach and education, software, capacity planning and other 1383-related implementation costs. County staff will be dedicating a significant amount of time and resources to ensure the requirements of the new regulations are being met.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Tulare</x:t>
   </x:si>
   <x:si>
     <x:t> April Luttrell</x:t>
   </x:si>
   <x:si>
     <x:t>5596844289</x:t>
   </x:si>
   <x:si>
     <x:t>Funding from the SB 1383 Local Assistance Grant Program will be used for the procurement of recycled organic products along with the procurement of recycled paper and paper products. Funding will also be used for education and outreach materials including print ads for organic waste and edible food recovery plus education and outreach for local schools. Additional funding will be used for obtainment of green organic waste cans and/or bins and blue recycling cans and/or bins for residential and commercial properties, for recordkeeping program annual fees, and salary coverage for conservation coordinator.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Patterson</x:t>
   </x:si>
   <x:si>
     <x:t> Michael Renfrow</x:t>
   </x:si>
@@ -230,51 +230,51 @@
     <x:t>City of Suisun City</x:t>
   </x:si>
   <x:si>
     <x:t> Amanda Dum</x:t>
   </x:si>
   <x:si>
     <x:t>7074217345</x:t>
   </x:si>
   <x:si>
     <x:t>Funds will be focused on Education &amp; Outreach with the other large requested amount going to cover compost procure.  The City has only one small food recovery organization that may or may not be still recovering food.  There are two Tier 1 businesses - Walmart and Raley's and both already have food recovery programs.  We have not Tier 2 businesses. 
 All budgets are scalable based available grant funds.</x:t>
   </x:si>
   <x:si>
     <x:t>San Luis Obispo     </x:t>
   </x:si>
   <x:si>
     <x:t>San Luis Obispo County</x:t>
   </x:si>
   <x:si>
     <x:t> Jodie Snowbarger</x:t>
   </x:si>
   <x:si>
     <x:t>8057815252</x:t>
   </x:si>
   <x:si>
-    <x:t>Mai Andrews</x:t>
+    <x:t>Raju Payuran</x:t>
   </x:si>
   <x:si>
     <x:t>To expand the County's infrastructure to meet the requirements of SB 1383. Focusing on organic recycling and compost programs, outreach, and education.</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Kathleen Utter</x:t>
   </x:si>
   <x:si>
     <x:t>9514863286</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside County will be utilizing the grant funding for personnel and consultant costs for Capacity Planning and Program Evaluation/Gap Analysis.  Education and Outreach for conferences and seminars as well as social media management software (Sprout Social).  Bins and containers for school organic recycling collection to help implement out school recycling program.  Provide and deliver compost for school and community compost sites.  Procure electricity from Desert View Power.  Upgade/Expand the Badlands Composting Facility.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Maywood</x:t>
   </x:si>
   <x:si>
     <x:t> Susan Contreras</x:t>
   </x:si>
   <x:si>
     <x:t>9092349099</x:t>
   </x:si>
@@ -921,50 +921,53 @@
     <x:t>Grant funds will be used to satisfy the City's procurement target under SB 1383. Funds will also go toward the City's food recovery program. </x:t>
   </x:si>
   <x:si>
     <x:t>City of Fremont</x:t>
   </x:si>
   <x:si>
     <x:t> Allyn McAuley</x:t>
   </x:si>
   <x:si>
     <x:t>5104944576</x:t>
   </x:si>
   <x:si>
     <x:t>These grant funds will be used to meet the SB 1383 obligations including procuring compost, edible food recovery inspections, expanding organic waste collection service to noncompliant generators, assisting generators to reduce contamination, purchasing organic waste containers, and payments for a recordkeeping system. Compost procurement will include both direct procurement and subsidizing compost through direct service providers for operations that can benefit including California sustainable agriculture.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of La Mesa</x:t>
   </x:si>
   <x:si>
     <x:t> Serena Lee</x:t>
   </x:si>
   <x:si>
     <x:t>6196671102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
   </x:si>
   <x:si>
     <x:t>Funds from this grant will be used towards outreach and education purposes, such as outdoor signage provided to multi-family property owners for their organics containers. Funds will also be used for edible food recovery education, inspections, technical assistance, and recordkeeping.</x:t>
   </x:si>
   <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>City of El Centro</x:t>
   </x:si>
   <x:si>
     <x:t> Abraham Campos</x:t>
   </x:si>
   <x:si>
     <x:t>7603374505</x:t>
   </x:si>
   <x:si>
     <x:t>The City of El Centro is utilizing grant monies to the implementation of SB 1383 regulation requirements.  The funds will be used in the following categories: gap analysis, education, equipment, personnel cost, and record keeping.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Menifee</x:t>
   </x:si>
   <x:si>
     <x:t> Kori Jones</x:t>
   </x:si>
@@ -2143,63 +2146,50 @@
     <x:t> Jeff Krump</x:t>
   </x:si>
   <x:si>
     <x:t>5105834725</x:t>
   </x:si>
   <x:si>
     <x:t>This project would use SB1383 funds to perform the following activities:
 - Fellow and Staff time. The budget covers the staff time cost for one Sustainability Service Corps Fellow to contact businesses that are non-compliant with SB1383 via phone or email to remind them of the law and their need to subscribe to service. The Fellow will also visit businesses as needed to offer technical assistance. The outreach budget also covers Hayward employee staff time to perform SB1383 outreach by tabling at events, designing mailers, and offering technical assistance.  
 - Software.  The budget estimates the cost to subscribe to Recyclist Program Tracker software for two more years.  The software helps meet SB1383 reporting requirements and track compliance with SB1383. 
 - Compost Hub – The budget estimates the costs to design and start a compost hub at the Hayward community garden located on Whitman Street. The Hub would need an area of about 1800 sq ft paved to provide truck access as well as a spot for bunkers to be installed to hold the compost. Also, security cameras and fencing and a gate will need to be installed. When complete, the Hub would allow people to come to the community garden and take as much compost as they need for free.   
 - Education and Outreach – The budget estimates the cost to buy into a regional social media campaign to promote SB1383. The estimate also includes the purchase of recycling containers to help residents and businesses collect organics and recycle. </x:t>
   </x:si>
   <x:si>
     <x:t>City of Wasco</x:t>
   </x:si>
   <x:si>
     <x:t> Maria Lara</x:t>
   </x:si>
   <x:si>
     <x:t>6617587214</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Wasco is planning to acquire and implement fleet management software and hardware to comply with regulations regarding SB1383, maintain accurate records, and track cloud-based software. The software can track various data, including compliance and enforcement of organics collection services. A significant portion of the funds will be allocated for this purpose. The remaining funds will be utilized to cover consultant costs related to organics collection implementation, capacity planning, education and outreach, enforcement, and inspection. This will help the City streamline its operations and ensure efficient compliance with regulations.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Pasadena</x:t>
-[...11 lines deleted...]
-  <x:si>
     <x:t>City of Carlsbad</x:t>
   </x:si>
   <x:si>
     <x:t> Avecita Jones</x:t>
   </x:si>
   <x:si>
     <x:t>7605400521</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Carlsbad would like to incentivize edible food recovery by 
 implementing a program that could offer outreach and technical assistance to 
 help Carlsbad businesses to participate in apps, such as Too Good to Go, that 
 connects customers to restaurants and stores that have surplus unsold food. 
 Additionally, we would like to provide a second round of funding for equipment 
 and staffing support to help community-based organizations expand the volume 
 of food recovered from Carlsbad food-generating businesses. We would also like 
 to offer equipment to food recovery organizations and businesses to help them 
 property prepare/store edible food for donations. </x:t>
   </x:si>
   <x:si>
     <x:t>City of Rialto</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs. Amy Crow</x:t>
   </x:si>
@@ -2336,62 +2326,50 @@
   <x:si>
     <x:t>Tuolumne County</x:t>
   </x:si>
   <x:si>
     <x:t> Monique Figueroa</x:t>
   </x:si>
   <x:si>
     <x:t>2095335632</x:t>
   </x:si>
   <x:si>
     <x:t>The grant funds will be used for: 1. consultant to implement SB 1383 across the city and county departments, 2. exploration for purchase of software or vendor services for record keeping and reporting, 3. education and outreach programs required to implement SB 1383 programs, and 4. administrative costs necessary to coordinate between the city, county, consultants, and vendors required to implement SB 1383. 5. Organic Management Planning, 6. Greenhouse Gas Admissions Gas Analysis. 7. Working with the UCCE Master Gardners for backyard composting and training.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Redwood City</x:t>
   </x:si>
   <x:si>
     <x:t> Vicki Sherman</x:t>
   </x:si>
   <x:si>
     <x:t>6507807472</x:t>
   </x:si>
   <x:si>
     <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term. Additional funds will be used to procure Recycled Organic Products for City use.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Beaumont</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>City of Solana Beach</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Danny King</x:t>
   </x:si>
   <x:si>
     <x:t>8587202477</x:t>
   </x:si>
   <x:si>
     <x:t>These funds will primarily be used for Edible Food Recovery education, outreach, technical assistance, inspection and enforcement activities of our edible food generators and food recovery organizations. Funds will also cover SB 1383 organic recycling outreach to our residents and broader business community.
 We will use relationships already established through our partnership in the Regional Solid Waste Association (RSWA) with consultant Solana Center for Environmental Innovation. We may seek additional consultant services.
 Fund will be used to develop educational content and perform outreach through various means including inspections of our Tier 1 and Tier 2 generators, technical assistance site visits, video or phone assistance webinars, and/or public service announcements. Some grant funds could also be used to cover the costs of materials for educational signs or other educational materials. The goal will be to ensure edible food donation programs are established with our Tier 1 and Tier 2 generators and to also maximize organic recycling participation with desired sorting behavior and minimize contamination.</x:t>
   </x:si>
   <x:si>
     <x:t>El Dorado Hills Community Services District</x:t>
   </x:si>
   <x:si>
     <x:t> Teri Gotro</x:t>
   </x:si>
   <x:si>
     <x:t>9166143217</x:t>
   </x:si>
   <x:si>
     <x:t>The District used prior years SB1383 Grant Funds to educate the public on their requirements to comply with SB1383, especially in regards to placing organic food waste in the green waste bin. Education bags were purchased, built, and delivered to 17,500+ resident homes within the District’s jurisdiction. These efforts have been evaluated and improvements have been noticeable. It is imperative that the District continues to support these original efforts and continues down the path of educating the public and keeping this information in the spotlight. 
 This new ask for funds will be phase two and is needed to keep CalRecycles initiatives of SB1383 front and center so all residents are aware of their duties to comply. The efforts will include:
@@ -2960,62 +2938,50 @@
   <x:si>
     <x:t>City of Gustine</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Jami Westervelt</x:t>
   </x:si>
   <x:si>
     <x:t>2098546471</x:t>
   </x:si>
   <x:si>
     <x:t>With the proposed grant project, the City of Gustine would be able to 1) obtain equipment that may take years to budget for/obtain; the equipment is a steer skid loader that will help with the unloading/loading and movement of organics waste products (i.e. compost) that will then be spread on public parks and other City-owned areas; equipment would also include indoor/outdoor collection containers for City-owned public spaces (such as the parks and the downtown area), for special events that take place within the City, and for local businesses to make available to their staff and patrons; 2) the proposed grant project will assist the City in procuring its Procurement Target Goals of compost from an organics waste processing facility; and 3) the proposed grant project will help with Consultant costs for grant administration and SB1383 Sit Visits/Inspections, Program Evaluation/Compliance.</x:t>
   </x:si>
   <x:si>
     <x:t>City of El Cerrito</x:t>
   </x:si>
   <x:si>
     <x:t> Christina Leard</x:t>
   </x:si>
   <x:si>
     <x:t>5102154338</x:t>
   </x:si>
   <x:si>
     <x:t>We intend to use funds for an SB 1383 outreach campaign that includes design of truck billboards/signs to go on our curbside recycling trucks and the garbage and organics trucks of our franchised hauler, East Bay Sanitary. We will also have outreach designed for advertising at the 2 BART stations in El Cerrito that will run for 4 weeks per cycle for a total of 2 cycles during the grant term. 
 We also plan to use funds to purchase additional compost for our monthly compost giveaways that often run out within half a day in peak season. We plan to double the amount of compost for the giveaways 6 months of each year of the grant cycle (during peak season). 
 Lastly, funds will be used to pay for a part-time Environmental Intern to assist with executing the outreach and education activites associated with this grant.   </x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Monterey County Environmental Health Bureau grant project description activities will include personnel time collection, admin cost, equipment, education, and outreach. The personnel time will cover county staff when going out and conducting education and outreach such as waste assessment site visits presentations trainings and will now include inspections for enforcement for organics waste generators along with Tier 1 &amp; Tier 2 edible food generators. The administrative cost will help support a Recycling Resource Recovery Specialist and the Accountant II as they will be the staff that will be managing the grant, managing projects purchasing and reporting. The County is also allocating funding towards the collection component for the pre purchase of a two-year subscription of the careIt app. This app was purchased with the previous funding, and we plan to continue paying for the subscription as all the other jurisdictions within the county are already using it to help build our edible food recovery capacity. Another project we plan on allocate funding towards would be the purchase of 23-gallon slim jims used for organic waste. This would be a pilot program specifically targeting schools and potentially some commercial generators. the county would reach out to the schools to help implement organic services if they have not already done so. Slim jims would be provided during the training for the kitchen staff. County is also allocating funding towards educational and outreach this component will continue supporting the partnership we have with the western and eastern Technical Assistant Committees (TAC) groups that support with education and outreach and other resources within the county. It will also continue supporting compliance letters, radio ads, display ads, social media, Flyers, brochures, and PowerPoint presentations. The outreach component will support staff when needed to provide waste assessments trainings for organic waste and edible food recovery, Community presentations, HOA presentations. Funding allocated for equipment would cover PPE such as gloves hard hat steel toe boots safety glasses safety vest, safety jackets and potentially iPad accessories such as keyboards.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare County</x:t>
   </x:si>
   <x:si>
     <x:t> Paige Vandegrift</x:t>
   </x:si>
   <x:si>
     <x:t>5596247209</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funds requested will be used for implementation and completion of SB 1383 programs and projects. Costs incurred will include Administrative Costs related to consulting fees on projects such as Hauler Franchise Agreement Amendments and any other actions that may be presented to the Tulare County Board of Supervisor. Remaining funding allocated to administrative costs will go towards administrative hours worked on SB 1383 tasks and actions, including but not limited to: Education and Outreach, recordkeeping, management of County Website content, compliance, and communication with consultants and Franchise Haulers. Remaining grand funds will be allocated to expansion of compost and organics recycling infrastructure through design and permitting of a proposed compost facility, as well as funding personnel positions that will be staffed at this facility. These funds will assist the County with effective implementation of the aformentioned actions and projects.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Lucia Community Services District</x:t>
   </x:si>
   <x:si>
     <x:t> Aimee Dahle</x:t>
   </x:si>
   <x:si>
     <x:t>8316206780</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Santa Lucia Community Services Special District would be honored to receive grant funding for the necessary tools required for the implementation of food waste collections within the district for homeowners and restaurants. This initial funding would go directly towards the purchase of a rolloff dumpster, mobile cart lifter, food waste bins and other personal protective equipment required for safe handling of food wastes. In conjunction with the physical tools required to get the program off the ground, the district will also need funds to facilitate proper training and community outreach as well as continued community education as the program grows, and direct two current staff members to collections of food waste by shuffling tasks to accommodate one 10 hour day per week for both staff members for collections and bin cleaning.</x:t>
   </x:si>
@@ -3304,87 +3270,75 @@
   </x:si>
   <x:si>
     <x:t>Mr. Jack Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>6505227346</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of San Mateo spent the full awarded $275,609 to procure compost and for implement SB 1383 compliance. The grantee procured compost both directly and through participation in the San Mateo County Resource Conservation District Compost Broker Project. They used funds for SB 1383 program development, including improving the Implementation Record, issuing warning and citations to 400 non-compliant residential and commercial accounts, working with each city department on procurement requirements, and evaluating how procurement can assist in reaching greenhouse gas reduction requirements from their Climate Action Plan.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Chino</x:t>
   </x:si>
   <x:si>
     <x:t> Xochitl Huerta</x:t>
   </x:si>
   <x:si>
     <x:t>9093343357</x:t>
   </x:si>
   <x:si>
     <x:t>The SB1383 Local Assistance grant funds will be used to produce, print, and mail organics outreach materials educating the public about the organics recycling requirements. There will also be outreach activities to local schools using the grant to educate local students about the importance of organics recycling and how to properly sort organics in their homes.
 The funds will also be used to provide recycling materials including reusable food scrapers and kitchen food scrap containers to assist single-family residents and commercial food establishments with organics recycling of food. The grant will also be used to purchase a database for compliance tracking activities including implementation records and field activities. Consultant services for compliance outreach activities and inspections will also be obtained utilizing the funds. 
 The City's legal counsel will also continue to be involved in the ongoing changes of the franchise agreement to maintain compliance with SB 1383 regulations. Continuous rate review and consultation will also be obtained using the grant as needed.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of San Juan Capistrano</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>City of Chico</x:t>
   </x:si>
   <x:si>
     <x:t>City of Chico will use all allocated 1383 Local Assistant Grant Program funds to aid in the implementation of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016. Funds will be used to assist the City of Chico with the implementation of regulation requirements associated with SB 1383. Funds will go toward personnel and consultant fees to assist the City with the needed Capacity Planning, Procurement Requirements, Record Keeping, Enforcement and Inspection, Program Evaluation/Gap Analysis. Additional funding will be used for 1). Education, including toolkits, posters signage and compliance letters; 2). Equipment, indoor collection containers of various sizes (1.9 to 32 gallon) to help residential and commercial businesses to easily collect organics, 3).to implement a coordinated countywide SB 1383 edible food recovery program, and 4) Funds offset the purchase cost of procurement required material.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Calabasas</x:t>
   </x:si>
   <x:si>
     <x:t> Marina Issakhani</x:t>
   </x:si>
   <x:si>
     <x:t>8182241682</x:t>
   </x:si>
   <x:si>
     <x:t>Funds received from this grant will be used for a consultant and personnel to conduct program implementation, evaluation and compliance monitoring.  Funds will also be expended on education and outreach materials, collection materials, and procurement of recovered organic products. </x:t>
   </x:si>
   <x:si>
     <x:t>Merced County</x:t>
   </x:si>
   <x:si>
     <x:t> Oscar Ortiz</x:t>
   </x:si>
   <x:si>
-    <x:t>2093854678</x:t>
+    <x:t>2093857602</x:t>
   </x:si>
   <x:si>
     <x:t>The County of Merced will be allocating its SB 1383 Local Assistance Grant Funding to a contract with a consultant for SB1383 program analysis and implementation planning.  Gaps in SB1383 compliant services will be identified and programs will be developed to fill those needs.  Edible Food Recovery funding will also be directed to capacity planning and to the development of a edible food recovery program that includes outreach to food generating businesses and food recovery organizations.  Additionally, the County will fund Recovered Organic Waste Product Procurement.</x:t>
   </x:si>
   <x:si>
     <x:t>Montara Water &amp; Sanitary District</x:t>
   </x:si>
   <x:si>
     <x:t> Tracy Beardsley</x:t>
   </x:si>
   <x:si>
     <x:t>6507283545</x:t>
   </x:si>
   <x:si>
     <x:t>Our district would like to use the grant funds for education and outreach in our community. We plan to mail out postcards and information about recycling and composting and remind people what materials are acceptable for recycling and composting. We also plan to provide recycle and compostable bins to the school for their classrooms and facilities. Introducing and teaching children the importance of recycling from a young age will encourage them to continue recycling and composting as adults. Our children are our future, and we want to ensure that they do their part in keeping our environment clean.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Big Bear Lake</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Sean Sullivan</x:t>
   </x:si>
   <x:si>
     <x:t>9098665831</x:t>
   </x:si>
@@ -3755,63 +3709,50 @@
   </x:si>
   <x:si>
     <x:t> Angela Cather</x:t>
   </x:si>
   <x:si>
     <x:t>7074997659</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Trinidad is seeking local assistance grant money to help our small jurisdictions meet both the intent and letter of the state law SB 1383.  These funds will be used for us to cover personnel costs, edible food recovery, record keeping costs, and procurement of California sourced compost to meet our state required SB 1383 goals. We will fund the equipment for a backyard composting campaign in addition to supporting our Lion's club food rescue program.</x:t>
   </x:si>
   <x:si>
     <x:t>City of South Gate</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Arturo Cervantes</x:t>
   </x:si>
   <x:si>
     <x:t>3235639576</x:t>
   </x:si>
   <x:si>
     <x:t>The funds are proposed to be programmed to hire consultants to assist implementation of the SB 1383 with the enforcement operations, and best management practices and evaluate the recordkeeping requirement. 
 Also, to built on the SB 1383 outreach that has been conducted, and continue to build on social media  management, webhosting and  email campaigns. 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Palm Springs</x:t>
-[...11 lines deleted...]
-  <x:si>
     <x:t>City of Kingsburg</x:t>
   </x:si>
   <x:si>
     <x:t> Daniel Galvez</x:t>
   </x:si>
   <x:si>
     <x:t>5598971066</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Kingsburg will utilize funds for grant administration, procurement of compost , procurement of recycled paper for all departments and compostable lunch trays, cups and trays for the Senior Lunch Program hosted by the City of Kingsburg Senior Center. The City will also purchase a new dump trailer to transport compost to City Properties and also purchase a towable compost spreader. The trailer and towable compost spreader will assist the Public Works Department to effectively and efficiently utilize the procured compost at City properties such as parks, median and planters.  The City will also continue to a regular intervals host free compost distribution events , a portion of the funds will be utilized to administer the funds. All grant activities will be administered by the Public Works Director. </x:t>
   </x:si>
   <x:si>
     <x:t>City of Colton</x:t>
   </x:si>
   <x:si>
     <x:t> Jessica Sutorus</x:t>
   </x:si>
   <x:si>
     <x:t>9093705561</x:t>
   </x:si>
   <x:si>
     <x:t>The funds will be used for the purchase of interior and exterior  compost containers for commercial business, as well as labels, for commercial businesses, billboards, ads, banners throughout the city.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Bellflower</x:t>
@@ -3921,50 +3862,62 @@
     <x:t>The City of Westminster will use this grant funding to help implement the SB1383 program.   Proposed use of this individual grant application will allocate funds for Equipment, Procurement and Administrative Costs.  The grant project seeks to purchase 3-container recycling stations and compostable liners to be placed in various public areas such as city buildings and city parks.  This will encourage visitors/staff at public spaces to participate in the recycling program.  Project also seek funds to be used for procurement of recycled content paper products including but not limited  to printing paper and janitorial supplies as well as recovered organics waste product, in support of procurement requirements</x:t>
   </x:si>
   <x:si>
     <x:t>City of Diamond Bar</x:t>
   </x:si>
   <x:si>
     <x:t> Tara Reyes</x:t>
   </x:si>
   <x:si>
     <x:t>9098397002</x:t>
   </x:si>
   <x:si>
     <x:t>Recovery of Edible Food</x:t>
   </x:si>
   <x:si>
     <x:t>City of Rancho Santa Margarita</x:t>
   </x:si>
   <x:si>
     <x:t> Andrea Howhannesian</x:t>
   </x:si>
   <x:si>
     <x:t>9496351800</x:t>
   </x:si>
   <x:si>
     <x:t>Upon receiving grant funds from the SB 1383 Local Assistance Grant Program for FY 22-23, City staff will dedicate a large portion of the funds to go towards the remaining cost of a SB 1383 record keeping software (Recyclist or Minerva) that is to be purchased with previous funding. This software will assist with tracking service levels, inspections, audits, and outreach activities. The remaining funds are spread out almost evenly to accommodate for other plans. The City plans on using some funding to upgrade the Boys and Girls Club, and Age Well Senior Food Waste programs but purchasing cold storages, such as freezers and refrigerators. Funds will also go towards purchasing trash and recycling receptacles for the City Hall and/or the Community Services for city staff to utilize. The City may also dedicate funds towards consultant services to help enforce recycling programs and compliance, as well as funds to go towards social media outreach methods. These methods include flyers and/or social media campaigns to encourage participation of recycling programs for residents and businesses. Lastly, to help achieve our procurement goals, funds will be dedicated to services that help with purchasing compost/mulch for city use, such as handing out compost for residents during events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Beaumont</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Siomara Giroux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9515723199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Beaumont is proposing to utilize the SB 1383 Local Assistance Grant Program to help and ensure that the City and it's residents and businesses meet the target set forth through the implementation of SB 1383 and to meet all requirements.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Costa Mesa</x:t>
   </x:si>
   <x:si>
     <x:t> Kevin Gaxiola</x:t>
   </x:si>
   <x:si>
     <x:t>7147545303</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funding will be utilized to implement City enforcement program protocols, support two additional years of Edible Food Recovery program support, education/outreach to self-haul collectors and generators/collectors failing to meet compliance requirements, procurement of qualifying recycled-organic waste content products, the population and maintenance of the City's implementation record, and task and grant management.</x:t>
   </x:si>
   <x:si>
     <x:t>City of San Jose</x:t>
   </x:si>
   <x:si>
     <x:t> Kathryn Walsh</x:t>
   </x:si>
   <x:si>
     <x:t>4089752609</x:t>
   </x:si>
   <x:si>
     <x:t>The CalRecycle SB 1383 Local Assistance grant is an ideal opportunity to make significant progress in achieving SB 1383 goals for the City of San José (City). The City has been preparing to ensure that programs are in compliance with SB 1383 regulations. On November 2, 2021, the San José City Council approved an ordinance amending Title 9, Health and Safety of the San José Municipal Code to implement the requirements of SB 1383 regulations. This grant funding will enable the City to partially fund its SB 1383 implementation efforts and prevent additional ratepayer costs for San José residents and businesses at a time when our community can least afford it. The City will utilize grant funding in key areas to ensure successful implementation of SB 1383, including: outreach and marketing, a compost hub pilot support, container labeling, indoor container procurement, record keeping and data management software, personnel support, and continued partnership with an edible food recovery program in Santa Clara County.</x:t>
   </x:si>
@@ -4799,62 +4752,50 @@
   </x:si>
   <x:si>
     <x:t> Dora Ovenshire</x:t>
   </x:si>
   <x:si>
     <x:t>7147656881</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Anaheim proposes a SB 1383 compliance grant project that includes education and outreach, edible food recovery, equipment, procurement, personnel, and record keeping.  The grant project will include a continuation of the City's SB 1383 education efforts by targeting 3rd to 6th grade students.  The program would encompass an agreement with a local science center called "The Discovery Cube" to teach elementary school children about zero waste, recycling, and composting.  Additionally, the City' education program would include K-6 school assemblies to educate children on the importance of separating trash, recyclables, and organics. 
 Grant project funds will also be used to purchase internal receptacles for separating trash, recycle, and organics. These receptacles (trash, recycling and organics) are distributed to City facilities, businesses, and public spaces at multi-family and residential community centers to support participation in the City's 3-container program.  Additionally, this includes the purchase of kitchen pails to be distributed to residents to promote participation in the organics program.
 The grant project will also focus on SB 1383 program implementation and compliance.  The City will utilize solid waste consultants to perform edible food recovery compliance analysis and capacity building analysis.  This analysis will aid the City in identifying its Tier 1 and Tier 2 generators, edible food recovery organizations, and services, as well as aid the City in completing capacity planning assessments requested by the County of Orange.  The goal of completing this analysis is to determine what resources are needed from organizations and services to increase edible food recovery in the community, and to identify and connect edible food generators with local resources for food donation.  The City will also utilize solid waste consultants to assist with SB 1383 program implementation and compliance. Tasks to be completed include organics and recycling program implementation, education, and training, self-haul and internal program verification and tracking, waiver verification and processing, enforcement referral tracking, hauler SB 1383 compliance oversight, and SB 1383 record keeping and reporting. 
 The grant project funds will also be used to help the City obtain its recovered organics procurement goals, as required by SB 1383 and AB 1985.  The City will procure compost to meet its 2024 (65%) target.  Grant funds will be used to partially cover the costs of procuring the compost. 
 The grant project will also include a record keeping component to aid the City in its compliance tracking and state reporting requirements.  Grant funds will be allocated to offset the costs of a shared software tracker that is provided to the City's franchise solid waste hauler.  This tracker allows both the City and its hauler to track SB 1383 program implementation route reviews, and compliance statuses in a shared platform.  It also allows the City to maintain SB 1383 records that can easily be compiled and shared with CalRecycle during a compliance review.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Placerville</x:t>
   </x:si>
   <x:si>
     <x:t> Deana  Watkins-Howey</x:t>
   </x:si>
   <x:si>
     <x:t>5306425584</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funds will be used to address several aspects of SB-1383 including: education and outreach, procurement of compost, and further development of our compost site, with the goal of increasing overall compliance.</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Under the eligible projects listed in the guidelines of SB1383 Local Assistance Grant Program for collections and food recovery, the City of Canyon Lake is looking to help businesses upgrade and provide, clean, safe, and secure refuse enclosures. The proposed projects would address the only two commercial sites within its city limits, Canyon Lake Towne Center and Eastpost Center. These centers are located along the commercial corridors of Railroad Canyon Road and Geotz Road in Canyon Lake.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Pleasant Hill</x:t>
   </x:si>
   <x:si>
     <x:t> Ann James</x:t>
   </x:si>
   <x:si>
     <x:t>9256714646</x:t>
   </x:si>
   <x:si>
     <x:t>All jurisdictions are responsible for their individaul SB1383 compliance, including education and outreach, edible food recovery, capacity planning, procurement requirements, enforcement, inspection and all necessary record keeping.  The City plans to use the grant funds to pay for an administrative specialiast to perform the above tasks in compliane with SB1383.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Laguna Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Ashley Moran</x:t>
   </x:si>
   <x:si>
     <x:t>9494970338</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Laguna Beach will use allocated grant funds to fund the following five SB1383 related program costs: (1) $5,000 - to create and produce Edible Food Recovery Education and Outreach (i.e., printed and electronic materials such as fliers, brochures, signs, graphic design work, etc.); (2) $5,000 - to create and produce Organics Waste Recycling Education and outreach materials for residents and businesses about the SB 1383 requirements to divert organics from the landfill (i.e., social media posts, print ads in local newspapers and magazines, etc.); (3) $30,000 for procurement of organics recycling bins for public spaces; (4) $30,000 for a part-time contract code enforcement officer to assist with compliance reviews, violation notifications, and assessment of fees; and (5) $5,000 to purchase compost and mulch to meet city procurement targets.</x:t>
   </x:si>
@@ -5150,103 +5091,106 @@
     <x:t>West Valley Solid Waste Management Authority</x:t>
   </x:si>
   <x:si>
     <x:t> Rob Hilton</x:t>
   </x:si>
   <x:si>
     <x:t>9259776959</x:t>
   </x:si>
   <x:si>
     <x:t>The West Valley Solid Waste Management Authority (Authority) is proposing to use grant funds for procurement, public education and outreach, personnel, equipment, and edible food recovery activities. Grant funds will be used to cover existing costs for activities and materials the Authority would otherwise cover in their annual budget, as well as new activities that are specific to public education and enforcement related activities.
 Note: The City of Campbell is the WVSWMA's fiscal agent (see address for grant payment above).</x:t>
   </x:si>
   <x:si>
     <x:t>City of Scotts Valley</x:t>
   </x:si>
   <x:si>
     <x:t> Mindy Esqueda</x:t>
   </x:si>
   <x:si>
     <x:t>8317835667</x:t>
   </x:si>
   <x:si>
     <x:t>Improve and augment systems and activities related to the implementation of SB 1383 as needed to achieve full compliance.</x:t>
   </x:si>
   <x:si>
+    <x:t>City of San Juan Capistrano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matt Natalia Chavez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9492344575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procurement of compost/mulch for City beautification projects throughout city parks, medians, parkways, etc. Projects include transportation and installation expenses.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Malibu</x:t>
   </x:si>
   <x:si>
     <x:t> Farah Stack</x:t>
   </x:si>
   <x:si>
     <x:t>3104562489</x:t>
   </x:si>
   <x:si>
     <x:t>The City aims to use the grant funding to regulate the organics recycling program, support local food recovery organizations, and supplement administrative duties such as inspections, enforcement, reporting, procurement, and record keeping. 
 SB 1383 education and outreach is provided to the community through multiple social media outlets and at in-person events. Grant funding will allow education and outreach of SB 1383 regulations to progress through the purchasing of print advertisements in the local newspaper and postcards and also be used to purchase additional kitchen collection bins to encourage residents to recycle organics and will subsidize City staff time to administer monthly, virtual organics recycling trainings. 
 The grant funds will continue to be utilized for consultant and City staff time for inspections, enforcement, and reporting of noncompliant and compliant Malibu businesses. 
 Furthermore, grant funding will provide the opportunity to launch a pilot program with COPIA, a mobile app, for Malibu Tier 2 businesses to recover, donate, and track edible food in accordance with SB 1383 requirements. 
 The grant will also fund indirect costs such as program management practices like maintaining records of the organics recycling program, inspection and enforcement, contracts, agreements, tracking expenditures, and preparing payment requests.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Fillmore</x:t>
   </x:si>
   <x:si>
     <x:t> Manuel Minjares</x:t>
   </x:si>
   <x:si>
     <x:t>8059461926</x:t>
   </x:si>
   <x:si>
     <x:t>This grant provides a City with opportunities to focus on the issues critical to the success of their individual organics. diversion/capture programs.  Our City responsibilities include the following:
 •Implementation of SB 1383 organics collection, recycling and edible food recovery programs.   This program will occur in all sectors residential and commercial and all 3 services (trash, recycling &amp; organics) are now automatically provided.  
 •Establishing a regional edible food recovery program in cooperation with Ventura County and participating local agencies.  Includes a contracted project manager to coordinate and track this program and coordinate with larger edible food waste generators.  
 •Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments  
 •Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity.  
 •Inspecting and enforcement compliance with SB 1383. Edible food generator inspections.  
 •Maintaining accurate and timely records of SB 1383 compliance</x:t>
   </x:si>
   <x:si>
     <x:t>City of Lakewood</x:t>
   </x:si>
   <x:si>
     <x:t> Konya Vivanti</x:t>
   </x:si>
   <x:si>
     <x:t>5628669771</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Lakewood intends to use the grant funds to enlarge trash enclosures at city facilities (parks, senior center, and community center) to house green waste bins to implement SB 1383.</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>6508024350</x:t>
   </x:si>
   <x:si>
     <x:t>City of Foster City</x:t>
   </x:si>
   <x:si>
     <x:t> Yelena Cappello</x:t>
   </x:si>
   <x:si>
     <x:t>6502863569</x:t>
   </x:si>
   <x:si>
     <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term. Funds in excess of those required for the Compost Broker Project will be used for direct procurement of SB 1383-compliant compost toward our annual procurement target.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Agoura Hills</x:t>
   </x:si>
   <x:si>
     <x:t> Ramiro Adeva</x:t>
   </x:si>
   <x:si>
     <x:t>8185977353</x:t>
   </x:si>
   <x:si>
     <x:t>With the January 1, 2024, start of the Enforcement of SB 1383 mandate, the City is responsible for implementing and enforcing the SB 1383 Ordinance in the community and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency based solid waste program push in the last 30 years.  Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate.  The Local Assistance Grant provides the City with opportunities to focus on the issues critical to the success of its individual organics diversion/capture programs.  
 The City responsibilities include the following:
@@ -5300,62 +5244,50 @@
   <x:si>
     <x:t>City of Orange</x:t>
   </x:si>
   <x:si>
     <x:t> Matthew Lorenzen</x:t>
   </x:si>
   <x:si>
     <x:t>7145326488</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Orange is pursuing this grant funding in order to improve public education and enhance services to better serve the City's community members, residents, visitors, and businesses with regard to SB 1383. A portion of this funding will be used on public education and outreach with materials and messaging tailored to the target audience. Examples of audiences include residential cart service properties, multi-family complexes, and commercial sector. Other funding will be used to assist with the procurement targets set by the state. This includes costs of labor and equipment to spread compost and mulch. Funds will also be used to conduct a program/gap analysis to be conducted by a consultant. Remaining funding will enhance the current compliant services provided by the City.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Lodi</x:t>
   </x:si>
   <x:si>
     <x:t> Beatriz Delgado</x:t>
   </x:si>
   <x:si>
     <x:t>2093336706</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funds will be used to implement and continue various programs required by SB 1383, including staff time for a full-time employee focusing on SB 1383 implementation, staff time for San Joaquin County Environmental Health Department employees to assist in inspection services related to Edible Food Recovery, Education tools to continue to educate residents and customers about organics recycling and weekly collection of organic waste, and purchase of materials to assist the City in meeting Procurement goals for Fiscal Year 24/25 and 25/26. </x:t>
   </x:si>
   <x:si>
-    <x:t>Rancho Murieta Community Services District</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>City of Ferndale</x:t>
   </x:si>
   <x:si>
     <x:t> Lauren Boop</x:t>
   </x:si>
   <x:si>
     <x:t>7077864224</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Ferndale will use the grant funding to expand organics diversion programs.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Compton</x:t>
   </x:si>
   <x:si>
     <x:t>MR DAVID BENNETT</x:t>
   </x:si>
   <x:si>
     <x:t>3106055555</x:t>
   </x:si>
   <x:si>
     <x:t>To implement capacity planning, collection, edible food recovery, education and outreach (includes organic waste &amp; edible food recovery), enforcement and inspection, program evaluation/gap analysis, procurement requirements (using recycled organic products – compost, mulch, electricity, and/or renewable gas and recycled paper and paper products) and consulting for sb1383.</x:t>
   </x:si>
   <x:si>
     <x:t>City of San Fernando</x:t>
@@ -5456,51 +5388,128 @@
 Two part-time staff persons will be hired, one for Morgan Hill and one for Gilroy, to support implementation of SB 1383 compliance. Key areas of focus may include but will not be limited to engagement with schools, community education and outreach, business support, internal City facility audits, and oversight of paper procurement programs. 
 Purchase compostable liners for City facility compost containers 
 Both cities will purchase liners using grant funds which will allow buffer time for both cities to incorporate the costs of liners into City fees and budgets. 
 Purchase compost containers for City facilities and/or businesses
 Both cities will utilize grant funds to support the purchase of compost bins at City facilities and/or local businesses.
 Training and CRRA Conference
 In the City of Gilroy only, grant funds will be used to send one staff person to the annual CRRA conference for training/networking/engagement on the latest SB 1383 topics. Remaining funds will be used for additional training opportunities that come up during the year.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Santa Cruz</x:t>
   </x:si>
   <x:si>
     <x:t> Kristen Perez</x:t>
   </x:si>
   <x:si>
     <x:t>8314205592</x:t>
   </x:si>
   <x:si>
     <x:t>Summary for this grant is the funding provided by this grant will be used for the City's portion of a countywide service agreementt with a food recovery agency, such as Second Harvest Food Bank Santa Cruz County.  Each of the five jurisdictions will provide individual funding, based on population, to fund these recovery operations. Second Harvest has not yet been able to provide specific details and costs prior to the grant application closing, but the jurisdictions have identified several areas that would be included in a contract with Second Harvest during the early grant period.  These personnel areas include both a Data and Partnership Coodinator and a Volunteer Partnership Coordinator, both are existing positions which will have expanded reporting and operational duties related to additional reqquirements under SB 1383.  Also identified would be expenses such as mileage for collection volunteers, training for volunteers, and supplies needed for volunteer collection partners.  Discussions with our five county jurisdictions identified that having a service agreement with a food recovery agency would be the best way to control costs and duties, with each jurisdiction paying their proportional share of the contract based on county population.  We have also included food recovery software program, such as Care-It, to help our tier two customers, that do not work directly with the countywide food recovery agency, to attain 1383 compliance, 
 Additionally, the City will continue to expand and improve our existing residential and commercial organics collection programs through increased outreach, such as  television, radio,educational videos and social media.  We will also expand our program outreach to include a Chinese translation of our organic outreach materials.  We will also use the funding for a part time Waste Reduction Assistant that will help with our program education, outreach and compliance activities,  This position will augment our current 4.5 full time staff working in these areas.  They are typically involved in customer education through direct contact or event outreach, such as the Farmer's Market.  They inspect container contents for contamination and then follow up with the customer to correct the situation while documenting these activities for 1383 recordkeeping requirements.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles County</x:t>
   </x:si>
   <x:si>
+    <x:t> Kelsi MacGregor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583996</x:t>
+  </x:si>
+  <x:si>
     <x:t>Grant funds will be utilized to further comply with State food organic waste collection regulations by expanding the County’s Food DROP program to include subregional food recovery efforts. Funds will be used for outreach and education which will include print materials, online messaging and ads, media campaigns, and community events. Funds will also be used for personnel time and food recovery activities including equipment for food transportation and storage and to enhance the Countywide food recovery database system which will allow businesses to quickly find food recovery agencies to work with.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rancho Murieta Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amelia Wilder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9163543700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Rancho Murieta Community Services District (RMCSD) desires to retain the services of a part-time employee to investigate and review commercial compliance with SB 1383. This employee will also coordinate with the District’s residential vendor Cal Waste on any related SB 1383 regulations or concerns. The part-time position will also provide education related to SB 1383 compliance to the community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Melissa Rangel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317558907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County Environmental Health Bureau grant project description activities will include personnel time collection, admin cost, equipment, education, and outreach. The personnel time will cover county staff when going out and conducting education and outreach such as waste assessment site visits presentations trainings and will now include inspections for enforcement for organics waste generators along with Tier 1 &amp; Tier 2 edible food generators. The administrative cost will help support a Recycling Resource Recovery Specialist and the Accountant II as they will be the staff that will be managing the grant, managing projects purchasing and reporting. The County is also allocating funding towards the collection component for the pre purchase of a two-year subscription of the careIt app. This app was purchased with the previous funding, and we plan to continue paying for the subscription as all the other jurisdictions within the county are already using it to help build our edible food recovery capacity. Another project we plan on allocate funding towards would be the purchase of 23-gallon slim jims used for organic waste. This would be a pilot program specifically targeting schools and potentially some commercial generators. the county would reach out to the schools to help implement organic services if they have not already done so. Slim jims would be provided during the training for the kitchen staff. County is also allocating funding towards educational and outreach this component will continue supporting the partnership we have with the western and eastern Technical Assistant Committees (TAC) groups that support with education and outreach and other resources within the county. It will also continue supporting compliance letters, radio ads, display ads, social media, Flyers, brochures, and PowerPoint presentations. The outreach component will support staff when needed to provide waste assessments trainings for organic waste and edible food recovery, Community presentations, HOA presentations. Funding allocated for equipment would cover PPE such as gloves hard hat steel toe boots safety glasses safety vest, safety jackets and potentially iPad accessories such as keyboards.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Carlos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steven Machida</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6508024203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palm Springs</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Benito Villa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603238261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will use funding, if awarded, to help us establish our Tier 2 edible food recovery program.  We plan to work with our local food bank and food distribution organizations to identify, source, and develop best practices for distributing edible food from our Tier 2 generators to recipients in our jurisdiction.  By the end of the grant term, we plan to have all Tier 2 generators participating on an at least monthly basis. 
+We will also use funding to strengthen and standardize our Tier 1 food recovery program.  Both programs will be led by FIND Food Bank, our local and regional food bank.  The remaining funding will support training and marketing to build awareness of the program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Canyon Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ruby Manzano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512462024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Under the eligible projects listed in the guidelines of SB1383 Local Assistance Grant Program for collections and food recovery, the City of Canyon Lake is looking to help businesses upgrade and provide, clean, safe, and secure refuse enclosures. The proposed projects would address the only two commercial sites within its city limits, Canyon Lake Towne Center and Eastpost Center. These centers are located along the commercial corridors of Railroad Canyon Road and Geotz Road in Canyon Lake.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Whitney  Jacobs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267447168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pasadena is interested in implementing a recycling compliance tracking and recordkeeping software. The desired features of the software include but are not limited to: recordkeeping sections to fulfill the requirements set by CalRecycle; compliance tracking via scheduled data imports of franchise hauler customer lists; updates to the system to align with changes in legislative mandates; and
+reports/dashboards for reliable and streamlined EAR submissions.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 387</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -5635,51 +5644,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f1371caddb49be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5cafea92f7c1467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcc023112799a40df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406ce39fc67e4792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfe343bf65e4d42a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb42c77277f7745a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -7185,7898 +7194,7902 @@
       <x:c r="G65" s="8" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H65" s="8" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A66" s="8" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B66" s="8" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C66" s="8"/>
       <x:c r="D66" s="9" t="n">
         <x:v>164536</x:v>
       </x:c>
       <x:c r="E66" s="8" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F66" s="8" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="G66" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H66" s="8" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row ht="206.98828125" customHeight="1" collapsed="0">
       <x:c r="A67" s="8" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B67" s="8" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C67" s="8"/>
       <x:c r="D67" s="9" t="n">
         <x:v>123181</x:v>
       </x:c>
       <x:c r="E67" s="8" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F67" s="8" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G67" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H67" s="8" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row ht="103.4921875" customHeight="1" collapsed="0">
       <x:c r="A68" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B68" s="8" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C68" s="8"/>
       <x:c r="D68" s="9" t="n">
         <x:v>292997</x:v>
       </x:c>
       <x:c r="E68" s="8" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F68" s="8" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G68" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H68" s="8" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row ht="1023.41796875" customHeight="1" collapsed="0">
       <x:c r="A69" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B69" s="8" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C69" s="8"/>
       <x:c r="D69" s="9" t="n">
         <x:v>419377</x:v>
       </x:c>
       <x:c r="E69" s="8" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F69" s="8" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="G69" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H69" s="8" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A70" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B70" s="8" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C70" s="8"/>
       <x:c r="D70" s="9" t="n">
         <x:v>451318</x:v>
       </x:c>
       <x:c r="E70" s="8" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F70" s="8" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="G70" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H70" s="8" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row ht="425.453125" customHeight="1" collapsed="0">
       <x:c r="A71" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B71" s="8" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C71" s="8"/>
       <x:c r="D71" s="9" t="n">
         <x:v>455122</x:v>
       </x:c>
       <x:c r="E71" s="8" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F71" s="8" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="G71" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H71" s="8" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row ht="103.4921875" customHeight="1" collapsed="0">
       <x:c r="A72" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B72" s="8" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C72" s="8"/>
       <x:c r="D72" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E72" s="8" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F72" s="8" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G72" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H72" s="8" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row ht="183.99609375" customHeight="1" collapsed="0">
       <x:c r="A73" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B73" s="8" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C73" s="8"/>
       <x:c r="D73" s="9" t="n">
         <x:v>208212</x:v>
       </x:c>
       <x:c r="E73" s="8" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F73" s="8" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G73" s="8" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H73" s="8" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row ht="4634.10546875" customHeight="1" collapsed="0">
       <x:c r="A74" s="8" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B74" s="8" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C74" s="8"/>
       <x:c r="D74" s="9" t="n">
         <x:v>519396</x:v>
       </x:c>
       <x:c r="E74" s="8" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F74" s="8" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="G74" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H74" s="8" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row ht="436.96484375" customHeight="1" collapsed="0">
       <x:c r="A75" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B75" s="8" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C75" s="8"/>
       <x:c r="D75" s="9" t="n">
         <x:v>317573</x:v>
       </x:c>
       <x:c r="E75" s="8" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F75" s="8" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G75" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H75" s="8" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row ht="287.45703125" customHeight="1" collapsed="0">
       <x:c r="A76" s="8" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B76" s="8" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C76" s="8"/>
       <x:c r="D76" s="9" t="n">
         <x:v>161453</x:v>
       </x:c>
       <x:c r="E76" s="8" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F76" s="8" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G76" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H76" s="8" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row ht="103.49609375" customHeight="1" collapsed="0">
       <x:c r="A77" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B77" s="8" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C77" s="8"/>
       <x:c r="D77" s="9" t="n">
         <x:v>130984</x:v>
       </x:c>
       <x:c r="E77" s="8" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F77" s="8" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="G77" s="8" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H77" s="8" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row ht="34.49609375" customHeight="1" collapsed="0">
       <x:c r="A78" s="8" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B78" s="8" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C78" s="8"/>
       <x:c r="D78" s="9" t="n">
         <x:v>95705</x:v>
       </x:c>
       <x:c r="E78" s="8" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="F78" s="8" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="G78" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H78" s="8" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row ht="137.9921875" customHeight="1" collapsed="0">
       <x:c r="A79" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B79" s="8" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C79" s="8"/>
       <x:c r="D79" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E79" s="8" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F79" s="8" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G79" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H79" s="8" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row ht="4841.09375" customHeight="1" collapsed="0">
       <x:c r="A80" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B80" s="8" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C80" s="8"/>
       <x:c r="D80" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E80" s="8" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F80" s="8" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="G80" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H80" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row ht="471.453125" customHeight="1" collapsed="0">
       <x:c r="A81" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B81" s="8" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C81" s="8"/>
       <x:c r="D81" s="9" t="n">
         <x:v>291555</x:v>
       </x:c>
       <x:c r="E81" s="8" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F81" s="8" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="G81" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H81" s="8" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row ht="1310.8828125" customHeight="1" collapsed="0">
       <x:c r="A82" s="8" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B82" s="8" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C82" s="8"/>
       <x:c r="D82" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E82" s="8" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F82" s="8" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="G82" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H82" s="8" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row ht="632.44140625" customHeight="1" collapsed="0">
       <x:c r="A83" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B83" s="8" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C83" s="8"/>
       <x:c r="D83" s="9" t="n">
         <x:v>76049</x:v>
       </x:c>
       <x:c r="E83" s="8" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F83" s="8" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="G83" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H83" s="8" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row ht="494.4453125" customHeight="1" collapsed="0">
       <x:c r="A84" s="8" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B84" s="8" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C84" s="8"/>
       <x:c r="D84" s="9" t="n">
         <x:v>297821</x:v>
       </x:c>
       <x:c r="E84" s="8" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F84" s="8" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="G84" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H84" s="8" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A85" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B85" s="8" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C85" s="8"/>
       <x:c r="D85" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E85" s="8" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F85" s="8" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G85" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H85" s="8" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row ht="1632.8671875" customHeight="1" collapsed="0">
       <x:c r="A86" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B86" s="8" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C86" s="8"/>
       <x:c r="D86" s="9" t="n">
         <x:v>201796</x:v>
       </x:c>
       <x:c r="E86" s="8" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F86" s="8" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G86" s="8" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H86" s="8" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row ht="666.9375" customHeight="1" collapsed="0">
       <x:c r="A87" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B87" s="8" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C87" s="8"/>
       <x:c r="D87" s="9" t="n">
         <x:v>132861</x:v>
       </x:c>
       <x:c r="E87" s="8" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F87" s="8" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="G87" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H87" s="8" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row ht="8716.25" customHeight="1" collapsed="0">
       <x:c r="A88" s="8" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B88" s="8" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C88" s="8"/>
       <x:c r="D88" s="9" t="n">
         <x:v>722025</x:v>
       </x:c>
       <x:c r="E88" s="8" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F88" s="8" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G88" s="8" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H88" s="8" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A89" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B89" s="8" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C89" s="8"/>
       <x:c r="D89" s="9" t="n">
         <x:v>206068</x:v>
       </x:c>
       <x:c r="E89" s="8" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F89" s="8" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G89" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H89" s="8" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row ht="551.9609375" customHeight="1" collapsed="0">
       <x:c r="A90" s="8" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B90" s="8" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C90" s="8"/>
       <x:c r="D90" s="9" t="n">
         <x:v>266591</x:v>
       </x:c>
       <x:c r="E90" s="8" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F90" s="8" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="G90" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H90" s="8" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row ht="425.453125" customHeight="1" collapsed="0">
       <x:c r="A91" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B91" s="8" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C91" s="8"/>
       <x:c r="D91" s="9" t="n">
         <x:v>139546</x:v>
       </x:c>
       <x:c r="E91" s="8" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F91" s="8" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="G91" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H91" s="8" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row ht="390.953125" customHeight="1" collapsed="0">
       <x:c r="A92" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B92" s="8" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C92" s="8"/>
       <x:c r="D92" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E92" s="8" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F92" s="8" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G92" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H92" s="8" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row ht="471.4609375" customHeight="1" collapsed="0">
       <x:c r="A93" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B93" s="8" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C93" s="8"/>
       <x:c r="D93" s="9" t="n">
         <x:v>185221</x:v>
       </x:c>
       <x:c r="E93" s="8" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F93" s="8" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="G93" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H93" s="8" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row ht="1011.9140625" customHeight="1" collapsed="0">
       <x:c r="A94" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B94" s="8" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C94" s="8"/>
       <x:c r="D94" s="9" t="n">
         <x:v>245907</x:v>
       </x:c>
       <x:c r="E94" s="8" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F94" s="8" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G94" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H94" s="8" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row ht="609.4453125" customHeight="1" collapsed="0">
       <x:c r="A95" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B95" s="8" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C95" s="8"/>
       <x:c r="D95" s="9" t="n">
         <x:v>202280</x:v>
       </x:c>
       <x:c r="E95" s="8" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F95" s="8" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="G95" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H95" s="8" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row ht="586.4609375" customHeight="1" collapsed="0">
       <x:c r="A96" s="8" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="B96" s="8" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C96" s="8"/>
       <x:c r="D96" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E96" s="8" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F96" s="8" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G96" s="8" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H96" s="8" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row ht="908.4140625" customHeight="1" collapsed="0">
       <x:c r="A97" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B97" s="8" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C97" s="8"/>
       <x:c r="D97" s="9" t="n">
         <x:v>270003</x:v>
       </x:c>
       <x:c r="E97" s="8" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F97" s="8" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="G97" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H97" s="8" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row ht="172.4921875" customHeight="1" collapsed="0">
       <x:c r="A98" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B98" s="8" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C98" s="8"/>
       <x:c r="D98" s="9" t="n">
         <x:v>170155</x:v>
       </x:c>
       <x:c r="E98" s="8" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F98" s="8" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G98" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H98" s="8" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row ht="816.4375" customHeight="1" collapsed="0">
       <x:c r="A99" s="8" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B99" s="8" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C99" s="8"/>
       <x:c r="D99" s="9" t="n">
         <x:v>199091</x:v>
       </x:c>
       <x:c r="E99" s="8" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F99" s="8" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G99" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H99" s="8" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row ht="1333.8984375" customHeight="1" collapsed="0">
       <x:c r="A100" s="8" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B100" s="8" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C100" s="8"/>
       <x:c r="D100" s="9" t="n">
         <x:v>125832</x:v>
       </x:c>
       <x:c r="E100" s="8" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F100" s="8" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G100" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H100" s="8" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row ht="1402.890625" customHeight="1" collapsed="0">
       <x:c r="A101" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B101" s="8" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C101" s="8"/>
       <x:c r="D101" s="9" t="n">
         <x:v>89017</x:v>
       </x:c>
       <x:c r="E101" s="8" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F101" s="8" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="G101" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H101" s="8" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row ht="91.984375" customHeight="1" collapsed="0">
       <x:c r="A102" s="8" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B102" s="8" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C102" s="8"/>
       <x:c r="D102" s="9" t="n">
         <x:v>89452</x:v>
       </x:c>
       <x:c r="E102" s="8" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F102" s="8" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="G102" s="8" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H102" s="8" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row ht="781.9453125" customHeight="1" collapsed="0">
       <x:c r="A103" s="8" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B103" s="8" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C103" s="8"/>
       <x:c r="D103" s="9" t="n">
         <x:v>133635</x:v>
       </x:c>
       <x:c r="E103" s="8" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F103" s="8" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="G103" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H103" s="8" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row ht="574.9453125" customHeight="1" collapsed="0">
       <x:c r="A104" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B104" s="8" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C104" s="8"/>
       <x:c r="D104" s="9" t="n">
         <x:v>302018</x:v>
       </x:c>
       <x:c r="E104" s="8" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F104" s="8" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="G104" s="8" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H104" s="8" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row ht="505.9609375" customHeight="1" collapsed="0">
       <x:c r="A105" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B105" s="8" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C105" s="8"/>
       <x:c r="D105" s="9" t="n">
         <x:v>357637</x:v>
       </x:c>
       <x:c r="E105" s="8" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="F105" s="8" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="G105" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H105" s="8" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row ht="528.9453125" customHeight="1" collapsed="0">
       <x:c r="A106" s="8" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B106" s="8" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C106" s="8"/>
       <x:c r="D106" s="9" t="n">
         <x:v>719552</x:v>
       </x:c>
       <x:c r="E106" s="8" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F106" s="8" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="G106" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H106" s="8" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row ht="287.4609375" customHeight="1" collapsed="0">
       <x:c r="A107" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B107" s="8" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C107" s="8"/>
       <x:c r="D107" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E107" s="8" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="F107" s="8" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="G107" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H107" s="8" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row ht="678.4375" customHeight="1" collapsed="0">
       <x:c r="A108" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B108" s="8" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C108" s="8"/>
       <x:c r="D108" s="9" t="n">
         <x:v>104117</x:v>
       </x:c>
       <x:c r="E108" s="8" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F108" s="8" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="G108" s="8" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H108" s="8" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row ht="321.9609375" customHeight="1" collapsed="0">
       <x:c r="A109" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B109" s="8" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C109" s="8"/>
       <x:c r="D109" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E109" s="8" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F109" s="8" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="G109" s="8" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H109" s="8" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row ht="1414.375" customHeight="1" collapsed="0">
       <x:c r="A110" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B110" s="8" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C110" s="8"/>
       <x:c r="D110" s="9" t="n">
         <x:v>162960</x:v>
       </x:c>
       <x:c r="E110" s="8" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F110" s="8" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="G110" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H110" s="8" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row ht="126.4765625" customHeight="1" collapsed="0">
       <x:c r="A111" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B111" s="8" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C111" s="8"/>
       <x:c r="D111" s="9" t="n">
         <x:v>229999</x:v>
       </x:c>
       <x:c r="E111" s="8" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F111" s="8" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="G111" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H111" s="8" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row ht="517.46875" customHeight="1" collapsed="0">
       <x:c r="A112" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B112" s="8" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C112" s="8"/>
       <x:c r="D112" s="9" t="n">
         <x:v>109300</x:v>
       </x:c>
       <x:c r="E112" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F112" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G112" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H112" s="8" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row ht="747.4375" customHeight="1" collapsed="0">
       <x:c r="A113" s="8" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B113" s="8" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C113" s="8"/>
       <x:c r="D113" s="9" t="n">
         <x:v>165976</x:v>
       </x:c>
       <x:c r="E113" s="8" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F113" s="8" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="G113" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H113" s="8" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row ht="471.4609375" customHeight="1" collapsed="0">
       <x:c r="A114" s="8" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B114" s="8" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C114" s="8"/>
       <x:c r="D114" s="9" t="n">
         <x:v>278977</x:v>
       </x:c>
       <x:c r="E114" s="8" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="F114" s="8" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="G114" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H114" s="8" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row ht="517.4609375" customHeight="1" collapsed="0">
       <x:c r="A115" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B115" s="8" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C115" s="8"/>
       <x:c r="D115" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E115" s="8" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F115" s="8" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="G115" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H115" s="8" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row ht="264.4765625" customHeight="1" collapsed="0">
       <x:c r="A116" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B116" s="8" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C116" s="8"/>
       <x:c r="D116" s="9" t="n">
         <x:v>75891</x:v>
       </x:c>
       <x:c r="E116" s="8" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="F116" s="8" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="G116" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H116" s="8" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row ht="6899.4140625" customHeight="1" collapsed="0">
       <x:c r="A117" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B117" s="8" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C117" s="8"/>
       <x:c r="D117" s="9" t="n">
         <x:v>224342</x:v>
       </x:c>
       <x:c r="E117" s="8" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F117" s="8" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="G117" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H117" s="8" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row ht="115" customHeight="1" collapsed="0">
       <x:c r="A118" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B118" s="8" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C118" s="8"/>
       <x:c r="D118" s="9" t="n">
         <x:v>103281</x:v>
       </x:c>
       <x:c r="E118" s="8" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F118" s="8" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="G118" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H118" s="8" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row ht="988.921875" customHeight="1" collapsed="0">
       <x:c r="A119" s="8" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B119" s="8" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C119" s="8"/>
       <x:c r="D119" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E119" s="8" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="F119" s="8" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="G119" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H119" s="8" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row ht="770.4296875" customHeight="1" collapsed="0">
       <x:c r="A120" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B120" s="8" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C120" s="8"/>
       <x:c r="D120" s="9" t="n">
         <x:v>76194</x:v>
       </x:c>
       <x:c r="E120" s="8" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F120" s="8" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="G120" s="8" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H120" s="8" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row ht="2587.265625" customHeight="1" collapsed="0">
       <x:c r="A121" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B121" s="8" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C121" s="8"/>
       <x:c r="D121" s="9" t="n">
         <x:v>457434</x:v>
       </x:c>
       <x:c r="E121" s="8" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F121" s="8" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="G121" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H121" s="8" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row ht="942.921875" customHeight="1" collapsed="0">
       <x:c r="A122" s="8" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B122" s="8" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C122" s="8"/>
       <x:c r="D122" s="9" t="n">
         <x:v>161264</x:v>
       </x:c>
       <x:c r="E122" s="8" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F122" s="8" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="G122" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H122" s="8" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A123" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B123" s="8" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C123" s="8"/>
       <x:c r="D123" s="9" t="n">
         <x:v>243294</x:v>
       </x:c>
       <x:c r="E123" s="8" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="F123" s="8" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="G123" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H123" s="8" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row ht="551.953125" customHeight="1" collapsed="0">
       <x:c r="A124" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B124" s="8" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C124" s="8"/>
       <x:c r="D124" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E124" s="8" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F124" s="8" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="G124" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H124" s="8" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row ht="253" customHeight="1" collapsed="0">
       <x:c r="A125" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B125" s="8" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C125" s="8"/>
       <x:c r="D125" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E125" s="8" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F125" s="8" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="G125" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H125" s="8" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row ht="574.953125" customHeight="1" collapsed="0">
       <x:c r="A126" s="8" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B126" s="8" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C126" s="8"/>
       <x:c r="D126" s="9" t="n">
         <x:v>99117</x:v>
       </x:c>
       <x:c r="E126" s="8" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F126" s="8" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="G126" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H126" s="8" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row ht="10372.1015625" customHeight="1" collapsed="0">
       <x:c r="A127" s="8" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B127" s="8" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C127" s="8"/>
       <x:c r="D127" s="9" t="n">
         <x:v>612849</x:v>
       </x:c>
       <x:c r="E127" s="8" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F127" s="8" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G127" s="8" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H127" s="8" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row ht="436.96875" customHeight="1" collapsed="0">
       <x:c r="A128" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B128" s="8" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C128" s="8"/>
       <x:c r="D128" s="9" t="n">
         <x:v>1065428</x:v>
       </x:c>
       <x:c r="E128" s="8" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F128" s="8" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="G128" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H128" s="8" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row ht="68.984375" customHeight="1" collapsed="0">
       <x:c r="A129" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B129" s="8" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C129" s="8"/>
       <x:c r="D129" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E129" s="8" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F129" s="8" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="G129" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H129" s="8" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row ht="2587.265625" customHeight="1" collapsed="0">
       <x:c r="A130" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B130" s="8" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C130" s="8"/>
       <x:c r="D130" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E130" s="8" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F130" s="8" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="G130" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H130" s="8" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row ht="1908.8515625" customHeight="1" collapsed="0">
       <x:c r="A131" s="8" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B131" s="8" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C131" s="8"/>
       <x:c r="D131" s="9" t="n">
         <x:v>246469</x:v>
       </x:c>
       <x:c r="E131" s="8" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="F131" s="8" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="G131" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H131" s="8" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row ht="816.4453125" customHeight="1" collapsed="0">
       <x:c r="A132" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B132" s="8" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C132" s="8"/>
       <x:c r="D132" s="9" t="n">
         <x:v>88065</x:v>
       </x:c>
       <x:c r="E132" s="8" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="F132" s="8" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="G132" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H132" s="8" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row ht="321.9609375" customHeight="1" collapsed="0">
       <x:c r="A133" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B133" s="8" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C133" s="8"/>
       <x:c r="D133" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E133" s="8" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="F133" s="8" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="G133" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H133" s="8" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row ht="448.4609375" customHeight="1" collapsed="0">
       <x:c r="A134" s="8" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B134" s="8" t="s">
-        <x:v>566</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C134" s="8"/>
       <x:c r="D134" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E134" s="8" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F134" s="8" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="G134" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H134" s="8" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row ht="218.5" customHeight="1" collapsed="0">
       <x:c r="A135" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B135" s="8" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C135" s="8"/>
       <x:c r="D135" s="9" t="n">
         <x:v>96873</x:v>
       </x:c>
       <x:c r="E135" s="8" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="F135" s="8" t="s">
-        <x:v>572</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="G135" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H135" s="8" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row ht="1138.3984375" customHeight="1" collapsed="0">
       <x:c r="A136" s="8" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B136" s="8" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C136" s="8"/>
       <x:c r="D136" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E136" s="8" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F136" s="8" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="G136" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H136" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row ht="206.9765625" customHeight="1" collapsed="0">
       <x:c r="A137" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B137" s="8" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C137" s="8"/>
       <x:c r="D137" s="9" t="n">
         <x:v>234113</x:v>
       </x:c>
       <x:c r="E137" s="8" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="F137" s="8" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="G137" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H137" s="8" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row ht="2334.3046875" customHeight="1" collapsed="0">
       <x:c r="A138" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B138" s="8" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C138" s="8"/>
       <x:c r="D138" s="9" t="n">
         <x:v>229264</x:v>
       </x:c>
       <x:c r="E138" s="8" t="s">
-        <x:v>584</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F138" s="8" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="G138" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H138" s="8" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row ht="770.4296875" customHeight="1" collapsed="0">
       <x:c r="A139" s="8" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B139" s="8" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C139" s="8"/>
       <x:c r="D139" s="9" t="n">
         <x:v>165846</x:v>
       </x:c>
       <x:c r="E139" s="8" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F139" s="8" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="G139" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H139" s="8" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row ht="287.4609375" customHeight="1" collapsed="0">
       <x:c r="A140" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B140" s="8" t="s">
-        <x:v>591</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C140" s="8"/>
       <x:c r="D140" s="9" t="n">
         <x:v>147896</x:v>
       </x:c>
       <x:c r="E140" s="8" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="F140" s="8" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="G140" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H140" s="8" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row ht="1655.859375" customHeight="1" collapsed="0">
       <x:c r="A141" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B141" s="8" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C141" s="8"/>
       <x:c r="D141" s="9" t="n">
         <x:v>105184</x:v>
       </x:c>
       <x:c r="E141" s="8" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F141" s="8" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="G141" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H141" s="8" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row ht="666.9296875" customHeight="1" collapsed="0">
       <x:c r="A142" s="8" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B142" s="8" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C142" s="8"/>
       <x:c r="D142" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E142" s="8" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="F142" s="8" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="G142" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H142" s="8" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A143" s="8" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B143" s="8" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C143" s="8"/>
       <x:c r="D143" s="9" t="n">
         <x:v>150000</x:v>
       </x:c>
       <x:c r="E143" s="8" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="F143" s="8" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="G143" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H143" s="8" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row ht="1782.3359375" customHeight="1" collapsed="0">
       <x:c r="A144" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B144" s="8" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C144" s="8"/>
       <x:c r="D144" s="9" t="n">
         <x:v>437684</x:v>
       </x:c>
       <x:c r="E144" s="8" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="F144" s="8" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="G144" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H144" s="8" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row ht="436.9765625" customHeight="1" collapsed="0">
       <x:c r="A145" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B145" s="8" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C145" s="8"/>
       <x:c r="D145" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E145" s="8" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="F145" s="8" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="G145" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H145" s="8" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row ht="862.40625" customHeight="1" collapsed="0">
       <x:c r="A146" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B146" s="8" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C146" s="8"/>
       <x:c r="D146" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E146" s="8" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="F146" s="8" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="G146" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H146" s="8" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row ht="678.4375" customHeight="1" collapsed="0">
       <x:c r="A147" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B147" s="8" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C147" s="8"/>
       <x:c r="D147" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E147" s="8" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="F147" s="8" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="G147" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H147" s="8" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row ht="632.4375" customHeight="1" collapsed="0">
       <x:c r="A148" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B148" s="8" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C148" s="8"/>
       <x:c r="D148" s="9" t="n">
         <x:v>87140</x:v>
       </x:c>
       <x:c r="E148" s="8" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F148" s="8" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="G148" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H148" s="8" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row ht="1368.40625" customHeight="1" collapsed="0">
       <x:c r="A149" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B149" s="8" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="C149" s="8"/>
       <x:c r="D149" s="9" t="n">
         <x:v>421847</x:v>
       </x:c>
       <x:c r="E149" s="8" t="s">
-        <x:v>628</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="F149" s="8" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="G149" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H149" s="8" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row ht="586.453125" customHeight="1" collapsed="0">
       <x:c r="A150" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="8" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="C150" s="8"/>
       <x:c r="D150" s="9" t="n">
         <x:v>77035</x:v>
       </x:c>
       <x:c r="E150" s="8" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F150" s="8" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="G150" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H150" s="8" t="s">
-        <x:v>634</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46875" customHeight="1" collapsed="0">
+        <x:v>635</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.453125" customHeight="1" collapsed="0">
       <x:c r="A151" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B151" s="8" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C151" s="8"/>
       <x:c r="D151" s="9" t="n">
-        <x:v>362784</x:v>
+        <x:v>304687</x:v>
       </x:c>
       <x:c r="E151" s="8" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="F151" s="8" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="G151" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H151" s="8" t="s">
-        <x:v>638</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.4453125" customHeight="1" collapsed="0">
+        <x:v>639</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.421875" customHeight="1" collapsed="0">
       <x:c r="A152" s="8" t="s">
-        <x:v>288</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B152" s="8" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C152" s="8"/>
       <x:c r="D152" s="9" t="n">
-        <x:v>304687</x:v>
+        <x:v>274747</x:v>
       </x:c>
       <x:c r="E152" s="8" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="F152" s="8" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="G152" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H152" s="8" t="s">
-        <x:v>642</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.4296875" customHeight="1" collapsed="0">
+        <x:v>643</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.9296875" customHeight="1" collapsed="0">
       <x:c r="A153" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B153" s="8" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C153" s="8"/>
       <x:c r="D153" s="9" t="n">
-        <x:v>274747</x:v>
+        <x:v>535781</x:v>
       </x:c>
       <x:c r="E153" s="8" t="s">
-        <x:v>644</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="F153" s="8" t="s">
-        <x:v>645</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="G153" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H153" s="8" t="s">
-        <x:v>646</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.9296875" customHeight="1" collapsed="0">
+        <x:v>648</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.984375" customHeight="1" collapsed="0">
       <x:c r="A154" s="8" t="s">
-        <x:v>647</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B154" s="8" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C154" s="8"/>
       <x:c r="D154" s="9" t="n">
-        <x:v>535781</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E154" s="8" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="F154" s="8" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="G154" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H154" s="8" t="s">
-        <x:v>651</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.9765625" customHeight="1" collapsed="0">
+        <x:v>652</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1069.390625" customHeight="1" collapsed="0">
       <x:c r="A155" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B155" s="8" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C155" s="8"/>
       <x:c r="D155" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>165976</x:v>
       </x:c>
       <x:c r="E155" s="8" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="F155" s="8" t="s">
-        <x:v>654</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="G155" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H155" s="8" t="s">
-        <x:v>655</x:v>
-[...2 lines deleted...]
-    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
+        <x:v>656</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="253" customHeight="1" collapsed="0">
       <x:c r="A156" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B156" s="8" t="s">
-        <x:v>656</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C156" s="8"/>
       <x:c r="D156" s="9" t="n">
-        <x:v>165976</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E156" s="8" t="s">
-        <x:v>657</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="F156" s="8" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="G156" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H156" s="8" t="s">
-        <x:v>659</x:v>
-[...2 lines deleted...]
-    <x:row ht="253" customHeight="1" collapsed="0">
+        <x:v>660</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
       <x:c r="A157" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B157" s="8" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C157" s="8"/>
       <x:c r="D157" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>108298</x:v>
       </x:c>
       <x:c r="E157" s="8" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F157" s="8" t="s">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="G157" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H157" s="8" t="s">
-        <x:v>663</x:v>
-[...2 lines deleted...]
-    <x:row ht="115" customHeight="1" collapsed="0">
+        <x:v>664</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A158" s="8" t="s">
-        <x:v>293</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="B158" s="8" t="s">
-        <x:v>664</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C158" s="8"/>
       <x:c r="D158" s="9" t="n">
-        <x:v>108298</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E158" s="8" t="s">
-        <x:v>665</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F158" s="8" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="G158" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H158" s="8" t="s">
-        <x:v>667</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.921875" customHeight="1" collapsed="0">
+        <x:v>668</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2299.796875" customHeight="1" collapsed="0">
       <x:c r="A159" s="8" t="s">
-        <x:v>410</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B159" s="8" t="s">
-        <x:v>668</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C159" s="8"/>
       <x:c r="D159" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>315341</x:v>
       </x:c>
       <x:c r="E159" s="8" t="s">
-        <x:v>669</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="F159" s="8" t="s">
-        <x:v>670</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="G159" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H159" s="8" t="s">
-        <x:v>671</x:v>
-[...2 lines deleted...]
-    <x:row ht="2299.8125" customHeight="1" collapsed="0">
+        <x:v>672</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.953125" customHeight="1" collapsed="0">
       <x:c r="A160" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B160" s="8" t="s">
-        <x:v>672</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C160" s="8"/>
       <x:c r="D160" s="9" t="n">
-        <x:v>315341</x:v>
+        <x:v>153056</x:v>
       </x:c>
       <x:c r="E160" s="8" t="s">
-        <x:v>673</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="F160" s="8" t="s">
-        <x:v>674</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="G160" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H160" s="8" t="s">
-        <x:v>675</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.953125" customHeight="1" collapsed="0">
+        <x:v>676</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.984375" customHeight="1" collapsed="0">
       <x:c r="A161" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B161" s="8" t="s">
-        <x:v>676</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C161" s="8"/>
       <x:c r="D161" s="9" t="n">
-        <x:v>153056</x:v>
+        <x:v>286025</x:v>
       </x:c>
       <x:c r="E161" s="8" t="s">
-        <x:v>677</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F161" s="8" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="G161" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H161" s="8" t="s">
-        <x:v>679</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.984375" customHeight="1" collapsed="0">
+        <x:v>680</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.953125" customHeight="1" collapsed="0">
       <x:c r="A162" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="B162" s="8" t="s">
-        <x:v>680</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C162" s="8"/>
       <x:c r="D162" s="9" t="n">
-        <x:v>286025</x:v>
+        <x:v>211328</x:v>
       </x:c>
       <x:c r="E162" s="8" t="s">
-        <x:v>681</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="F162" s="8" t="s">
-        <x:v>682</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="G162" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H162" s="8" t="s">
-        <x:v>683</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.953125" customHeight="1" collapsed="0">
+        <x:v>685</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="747.4375" customHeight="1" collapsed="0">
       <x:c r="A163" s="8" t="s">
-        <x:v>684</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B163" s="8" t="s">
-        <x:v>685</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C163" s="8"/>
       <x:c r="D163" s="9" t="n">
-        <x:v>211328</x:v>
+        <x:v>219107</x:v>
       </x:c>
       <x:c r="E163" s="8" t="s">
-        <x:v>686</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="F163" s="8" t="s">
-        <x:v>687</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="G163" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H163" s="8" t="s">
-        <x:v>688</x:v>
-[...2 lines deleted...]
-    <x:row ht="747.4375" customHeight="1" collapsed="0">
+        <x:v>689</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1057.921875" customHeight="1" collapsed="0">
       <x:c r="A164" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B164" s="8" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C164" s="8"/>
       <x:c r="D164" s="9" t="n">
-        <x:v>219107</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E164" s="8" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="F164" s="8" t="s">
-        <x:v>691</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="G164" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H164" s="8" t="s">
-        <x:v>692</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.484375" customHeight="1" collapsed="0">
+        <x:v>693</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.453125" customHeight="1" collapsed="0">
       <x:c r="A165" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B165" s="8" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C165" s="8"/>
       <x:c r="D165" s="9" t="n">
-        <x:v>154625</x:v>
+        <x:v>126168</x:v>
       </x:c>
       <x:c r="E165" s="8" t="s">
-        <x:v>694</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="F165" s="8" t="s">
-        <x:v>695</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="G165" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H165" s="8" t="s">
-        <x:v>696</x:v>
-[...2 lines deleted...]
-    <x:row ht="1057.921875" customHeight="1" collapsed="0">
+        <x:v>697</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.5" customHeight="1" collapsed="0">
       <x:c r="A166" s="8" t="s">
-        <x:v>288</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B166" s="8" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C166" s="8"/>
       <x:c r="D166" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>324170</x:v>
       </x:c>
       <x:c r="E166" s="8" t="s">
-        <x:v>698</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="F166" s="8" t="s">
-        <x:v>699</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="G166" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H166" s="8" t="s">
-        <x:v>700</x:v>
-[...2 lines deleted...]
-    <x:row ht="655.453125" customHeight="1" collapsed="0">
+        <x:v>701</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.953125" customHeight="1" collapsed="0">
       <x:c r="A167" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B167" s="8" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C167" s="8"/>
       <x:c r="D167" s="9" t="n">
-        <x:v>126168</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E167" s="8" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="F167" s="8" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="G167" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H167" s="8" t="s">
-        <x:v>704</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.5" customHeight="1" collapsed="0">
+        <x:v>705</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.453125" customHeight="1" collapsed="0">
       <x:c r="A168" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B168" s="8" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C168" s="8"/>
       <x:c r="D168" s="9" t="n">
-        <x:v>324170</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E168" s="8" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="F168" s="8" t="s">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="G168" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H168" s="8" t="s">
-        <x:v>708</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.953125" customHeight="1" collapsed="0">
+        <x:v>709</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A169" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B169" s="8" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C169" s="8"/>
       <x:c r="D169" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>165978</x:v>
       </x:c>
       <x:c r="E169" s="8" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="F169" s="8" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="G169" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H169" s="8" t="s">
-        <x:v>712</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.453125" customHeight="1" collapsed="0">
+        <x:v>713</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.5" customHeight="1" collapsed="0">
       <x:c r="A170" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B170" s="8" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C170" s="8"/>
       <x:c r="D170" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E170" s="8" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="F170" s="8" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="G170" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H170" s="8" t="s">
-        <x:v>716</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>717</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.90625" customHeight="1" collapsed="0">
       <x:c r="A171" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="B171" s="8" t="s">
-        <x:v>717</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C171" s="8"/>
       <x:c r="D171" s="9" t="n">
-        <x:v>165978</x:v>
+        <x:v>2161472</x:v>
       </x:c>
       <x:c r="E171" s="8" t="s">
-        <x:v>718</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="F171" s="8" t="s">
-        <x:v>719</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="G171" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H171" s="8" t="s">
-        <x:v>720</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.5" customHeight="1" collapsed="0">
+        <x:v>722</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.953125" customHeight="1" collapsed="0">
       <x:c r="A172" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B172" s="8" t="s">
-        <x:v>721</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C172" s="8"/>
       <x:c r="D172" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E172" s="8" t="s">
-        <x:v>722</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="F172" s="8" t="s">
-        <x:v>723</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="G172" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H172" s="8" t="s">
-        <x:v>724</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.921875" customHeight="1" collapsed="0">
+        <x:v>726</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.453125" customHeight="1" collapsed="0">
       <x:c r="A173" s="8" t="s">
-        <x:v>725</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B173" s="8" t="s">
-        <x:v>726</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C173" s="8"/>
       <x:c r="D173" s="9" t="n">
-        <x:v>2161472</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E173" s="8" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="F173" s="8" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="G173" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H173" s="8" t="s">
-        <x:v>729</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.9375" customHeight="1" collapsed="0">
+        <x:v>730</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1483.375" customHeight="1" collapsed="0">
       <x:c r="A174" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B174" s="8" t="s">
-        <x:v>730</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C174" s="8"/>
       <x:c r="D174" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>274786</x:v>
       </x:c>
       <x:c r="E174" s="8" t="s">
-        <x:v>731</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="F174" s="8" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="G174" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H174" s="8" t="s">
-        <x:v>733</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.453125" customHeight="1" collapsed="0">
+        <x:v>734</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.921875" customHeight="1" collapsed="0">
       <x:c r="A175" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B175" s="8" t="s">
-        <x:v>734</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C175" s="8"/>
       <x:c r="D175" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>240915</x:v>
       </x:c>
       <x:c r="E175" s="8" t="s">
-        <x:v>735</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="F175" s="8" t="s">
-        <x:v>736</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="G175" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H175" s="8" t="s">
-        <x:v>737</x:v>
-[...2 lines deleted...]
-    <x:row ht="1483.375" customHeight="1" collapsed="0">
+        <x:v>738</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.484375" customHeight="1" collapsed="0">
       <x:c r="A176" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B176" s="8" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C176" s="8"/>
       <x:c r="D176" s="9" t="n">
-        <x:v>274786</x:v>
+        <x:v>96342</x:v>
       </x:c>
       <x:c r="E176" s="8" t="s">
-        <x:v>739</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="F176" s="8" t="s">
-        <x:v>740</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="G176" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H176" s="8" t="s">
-        <x:v>741</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.9375" customHeight="1" collapsed="0">
+        <x:v>742</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.9375" customHeight="1" collapsed="0">
       <x:c r="A177" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B177" s="8" t="s">
-        <x:v>742</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C177" s="8"/>
       <x:c r="D177" s="9" t="n">
-        <x:v>240915</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E177" s="8" t="s">
-        <x:v>743</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F177" s="8" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="G177" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H177" s="8" t="s">
         <x:v>744</x:v>
       </x:c>
-      <x:c r="G177" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H177" s="8" t="s">
+    </x:row>
+    <x:row ht="448.453125" customHeight="1" collapsed="0">
+      <x:c r="A178" s="8" t="s">
         <x:v>745</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="B178" s="8" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C178" s="8"/>
       <x:c r="D178" s="9" t="n">
-        <x:v>96342</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E178" s="8" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="F178" s="8" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="G178" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H178" s="8" t="s">
         <x:v>749</x:v>
       </x:c>
     </x:row>
-    <x:row ht="666.9375" customHeight="1" collapsed="0">
+    <x:row ht="770.4375" customHeight="1" collapsed="0">
       <x:c r="A179" s="8" t="s">
-        <x:v>172</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B179" s="8" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="C179" s="8"/>
       <x:c r="D179" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>207619</x:v>
       </x:c>
       <x:c r="E179" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="F179" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="G179" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H179" s="8" t="s">
-        <x:v>751</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46875" customHeight="1" collapsed="0">
+        <x:v>753</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1379.875" customHeight="1" collapsed="0">
       <x:c r="A180" s="8" t="s">
-        <x:v>752</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B180" s="8" t="s">
-        <x:v>753</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C180" s="8"/>
       <x:c r="D180" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>98934</x:v>
       </x:c>
       <x:c r="E180" s="8" t="s">
-        <x:v>754</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="F180" s="8" t="s">
-        <x:v>755</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="G180" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H180" s="8" t="s">
-        <x:v>756</x:v>
-[...2 lines deleted...]
-    <x:row ht="770.421875" customHeight="1" collapsed="0">
+        <x:v>757</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.4375" customHeight="1" collapsed="0">
       <x:c r="A181" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B181" s="8" t="s">
-        <x:v>757</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="C181" s="8"/>
       <x:c r="D181" s="9" t="n">
-        <x:v>207619</x:v>
+        <x:v>835924</x:v>
       </x:c>
       <x:c r="E181" s="8" t="s">
-        <x:v>758</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="F181" s="8" t="s">
-        <x:v>759</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="G181" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H181" s="8" t="s">
-        <x:v>760</x:v>
-[...2 lines deleted...]
-    <x:row ht="1379.890625" customHeight="1" collapsed="0">
+        <x:v>761</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.453125" customHeight="1" collapsed="0">
       <x:c r="A182" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B182" s="8" t="s">
-        <x:v>761</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C182" s="8"/>
       <x:c r="D182" s="9" t="n">
-        <x:v>98934</x:v>
+        <x:v>193876</x:v>
       </x:c>
       <x:c r="E182" s="8" t="s">
-        <x:v>762</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="F182" s="8" t="s">
-        <x:v>763</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="G182" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H182" s="8" t="s">
-        <x:v>764</x:v>
-[...2 lines deleted...]
-    <x:row ht="770.421875" customHeight="1" collapsed="0">
+        <x:v>765</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.484375" customHeight="1" collapsed="0">
       <x:c r="A183" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B183" s="8" t="s">
-        <x:v>765</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C183" s="8"/>
       <x:c r="D183" s="9" t="n">
-        <x:v>835924</x:v>
+        <x:v>217999</x:v>
       </x:c>
       <x:c r="E183" s="8" t="s">
-        <x:v>766</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="F183" s="8" t="s">
-        <x:v>767</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="G183" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H183" s="8" t="s">
-        <x:v>768</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.453125" customHeight="1" collapsed="0">
+        <x:v>769</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1057.90625" customHeight="1" collapsed="0">
       <x:c r="A184" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B184" s="8" t="s">
-        <x:v>769</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C184" s="8"/>
       <x:c r="D184" s="9" t="n">
-        <x:v>193876</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E184" s="8" t="s">
-        <x:v>770</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="F184" s="8" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="G184" s="8" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H184" s="8" t="s">
-        <x:v>772</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.484375" customHeight="1" collapsed="0">
+        <x:v>773</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1609.84375" customHeight="1" collapsed="0">
       <x:c r="A185" s="8" t="s">
-        <x:v>219</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B185" s="8" t="s">
-        <x:v>773</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C185" s="8"/>
       <x:c r="D185" s="9" t="n">
-        <x:v>217999</x:v>
+        <x:v>89149</x:v>
       </x:c>
       <x:c r="E185" s="8" t="s">
-        <x:v>774</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="F185" s="8" t="s">
-        <x:v>775</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="G185" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H185" s="8" t="s">
-        <x:v>776</x:v>
-[...2 lines deleted...]
-    <x:row ht="1057.90625" customHeight="1" collapsed="0">
+        <x:v>777</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2081.328125" customHeight="1" collapsed="0">
       <x:c r="A186" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B186" s="8" t="s">
-        <x:v>777</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="C186" s="8"/>
       <x:c r="D186" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>192398</x:v>
       </x:c>
       <x:c r="E186" s="8" t="s">
-        <x:v>778</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="F186" s="8" t="s">
-        <x:v>779</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="G186" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H186" s="8" t="s">
-        <x:v>780</x:v>
-[...2 lines deleted...]
-    <x:row ht="1609.859375" customHeight="1" collapsed="0">
+        <x:v>781</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.46875" customHeight="1" collapsed="0">
       <x:c r="A187" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B187" s="8" t="s">
-        <x:v>781</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C187" s="8"/>
       <x:c r="D187" s="9" t="n">
-        <x:v>89149</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E187" s="8" t="s">
-        <x:v>782</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="F187" s="8" t="s">
-        <x:v>783</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="G187" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H187" s="8" t="s">
-        <x:v>784</x:v>
-[...2 lines deleted...]
-    <x:row ht="2081.3125" customHeight="1" collapsed="0">
+        <x:v>785</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1586.859375" customHeight="1" collapsed="0">
       <x:c r="A188" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B188" s="8" t="s">
-        <x:v>785</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C188" s="8"/>
       <x:c r="D188" s="9" t="n">
-        <x:v>192398</x:v>
+        <x:v>82120</x:v>
       </x:c>
       <x:c r="E188" s="8" t="s">
-        <x:v>786</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="F188" s="8" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="G188" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H188" s="8" t="s">
-        <x:v>788</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.46875" customHeight="1" collapsed="0">
+        <x:v>789</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.453125" customHeight="1" collapsed="0">
       <x:c r="A189" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B189" s="8" t="s">
-        <x:v>789</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C189" s="8"/>
       <x:c r="D189" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>365114</x:v>
       </x:c>
       <x:c r="E189" s="8" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="F189" s="8" t="s">
-        <x:v>791</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="G189" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H189" s="8" t="s">
-        <x:v>792</x:v>
-[...2 lines deleted...]
-    <x:row ht="1586.859375" customHeight="1" collapsed="0">
+        <x:v>793</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.484375" customHeight="1" collapsed="0">
       <x:c r="A190" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B190" s="8" t="s">
-        <x:v>793</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C190" s="8"/>
       <x:c r="D190" s="9" t="n">
-        <x:v>82120</x:v>
+        <x:v>75241</x:v>
       </x:c>
       <x:c r="E190" s="8" t="s">
-        <x:v>794</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="F190" s="8" t="s">
-        <x:v>795</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="G190" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H190" s="8" t="s">
-        <x:v>796</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.46875" customHeight="1" collapsed="0">
+        <x:v>797</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="977.40625" customHeight="1" collapsed="0">
       <x:c r="A191" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B191" s="8" t="s">
-        <x:v>797</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C191" s="8"/>
       <x:c r="D191" s="9" t="n">
-        <x:v>365114</x:v>
+        <x:v>466392</x:v>
       </x:c>
       <x:c r="E191" s="8" t="s">
-        <x:v>798</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="F191" s="8" t="s">
-        <x:v>799</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="G191" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H191" s="8" t="s">
-        <x:v>800</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.46875" customHeight="1" collapsed="0">
+        <x:v>801</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.484375" customHeight="1" collapsed="0">
       <x:c r="A192" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B192" s="8" t="s">
-        <x:v>801</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="C192" s="8"/>
       <x:c r="D192" s="9" t="n">
-        <x:v>75241</x:v>
+        <x:v>255665</x:v>
       </x:c>
       <x:c r="E192" s="8" t="s">
-        <x:v>802</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="F192" s="8" t="s">
-        <x:v>803</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="G192" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H192" s="8" t="s">
-        <x:v>804</x:v>
-[...2 lines deleted...]
-    <x:row ht="977.40625" customHeight="1" collapsed="0">
+        <x:v>805</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
       <x:c r="A193" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B193" s="8" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C193" s="8"/>
       <x:c r="D193" s="9" t="n">
-        <x:v>466392</x:v>
+        <x:v>404054</x:v>
       </x:c>
       <x:c r="E193" s="8" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="F193" s="8" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="G193" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H193" s="8" t="s">
-        <x:v>808</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.5" customHeight="1" collapsed="0">
+        <x:v>809</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.46875" customHeight="1" collapsed="0">
       <x:c r="A194" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B194" s="8" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C194" s="8"/>
       <x:c r="D194" s="9" t="n">
-        <x:v>255665</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E194" s="8" t="s">
-        <x:v>810</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="F194" s="8" t="s">
-        <x:v>811</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="G194" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H194" s="8" t="s">
-        <x:v>812</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.453125" customHeight="1" collapsed="0">
+        <x:v>813</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1299.40625" customHeight="1" collapsed="0">
       <x:c r="A195" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B195" s="8" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C195" s="8"/>
       <x:c r="D195" s="9" t="n">
-        <x:v>404054</x:v>
+        <x:v>92197</x:v>
       </x:c>
       <x:c r="E195" s="8" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="F195" s="8" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="G195" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H195" s="8" t="s">
-        <x:v>816</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.46875" customHeight="1" collapsed="0">
+        <x:v>817</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.90625" customHeight="1" collapsed="0">
       <x:c r="A196" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B196" s="8" t="s">
-        <x:v>817</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C196" s="8"/>
       <x:c r="D196" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>1557735</x:v>
       </x:c>
       <x:c r="E196" s="8" t="s">
-        <x:v>818</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="F196" s="8" t="s">
-        <x:v>819</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="G196" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H196" s="8" t="s">
-        <x:v>820</x:v>
-[...2 lines deleted...]
-    <x:row ht="1299.40625" customHeight="1" collapsed="0">
+        <x:v>821</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
       <x:c r="A197" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B197" s="8" t="s">
-        <x:v>821</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C197" s="8"/>
       <x:c r="D197" s="9" t="n">
-        <x:v>92197</x:v>
+        <x:v>75072</x:v>
       </x:c>
       <x:c r="E197" s="8" t="s">
-        <x:v>822</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="F197" s="8" t="s">
-        <x:v>823</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="G197" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H197" s="8" t="s">
-        <x:v>824</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.921875" customHeight="1" collapsed="0">
+        <x:v>825</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="942.921875" customHeight="1" collapsed="0">
       <x:c r="A198" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B198" s="8" t="s">
-        <x:v>825</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C198" s="8"/>
       <x:c r="D198" s="9" t="n">
-        <x:v>1557735</x:v>
+        <x:v>224560</x:v>
       </x:c>
       <x:c r="E198" s="8" t="s">
-        <x:v>826</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="F198" s="8" t="s">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="G198" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H198" s="8" t="s">
-        <x:v>828</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.453125" customHeight="1" collapsed="0">
+        <x:v>829</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.96875" customHeight="1" collapsed="0">
       <x:c r="A199" s="8" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B199" s="8" t="s">
-        <x:v>829</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C199" s="8"/>
       <x:c r="D199" s="9" t="n">
-        <x:v>75072</x:v>
+        <x:v>166263</x:v>
       </x:c>
       <x:c r="E199" s="8" t="s">
-        <x:v>830</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="F199" s="8" t="s">
-        <x:v>831</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="G199" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H199" s="8" t="s">
-        <x:v>832</x:v>
-[...2 lines deleted...]
-    <x:row ht="942.90625" customHeight="1" collapsed="0">
+        <x:v>833</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.9375" customHeight="1" collapsed="0">
       <x:c r="A200" s="8" t="s">
-        <x:v>219</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B200" s="8" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C200" s="8"/>
       <x:c r="D200" s="9" t="n">
-        <x:v>224560</x:v>
+        <x:v>102186</x:v>
       </x:c>
       <x:c r="E200" s="8" t="s">
-        <x:v>834</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="F200" s="8" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="G200" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H200" s="8" t="s">
-        <x:v>836</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.96875" customHeight="1" collapsed="0">
+        <x:v>837</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="747.453125" customHeight="1" collapsed="0">
       <x:c r="A201" s="8" t="s">
-        <x:v>288</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B201" s="8" t="s">
-        <x:v>837</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C201" s="8"/>
       <x:c r="D201" s="9" t="n">
-        <x:v>166263</x:v>
+        <x:v>9758951</x:v>
       </x:c>
       <x:c r="E201" s="8" t="s">
-        <x:v>838</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="F201" s="8" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="G201" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H201" s="8" t="s">
-        <x:v>840</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.953125" customHeight="1" collapsed="0">
+        <x:v>841</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A202" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B202" s="8" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C202" s="8"/>
       <x:c r="D202" s="9" t="n">
-        <x:v>102186</x:v>
+        <x:v>107700</x:v>
       </x:c>
       <x:c r="E202" s="8" t="s">
-        <x:v>842</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="F202" s="8" t="s">
-        <x:v>843</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="G202" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H202" s="8" t="s">
-        <x:v>844</x:v>
-[...2 lines deleted...]
-    <x:row ht="747.4375" customHeight="1" collapsed="0">
+        <x:v>845</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A203" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="B203" s="8" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C203" s="8"/>
       <x:c r="D203" s="9" t="n">
-        <x:v>9758951</x:v>
+        <x:v>207005</x:v>
       </x:c>
       <x:c r="E203" s="8" t="s">
-        <x:v>846</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F203" s="8" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="G203" s="8" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H203" s="8" t="s">
         <x:v>847</x:v>
       </x:c>
-      <x:c r="G203" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H203" s="8" t="s">
+    </x:row>
+    <x:row ht="689.9375" customHeight="1" collapsed="0">
+      <x:c r="A204" s="8" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="B204" s="8" t="s">
         <x:v>848</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>849</x:v>
       </x:c>
       <x:c r="C204" s="8"/>
       <x:c r="D204" s="9" t="n">
-        <x:v>107700</x:v>
+        <x:v>86133</x:v>
       </x:c>
       <x:c r="E204" s="8" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="F204" s="8" t="s">
         <x:v>850</x:v>
       </x:c>
-      <x:c r="F204" s="8" t="s">
+      <x:c r="G204" s="8" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H204" s="8" t="s">
         <x:v>851</x:v>
       </x:c>
-      <x:c r="G204" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H204" s="8" t="s">
+    </x:row>
+    <x:row ht="1437.375" customHeight="1" collapsed="0">
+      <x:c r="A205" s="8" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B205" s="8" t="s">
         <x:v>852</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>853</x:v>
       </x:c>
       <x:c r="C205" s="8"/>
       <x:c r="D205" s="9" t="n">
-        <x:v>207005</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E205" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="F205" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="G205" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H205" s="8" t="s">
-        <x:v>854</x:v>
-[...2 lines deleted...]
-    <x:row ht="689.953125" customHeight="1" collapsed="0">
+        <x:v>855</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1644.359375" customHeight="1" collapsed="0">
       <x:c r="A206" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B206" s="8" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="C206" s="8"/>
       <x:c r="D206" s="9" t="n">
-        <x:v>86133</x:v>
+        <x:v>187556</x:v>
       </x:c>
       <x:c r="E206" s="8" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="F206" s="8" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="G206" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H206" s="8" t="s">
-        <x:v>858</x:v>
-[...2 lines deleted...]
-    <x:row ht="1437.359375" customHeight="1" collapsed="0">
+        <x:v>859</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.953125" customHeight="1" collapsed="0">
       <x:c r="A207" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B207" s="8" t="s">
-        <x:v>859</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C207" s="8"/>
       <x:c r="D207" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>514832</x:v>
       </x:c>
       <x:c r="E207" s="8" t="s">
-        <x:v>860</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="F207" s="8" t="s">
-        <x:v>861</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="G207" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H207" s="8" t="s">
-        <x:v>862</x:v>
-[...2 lines deleted...]
-    <x:row ht="1644.359375" customHeight="1" collapsed="0">
+        <x:v>863</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46875" customHeight="1" collapsed="0">
       <x:c r="A208" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B208" s="8" t="s">
-        <x:v>863</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C208" s="8"/>
       <x:c r="D208" s="9" t="n">
-        <x:v>187556</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E208" s="8" t="s">
-        <x:v>864</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="F208" s="8" t="s">
-        <x:v>865</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="G208" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H208" s="8" t="s">
-        <x:v>866</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.953125" customHeight="1" collapsed="0">
+        <x:v>867</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.421875" customHeight="1" collapsed="0">
       <x:c r="A209" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B209" s="8" t="s">
-        <x:v>867</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="C209" s="8"/>
       <x:c r="D209" s="9" t="n">
-        <x:v>514832</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E209" s="8" t="s">
-        <x:v>868</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="F209" s="8" t="s">
-        <x:v>869</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="G209" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H209" s="8" t="s">
-        <x:v>870</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.46875" customHeight="1" collapsed="0">
+        <x:v>871</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.9375" customHeight="1" collapsed="0">
       <x:c r="A210" s="8" t="s">
-        <x:v>288</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B210" s="8" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C210" s="8"/>
       <x:c r="D210" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E210" s="8" t="s">
-        <x:v>872</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="F210" s="8" t="s">
-        <x:v>873</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="G210" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H210" s="8" t="s">
-        <x:v>874</x:v>
-[...2 lines deleted...]
-    <x:row ht="770.421875" customHeight="1" collapsed="0">
+        <x:v>875</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.421875" customHeight="1" collapsed="0">
       <x:c r="A211" s="8" t="s">
-        <x:v>209</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B211" s="8" t="s">
-        <x:v>875</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="C211" s="8"/>
       <x:c r="D211" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>354476</x:v>
       </x:c>
       <x:c r="E211" s="8" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="F211" s="8" t="s">
-        <x:v>877</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="G211" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H211" s="8" t="s">
-        <x:v>878</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.953125" customHeight="1" collapsed="0">
+        <x:v>879</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.4375" customHeight="1" collapsed="0">
       <x:c r="A212" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B212" s="8" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C212" s="8"/>
       <x:c r="D212" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E212" s="8" t="s">
-        <x:v>880</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F212" s="8" t="s">
-        <x:v>881</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="G212" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H212" s="8" t="s">
-        <x:v>882</x:v>
-[...2 lines deleted...]
-    <x:row ht="1920.328125" customHeight="1" collapsed="0">
+        <x:v>883</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
       <x:c r="A213" s="8" t="s">
-        <x:v>378</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B213" s="8" t="s">
-        <x:v>883</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="C213" s="8"/>
       <x:c r="D213" s="9" t="n">
-        <x:v>277986</x:v>
+        <x:v>269105</x:v>
       </x:c>
       <x:c r="E213" s="8" t="s">
-        <x:v>884</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="F213" s="8" t="s">
-        <x:v>885</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="G213" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H213" s="8" t="s">
-        <x:v>886</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.40625" customHeight="1" collapsed="0">
+        <x:v>887</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.5" customHeight="1" collapsed="0">
       <x:c r="A214" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B214" s="8" t="s">
-        <x:v>887</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="C214" s="8"/>
       <x:c r="D214" s="9" t="n">
-        <x:v>354476</x:v>
+        <x:v>233689</x:v>
       </x:c>
       <x:c r="E214" s="8" t="s">
-        <x:v>888</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="F214" s="8" t="s">
-        <x:v>889</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="G214" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H214" s="8" t="s">
-        <x:v>890</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.453125" customHeight="1" collapsed="0">
+        <x:v>891</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9375" customHeight="1" collapsed="0">
       <x:c r="A215" s="8" t="s">
-        <x:v>378</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B215" s="8" t="s">
-        <x:v>891</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="C215" s="8"/>
       <x:c r="D215" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E215" s="8" t="s">
-        <x:v>892</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="F215" s="8" t="s">
-        <x:v>893</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="G215" s="8" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H215" s="8" t="s">
-        <x:v>894</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.96875" customHeight="1" collapsed="0">
+        <x:v>895</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2690.765625" customHeight="1" collapsed="0">
       <x:c r="A216" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B216" s="8" t="s">
-        <x:v>895</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="C216" s="8"/>
       <x:c r="D216" s="9" t="n">
-        <x:v>269105</x:v>
+        <x:v>106439</x:v>
       </x:c>
       <x:c r="E216" s="8" t="s">
-        <x:v>896</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="F216" s="8" t="s">
-        <x:v>897</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="G216" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H216" s="8" t="s">
-        <x:v>898</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.484375" customHeight="1" collapsed="0">
+        <x:v>899</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.453125" customHeight="1" collapsed="0">
       <x:c r="A217" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B217" s="8" t="s">
-        <x:v>899</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="C217" s="8"/>
       <x:c r="D217" s="9" t="n">
-        <x:v>233689</x:v>
+        <x:v>182321</x:v>
       </x:c>
       <x:c r="E217" s="8" t="s">
-        <x:v>900</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="F217" s="8" t="s">
-        <x:v>901</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="G217" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H217" s="8" t="s">
-        <x:v>902</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.953125" customHeight="1" collapsed="0">
+        <x:v>903</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1034.890625" customHeight="1" collapsed="0">
       <x:c r="A218" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B218" s="8" t="s">
-        <x:v>903</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="C218" s="8"/>
       <x:c r="D218" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>459414</x:v>
       </x:c>
       <x:c r="E218" s="8" t="s">
-        <x:v>904</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="F218" s="8" t="s">
-        <x:v>905</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="G218" s="8" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H218" s="8" t="s">
-        <x:v>906</x:v>
-[...2 lines deleted...]
-    <x:row ht="2690.75" customHeight="1" collapsed="0">
+        <x:v>907</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.421875" customHeight="1" collapsed="0">
       <x:c r="A219" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B219" s="8" t="s">
-        <x:v>907</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="C219" s="8"/>
       <x:c r="D219" s="9" t="n">
-        <x:v>106439</x:v>
+        <x:v>1328221</x:v>
       </x:c>
       <x:c r="E219" s="8" t="s">
-        <x:v>908</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="F219" s="8" t="s">
-        <x:v>909</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="G219" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H219" s="8" t="s">
-        <x:v>910</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.453125" customHeight="1" collapsed="0">
+        <x:v>911</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.484375" customHeight="1" collapsed="0">
       <x:c r="A220" s="8" t="s">
-        <x:v>219</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B220" s="8" t="s">
-        <x:v>911</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C220" s="8"/>
       <x:c r="D220" s="9" t="n">
-        <x:v>182321</x:v>
+        <x:v>278760</x:v>
       </x:c>
       <x:c r="E220" s="8" t="s">
-        <x:v>912</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="F220" s="8" t="s">
-        <x:v>913</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="G220" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H220" s="8" t="s">
-        <x:v>914</x:v>
-[...2 lines deleted...]
-    <x:row ht="1034.90625" customHeight="1" collapsed="0">
+        <x:v>915</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1287.890625" customHeight="1" collapsed="0">
       <x:c r="A221" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B221" s="8" t="s">
-        <x:v>915</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C221" s="8"/>
       <x:c r="D221" s="9" t="n">
-        <x:v>459414</x:v>
+        <x:v>141273</x:v>
       </x:c>
       <x:c r="E221" s="8" t="s">
-        <x:v>916</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="F221" s="8" t="s">
-        <x:v>917</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="G221" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H221" s="8" t="s">
-        <x:v>918</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.421875" customHeight="1" collapsed="0">
+        <x:v>919</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="896.921875" customHeight="1" collapsed="0">
       <x:c r="A222" s="8" t="s">
-        <x:v>288</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B222" s="8" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="C222" s="8"/>
       <x:c r="D222" s="9" t="n">
-        <x:v>1328221</x:v>
+        <x:v>234647</x:v>
       </x:c>
       <x:c r="E222" s="8" t="s">
-        <x:v>920</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="F222" s="8" t="s">
-        <x:v>921</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="G222" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H222" s="8" t="s">
-        <x:v>922</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.484375" customHeight="1" collapsed="0">
+        <x:v>923</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="954.421875" customHeight="1" collapsed="0">
       <x:c r="A223" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B223" s="8" t="s">
-        <x:v>923</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C223" s="8"/>
       <x:c r="D223" s="9" t="n">
-        <x:v>278760</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E223" s="8" t="s">
-        <x:v>924</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="F223" s="8" t="s">
-        <x:v>925</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="G223" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H223" s="8" t="s">
-        <x:v>926</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row ht="1287.890625" customHeight="1" collapsed="0">
       <x:c r="A224" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B224" s="8" t="s">
-        <x:v>927</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="C224" s="8"/>
       <x:c r="D224" s="9" t="n">
-        <x:v>141273</x:v>
+        <x:v>270827</x:v>
       </x:c>
       <x:c r="E224" s="8" t="s">
-        <x:v>928</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="F224" s="8" t="s">
-        <x:v>929</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="G224" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H224" s="8" t="s">
-        <x:v>930</x:v>
-[...2 lines deleted...]
-    <x:row ht="896.90625" customHeight="1" collapsed="0">
+        <x:v>931</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2046.8125" customHeight="1" collapsed="0">
       <x:c r="A225" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B225" s="8" t="s">
-        <x:v>931</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="C225" s="8"/>
       <x:c r="D225" s="9" t="n">
-        <x:v>234647</x:v>
+        <x:v>179579</x:v>
       </x:c>
       <x:c r="E225" s="8" t="s">
-        <x:v>932</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="F225" s="8" t="s">
-        <x:v>933</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="G225" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H225" s="8" t="s">
-        <x:v>934</x:v>
-[...2 lines deleted...]
-    <x:row ht="954.4375" customHeight="1" collapsed="0">
+        <x:v>935</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
       <x:c r="A226" s="8" t="s">
-        <x:v>209</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B226" s="8" t="s">
-        <x:v>935</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C226" s="8"/>
       <x:c r="D226" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>155653</x:v>
       </x:c>
       <x:c r="E226" s="8" t="s">
-        <x:v>936</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="F226" s="8" t="s">
-        <x:v>937</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="G226" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H226" s="8" t="s">
-        <x:v>938</x:v>
-[...2 lines deleted...]
-    <x:row ht="1287.890625" customHeight="1" collapsed="0">
+        <x:v>939</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.453125" customHeight="1" collapsed="0">
       <x:c r="A227" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B227" s="8" t="s">
-        <x:v>939</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C227" s="8"/>
       <x:c r="D227" s="9" t="n">
-        <x:v>270827</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E227" s="8" t="s">
-        <x:v>940</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="F227" s="8" t="s">
-        <x:v>941</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="G227" s="8" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H227" s="8" t="s">
-        <x:v>942</x:v>
-[...2 lines deleted...]
-    <x:row ht="2046.8125" customHeight="1" collapsed="0">
+        <x:v>943</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
       <x:c r="A228" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B228" s="8" t="s">
-        <x:v>943</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="C228" s="8"/>
       <x:c r="D228" s="9" t="n">
-        <x:v>179579</x:v>
+        <x:v>378430</x:v>
       </x:c>
       <x:c r="E228" s="8" t="s">
-        <x:v>944</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="F228" s="8" t="s">
-        <x:v>945</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="G228" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H228" s="8" t="s">
-        <x:v>946</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.953125" customHeight="1" collapsed="0">
+        <x:v>947</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="919.921875" customHeight="1" collapsed="0">
       <x:c r="A229" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B229" s="8" t="s">
-        <x:v>947</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="C229" s="8"/>
       <x:c r="D229" s="9" t="n">
-        <x:v>155653</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E229" s="8" t="s">
-        <x:v>948</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="F229" s="8" t="s">
-        <x:v>949</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="G229" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H229" s="8" t="s">
-        <x:v>950</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.46875" customHeight="1" collapsed="0">
+        <x:v>951</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2805.765625" customHeight="1" collapsed="0">
       <x:c r="A230" s="8" t="s">
-        <x:v>647</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B230" s="8" t="s">
-        <x:v>951</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="C230" s="8"/>
       <x:c r="D230" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E230" s="8" t="s">
-        <x:v>952</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="F230" s="8" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="G230" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H230" s="8" t="s">
-        <x:v>954</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.953125" customHeight="1" collapsed="0">
+        <x:v>955</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A231" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B231" s="8" t="s">
-        <x:v>955</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="C231" s="8"/>
       <x:c r="D231" s="9" t="n">
-        <x:v>378430</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E231" s="8" t="s">
-        <x:v>956</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="F231" s="8" t="s">
-        <x:v>957</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="G231" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H231" s="8" t="s">
-        <x:v>958</x:v>
-[...2 lines deleted...]
-    <x:row ht="919.921875" customHeight="1" collapsed="0">
+        <x:v>959</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2541.28125" customHeight="1" collapsed="0">
       <x:c r="A232" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B232" s="8" t="s">
-        <x:v>959</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="C232" s="8"/>
       <x:c r="D232" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>191655</x:v>
       </x:c>
       <x:c r="E232" s="8" t="s">
-        <x:v>960</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="F232" s="8" t="s">
-        <x:v>961</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="G232" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H232" s="8" t="s">
-        <x:v>962</x:v>
-[...2 lines deleted...]
-    <x:row ht="2805.765625" customHeight="1" collapsed="0">
+        <x:v>963</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.4375" customHeight="1" collapsed="0">
       <x:c r="A233" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B233" s="8" t="s">
-        <x:v>963</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="C233" s="8"/>
       <x:c r="D233" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>275609</x:v>
       </x:c>
       <x:c r="E233" s="8" t="s">
-        <x:v>964</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="F233" s="8" t="s">
-        <x:v>965</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="G233" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H233" s="8" t="s">
-        <x:v>966</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>967</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1023.4375" customHeight="1" collapsed="0">
       <x:c r="A234" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B234" s="8" t="s">
-        <x:v>967</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="C234" s="8"/>
       <x:c r="D234" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>249249</x:v>
       </x:c>
       <x:c r="E234" s="8" t="s">
-        <x:v>968</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="F234" s="8" t="s">
-        <x:v>969</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="G234" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H234" s="8" t="s">
-        <x:v>970</x:v>
-[...2 lines deleted...]
-    <x:row ht="2541.28125" customHeight="1" collapsed="0">
+        <x:v>971</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="827.9375" customHeight="1" collapsed="0">
       <x:c r="A235" s="8" t="s">
-        <x:v>565</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B235" s="8" t="s">
-        <x:v>971</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C235" s="8"/>
       <x:c r="D235" s="9" t="n">
-        <x:v>191655</x:v>
+        <x:v>286162</x:v>
       </x:c>
       <x:c r="E235" s="8" t="s">
-        <x:v>972</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F235" s="8" t="s">
-        <x:v>973</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G235" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H235" s="8" t="s">
+        <x:v>973</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.984375" customHeight="1" collapsed="0">
+      <x:c r="A236" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B236" s="8" t="s">
         <x:v>974</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>975</x:v>
       </x:c>
       <x:c r="C236" s="8"/>
       <x:c r="D236" s="9" t="n">
-        <x:v>275609</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E236" s="8" t="s">
+        <x:v>975</x:v>
+      </x:c>
+      <x:c r="F236" s="8" t="s">
         <x:v>976</x:v>
       </x:c>
-      <x:c r="F236" s="8" t="s">
+      <x:c r="G236" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H236" s="8" t="s">
         <x:v>977</x:v>
       </x:c>
-      <x:c r="G236" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H236" s="8" t="s">
+    </x:row>
+    <x:row ht="505.953125" customHeight="1" collapsed="0">
+      <x:c r="A237" s="8" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B237" s="8" t="s">
         <x:v>978</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>979</x:v>
       </x:c>
       <x:c r="C237" s="8"/>
       <x:c r="D237" s="9" t="n">
-        <x:v>249249</x:v>
+        <x:v>242717</x:v>
       </x:c>
       <x:c r="E237" s="8" t="s">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="F237" s="8" t="s">
         <x:v>980</x:v>
       </x:c>
-      <x:c r="F237" s="8" t="s">
+      <x:c r="G237" s="8" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H237" s="8" t="s">
         <x:v>981</x:v>
       </x:c>
-      <x:c r="G237" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H237" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46875" customHeight="1" collapsed="0">
+      <x:c r="A238" s="8" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="B238" s="8" t="s">
         <x:v>982</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>983</x:v>
       </x:c>
       <x:c r="C238" s="8"/>
       <x:c r="D238" s="9" t="n">
-        <x:v>98957</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E238" s="8" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="F238" s="8" t="s">
         <x:v>984</x:v>
       </x:c>
-      <x:c r="F238" s="8" t="s">
+      <x:c r="G238" s="8" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H238" s="8" t="s">
         <x:v>985</x:v>
       </x:c>
-      <x:c r="G238" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H238" s="8" t="s">
+    </x:row>
+    <x:row ht="206.984375" customHeight="1" collapsed="0">
+      <x:c r="A239" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B239" s="8" t="s">
         <x:v>986</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>987</x:v>
       </x:c>
       <x:c r="C239" s="8"/>
       <x:c r="D239" s="9" t="n">
-        <x:v>286162</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E239" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="F239" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="G239" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H239" s="8" t="s">
-        <x:v>988</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.984375" customHeight="1" collapsed="0">
+        <x:v>989</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.984375" customHeight="1" collapsed="0">
       <x:c r="A240" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="B240" s="8" t="s">
-        <x:v>989</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="C240" s="8"/>
       <x:c r="D240" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>247509</x:v>
       </x:c>
       <x:c r="E240" s="8" t="s">
-        <x:v>990</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="F240" s="8" t="s">
-        <x:v>991</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="G240" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H240" s="8" t="s">
-        <x:v>992</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.96875" customHeight="1" collapsed="0">
+        <x:v>994</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
       <x:c r="A241" s="8" t="s">
-        <x:v>209</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B241" s="8" t="s">
-        <x:v>993</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="C241" s="8"/>
       <x:c r="D241" s="9" t="n">
-        <x:v>242717</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E241" s="8" t="s">
-        <x:v>994</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F241" s="8" t="s">
-        <x:v>995</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="G241" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H241" s="8" t="s">
-        <x:v>996</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46875" customHeight="1" collapsed="0">
+        <x:v>998</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.9375" customHeight="1" collapsed="0">
       <x:c r="A242" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B242" s="8" t="s">
-        <x:v>997</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="C242" s="8"/>
       <x:c r="D242" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>102722</x:v>
       </x:c>
       <x:c r="E242" s="8" t="s">
-        <x:v>998</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="F242" s="8" t="s">
-        <x:v>999</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="G242" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H242" s="8" t="s">
-        <x:v>1000</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.96875" customHeight="1" collapsed="0">
+        <x:v>1002</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.453125" customHeight="1" collapsed="0">
       <x:c r="A243" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="B243" s="8" t="s">
-        <x:v>1001</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="C243" s="8"/>
       <x:c r="D243" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E243" s="8" t="s">
-        <x:v>1002</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="F243" s="8" t="s">
-        <x:v>1003</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="G243" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H243" s="8" t="s">
-        <x:v>1004</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.984375" customHeight="1" collapsed="0">
+        <x:v>1006</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.484375" customHeight="1" collapsed="0">
       <x:c r="A244" s="8" t="s">
-        <x:v>1005</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B244" s="8" t="s">
-        <x:v>1006</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="C244" s="8"/>
       <x:c r="D244" s="9" t="n">
-        <x:v>247509</x:v>
+        <x:v>230349</x:v>
       </x:c>
       <x:c r="E244" s="8" t="s">
-        <x:v>1007</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="F244" s="8" t="s">
-        <x:v>1008</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="G244" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H244" s="8" t="s">
-        <x:v>1009</x:v>
-[...2 lines deleted...]
-    <x:row ht="115" customHeight="1" collapsed="0">
+        <x:v>1010</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.953125" customHeight="1" collapsed="0">
       <x:c r="A245" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B245" s="8" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="C245" s="8"/>
       <x:c r="D245" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>79101</x:v>
       </x:c>
       <x:c r="E245" s="8" t="s">
-        <x:v>1011</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="F245" s="8" t="s">
-        <x:v>1012</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="G245" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H245" s="8" t="s">
-        <x:v>1013</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.9375" customHeight="1" collapsed="0">
+        <x:v>1014</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.453125" customHeight="1" collapsed="0">
       <x:c r="A246" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B246" s="8" t="s">
-        <x:v>1014</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="C246" s="8"/>
       <x:c r="D246" s="9" t="n">
-        <x:v>102722</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E246" s="8" t="s">
-        <x:v>1015</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="F246" s="8" t="s">
-        <x:v>1016</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="G246" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H246" s="8" t="s">
-        <x:v>1017</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46875" customHeight="1" collapsed="0">
+        <x:v>1018</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.984375" customHeight="1" collapsed="0">
       <x:c r="A247" s="8" t="s">
-        <x:v>752</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B247" s="8" t="s">
-        <x:v>1018</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="C247" s="8"/>
       <x:c r="D247" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E247" s="8" t="s">
-        <x:v>1019</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="F247" s="8" t="s">
-        <x:v>1020</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="G247" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H247" s="8" t="s">
-        <x:v>1021</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.5" customHeight="1" collapsed="0">
+        <x:v>1022</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.9375" customHeight="1" collapsed="0">
       <x:c r="A248" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B248" s="8" t="s">
-        <x:v>1022</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="C248" s="8"/>
       <x:c r="D248" s="9" t="n">
-        <x:v>230349</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E248" s="8" t="s">
-        <x:v>1023</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="F248" s="8" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="G248" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H248" s="8" t="s">
         <x:v>1024</x:v>
       </x:c>
-      <x:c r="G248" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H248" s="8" t="s">
+    </x:row>
+    <x:row ht="1138.40625" customHeight="1" collapsed="0">
+      <x:c r="A249" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B249" s="8" t="s">
         <x:v>1025</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1026</x:v>
       </x:c>
       <x:c r="C249" s="8"/>
       <x:c r="D249" s="9" t="n">
-        <x:v>79101</x:v>
+        <x:v>104826</x:v>
       </x:c>
       <x:c r="E249" s="8" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="F249" s="8" t="s">
         <x:v>1027</x:v>
       </x:c>
-      <x:c r="F249" s="8" t="s">
+      <x:c r="G249" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H249" s="8" t="s">
         <x:v>1028</x:v>
       </x:c>
-      <x:c r="G249" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H249" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
+      <x:c r="A250" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B250" s="8" t="s">
         <x:v>1029</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1030</x:v>
       </x:c>
       <x:c r="C250" s="8"/>
       <x:c r="D250" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E250" s="8" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="F250" s="8" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="G250" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H250" s="8" t="s">
+        <x:v>1030</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.96875" customHeight="1" collapsed="0">
+      <x:c r="A251" s="8" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="B251" s="8" t="s">
         <x:v>1031</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1034</x:v>
       </x:c>
       <x:c r="C251" s="8"/>
       <x:c r="D251" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E251" s="8" t="s">
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c r="F251" s="8" t="s">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c r="G251" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H251" s="8" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
+      <x:c r="A252" s="8" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="B252" s="8" t="s">
         <x:v>1035</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1038</x:v>
       </x:c>
       <x:c r="C252" s="8"/>
       <x:c r="D252" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>182132</x:v>
       </x:c>
       <x:c r="E252" s="8" t="s">
-        <x:v>818</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="F252" s="8" t="s">
-        <x:v>819</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="G252" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H252" s="8" t="s">
+        <x:v>1038</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2012.328125" customHeight="1" collapsed="0">
+      <x:c r="A253" s="8" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="B253" s="8" t="s">
         <x:v>1039</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1040</x:v>
       </x:c>
       <x:c r="C253" s="8"/>
       <x:c r="D253" s="9" t="n">
-        <x:v>104826</x:v>
+        <x:v>174647</x:v>
       </x:c>
       <x:c r="E253" s="8" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="F253" s="8" t="s">
         <x:v>1041</x:v>
       </x:c>
-      <x:c r="F253" s="8" t="s">
+      <x:c r="G253" s="8" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H253" s="8" t="s">
         <x:v>1042</x:v>
       </x:c>
-      <x:c r="G253" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H253" s="8" t="s">
+    </x:row>
+    <x:row ht="482.96875" customHeight="1" collapsed="0">
+      <x:c r="A254" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B254" s="8" t="s">
         <x:v>1043</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1044</x:v>
       </x:c>
       <x:c r="C254" s="8"/>
       <x:c r="D254" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>118046</x:v>
       </x:c>
       <x:c r="E254" s="8" t="s">
-        <x:v>818</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F254" s="8" t="s">
-        <x:v>819</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="G254" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H254" s="8" t="s">
-        <x:v>1045</x:v>
-[...2 lines deleted...]
-    <x:row ht="253" customHeight="1" collapsed="0">
+        <x:v>1046</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1207.390625" customHeight="1" collapsed="0">
       <x:c r="A255" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B255" s="8" t="s">
-        <x:v>1046</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="C255" s="8"/>
       <x:c r="D255" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>283529</x:v>
       </x:c>
       <x:c r="E255" s="8" t="s">
-        <x:v>1047</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="F255" s="8" t="s">
-        <x:v>1048</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="G255" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H255" s="8" t="s">
-        <x:v>1049</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46875" customHeight="1" collapsed="0">
+        <x:v>1050</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="919.921875" customHeight="1" collapsed="0">
       <x:c r="A256" s="8" t="s">
-        <x:v>167</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B256" s="8" t="s">
-        <x:v>1050</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="C256" s="8"/>
       <x:c r="D256" s="9" t="n">
-        <x:v>182132</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E256" s="8" t="s">
-        <x:v>1051</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="F256" s="8" t="s">
-        <x:v>1052</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="G256" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H256" s="8" t="s">
-        <x:v>1053</x:v>
-[...2 lines deleted...]
-    <x:row ht="2012.296875" customHeight="1" collapsed="0">
+        <x:v>1054</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.46875" customHeight="1" collapsed="0">
       <x:c r="A257" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B257" s="8" t="s">
-        <x:v>1054</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="C257" s="8"/>
       <x:c r="D257" s="9" t="n">
-        <x:v>174647</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E257" s="8" t="s">
-        <x:v>1055</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="F257" s="8" t="s">
-        <x:v>1056</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="G257" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H257" s="8" t="s">
-        <x:v>1057</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.96875" customHeight="1" collapsed="0">
+        <x:v>1058</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
       <x:c r="A258" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B258" s="8" t="s">
-        <x:v>1058</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="C258" s="8"/>
       <x:c r="D258" s="9" t="n">
-        <x:v>118046</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E258" s="8" t="s">
-        <x:v>1059</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="F258" s="8" t="s">
-        <x:v>1060</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="G258" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H258" s="8" t="s">
-        <x:v>1061</x:v>
-[...2 lines deleted...]
-    <x:row ht="1207.390625" customHeight="1" collapsed="0">
+        <x:v>1062</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9375" customHeight="1" collapsed="0">
       <x:c r="A259" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B259" s="8" t="s">
-        <x:v>1062</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="C259" s="8"/>
       <x:c r="D259" s="9" t="n">
-        <x:v>283529</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E259" s="8" t="s">
-        <x:v>1063</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="F259" s="8" t="s">
-        <x:v>1064</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="G259" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H259" s="8" t="s">
-        <x:v>1065</x:v>
-[...2 lines deleted...]
-    <x:row ht="919.921875" customHeight="1" collapsed="0">
+        <x:v>1066</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
       <x:c r="A260" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B260" s="8" t="s">
-        <x:v>1066</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="C260" s="8"/>
       <x:c r="D260" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>161611</x:v>
       </x:c>
       <x:c r="E260" s="8" t="s">
-        <x:v>1067</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="F260" s="8" t="s">
-        <x:v>1068</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="G260" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H260" s="8" t="s">
-        <x:v>1069</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.46875" customHeight="1" collapsed="0">
+        <x:v>1070</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.96875" customHeight="1" collapsed="0">
       <x:c r="A261" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B261" s="8" t="s">
-        <x:v>1070</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="C261" s="8"/>
       <x:c r="D261" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E261" s="8" t="s">
-        <x:v>1071</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="F261" s="8" t="s">
-        <x:v>1072</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="G261" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H261" s="8" t="s">
-        <x:v>1073</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96875" customHeight="1" collapsed="0">
+        <x:v>1074</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1092.40625" customHeight="1" collapsed="0">
       <x:c r="A262" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B262" s="8" t="s">
-        <x:v>1074</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="C262" s="8"/>
       <x:c r="D262" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>75785</x:v>
       </x:c>
       <x:c r="E262" s="8" t="s">
-        <x:v>1075</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="F262" s="8" t="s">
-        <x:v>1076</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="G262" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H262" s="8" t="s">
-        <x:v>1077</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.96875" customHeight="1" collapsed="0">
+        <x:v>1078</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.9375" customHeight="1" collapsed="0">
       <x:c r="A263" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B263" s="8" t="s">
-        <x:v>1078</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="C263" s="8"/>
       <x:c r="D263" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E263" s="8" t="s">
-        <x:v>1079</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="F263" s="8" t="s">
-        <x:v>1080</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="G263" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H263" s="8" t="s">
-        <x:v>1081</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.4375" customHeight="1" collapsed="0">
+        <x:v>1082</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.5" customHeight="1" collapsed="0">
       <x:c r="A264" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B264" s="8" t="s">
-        <x:v>1082</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="C264" s="8"/>
       <x:c r="D264" s="9" t="n">
-        <x:v>161611</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E264" s="8" t="s">
-        <x:v>1083</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="F264" s="8" t="s">
-        <x:v>1084</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="G264" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H264" s="8" t="s">
-        <x:v>1085</x:v>
-[...2 lines deleted...]
-    <x:row ht="689.96875" customHeight="1" collapsed="0">
+        <x:v>1086</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.984375" customHeight="1" collapsed="0">
       <x:c r="A265" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B265" s="8" t="s">
-        <x:v>1086</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="C265" s="8"/>
       <x:c r="D265" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E265" s="8" t="s">
-        <x:v>1087</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F265" s="8" t="s">
-        <x:v>1088</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="G265" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H265" s="8" t="s">
-        <x:v>1089</x:v>
-[...2 lines deleted...]
-    <x:row ht="1092.40625" customHeight="1" collapsed="0">
+        <x:v>1090</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2173.328125" customHeight="1" collapsed="0">
       <x:c r="A266" s="8" t="s">
-        <x:v>565</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B266" s="8" t="s">
-        <x:v>1090</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="C266" s="8"/>
       <x:c r="D266" s="9" t="n">
-        <x:v>75785</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E266" s="8" t="s">
-        <x:v>1091</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="F266" s="8" t="s">
-        <x:v>1092</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="G266" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H266" s="8" t="s">
-        <x:v>1093</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.96875" customHeight="1" collapsed="0">
+        <x:v>1094</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.453125" customHeight="1" collapsed="0">
       <x:c r="A267" s="8" t="s">
-        <x:v>574</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B267" s="8" t="s">
-        <x:v>1094</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="C267" s="8"/>
       <x:c r="D267" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E267" s="8" t="s">
-        <x:v>1095</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="F267" s="8" t="s">
-        <x:v>1096</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="G267" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H267" s="8" t="s">
-        <x:v>1097</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.484375" customHeight="1" collapsed="0">
+        <x:v>1098</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.484375" customHeight="1" collapsed="0">
       <x:c r="A268" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B268" s="8" t="s">
-        <x:v>1098</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="C268" s="8"/>
       <x:c r="D268" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>247931</x:v>
       </x:c>
       <x:c r="E268" s="8" t="s">
-        <x:v>1099</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="F268" s="8" t="s">
-        <x:v>1100</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="G268" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H268" s="8" t="s">
-        <x:v>1101</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.96875" customHeight="1" collapsed="0">
+        <x:v>1102</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.4375" customHeight="1" collapsed="0">
       <x:c r="A269" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B269" s="8" t="s">
-        <x:v>1102</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="C269" s="8"/>
       <x:c r="D269" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E269" s="8" t="s">
-        <x:v>1103</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="F269" s="8" t="s">
-        <x:v>1104</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="G269" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H269" s="8" t="s">
-        <x:v>1105</x:v>
-[...2 lines deleted...]
-    <x:row ht="2173.34375" customHeight="1" collapsed="0">
+        <x:v>1106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="184" customHeight="1" collapsed="0">
       <x:c r="A270" s="8" t="s">
-        <x:v>167</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B270" s="8" t="s">
-        <x:v>1106</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="C270" s="8"/>
       <x:c r="D270" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>145729</x:v>
       </x:c>
       <x:c r="E270" s="8" t="s">
-        <x:v>1107</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="F270" s="8" t="s">
-        <x:v>1108</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="G270" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H270" s="8" t="s">
-        <x:v>1109</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.4375" customHeight="1" collapsed="0">
+        <x:v>1110</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.46875" customHeight="1" collapsed="0">
       <x:c r="A271" s="8" t="s">
-        <x:v>565</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B271" s="8" t="s">
-        <x:v>1110</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="C271" s="8"/>
       <x:c r="D271" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>207272</x:v>
       </x:c>
       <x:c r="E271" s="8" t="s">
-        <x:v>1111</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="F271" s="8" t="s">
-        <x:v>1112</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="G271" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H271" s="8" t="s">
-        <x:v>1113</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.5" customHeight="1" collapsed="0">
+        <x:v>1114</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.46875" customHeight="1" collapsed="0">
       <x:c r="A272" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B272" s="8" t="s">
-        <x:v>1114</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="C272" s="8"/>
       <x:c r="D272" s="9" t="n">
-        <x:v>247931</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E272" s="8" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="F272" s="8" t="s">
-        <x:v>1116</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="G272" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H272" s="8" t="s">
-        <x:v>1117</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.953125" customHeight="1" collapsed="0">
+        <x:v>1118</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1126.9375" customHeight="1" collapsed="0">
       <x:c r="A273" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B273" s="8" t="s">
-        <x:v>1118</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="C273" s="8"/>
       <x:c r="D273" s="9" t="n">
-        <x:v>122267</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E273" s="8" t="s">
-        <x:v>1119</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="F273" s="8" t="s">
-        <x:v>1120</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="G273" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H273" s="8" t="s">
-        <x:v>1121</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.4375" customHeight="1" collapsed="0">
+        <x:v>1122</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1471.84375" customHeight="1" collapsed="0">
       <x:c r="A274" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="B274" s="8" t="s">
-        <x:v>1122</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="C274" s="8"/>
       <x:c r="D274" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E274" s="8" t="s">
-        <x:v>1123</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="F274" s="8" t="s">
-        <x:v>1124</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="G274" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H274" s="8" t="s">
-        <x:v>1125</x:v>
-[...2 lines deleted...]
-    <x:row ht="184" customHeight="1" collapsed="0">
+        <x:v>1126</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1667.375" customHeight="1" collapsed="0">
       <x:c r="A275" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B275" s="8" t="s">
-        <x:v>1126</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="C275" s="8"/>
       <x:c r="D275" s="9" t="n">
-        <x:v>145729</x:v>
+        <x:v>245580</x:v>
       </x:c>
       <x:c r="E275" s="8" t="s">
-        <x:v>1127</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="F275" s="8" t="s">
-        <x:v>1128</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="G275" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H275" s="8" t="s">
-        <x:v>1129</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.453125" customHeight="1" collapsed="0">
+        <x:v>1130</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="885.4375" customHeight="1" collapsed="0">
       <x:c r="A276" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="B276" s="8" t="s">
-        <x:v>1130</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="C276" s="8"/>
       <x:c r="D276" s="9" t="n">
-        <x:v>207272</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E276" s="8" t="s">
-        <x:v>1131</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="F276" s="8" t="s">
-        <x:v>1132</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="G276" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H276" s="8" t="s">
-        <x:v>1133</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.5" customHeight="1" collapsed="0">
+        <x:v>1135</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1356.890625" customHeight="1" collapsed="0">
       <x:c r="A277" s="8" t="s">
-        <x:v>293</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="B277" s="8" t="s">
-        <x:v>1134</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="C277" s="8"/>
       <x:c r="D277" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>87593</x:v>
       </x:c>
       <x:c r="E277" s="8" t="s">
-        <x:v>1135</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="F277" s="8" t="s">
-        <x:v>1136</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="G277" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H277" s="8" t="s">
-        <x:v>1137</x:v>
-[...2 lines deleted...]
-    <x:row ht="1126.90625" customHeight="1" collapsed="0">
+        <x:v>1139</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.953125" customHeight="1" collapsed="0">
       <x:c r="A278" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B278" s="8" t="s">
-        <x:v>1138</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="C278" s="8"/>
       <x:c r="D278" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>242417</x:v>
       </x:c>
       <x:c r="E278" s="8" t="s">
-        <x:v>1139</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="F278" s="8" t="s">
-        <x:v>1140</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="G278" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H278" s="8" t="s">
-        <x:v>1141</x:v>
-[...2 lines deleted...]
-    <x:row ht="1471.875" customHeight="1" collapsed="0">
+        <x:v>1143</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="22.96875" customHeight="1" collapsed="0">
       <x:c r="A279" s="8" t="s">
-        <x:v>752</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B279" s="8" t="s">
-        <x:v>1142</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="C279" s="8"/>
       <x:c r="D279" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>146317</x:v>
       </x:c>
       <x:c r="E279" s="8" t="s">
-        <x:v>1143</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="F279" s="8" t="s">
-        <x:v>1144</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="G279" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H279" s="8" t="s">
-        <x:v>1145</x:v>
-[...2 lines deleted...]
-    <x:row ht="1667.34375" customHeight="1" collapsed="0">
+        <x:v>1147</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1103.921875" customHeight="1" collapsed="0">
       <x:c r="A280" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B280" s="8" t="s">
-        <x:v>1146</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="C280" s="8"/>
       <x:c r="D280" s="9" t="n">
-        <x:v>245580</x:v>
+        <x:v>129967</x:v>
       </x:c>
       <x:c r="E280" s="8" t="s">
-        <x:v>1147</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="F280" s="8" t="s">
-        <x:v>1148</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="G280" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H280" s="8" t="s">
-        <x:v>1149</x:v>
-[...2 lines deleted...]
-    <x:row ht="885.4375" customHeight="1" collapsed="0">
+        <x:v>1151</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.5" customHeight="1" collapsed="0">
       <x:c r="A281" s="8" t="s">
-        <x:v>1150</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B281" s="8" t="s">
-        <x:v>1151</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="C281" s="8"/>
       <x:c r="D281" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>154625</x:v>
       </x:c>
       <x:c r="E281" s="8" t="s">
-        <x:v>1152</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="F281" s="8" t="s">
-        <x:v>1153</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="G281" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H281" s="8" t="s">
-        <x:v>1154</x:v>
-[...2 lines deleted...]
-    <x:row ht="1356.890625" customHeight="1" collapsed="0">
+        <x:v>1155</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.46875" customHeight="1" collapsed="0">
       <x:c r="A282" s="8" t="s">
-        <x:v>752</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B282" s="8" t="s">
-        <x:v>1155</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="C282" s="8"/>
       <x:c r="D282" s="9" t="n">
-        <x:v>87593</x:v>
+        <x:v>295972</x:v>
       </x:c>
       <x:c r="E282" s="8" t="s">
-        <x:v>1156</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="F282" s="8" t="s">
-        <x:v>1157</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="G282" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H282" s="8" t="s">
-        <x:v>1158</x:v>
-[...2 lines deleted...]
-    <x:row ht="620.953125" customHeight="1" collapsed="0">
+        <x:v>1159</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.40625" customHeight="1" collapsed="0">
       <x:c r="A283" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B283" s="8" t="s">
-        <x:v>1159</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="C283" s="8"/>
       <x:c r="D283" s="9" t="n">
-        <x:v>242417</x:v>
+        <x:v>2491720</x:v>
       </x:c>
       <x:c r="E283" s="8" t="s">
-        <x:v>1160</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="F283" s="8" t="s">
-        <x:v>1161</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="G283" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H283" s="8" t="s">
-        <x:v>1162</x:v>
-[...2 lines deleted...]
-    <x:row ht="23" customHeight="1" collapsed="0">
+        <x:v>1163</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.984375" customHeight="1" collapsed="0">
       <x:c r="A284" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B284" s="8" t="s">
-        <x:v>1163</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="C284" s="8"/>
       <x:c r="D284" s="9" t="n">
-        <x:v>146317</x:v>
+        <x:v>88425</x:v>
       </x:c>
       <x:c r="E284" s="8" t="s">
-        <x:v>1164</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="F284" s="8" t="s">
-        <x:v>1165</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="G284" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H284" s="8" t="s">
-        <x:v>1166</x:v>
-[...2 lines deleted...]
-    <x:row ht="1103.890625" customHeight="1" collapsed="0">
+        <x:v>1167</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.96875" customHeight="1" collapsed="0">
       <x:c r="A285" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B285" s="8" t="s">
-        <x:v>1167</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="C285" s="8"/>
       <x:c r="D285" s="9" t="n">
-        <x:v>129967</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E285" s="8" t="s">
-        <x:v>1168</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="F285" s="8" t="s">
-        <x:v>1169</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="G285" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H285" s="8" t="s">
-        <x:v>1170</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.46875" customHeight="1" collapsed="0">
+        <x:v>1171</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.984375" customHeight="1" collapsed="0">
       <x:c r="A286" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B286" s="8" t="s">
-        <x:v>1171</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="C286" s="8"/>
       <x:c r="D286" s="9" t="n">
-        <x:v>295972</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E286" s="8" t="s">
-        <x:v>1172</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="F286" s="8" t="s">
-        <x:v>1173</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="G286" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H286" s="8" t="s">
-        <x:v>1174</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.4375" customHeight="1" collapsed="0">
+        <x:v>1175</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1046.40625" customHeight="1" collapsed="0">
       <x:c r="A287" s="8" t="s">
-        <x:v>219</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B287" s="8" t="s">
-        <x:v>1175</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="C287" s="8"/>
       <x:c r="D287" s="9" t="n">
-        <x:v>2491720</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E287" s="8" t="s">
-        <x:v>1176</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="F287" s="8" t="s">
-        <x:v>1177</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="G287" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H287" s="8" t="s">
-        <x:v>1178</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.984375" customHeight="1" collapsed="0">
+        <x:v>1179</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4277.640625" customHeight="1" collapsed="0">
       <x:c r="A288" s="8" t="s">
-        <x:v>219</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B288" s="8" t="s">
-        <x:v>1179</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="C288" s="8"/>
       <x:c r="D288" s="9" t="n">
-        <x:v>88425</x:v>
+        <x:v>451008</x:v>
       </x:c>
       <x:c r="E288" s="8" t="s">
-        <x:v>1180</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="F288" s="8" t="s">
-        <x:v>1181</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="G288" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H288" s="8" t="s">
-        <x:v>1182</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.953125" customHeight="1" collapsed="0">
+        <x:v>1183</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.96875" customHeight="1" collapsed="0">
       <x:c r="A289" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B289" s="8" t="s">
-        <x:v>1183</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="C289" s="8"/>
       <x:c r="D289" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>416125</x:v>
       </x:c>
       <x:c r="E289" s="8" t="s">
-        <x:v>1184</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="F289" s="8" t="s">
-        <x:v>1185</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="G289" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H289" s="8" t="s">
-        <x:v>1186</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.96875" customHeight="1" collapsed="0">
+        <x:v>1187</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.953125" customHeight="1" collapsed="0">
       <x:c r="A290" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B290" s="8" t="s">
-        <x:v>1187</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="C290" s="8"/>
       <x:c r="D290" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>181754</x:v>
       </x:c>
       <x:c r="E290" s="8" t="s">
-        <x:v>1188</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="F290" s="8" t="s">
-        <x:v>1189</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="G290" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H290" s="8" t="s">
-        <x:v>1190</x:v>
-[...2 lines deleted...]
-    <x:row ht="1046.40625" customHeight="1" collapsed="0">
+        <x:v>1191</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.5" customHeight="1" collapsed="0">
       <x:c r="A291" s="8" t="s">
-        <x:v>288</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B291" s="8" t="s">
-        <x:v>1191</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="C291" s="8"/>
       <x:c r="D291" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E291" s="8" t="s">
-        <x:v>1192</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="F291" s="8" t="s">
-        <x:v>1193</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="G291" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H291" s="8" t="s">
-        <x:v>1194</x:v>
-[...2 lines deleted...]
-    <x:row ht="4277.671875" customHeight="1" collapsed="0">
+        <x:v>1195</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1023.40625" customHeight="1" collapsed="0">
       <x:c r="A292" s="8" t="s">
-        <x:v>288</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B292" s="8" t="s">
-        <x:v>1195</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="C292" s="8"/>
       <x:c r="D292" s="9" t="n">
-        <x:v>451008</x:v>
+        <x:v>146058</x:v>
       </x:c>
       <x:c r="E292" s="8" t="s">
-        <x:v>1196</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="F292" s="8" t="s">
-        <x:v>1197</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="G292" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H292" s="8" t="s">
-        <x:v>1198</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.953125" customHeight="1" collapsed="0">
+        <x:v>1199</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.984375" customHeight="1" collapsed="0">
       <x:c r="A293" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="B293" s="8" t="s">
-        <x:v>1199</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="C293" s="8"/>
       <x:c r="D293" s="9" t="n">
-        <x:v>416125</x:v>
+        <x:v>750000</x:v>
       </x:c>
       <x:c r="E293" s="8" t="s">
-        <x:v>1200</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="F293" s="8" t="s">
-        <x:v>1201</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="G293" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H293" s="8" t="s">
-        <x:v>1202</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.96875" customHeight="1" collapsed="0">
+        <x:v>1204</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.921875" customHeight="1" collapsed="0">
       <x:c r="A294" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B294" s="8" t="s">
-        <x:v>1203</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="C294" s="8"/>
       <x:c r="D294" s="9" t="n">
-        <x:v>181754</x:v>
+        <x:v>820247</x:v>
       </x:c>
       <x:c r="E294" s="8" t="s">
-        <x:v>1204</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="F294" s="8" t="s">
-        <x:v>1205</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="G294" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H294" s="8" t="s">
-        <x:v>1206</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.46875" customHeight="1" collapsed="0">
+        <x:v>1208</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.984375" customHeight="1" collapsed="0">
       <x:c r="A295" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B295" s="8" t="s">
-        <x:v>1207</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="C295" s="8"/>
       <x:c r="D295" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>503362</x:v>
       </x:c>
       <x:c r="E295" s="8" t="s">
-        <x:v>1208</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="F295" s="8" t="s">
-        <x:v>1209</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="G295" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H295" s="8" t="s">
-        <x:v>1210</x:v>
-[...2 lines deleted...]
-    <x:row ht="1023.4375" customHeight="1" collapsed="0">
+        <x:v>1212</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.421875" customHeight="1" collapsed="0">
       <x:c r="A296" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B296" s="8" t="s">
-        <x:v>1211</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="C296" s="8"/>
       <x:c r="D296" s="9" t="n">
-        <x:v>146058</x:v>
+        <x:v>395953</x:v>
       </x:c>
       <x:c r="E296" s="8" t="s">
-        <x:v>1212</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="F296" s="8" t="s">
-        <x:v>1213</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="G296" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H296" s="8" t="s">
-        <x:v>1214</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.984375" customHeight="1" collapsed="0">
+        <x:v>1216</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3012.765625" customHeight="1" collapsed="0">
       <x:c r="A297" s="8" t="s">
-        <x:v>1215</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B297" s="8" t="s">
-        <x:v>1216</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="C297" s="8"/>
       <x:c r="D297" s="9" t="n">
-        <x:v>750000</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E297" s="8" t="s">
-        <x:v>1217</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="F297" s="8" t="s">
-        <x:v>1218</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="G297" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H297" s="8" t="s">
-        <x:v>1219</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.90625" customHeight="1" collapsed="0">
+        <x:v>1220</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2909.25" customHeight="1" collapsed="0">
       <x:c r="A298" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B298" s="8" t="s">
-        <x:v>1220</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="C298" s="8"/>
       <x:c r="D298" s="9" t="n">
-        <x:v>820247</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E298" s="8" t="s">
-        <x:v>1221</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="F298" s="8" t="s">
-        <x:v>1222</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="G298" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H298" s="8" t="s">
-        <x:v>1223</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.96875" customHeight="1" collapsed="0">
+        <x:v>1224</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.953125" customHeight="1" collapsed="0">
       <x:c r="A299" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B299" s="8" t="s">
-        <x:v>1224</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="C299" s="8"/>
       <x:c r="D299" s="9" t="n">
-        <x:v>503362</x:v>
+        <x:v>378497</x:v>
       </x:c>
       <x:c r="E299" s="8" t="s">
-        <x:v>1225</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="F299" s="8" t="s">
-        <x:v>1226</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="G299" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H299" s="8" t="s">
-        <x:v>1227</x:v>
-[...2 lines deleted...]
-    <x:row ht="816.4375" customHeight="1" collapsed="0">
+        <x:v>1228</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.4375" customHeight="1" collapsed="0">
       <x:c r="A300" s="8" t="s">
-        <x:v>288</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="B300" s="8" t="s">
-        <x:v>1228</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="C300" s="8"/>
       <x:c r="D300" s="9" t="n">
-        <x:v>395953</x:v>
+        <x:v>269157</x:v>
       </x:c>
       <x:c r="E300" s="8" t="s">
-        <x:v>1229</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="F300" s="8" t="s">
-        <x:v>1230</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="G300" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H300" s="8" t="s">
-        <x:v>1231</x:v>
-[...2 lines deleted...]
-    <x:row ht="3012.75" customHeight="1" collapsed="0">
+        <x:v>1233</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2219.3125" customHeight="1" collapsed="0">
       <x:c r="A301" s="8" t="s">
-        <x:v>565</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="B301" s="8" t="s">
-        <x:v>1232</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="C301" s="8"/>
       <x:c r="D301" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>667656</x:v>
       </x:c>
       <x:c r="E301" s="8" t="s">
-        <x:v>1233</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="F301" s="8" t="s">
-        <x:v>1234</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="G301" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H301" s="8" t="s">
-        <x:v>1235</x:v>
-[...2 lines deleted...]
-    <x:row ht="2909.25" customHeight="1" collapsed="0">
+        <x:v>1237</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.96875" customHeight="1" collapsed="0">
       <x:c r="A302" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B302" s="8" t="s">
-        <x:v>1236</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="C302" s="8"/>
       <x:c r="D302" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>103014</x:v>
       </x:c>
       <x:c r="E302" s="8" t="s">
-        <x:v>1237</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="F302" s="8" t="s">
-        <x:v>1238</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="G302" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H302" s="8" t="s">
-        <x:v>1239</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.96875" customHeight="1" collapsed="0">
+        <x:v>1241</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.9375" customHeight="1" collapsed="0">
       <x:c r="A303" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="B303" s="8" t="s">
-        <x:v>1240</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="C303" s="8"/>
       <x:c r="D303" s="9" t="n">
-        <x:v>378497</x:v>
+        <x:v>328282</x:v>
       </x:c>
       <x:c r="E303" s="8" t="s">
-        <x:v>1241</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="F303" s="8" t="s">
-        <x:v>1242</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="G303" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H303" s="8" t="s">
-        <x:v>1243</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.453125" customHeight="1" collapsed="0">
+        <x:v>1245</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="161" customHeight="1" collapsed="0">
       <x:c r="A304" s="8" t="s">
-        <x:v>1244</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B304" s="8" t="s">
-        <x:v>1245</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="C304" s="8"/>
       <x:c r="D304" s="9" t="n">
-        <x:v>269157</x:v>
+        <x:v>778319</x:v>
       </x:c>
       <x:c r="E304" s="8" t="s">
-        <x:v>1246</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="F304" s="8" t="s">
-        <x:v>1247</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="G304" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H304" s="8" t="s">
-        <x:v>1248</x:v>
-[...2 lines deleted...]
-    <x:row ht="2219.3125" customHeight="1" collapsed="0">
+        <x:v>1249</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.953125" customHeight="1" collapsed="0">
       <x:c r="A305" s="8" t="s">
-        <x:v>1249</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B305" s="8" t="s">
         <x:v>1250</x:v>
       </x:c>
       <x:c r="C305" s="8"/>
       <x:c r="D305" s="9" t="n">
-        <x:v>667656</x:v>
+        <x:v>218610</x:v>
       </x:c>
       <x:c r="E305" s="8" t="s">
-        <x:v>818</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="F305" s="8" t="s">
-        <x:v>1251</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="G305" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H305" s="8" t="s">
-        <x:v>1252</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.953125" customHeight="1" collapsed="0">
+        <x:v>1253</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.984375" customHeight="1" collapsed="0">
       <x:c r="A306" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B306" s="8" t="s">
-        <x:v>1253</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="C306" s="8"/>
       <x:c r="D306" s="9" t="n">
-        <x:v>103014</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E306" s="8" t="s">
-        <x:v>1254</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="F306" s="8" t="s">
-        <x:v>1255</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="G306" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H306" s="8" t="s">
-        <x:v>1256</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.953125" customHeight="1" collapsed="0">
+        <x:v>1257</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.484375" customHeight="1" collapsed="0">
       <x:c r="A307" s="8" t="s">
-        <x:v>1005</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B307" s="8" t="s">
-        <x:v>1257</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="C307" s="8"/>
       <x:c r="D307" s="9" t="n">
-        <x:v>328282</x:v>
+        <x:v>1094382</x:v>
       </x:c>
       <x:c r="E307" s="8" t="s">
-        <x:v>1258</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="F307" s="8" t="s">
-        <x:v>1259</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="G307" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H307" s="8" t="s">
-        <x:v>1260</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.96875" customHeight="1" collapsed="0">
+        <x:v>1261</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.453125" customHeight="1" collapsed="0">
       <x:c r="A308" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B308" s="8" t="s">
-        <x:v>1261</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="C308" s="8"/>
       <x:c r="D308" s="9" t="n">
-        <x:v>778319</x:v>
+        <x:v>323093</x:v>
       </x:c>
       <x:c r="E308" s="8" t="s">
-        <x:v>1262</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="F308" s="8" t="s">
-        <x:v>1263</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="G308" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H308" s="8" t="s">
-        <x:v>1264</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.953125" customHeight="1" collapsed="0">
+        <x:v>1265</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.484375" customHeight="1" collapsed="0">
       <x:c r="A309" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B309" s="8" t="s">
-        <x:v>1265</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="C309" s="8"/>
       <x:c r="D309" s="9" t="n">
-        <x:v>218610</x:v>
+        <x:v>252856</x:v>
       </x:c>
       <x:c r="E309" s="8" t="s">
-        <x:v>1266</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="F309" s="8" t="s">
-        <x:v>1267</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="G309" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H309" s="8" t="s">
-        <x:v>1268</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.984375" customHeight="1" collapsed="0">
+        <x:v>1269</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.484375" customHeight="1" collapsed="0">
       <x:c r="A310" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B310" s="8" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="C310" s="8"/>
       <x:c r="D310" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>412829</x:v>
       </x:c>
       <x:c r="E310" s="8" t="s">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="F310" s="8" t="s">
-        <x:v>1271</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="G310" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H310" s="8" t="s">
-        <x:v>1272</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+        <x:v>1273</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.484375" customHeight="1" collapsed="0">
       <x:c r="A311" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B311" s="8" t="s">
-        <x:v>1273</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="C311" s="8"/>
       <x:c r="D311" s="9" t="n">
-        <x:v>1094382</x:v>
+        <x:v>227646</x:v>
       </x:c>
       <x:c r="E311" s="8" t="s">
-        <x:v>1274</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="F311" s="8" t="s">
-        <x:v>1275</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="G311" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H311" s="8" t="s">
-        <x:v>1276</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.453125" customHeight="1" collapsed="0">
+        <x:v>1277</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3012.75" customHeight="1" collapsed="0">
       <x:c r="A312" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B312" s="8" t="s">
-        <x:v>1277</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="C312" s="8"/>
       <x:c r="D312" s="9" t="n">
-        <x:v>323093</x:v>
+        <x:v>283195</x:v>
       </x:c>
       <x:c r="E312" s="8" t="s">
-        <x:v>1278</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="F312" s="8" t="s">
-        <x:v>1279</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="G312" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H312" s="8" t="s">
-        <x:v>1280</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.5" customHeight="1" collapsed="0">
+        <x:v>1281</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.5" customHeight="1" collapsed="0">
       <x:c r="A313" s="8" t="s">
-        <x:v>288</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B313" s="8" t="s">
-        <x:v>1281</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="C313" s="8"/>
       <x:c r="D313" s="9" t="n">
-        <x:v>252856</x:v>
+        <x:v>290059</x:v>
       </x:c>
       <x:c r="E313" s="8" t="s">
-        <x:v>1282</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="F313" s="8" t="s">
-        <x:v>1283</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="G313" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H313" s="8" t="s">
-        <x:v>1284</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.46875" customHeight="1" collapsed="0">
+        <x:v>1285</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.96875" customHeight="1" collapsed="0">
       <x:c r="A314" s="8" t="s">
-        <x:v>219</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B314" s="8" t="s">
-        <x:v>1285</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="C314" s="8"/>
       <x:c r="D314" s="9" t="n">
-        <x:v>412829</x:v>
+        <x:v>456996</x:v>
       </x:c>
       <x:c r="E314" s="8" t="s">
-        <x:v>1286</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="F314" s="8" t="s">
-        <x:v>1287</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="G314" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H314" s="8" t="s">
-        <x:v>1288</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.5" customHeight="1" collapsed="0">
+        <x:v>1289</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1586.859375" customHeight="1" collapsed="0">
       <x:c r="A315" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B315" s="8" t="s">
-        <x:v>1289</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="C315" s="8"/>
       <x:c r="D315" s="9" t="n">
-        <x:v>227646</x:v>
+        <x:v>3551023</x:v>
       </x:c>
       <x:c r="E315" s="8" t="s">
-        <x:v>1290</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="F315" s="8" t="s">
-        <x:v>1291</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="G315" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H315" s="8" t="s">
-        <x:v>1292</x:v>
-[...2 lines deleted...]
-    <x:row ht="3012.734375" customHeight="1" collapsed="0">
+        <x:v>1293</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.984375" customHeight="1" collapsed="0">
       <x:c r="A316" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B316" s="8" t="s">
-        <x:v>1293</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="C316" s="8"/>
       <x:c r="D316" s="9" t="n">
-        <x:v>283195</x:v>
+        <x:v>783881</x:v>
       </x:c>
       <x:c r="E316" s="8" t="s">
-        <x:v>1294</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="F316" s="8" t="s">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="G316" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H316" s="8" t="s">
-        <x:v>1296</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.484375" customHeight="1" collapsed="0">
+        <x:v>1297</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.453125" customHeight="1" collapsed="0">
       <x:c r="A317" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B317" s="8" t="s">
-        <x:v>1297</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="C317" s="8"/>
       <x:c r="D317" s="9" t="n">
-        <x:v>290059</x:v>
+        <x:v>1157867</x:v>
       </x:c>
       <x:c r="E317" s="8" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="F317" s="8" t="s">
-        <x:v>1299</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="G317" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H317" s="8" t="s">
-        <x:v>1300</x:v>
-[...2 lines deleted...]
-    <x:row ht="161" customHeight="1" collapsed="0">
+        <x:v>1301</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.46875" customHeight="1" collapsed="0">
       <x:c r="A318" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B318" s="8" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="C318" s="8"/>
       <x:c r="D318" s="9" t="n">
-        <x:v>456996</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E318" s="8" t="s">
-        <x:v>1302</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="F318" s="8" t="s">
-        <x:v>1303</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="G318" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H318" s="8" t="s">
-        <x:v>1304</x:v>
-[...2 lines deleted...]
-    <x:row ht="1586.859375" customHeight="1" collapsed="0">
+        <x:v>1305</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46875" customHeight="1" collapsed="0">
       <x:c r="A319" s="8" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B319" s="8" t="s">
-        <x:v>1305</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="C319" s="8"/>
       <x:c r="D319" s="9" t="n">
-        <x:v>3551023</x:v>
+        <x:v>79409</x:v>
       </x:c>
       <x:c r="E319" s="8" t="s">
-        <x:v>1306</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="F319" s="8" t="s">
-        <x:v>1307</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="G319" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H319" s="8" t="s">
-        <x:v>1308</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.96875" customHeight="1" collapsed="0">
+        <x:v>1309</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="931.40625" customHeight="1" collapsed="0">
       <x:c r="A320" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B320" s="8" t="s">
-        <x:v>1309</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="C320" s="8"/>
       <x:c r="D320" s="9" t="n">
-        <x:v>783881</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E320" s="8" t="s">
-        <x:v>1310</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="F320" s="8" t="s">
-        <x:v>1311</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="G320" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H320" s="8" t="s">
-        <x:v>1312</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4375" customHeight="1" collapsed="0">
+        <x:v>1313</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="758.9375" customHeight="1" collapsed="0">
       <x:c r="A321" s="8" t="s">
-        <x:v>647</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B321" s="8" t="s">
-        <x:v>1313</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="C321" s="8"/>
       <x:c r="D321" s="9" t="n">
-        <x:v>1157867</x:v>
+        <x:v>75360</x:v>
       </x:c>
       <x:c r="E321" s="8" t="s">
-        <x:v>1314</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="F321" s="8" t="s">
-        <x:v>1315</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="G321" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H321" s="8" t="s">
-        <x:v>1316</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.5" customHeight="1" collapsed="0">
+        <x:v>1317</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4116.65625" customHeight="1" collapsed="0">
       <x:c r="A322" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B322" s="8" t="s">
-        <x:v>1317</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="C322" s="8"/>
       <x:c r="D322" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>90074</x:v>
       </x:c>
       <x:c r="E322" s="8" t="s">
-        <x:v>1318</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="F322" s="8" t="s">
-        <x:v>1319</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="G322" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H322" s="8" t="s">
-        <x:v>1320</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.453125" customHeight="1" collapsed="0">
+        <x:v>1321</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.453125" customHeight="1" collapsed="0">
       <x:c r="A323" s="8" t="s">
-        <x:v>293</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B323" s="8" t="s">
-        <x:v>1321</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="C323" s="8"/>
       <x:c r="D323" s="9" t="n">
-        <x:v>79409</x:v>
+        <x:v>229471</x:v>
       </x:c>
       <x:c r="E323" s="8" t="s">
-        <x:v>1322</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="F323" s="8" t="s">
-        <x:v>1323</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="G323" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H323" s="8" t="s">
-        <x:v>1324</x:v>
-[...2 lines deleted...]
-    <x:row ht="931.40625" customHeight="1" collapsed="0">
+        <x:v>1325</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="207" customHeight="1" collapsed="0">
       <x:c r="A324" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B324" s="8" t="s">
-        <x:v>1325</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="C324" s="8"/>
       <x:c r="D324" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E324" s="8" t="s">
-        <x:v>1326</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="F324" s="8" t="s">
-        <x:v>1327</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="G324" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H324" s="8" t="s">
-        <x:v>1328</x:v>
-[...2 lines deleted...]
-    <x:row ht="758.953125" customHeight="1" collapsed="0">
+        <x:v>1329</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.46875" customHeight="1" collapsed="0">
       <x:c r="A325" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B325" s="8" t="s">
-        <x:v>1329</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="C325" s="8"/>
       <x:c r="D325" s="9" t="n">
-        <x:v>75360</x:v>
+        <x:v>163454</x:v>
       </x:c>
       <x:c r="E325" s="8" t="s">
-        <x:v>1330</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="F325" s="8" t="s">
-        <x:v>1331</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="G325" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H325" s="8" t="s">
-        <x:v>1332</x:v>
-[...2 lines deleted...]
-    <x:row ht="4116.625" customHeight="1" collapsed="0">
+        <x:v>1333</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1253.390625" customHeight="1" collapsed="0">
       <x:c r="A326" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B326" s="8" t="s">
-        <x:v>1333</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="C326" s="8"/>
       <x:c r="D326" s="9" t="n">
-        <x:v>90074</x:v>
+        <x:v>378021</x:v>
       </x:c>
       <x:c r="E326" s="8" t="s">
-        <x:v>1334</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="F326" s="8" t="s">
-        <x:v>1335</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="G326" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H326" s="8" t="s">
-        <x:v>1336</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.5" customHeight="1" collapsed="0">
+        <x:v>1337</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
       <x:c r="A327" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B327" s="8" t="s">
-        <x:v>1337</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="C327" s="8"/>
       <x:c r="D327" s="9" t="n">
-        <x:v>229471</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E327" s="8" t="s">
-        <x:v>1338</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="F327" s="8" t="s">
-        <x:v>1339</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="G327" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H327" s="8" t="s">
-        <x:v>1340</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.96875" customHeight="1" collapsed="0">
+        <x:v>1341</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2702.28125" customHeight="1" collapsed="0">
       <x:c r="A328" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B328" s="8" t="s">
-        <x:v>1341</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="C328" s="8"/>
       <x:c r="D328" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>77478</x:v>
       </x:c>
       <x:c r="E328" s="8" t="s">
-        <x:v>1342</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="F328" s="8" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="G328" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H328" s="8" t="s">
-        <x:v>1344</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.46875" customHeight="1" collapsed="0">
+        <x:v>1345</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
       <x:c r="A329" s="8" t="s">
-        <x:v>647</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B329" s="8" t="s">
-        <x:v>1345</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="C329" s="8"/>
       <x:c r="D329" s="9" t="n">
-        <x:v>163454</x:v>
+        <x:v>144054</x:v>
       </x:c>
       <x:c r="E329" s="8" t="s">
-        <x:v>1346</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="F329" s="8" t="s">
-        <x:v>1347</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="G329" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H329" s="8" t="s">
-        <x:v>1348</x:v>
-[...2 lines deleted...]
-    <x:row ht="1253.375" customHeight="1" collapsed="0">
+        <x:v>1349</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1402.875" customHeight="1" collapsed="0">
       <x:c r="A330" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B330" s="8" t="s">
-        <x:v>1349</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="C330" s="8"/>
       <x:c r="D330" s="9" t="n">
-        <x:v>378021</x:v>
+        <x:v>80305</x:v>
       </x:c>
       <x:c r="E330" s="8" t="s">
-        <x:v>1350</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="F330" s="8" t="s">
-        <x:v>1351</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="G330" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H330" s="8" t="s">
-        <x:v>1352</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96875" customHeight="1" collapsed="0">
+        <x:v>1353</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2081.3125" customHeight="1" collapsed="0">
       <x:c r="A331" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B331" s="8" t="s">
-        <x:v>1353</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="C331" s="8"/>
       <x:c r="D331" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E331" s="8" t="s">
-        <x:v>1354</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="F331" s="8" t="s">
-        <x:v>1355</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="G331" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H331" s="8" t="s">
-        <x:v>1356</x:v>
-[...2 lines deleted...]
-    <x:row ht="2702.28125" customHeight="1" collapsed="0">
+        <x:v>1357</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.5" customHeight="1" collapsed="0">
       <x:c r="A332" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B332" s="8" t="s">
-        <x:v>1357</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="C332" s="8"/>
       <x:c r="D332" s="9" t="n">
-        <x:v>77478</x:v>
+        <x:v>214092</x:v>
       </x:c>
       <x:c r="E332" s="8" t="s">
-        <x:v>1358</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="F332" s="8" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="G332" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H332" s="8" t="s">
-        <x:v>1360</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46875" customHeight="1" collapsed="0">
+        <x:v>1361</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.40625" customHeight="1" collapsed="0">
       <x:c r="A333" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B333" s="8" t="s">
-        <x:v>1361</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="C333" s="8"/>
       <x:c r="D333" s="9" t="n">
-        <x:v>144054</x:v>
+        <x:v>350165</x:v>
       </x:c>
       <x:c r="E333" s="8" t="s">
-        <x:v>1362</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="F333" s="8" t="s">
-        <x:v>1363</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="G333" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H333" s="8" t="s">
-        <x:v>1364</x:v>
-[...2 lines deleted...]
-    <x:row ht="1402.90625" customHeight="1" collapsed="0">
+        <x:v>1365</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="345" customHeight="1" collapsed="0">
       <x:c r="A334" s="8" t="s">
-        <x:v>158</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B334" s="8" t="s">
-        <x:v>1365</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="C334" s="8"/>
       <x:c r="D334" s="9" t="n">
-        <x:v>80305</x:v>
+        <x:v>292904</x:v>
       </x:c>
       <x:c r="E334" s="8" t="s">
-        <x:v>1366</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="F334" s="8" t="s">
-        <x:v>1367</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="G334" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H334" s="8" t="s">
-        <x:v>1368</x:v>
-[...2 lines deleted...]
-    <x:row ht="2081.28125" customHeight="1" collapsed="0">
+        <x:v>1369</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="138" customHeight="1" collapsed="0">
       <x:c r="A335" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B335" s="8" t="s">
-        <x:v>1369</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="C335" s="8"/>
       <x:c r="D335" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>245397</x:v>
       </x:c>
       <x:c r="E335" s="8" t="s">
-        <x:v>1370</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="F335" s="8" t="s">
-        <x:v>1371</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="G335" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H335" s="8" t="s">
-        <x:v>1372</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.5" customHeight="1" collapsed="0">
+        <x:v>1373</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1724.84375" customHeight="1" collapsed="0">
       <x:c r="A336" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B336" s="8" t="s">
-        <x:v>1373</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="C336" s="8"/>
       <x:c r="D336" s="9" t="n">
-        <x:v>214092</x:v>
+        <x:v>793965</x:v>
       </x:c>
       <x:c r="E336" s="8" t="s">
-        <x:v>1374</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="F336" s="8" t="s">
-        <x:v>1375</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="G336" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H336" s="8" t="s">
-        <x:v>1376</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.4375" customHeight="1" collapsed="0">
+        <x:v>1377</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.4375" customHeight="1" collapsed="0">
       <x:c r="A337" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B337" s="8" t="s">
-        <x:v>1377</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="C337" s="8"/>
       <x:c r="D337" s="9" t="n">
-        <x:v>350165</x:v>
+        <x:v>222667</x:v>
       </x:c>
       <x:c r="E337" s="8" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="F337" s="8" t="s">
-        <x:v>1379</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="G337" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H337" s="8" t="s">
-        <x:v>1380</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.96875" customHeight="1" collapsed="0">
+        <x:v>1381</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.46875" customHeight="1" collapsed="0">
       <x:c r="A338" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B338" s="8" t="s">
-        <x:v>1381</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="C338" s="8"/>
       <x:c r="D338" s="9" t="n">
-        <x:v>292904</x:v>
+        <x:v>92533</x:v>
       </x:c>
       <x:c r="E338" s="8" t="s">
-        <x:v>1382</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="F338" s="8" t="s">
-        <x:v>1383</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="G338" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H338" s="8" t="s">
-        <x:v>1384</x:v>
-[...2 lines deleted...]
-    <x:row ht="138" customHeight="1" collapsed="0">
+        <x:v>1385</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="230" customHeight="1" collapsed="0">
       <x:c r="A339" s="8" t="s">
-        <x:v>219</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B339" s="8" t="s">
-        <x:v>1385</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="C339" s="8"/>
       <x:c r="D339" s="9" t="n">
-        <x:v>245397</x:v>
+        <x:v>218128</x:v>
       </x:c>
       <x:c r="E339" s="8" t="s">
-        <x:v>1386</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="F339" s="8" t="s">
-        <x:v>1387</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="G339" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H339" s="8" t="s">
-        <x:v>1388</x:v>
-[...2 lines deleted...]
-    <x:row ht="1724.84375" customHeight="1" collapsed="0">
+        <x:v>1389</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1506.375" customHeight="1" collapsed="0">
       <x:c r="A340" s="8" t="s">
-        <x:v>158</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B340" s="8" t="s">
-        <x:v>1389</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="C340" s="8"/>
       <x:c r="D340" s="9" t="n">
-        <x:v>793965</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E340" s="8" t="s">
-        <x:v>1390</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="F340" s="8" t="s">
-        <x:v>1391</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="G340" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H340" s="8" t="s">
-        <x:v>1392</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.46875" customHeight="1" collapsed="0">
+        <x:v>1393</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2713.75" customHeight="1" collapsed="0">
       <x:c r="A341" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B341" s="8" t="s">
-        <x:v>1393</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="C341" s="8"/>
       <x:c r="D341" s="9" t="n">
-        <x:v>222667</x:v>
+        <x:v>858835</x:v>
       </x:c>
       <x:c r="E341" s="8" t="s">
-        <x:v>1394</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="F341" s="8" t="s">
-        <x:v>1395</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="G341" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H341" s="8" t="s">
-        <x:v>1396</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.46875" customHeight="1" collapsed="0">
+        <x:v>1397</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.46875" customHeight="1" collapsed="0">
       <x:c r="A342" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B342" s="8" t="s">
-        <x:v>1397</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="C342" s="8"/>
       <x:c r="D342" s="9" t="n">
-        <x:v>92533</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E342" s="8" t="s">
-        <x:v>1398</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="F342" s="8" t="s">
-        <x:v>1399</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="G342" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H342" s="8" t="s">
-        <x:v>1400</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.96875" customHeight="1" collapsed="0">
+        <x:v>1401</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.96875" customHeight="1" collapsed="0">
       <x:c r="A343" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B343" s="8" t="s">
-        <x:v>1401</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="C343" s="8"/>
       <x:c r="D343" s="9" t="n">
-        <x:v>218128</x:v>
+        <x:v>94576</x:v>
       </x:c>
       <x:c r="E343" s="8" t="s">
-        <x:v>1402</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="F343" s="8" t="s">
-        <x:v>1403</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="G343" s="8" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H343" s="8" t="s">
-        <x:v>1404</x:v>
-[...2 lines deleted...]
-    <x:row ht="1506.375" customHeight="1" collapsed="0">
+        <x:v>1405</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.4375" customHeight="1" collapsed="0">
       <x:c r="A344" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B344" s="8" t="s">
-        <x:v>1405</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="C344" s="8"/>
       <x:c r="D344" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E344" s="8" t="s">
-        <x:v>1406</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="F344" s="8" t="s">
-        <x:v>1407</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="G344" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H344" s="8" t="s">
-        <x:v>1408</x:v>
-[...2 lines deleted...]
-    <x:row ht="2713.78125" customHeight="1" collapsed="0">
+        <x:v>1409</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="69" customHeight="1" collapsed="0">
       <x:c r="A345" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B345" s="8" t="s">
-        <x:v>1409</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="C345" s="8"/>
       <x:c r="D345" s="9" t="n">
-        <x:v>858835</x:v>
+        <x:v>137092</x:v>
       </x:c>
       <x:c r="E345" s="8" t="s">
-        <x:v>1410</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="F345" s="8" t="s">
-        <x:v>1411</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="G345" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H345" s="8" t="s">
-        <x:v>1412</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.46875" customHeight="1" collapsed="0">
+        <x:v>1413</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1092.40625" customHeight="1" collapsed="0">
       <x:c r="A346" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B346" s="8" t="s">
-        <x:v>1413</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="C346" s="8"/>
       <x:c r="D346" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E346" s="8" t="s">
-        <x:v>1414</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="F346" s="8" t="s">
-        <x:v>1415</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="G346" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H346" s="8" t="s">
-        <x:v>1416</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.96875" customHeight="1" collapsed="0">
+        <x:v>1417</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.96875" customHeight="1" collapsed="0">
       <x:c r="A347" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B347" s="8" t="s">
-        <x:v>1417</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="C347" s="8"/>
       <x:c r="D347" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E347" s="8" t="s">
-        <x:v>1418</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="F347" s="8" t="s">
-        <x:v>1419</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="G347" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H347" s="8" t="s">
-        <x:v>1420</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.96875" customHeight="1" collapsed="0">
+        <x:v>1421</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1161.40625" customHeight="1" collapsed="0">
       <x:c r="A348" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B348" s="8" t="s">
-        <x:v>1421</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="C348" s="8"/>
       <x:c r="D348" s="9" t="n">
-        <x:v>94576</x:v>
+        <x:v>1415099</x:v>
       </x:c>
       <x:c r="E348" s="8" t="s">
-        <x:v>1422</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="F348" s="8" t="s">
-        <x:v>1423</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="G348" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H348" s="8" t="s">
-        <x:v>1424</x:v>
-[...2 lines deleted...]
-    <x:row ht="770.40625" customHeight="1" collapsed="0">
+        <x:v>1425</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.53125" customHeight="1" collapsed="0">
       <x:c r="A349" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B349" s="8" t="s">
-        <x:v>1425</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="C349" s="8"/>
       <x:c r="D349" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>363315</x:v>
       </x:c>
       <x:c r="E349" s="8" t="s">
-        <x:v>1426</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="F349" s="8" t="s">
-        <x:v>1427</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="G349" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H349" s="8" t="s">
-        <x:v>1428</x:v>
-[...2 lines deleted...]
-    <x:row ht="69" customHeight="1" collapsed="0">
+        <x:v>1429</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.96875" customHeight="1" collapsed="0">
       <x:c r="A350" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B350" s="8" t="s">
-        <x:v>1429</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="C350" s="8"/>
       <x:c r="D350" s="9" t="n">
-        <x:v>137092</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E350" s="8" t="s">
-        <x:v>1430</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="F350" s="8" t="s">
-        <x:v>1431</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="G350" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H350" s="8" t="s">
-        <x:v>1432</x:v>
-[...2 lines deleted...]
-    <x:row ht="1092.4375" customHeight="1" collapsed="0">
+        <x:v>1433</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.46875" customHeight="1" collapsed="0">
       <x:c r="A351" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B351" s="8" t="s">
-        <x:v>1433</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="C351" s="8"/>
       <x:c r="D351" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>91104</x:v>
       </x:c>
       <x:c r="E351" s="8" t="s">
-        <x:v>1434</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="F351" s="8" t="s">
-        <x:v>1435</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="G351" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H351" s="8" t="s">
-        <x:v>1436</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9375" customHeight="1" collapsed="0">
+        <x:v>1437</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.5" customHeight="1" collapsed="0">
       <x:c r="A352" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B352" s="8" t="s">
-        <x:v>1437</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="C352" s="8"/>
       <x:c r="D352" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>569930</x:v>
       </x:c>
       <x:c r="E352" s="8" t="s">
-        <x:v>1438</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="F352" s="8" t="s">
-        <x:v>1439</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="G352" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H352" s="8" t="s">
-        <x:v>1440</x:v>
-[...2 lines deleted...]
-    <x:row ht="1161.4375" customHeight="1" collapsed="0">
+        <x:v>1441</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1023.40625" customHeight="1" collapsed="0">
       <x:c r="A353" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B353" s="8" t="s">
-        <x:v>1441</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="C353" s="8"/>
       <x:c r="D353" s="9" t="n">
-        <x:v>1415099</x:v>
+        <x:v>116990</x:v>
       </x:c>
       <x:c r="E353" s="8" t="s">
-        <x:v>1442</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="F353" s="8" t="s">
-        <x:v>1443</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="G353" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H353" s="8" t="s">
-        <x:v>1444</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+        <x:v>1445</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="138" customHeight="1" collapsed="0">
       <x:c r="A354" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B354" s="8" t="s">
-        <x:v>1445</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="C354" s="8"/>
       <x:c r="D354" s="9" t="n">
-        <x:v>363315</x:v>
+        <x:v>180941</x:v>
       </x:c>
       <x:c r="E354" s="8" t="s">
-        <x:v>1446</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="F354" s="8" t="s">
-        <x:v>1447</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="G354" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H354" s="8" t="s">
-        <x:v>1448</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.96875" customHeight="1" collapsed="0">
+        <x:v>1449</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="161" customHeight="1" collapsed="0">
       <x:c r="A355" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B355" s="8" t="s">
-        <x:v>1449</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="C355" s="8"/>
       <x:c r="D355" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E355" s="8" t="s">
-        <x:v>1450</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="F355" s="8" t="s">
-        <x:v>1451</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="G355" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H355" s="8" t="s">
-        <x:v>1452</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.46875" customHeight="1" collapsed="0">
+        <x:v>1453</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="931.40625" customHeight="1" collapsed="0">
       <x:c r="A356" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B356" s="8" t="s">
-        <x:v>1453</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="C356" s="8"/>
       <x:c r="D356" s="9" t="n">
-        <x:v>91104</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E356" s="8" t="s">
-        <x:v>1454</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="F356" s="8" t="s">
-        <x:v>1455</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="G356" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H356" s="8" t="s">
-        <x:v>1456</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.5" customHeight="1" collapsed="0">
+        <x:v>1457</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4375" customHeight="1" collapsed="0">
       <x:c r="A357" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B357" s="8" t="s">
-        <x:v>1457</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="C357" s="8"/>
       <x:c r="D357" s="9" t="n">
-        <x:v>569930</x:v>
+        <x:v>792738</x:v>
       </x:c>
       <x:c r="E357" s="8" t="s">
-        <x:v>1458</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="F357" s="8" t="s">
-        <x:v>1459</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="G357" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H357" s="8" t="s">
-        <x:v>1460</x:v>
-[...2 lines deleted...]
-    <x:row ht="1023.4375" customHeight="1" collapsed="0">
+        <x:v>1461</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="919.9375" customHeight="1" collapsed="0">
       <x:c r="A358" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B358" s="8" t="s">
-        <x:v>1461</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="C358" s="8"/>
       <x:c r="D358" s="9" t="n">
-        <x:v>116990</x:v>
+        <x:v>92104</x:v>
       </x:c>
       <x:c r="E358" s="8" t="s">
-        <x:v>1462</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="F358" s="8" t="s">
-        <x:v>1463</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="G358" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H358" s="8" t="s">
-        <x:v>1464</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.96875" customHeight="1" collapsed="0">
+        <x:v>1465</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="16535.5625" customHeight="1" collapsed="0">
       <x:c r="A359" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B359" s="8" t="s">
-        <x:v>1465</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="C359" s="8"/>
       <x:c r="D359" s="9" t="n">
-        <x:v>180941</x:v>
+        <x:v>167713</x:v>
       </x:c>
       <x:c r="E359" s="8" t="s">
-        <x:v>1466</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="F359" s="8" t="s">
-        <x:v>1467</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="G359" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H359" s="8" t="s">
-        <x:v>1468</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.96875" customHeight="1" collapsed="0">
+        <x:v>1469</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.46875" customHeight="1" collapsed="0">
       <x:c r="A360" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B360" s="8" t="s">
-        <x:v>1469</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="C360" s="8"/>
       <x:c r="D360" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>99195</x:v>
       </x:c>
       <x:c r="E360" s="8" t="s">
-        <x:v>1470</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="F360" s="8" t="s">
-        <x:v>1471</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="G360" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H360" s="8" t="s">
-        <x:v>1472</x:v>
-[...2 lines deleted...]
-    <x:row ht="931.40625" customHeight="1" collapsed="0">
+        <x:v>1473</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="184" customHeight="1" collapsed="0">
       <x:c r="A361" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="B361" s="8" t="s">
-        <x:v>1473</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="C361" s="8"/>
       <x:c r="D361" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>77001</x:v>
       </x:c>
       <x:c r="E361" s="8" t="s">
-        <x:v>1474</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="F361" s="8" t="s">
-        <x:v>1475</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="G361" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H361" s="8" t="s">
-        <x:v>1476</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.46875" customHeight="1" collapsed="0">
+        <x:v>1477</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1920.34375" customHeight="1" collapsed="0">
       <x:c r="A362" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B362" s="8" t="s">
-        <x:v>1477</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="C362" s="8"/>
       <x:c r="D362" s="9" t="n">
-        <x:v>792738</x:v>
+        <x:v>1430723</x:v>
       </x:c>
       <x:c r="E362" s="8" t="s">
-        <x:v>1478</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="F362" s="8" t="s">
-        <x:v>1479</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="G362" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H362" s="8" t="s">
-        <x:v>1480</x:v>
-[...2 lines deleted...]
-    <x:row ht="919.90625" customHeight="1" collapsed="0">
+        <x:v>1481</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.9375" customHeight="1" collapsed="0">
       <x:c r="A363" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B363" s="8" t="s">
-        <x:v>1481</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="C363" s="8"/>
       <x:c r="D363" s="9" t="n">
-        <x:v>92104</x:v>
+        <x:v>89465</x:v>
       </x:c>
       <x:c r="E363" s="8" t="s">
-        <x:v>1482</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="F363" s="8" t="s">
-        <x:v>1483</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="G363" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H363" s="8" t="s">
-        <x:v>1484</x:v>
-[...2 lines deleted...]
-    <x:row ht="16535.625" customHeight="1" collapsed="0">
+        <x:v>1485</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.96875" customHeight="1" collapsed="0">
       <x:c r="A364" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B364" s="8" t="s">
-        <x:v>1485</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="C364" s="8"/>
       <x:c r="D364" s="9" t="n">
-        <x:v>167713</x:v>
+        <x:v>374757</x:v>
       </x:c>
       <x:c r="E364" s="8" t="s">
-        <x:v>1486</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="F364" s="8" t="s">
-        <x:v>1487</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="G364" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H364" s="8" t="s">
-        <x:v>1488</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.46875" customHeight="1" collapsed="0">
+        <x:v>1489</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="114.96875" customHeight="1" collapsed="0">
       <x:c r="A365" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B365" s="8" t="s">
-        <x:v>1489</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="C365" s="8"/>
       <x:c r="D365" s="9" t="n">
-        <x:v>99195</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E365" s="8" t="s">
-        <x:v>1490</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="F365" s="8" t="s">
-        <x:v>1491</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="G365" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H365" s="8" t="s">
-        <x:v>1492</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.96875" customHeight="1" collapsed="0">
+        <x:v>1493</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="138" customHeight="1" collapsed="0">
       <x:c r="A366" s="8" t="s">
-        <x:v>752</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B366" s="8" t="s">
-        <x:v>1493</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="C366" s="8"/>
       <x:c r="D366" s="9" t="n">
-        <x:v>77001</x:v>
+        <x:v>98957</x:v>
       </x:c>
       <x:c r="E366" s="8" t="s">
-        <x:v>1494</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="F366" s="8" t="s">
-        <x:v>1495</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="G366" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H366" s="8" t="s">
-        <x:v>1496</x:v>
-[...2 lines deleted...]
-    <x:row ht="1920.34375" customHeight="1" collapsed="0">
+        <x:v>1497</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1230.40625" customHeight="1" collapsed="0">
       <x:c r="A367" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B367" s="8" t="s">
-        <x:v>1497</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="C367" s="8"/>
       <x:c r="D367" s="9" t="n">
-        <x:v>1430723</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E367" s="8" t="s">
-        <x:v>1498</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="F367" s="8" t="s">
-        <x:v>1499</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="G367" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H367" s="8" t="s">
-        <x:v>1500</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.9375" customHeight="1" collapsed="0">
+        <x:v>1501</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="977.4375" customHeight="1" collapsed="0">
       <x:c r="A368" s="8" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B368" s="8" t="s">
-        <x:v>1501</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="C368" s="8"/>
       <x:c r="D368" s="9" t="n">
-        <x:v>89465</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E368" s="8" t="s">
-        <x:v>1502</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="F368" s="8" t="s">
-        <x:v>1503</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="G368" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H368" s="8" t="s">
-        <x:v>1504</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.96875" customHeight="1" collapsed="0">
+        <x:v>1505</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.46875" customHeight="1" collapsed="0">
       <x:c r="A369" s="8" t="s">
-        <x:v>219</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B369" s="8" t="s">
-        <x:v>1505</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="C369" s="8"/>
       <x:c r="D369" s="9" t="n">
-        <x:v>374757</x:v>
+        <x:v>215635</x:v>
       </x:c>
       <x:c r="E369" s="8" t="s">
-        <x:v>1506</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="F369" s="8" t="s">
-        <x:v>1507</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="G369" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H369" s="8" t="s">
-        <x:v>1508</x:v>
-[...2 lines deleted...]
-    <x:row ht="115" customHeight="1" collapsed="0">
+        <x:v>1509</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.4375" customHeight="1" collapsed="0">
       <x:c r="A370" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B370" s="8" t="s">
-        <x:v>1509</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="C370" s="8"/>
       <x:c r="D370" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>92779</x:v>
       </x:c>
       <x:c r="E370" s="8" t="s">
-        <x:v>1510</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="F370" s="8" t="s">
-        <x:v>1511</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="G370" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H370" s="8" t="s">
-        <x:v>1512</x:v>
-[...2 lines deleted...]
-    <x:row ht="1230.40625" customHeight="1" collapsed="0">
+        <x:v>1513</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1506.375" customHeight="1" collapsed="0">
       <x:c r="A371" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B371" s="8" t="s">
-        <x:v>1513</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="C371" s="8"/>
       <x:c r="D371" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E371" s="8" t="s">
-        <x:v>1514</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="F371" s="8" t="s">
-        <x:v>1515</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="G371" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H371" s="8" t="s">
-        <x:v>1516</x:v>
-[...2 lines deleted...]
-    <x:row ht="977.4375" customHeight="1" collapsed="0">
+        <x:v>1517</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4300.625" customHeight="1" collapsed="0">
       <x:c r="A372" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B372" s="8" t="s">
-        <x:v>1517</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="C372" s="8"/>
       <x:c r="D372" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E372" s="8" t="s">
-        <x:v>1518</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="F372" s="8" t="s">
-        <x:v>1519</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="G372" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H372" s="8" t="s">
-        <x:v>1520</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.46875" customHeight="1" collapsed="0">
+        <x:v>1521</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.4375" customHeight="1" collapsed="0">
       <x:c r="A373" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B373" s="8" t="s">
-        <x:v>1521</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="C373" s="8"/>
       <x:c r="D373" s="9" t="n">
-        <x:v>215635</x:v>
+        <x:v>143202</x:v>
       </x:c>
       <x:c r="E373" s="8" t="s">
-        <x:v>1522</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="F373" s="8" t="s">
-        <x:v>1523</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="G373" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H373" s="8" t="s">
-        <x:v>1524</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.4375" customHeight="1" collapsed="0">
+        <x:v>1525</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="701.4375" customHeight="1" collapsed="0">
       <x:c r="A374" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B374" s="8" t="s">
-        <x:v>1525</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="C374" s="8"/>
       <x:c r="D374" s="9" t="n">
-        <x:v>84476</x:v>
+        <x:v>368156</x:v>
       </x:c>
       <x:c r="E374" s="8" t="s">
-        <x:v>1526</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="F374" s="8" t="s">
-        <x:v>1527</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="G374" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H374" s="8" t="s">
-        <x:v>465</x:v>
-[...2 lines deleted...]
-    <x:row ht="816.4375" customHeight="1" collapsed="0">
+        <x:v>1529</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.4375" customHeight="1" collapsed="0">
       <x:c r="A375" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B375" s="8" t="s">
-        <x:v>1528</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="C375" s="8"/>
       <x:c r="D375" s="9" t="n">
-        <x:v>92779</x:v>
+        <x:v>179747</x:v>
       </x:c>
       <x:c r="E375" s="8" t="s">
-        <x:v>1529</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="F375" s="8" t="s">
-        <x:v>1530</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="G375" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H375" s="8" t="s">
-        <x:v>1531</x:v>
-[...2 lines deleted...]
-    <x:row ht="1506.34375" customHeight="1" collapsed="0">
+        <x:v>1533</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="92" customHeight="1" collapsed="0">
       <x:c r="A376" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B376" s="8" t="s">
-        <x:v>1532</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="C376" s="8"/>
       <x:c r="D376" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E376" s="8" t="s">
-        <x:v>1533</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="F376" s="8" t="s">
-        <x:v>1534</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="G376" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H376" s="8" t="s">
-        <x:v>1535</x:v>
-[...2 lines deleted...]
-    <x:row ht="4300.65625" customHeight="1" collapsed="0">
+        <x:v>1537</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.4375" customHeight="1" collapsed="0">
       <x:c r="A377" s="8" t="s">
-        <x:v>574</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B377" s="8" t="s">
-        <x:v>1536</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="C377" s="8"/>
       <x:c r="D377" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>250756</x:v>
       </x:c>
       <x:c r="E377" s="8" t="s">
-        <x:v>1537</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="F377" s="8" t="s">
-        <x:v>1538</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="G377" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H377" s="8" t="s">
-        <x:v>1539</x:v>
-[...2 lines deleted...]
-    <x:row ht="816.4375" customHeight="1" collapsed="0">
+        <x:v>1541</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1103.90625" customHeight="1" collapsed="0">
       <x:c r="A378" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B378" s="8" t="s">
-        <x:v>1540</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="C378" s="8"/>
       <x:c r="D378" s="9" t="n">
-        <x:v>143202</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E378" s="8" t="s">
-        <x:v>1541</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="F378" s="8" t="s">
-        <x:v>1542</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="G378" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H378" s="8" t="s">
-        <x:v>1543</x:v>
-[...2 lines deleted...]
-    <x:row ht="701.4375" customHeight="1" collapsed="0">
+        <x:v>1545</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1057.90625" customHeight="1" collapsed="0">
       <x:c r="A379" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B379" s="8" t="s">
-        <x:v>1544</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="C379" s="8"/>
       <x:c r="D379" s="9" t="n">
-        <x:v>368156</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E379" s="8" t="s">
-        <x:v>1545</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="F379" s="8" t="s">
-        <x:v>1546</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="G379" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H379" s="8" t="s">
-        <x:v>1547</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.4375" customHeight="1" collapsed="0">
+        <x:v>1549</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2828.75" customHeight="1" collapsed="0">
       <x:c r="A380" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="B380" s="8" t="s">
-        <x:v>1548</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="C380" s="8"/>
       <x:c r="D380" s="9" t="n">
-        <x:v>179747</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E380" s="8" t="s">
-        <x:v>1549</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="F380" s="8" t="s">
-        <x:v>1550</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="G380" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H380" s="8" t="s">
-        <x:v>1551</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96875" customHeight="1" collapsed="0">
+        <x:v>1554</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.46875" customHeight="1" collapsed="0">
       <x:c r="A381" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B381" s="8" t="s">
-        <x:v>1552</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="C381" s="8"/>
       <x:c r="D381" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E381" s="8" t="s">
-        <x:v>1553</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="F381" s="8" t="s">
-        <x:v>1554</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="G381" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H381" s="8" t="s">
-        <x:v>1555</x:v>
-[...2 lines deleted...]
-    <x:row ht="91.96875" customHeight="1" collapsed="0">
+        <x:v>1558</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46875" customHeight="1" collapsed="0">
       <x:c r="A382" s="8" t="s">
-        <x:v>565</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B382" s="8" t="s">
-        <x:v>1556</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C382" s="8"/>
       <x:c r="D382" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E382" s="8" t="s">
-        <x:v>1557</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="F382" s="8" t="s">
-        <x:v>1558</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="G382" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H382" s="8" t="s">
-        <x:v>1559</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.46875" customHeight="1" collapsed="0">
+        <x:v>1562</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="91.96875" customHeight="1" collapsed="0">
       <x:c r="A383" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B383" s="8" t="s">
-        <x:v>1560</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="C383" s="8"/>
       <x:c r="D383" s="9" t="n">
-        <x:v>250756</x:v>
+        <x:v>173811</x:v>
       </x:c>
       <x:c r="E383" s="8" t="s">
-        <x:v>1561</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="F383" s="8" t="s">
-        <x:v>1562</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="G383" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H383" s="8" t="s">
-        <x:v>1563</x:v>
-[...2 lines deleted...]
-    <x:row ht="1103.90625" customHeight="1" collapsed="0">
+        <x:v>1566</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1885.84375" customHeight="1" collapsed="0">
       <x:c r="A384" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B384" s="8" t="s">
-        <x:v>1564</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="C384" s="8"/>
       <x:c r="D384" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>290583</x:v>
       </x:c>
       <x:c r="E384" s="8" t="s">
-        <x:v>1565</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="F384" s="8" t="s">
-        <x:v>1566</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="G384" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H384" s="8" t="s">
-        <x:v>1567</x:v>
-[...2 lines deleted...]
-    <x:row ht="1057.90625" customHeight="1" collapsed="0">
+        <x:v>1570</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2046.8125" customHeight="1" collapsed="0">
       <x:c r="A385" s="8" t="s">
-        <x:v>293</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B385" s="8" t="s">
-        <x:v>1568</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="C385" s="8"/>
       <x:c r="D385" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>171801</x:v>
       </x:c>
       <x:c r="E385" s="8" t="s">
-        <x:v>1569</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="F385" s="8" t="s">
-        <x:v>1570</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="G385" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H385" s="8" t="s">
-        <x:v>1571</x:v>
-[...2 lines deleted...]
-    <x:row ht="2828.75" customHeight="1" collapsed="0">
+        <x:v>1574</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.9375" customHeight="1" collapsed="0">
       <x:c r="A386" s="8" t="s">
-        <x:v>1572</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B386" s="8" t="s">
-        <x:v>1573</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="C386" s="8"/>
       <x:c r="D386" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>2592030</x:v>
       </x:c>
       <x:c r="E386" s="8" t="s">
-        <x:v>1574</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="F386" s="8" t="s">
-        <x:v>1575</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="G386" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H386" s="8" t="s">
-        <x:v>1576</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.4375" customHeight="1" collapsed="0">
+        <x:v>1578</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
       <x:c r="A387" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B387" s="8" t="s">
-        <x:v>1577</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="C387" s="8"/>
       <x:c r="D387" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E387" s="8" t="s">
-        <x:v>1578</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="F387" s="8" t="s">
-        <x:v>1579</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="G387" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H387" s="8" t="s">
-        <x:v>1580</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.46875" customHeight="1" collapsed="0">
+        <x:v>1582</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1920.34375" customHeight="1" collapsed="0">
       <x:c r="A388" s="8" t="s">
-        <x:v>293</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B388" s="8" t="s">
-        <x:v>1581</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="C388" s="8"/>
       <x:c r="D388" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>277986</x:v>
       </x:c>
       <x:c r="E388" s="8" t="s">
-        <x:v>1582</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="F388" s="8" t="s">
-        <x:v>1583</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="G388" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H388" s="8" t="s">
-        <x:v>1584</x:v>
-[...2 lines deleted...]
-    <x:row ht="92" customHeight="1" collapsed="0">
+        <x:v>1586</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.4375" customHeight="1" collapsed="0">
       <x:c r="A389" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B389" s="8" t="s">
-        <x:v>1585</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="C389" s="8"/>
       <x:c r="D389" s="9" t="n">
-        <x:v>173811</x:v>
+        <x:v>84476</x:v>
       </x:c>
       <x:c r="E389" s="8" t="s">
-        <x:v>1586</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="F389" s="8" t="s">
-        <x:v>1587</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="G389" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H389" s="8" t="s">
-        <x:v>1588</x:v>
-[...2 lines deleted...]
-    <x:row ht="1885.84375" customHeight="1" collapsed="0">
+        <x:v>466</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.9375" customHeight="1" collapsed="0">
       <x:c r="A390" s="8" t="s">
-        <x:v>219</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B390" s="8" t="s">
-        <x:v>1589</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="C390" s="8"/>
       <x:c r="D390" s="9" t="n">
-        <x:v>290583</x:v>
+        <x:v>122267</x:v>
       </x:c>
       <x:c r="E390" s="8" t="s">
-        <x:v>1590</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="F390" s="8" t="s">
-        <x:v>1591</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="G390" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H390" s="8" t="s">
-        <x:v>1592</x:v>
-[...2 lines deleted...]
-    <x:row ht="2046.78125" customHeight="1" collapsed="0">
+        <x:v>1593</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.96875" customHeight="1" collapsed="0">
       <x:c r="A391" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B391" s="8" t="s">
-        <x:v>1593</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="C391" s="8"/>
       <x:c r="D391" s="9" t="n">
-        <x:v>171801</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E391" s="8" t="s">
-        <x:v>1594</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="F391" s="8" t="s">
-        <x:v>1595</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="G391" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H391" s="8" t="s">
-        <x:v>1596</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.96875" customHeight="1" collapsed="0">
+        <x:v>1597</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
       <x:c r="A392" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B392" s="8" t="s">
-        <x:v>1597</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="C392" s="8"/>
       <x:c r="D392" s="9" t="n">
-        <x:v>2592030</x:v>
-[...2 lines deleted...]
-      <x:c r="F392" s="8"/>
+        <x:v>362784</x:v>
+      </x:c>
+      <x:c r="E392" s="8" t="s">
+        <x:v>1599</x:v>
+      </x:c>
+      <x:c r="F392" s="8" t="s">
+        <x:v>1600</x:v>
+      </x:c>
       <x:c r="G392" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H392" s="8" t="s">
-        <x:v>1598</x:v>
+        <x:v>1601</x:v>
       </x:c>
     </x:row>
     <x:row ht="22.96875" customHeight="1" collapsed="0">
       <x:c r="A393" s="10" t="s">
-        <x:v>1599</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="B393" s="10" t="s">
-        <x:v>1600</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="C393" s="10"/>
       <x:c r="D393" s="11" t="n">
         <x:v>109515543</x:v>
       </x:c>
       <x:c r="E393" s="10" t="s">
-        <x:v>1599</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="F393" s="10" t="s">
-        <x:v>1599</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="G393" s="10" t="s">
-        <x:v>1599</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="H393" s="10" t="s">
-        <x:v>1599</x:v>
+        <x:v>1602</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
@@ -15433,29 +15446,29 @@
     <x:mergeCell ref="B373:C373"/>
     <x:mergeCell ref="B374:C374"/>
     <x:mergeCell ref="B375:C375"/>
     <x:mergeCell ref="B376:C376"/>
     <x:mergeCell ref="B377:C377"/>
     <x:mergeCell ref="B378:C378"/>
     <x:mergeCell ref="B379:C379"/>
     <x:mergeCell ref="B380:C380"/>
     <x:mergeCell ref="B381:C381"/>
     <x:mergeCell ref="B382:C382"/>
     <x:mergeCell ref="B383:C383"/>
     <x:mergeCell ref="B384:C384"/>
     <x:mergeCell ref="B385:C385"/>
     <x:mergeCell ref="B386:C386"/>
     <x:mergeCell ref="B387:C387"/>
     <x:mergeCell ref="B388:C388"/>
     <x:mergeCell ref="B389:C389"/>
     <x:mergeCell ref="B390:C390"/>
     <x:mergeCell ref="B391:C391"/>
     <x:mergeCell ref="B392:C392"/>
     <x:mergeCell ref="B393:C393"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:13 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 4, 2026 12:18 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>