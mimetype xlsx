--- v4 (2026-02-04)
+++ v5 (2026-03-04)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc10e26ca06824ffb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361eca72ba9f48b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfe343bf65e4d42a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2690f9a598464b23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1604">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1603">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 SB 1383 Local Assistance Grant Program (OWR4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
@@ -140,53 +140,50 @@
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Rancho Palos Verdes</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Girard Mobley</x:t>
   </x:si>
   <x:si>
     <x:t>9519730026</x:t>
   </x:si>
   <x:si>
     <x:t>The grant will assist the City in complying of regulation requirements associated with SB 1383.  The grant application request includes conducting enforcement/inspections, program evaluation/gap analysis and follow-through, complying with procurement requirements, training, preparing necessary recordkeeping and compliance forms and completing reports, grant management, providing assistance to residents and businesses, conducting record keeping and compliance tracking, and subscribing to recycling compliance software for documentation and tracking.</x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Wallace Low</x:t>
   </x:si>
   <x:si>
     <x:t>2095256741</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Baljot Biring</x:t>
   </x:si>
   <x:si>
     <x:t>The Department of Environmental Resources will use this funding to help cover staffing costs, outreach and education, software, capacity planning and other 1383-related implementation costs. County staff will be dedicating a significant amount of time and resources to ensure the requirements of the new regulations are being met.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Tulare</x:t>
   </x:si>
   <x:si>
     <x:t> April Luttrell</x:t>
   </x:si>
   <x:si>
     <x:t>5596844289</x:t>
   </x:si>
   <x:si>
     <x:t>Funding from the SB 1383 Local Assistance Grant Program will be used for the procurement of recycled organic products along with the procurement of recycled paper and paper products. Funding will also be used for education and outreach materials including print ads for organic waste and edible food recovery plus education and outreach for local schools. Additional funding will be used for obtainment of green organic waste cans and/or bins and blue recycling cans and/or bins for residential and commercial properties, for recordkeeping program annual fees, and salary coverage for conservation coordinator.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Patterson</x:t>
   </x:si>
   <x:si>
     <x:t> Michael Renfrow</x:t>
   </x:si>
@@ -414,62 +411,68 @@
     <x:t>City of Redlands</x:t>
   </x:si>
   <x:si>
     <x:t> Louie Miranda</x:t>
   </x:si>
   <x:si>
     <x:t>9093121422</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
     <x:t>Upon securing grant funds, the City of Redlands plans to build on its existing SB 1383 organics recycling program (established 2021), which complies with the requirement standards set by SB 1383. The City of Redlands introduced a Residential Food Waste Recycling Drop-Off Program that provides drop-off locations for food waste collection throughout the City. This program welcomes all residents who want to participate in California's efforts to reduce climate pollutants by separating their food waste.
 The City of Redlands adopted Ordinance 2945, officially added to Title 13 of the Redlands Municipal Code, introducing a new Chapter 13.67 (Mandatory Organic Waste Disposal Reduction) in October 2022. The 2945 ordinance lays out clear guidelines for separating organic waste from regular refuse for different waste generators, including single-family homes, business requirements for Edible Food Recovery, and instructions for enforcement. The City of Redlands is committed to sustainable practices and has established specific regulations for Edible Food Recovery, including but not limited to procurement procedures and reporting requirements. The Edible Food Recovery program is currently being developed and is expected to launch in early 2024. This approach allows the departments to thoroughly evaluate and refine the program, ensuring that it seamlessly integrates with the City's existing initiatives.   </x:t>
   </x:si>
   <x:si>
     <x:t>City of Ceres</x:t>
   </x:si>
   <x:si>
     <x:t> Toni Cordell</x:t>
   </x:si>
   <x:si>
     <x:t>2095385602</x:t>
   </x:si>
   <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
     <x:t>he majority of funding will go towards procurement of compost and mulch product.  The City's compost giveaway program, which largely was distributed to farmers for land/crop application, has been very successful with participation levels and we would like to continue to offer the compost for ongoing seasonal application.  Procurement will also go towards the residential compost and mulch give away program that has gained momentum as well recently. Funding will also be used towards education and outreach efforts to increase awareness of the compost program and the City's organic recycling services (related to SB 1383).  Remaining funds will be used towards annual subscription costs for the City's edible food tracking software (CareIt) that FRO's and EFG's are encouraged to use for reporting purposes.  Lastly, a portion of funds will be used for materials and equipment needs for the residential giveaway progam site for maintenance, containment, and signage purposes.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Turlock</x:t>
   </x:si>
   <x:si>
     <x:t> Lupe Madrigal</x:t>
   </x:si>
   <x:si>
     <x:t>2096685590</x:t>
   </x:si>
   <x:si>
+    <x:t>Stanley Uyeda</x:t>
+  </x:si>
+  <x:si>
     <x:t>The City of Turlock intends to use these funds for the following activities: enhance education and outreach materials to customers regarding SB 1383 provisions, outreach and education materials to Edible Food Recovery generators and organizations, tracking databases for Edible Food Recovery programs, Procurement tracking and record keeping, personnel administrative duties, materials to assist with program development and adjustments and policy and program development.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Culver City</x:t>
   </x:si>
   <x:si>
     <x:t> Sean Singletary</x:t>
   </x:si>
   <x:si>
     <x:t>3102536457</x:t>
   </x:si>
   <x:si>
     <x:t>Culver City Public Works Environmental Programs and Operations plans to use the funding for Eligible Projects/Products including the purchase and operation of community organics collection hubs for use in areas where physical space or de minimis waivers are clustered in order to offer organics diversion (through Big Belly app-controlled organics controllers or similar).</x:t>
   </x:si>
   <x:si>
     <x:t>City of Long Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Tina Bitten</x:t>
   </x:si>
   <x:si>
     <x:t>5625704695</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Long Beach will use the grant project funding to implement the requirements of SB 1383 citywide. Project activities will include the implementation of organics collection for city-serviced accounts, education and outreach to residents and businesses, contamination minimization efforts, an edible food recovery program, consulting contracts that support compliance, monitoring compliance of impacted entities, and supporting non-compliant entities to reach compliance.  </x:t>
@@ -490,50 +493,53 @@
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Mountain House</x:t>
   </x:si>
   <x:si>
     <x:t> Kawal Preet</x:t>
   </x:si>
   <x:si>
     <x:t>2098315981</x:t>
   </x:si>
   <x:si>
     <x:t>Funds will be used for procurement requirements, education and outreach, and enforcement and inspection.</x:t>
   </x:si>
   <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>Alameda County</x:t>
   </x:si>
   <x:si>
     <x:t> Andrew Schneider</x:t>
   </x:si>
   <x:si>
     <x:t>5106706555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
   </x:si>
   <x:si>
     <x:t>Local Assistance Grant Funds will be used for:
 Procurement - Compost to Agriculture subsidy program, Public Works projects and local compost giveaway programs
 Personnel - Subsidize Waste Program Manager salary
 Contamination Minimization Contract for Route Reviews
 Outreach &amp; Education - Targeted postcard mailing explaining waste separation and collection requirements</x:t>
   </x:si>
   <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Delano</x:t>
   </x:si>
   <x:si>
     <x:t> Roman Dowling</x:t>
   </x:si>
   <x:si>
     <x:t>6517202219</x:t>
   </x:si>
   <x:si>
     <x:t>Delano will use grant funding to achieve organic procurement.  Grant funds will be used to cover procurement costs to meet SB 1383 requirements.</x:t>
   </x:si>
   <x:si>
     <x:t>San Gabriel Valley Council of Governments</x:t>
@@ -620,127 +626,106 @@
   </x:si>
   <x:si>
     <x:t>Moreno Valley is the second-largest city in Riverside County, with an approximate population of 213,000, 271 food businesses, and 73 tier 1 and tier 2 Commercial Edible Food Generators (CEFG). In our continued efforts to implement State Mandate SB 1383, a significant amount of continued education and resources will be needed to market the rules and regulations to those affected by this mandate. However, to reach the affected residential and business community, the city would like to use this grant allocation to assemble a comprehensive marketing/educational campaign to contact as many community members as possible. This grant will help alleviate any expenditures related to:
 - Indirect Costs: A portion of the funding will partially cover the salary of the Purchasing and Sustainability Division Manager (Division Manager). The Division Manager will promote SB 1383 at city events and provide continued education via webinars and meetings. They will work at City-Sponsored events such as Day of the Dead, El Grito, Household Hazardous Waste (HHW), and several others, where kitchen caddies are provided to residents as an educational incentive on SB 1383. 
 - Edible Food Recovery – Personnel: A portion of the funding will be used for our contract with Western Riverside Council of Governments (WRCOG) as they continue their efforts, on the city's behalf, with the food recovery program. WRCOG will continue establishing tier 1 and tier 2 CEFGs to ensure compliance with SB 1383. WRCOG will also help connect CEFGs with food recovery organizations (FRO). Educating CEFGs about food rescue continues to be a priority in Moreno Valley. Part of that process has been developing multilingual materials, a detailed plan for comprehensive outreach, and education efforts for all CEFGs and FROs. These outreach efforts include flyers, multilingual stickers, social media advertisements, website/newsletter content, fact sheets, and additional materials.
 - Education and Outreach: A portion of the funding will provide organic waste disposal education and do-it-yourself composting classes to K-12 schools throughout the city. These efforts will also educate multi-family property managers, residents, and commercial businesses about the rules, regulations, and requirements outlined in the SB 1383 mandate. These education and outreach efforts will include various forms of media such as flyers, pamphlets, and digital content. The City of Moreno Valley plans to utilize both print and digital media to spread the word about SB 1383 mandates. 
 - Equipment: A portion of the funding will procure kitchen caddies to help residents comply with SB 1383 mandates. City staff works many events throughout the year to promote SB 1383, and the kitchen caddies generate significant interest from the residents, leading to opportunities to educate them. The city intends to purchase a pre-owned 2022 Ford T350 electric van to transport kitchen caddies and mulch/mulch bags to and from events. The Solid Waste and Recycling team has enhanced its marketing and educational efforts by increasing visibility in the community and at city events. The promotional and educational material has grown as additional recycling programs were added, needing more space to transport those items. During staff’s assessment of the needed vehicle that would best the support the program, it was determined that a van would be needed and to coincide with enhancing environmentally friendly efforts, an electric van was selected. A laptop/tablet will be purchased to assist staff with inspections and enforcement while out in the field. The laptop/tablet will help with logging data for the food recovery efforts.
 - Personnel: A portion of the funding will partially fund the salary of a Recycling Specialist. The Recycling Specialist will help with educating residents on SB 1383 mandates at city events and continue their own education via webinars and meetings. The events that will be attended include Day of the Dead, El Grito, HHW, and several others. At the events, the Recycling Specialist provides kitchen caddies as an educational incentive on SB 1383 to residents. 
 - Procurement: A portion of the funding will apply towards a contract with Zero Foodprint. Zero Foodprint will procure compost on behalf of the city and, in turn, reimburse farmers for their purchase of compost. This partnership will assist with the city's required Recycled Organic Waste Products procurement and help avoid short-lived climate pollutants. Additionally, SB 1383 will also help promote long-term carbon sequestration within the state, supporting the health of the soil, food, and population.
 - Record Keeping: A portion of the funding will go towards The Recyclist software. The Recyclist assists the city with recordkeeping for SB 1383, allowing the city to track who is compliant and who is not. The Recyclist will enable the city to log and monitor when emails, phone calls, and photos have been sent and taken during inspections.
 Staff continues to work diligently to ensure that all requirements needed for compliance are met. The Mayor and City Council adopted an ordinance for SB 1383 on January 4, 2022. With the support of this grant, Resolution No. 2023-56 authorizes the submittal of all applications for CalRecycle grants. It will help the continued efforts to reduce emissions of short-lived climate pollutants.</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>City of Sacramento</x:t>
   </x:si>
   <x:si>
     <x:t> Margaret Kashuba</x:t>
   </x:si>
   <x:si>
     <x:t>9168084806</x:t>
   </x:si>
   <x:si>
-    <x:t>Stanley Uyeda</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>The City of Sacramento's proposed grant project includes procuring recycled compost for application at City parks, facilities, and special projects as well as for distribution to residents to assist the City in meeting its SB 1383 recovered organic waste product annual procurement target; hiring a waste consultant to perform residential route reviews, assess contamination trends, and provide recommendations for the City's current container contamination minimization program; and purchasing a new side-loader truck to provide residential containerized organic waste collection service for the increase in customer accounts required to recycle organic waste per SB 1383.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Riverbank</x:t>
   </x:si>
   <x:si>
     <x:t> Laura Graybill</x:t>
   </x:si>
   <x:si>
     <x:t>2098637155</x:t>
   </x:si>
   <x:si>
     <x:t>The grant funds will be used to assist the City in implementing an Edible Food Recovery Program.  The City will also use the funds for Education and Outreach to our residents and businesses. Assistance in meeting the Procurement requirements.  Activities will also include collection, enforcement and Inspections.  Funds will also be used for Record Keeping. </x:t>
   </x:si>
   <x:si>
     <x:t>City of Downey</x:t>
   </x:si>
   <x:si>
     <x:t> Julio Guerrero</x:t>
   </x:si>
   <x:si>
     <x:t>5629047102</x:t>
   </x:si>
   <x:si>
     <x:t>SB1383 grant funds are expected to fund public outreach and education efforts for residential and commercial customers. Outreach and education program will include educational materials, advertisement services, mailings and billing inserts.  </x:t>
   </x:si>
   <x:si>
     <x:t>Ventura             </x:t>
   </x:si>
   <x:si>
     <x:t>City of Thousand Oaks</x:t>
   </x:si>
   <x:si>
     <x:t> Sarah McGurk</x:t>
   </x:si>
   <x:si>
     <x:t>8054492439</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funding will be used to support the following SB 1383 requirements related to edible food recovery: construction of a food recovery storage facility, purchase of three mobile refrigerated trailers for food recovery, and continuation of a food recovery software application for record keeping and tracking. Indirect costs will be applied towards operating and maintenance costs such as cleaning, utility bills, security cameras, and Wi-Fi monitoring.
 The City is proposing to construct a new remote food recovery storage facility on City-owned land that will include an approximately 250-square foot prefabricated/modular building and plug-in parking for up to four refrigeration trailers. This facility will allow the local food recovery organizations to securely store dry non-perishable foods, including, but not limited to, canned, frozen, and packaged foods, fresh produce, and prepared food. The food recovery facility will include parking for food recovery organization staff and volunteers to access the facility, and refrigeration units mounted on mobile trailers. A waste enclosure will be incorporated so that food recovery organizations can recycle inedible organics and packaging. This project will allow the local food recovery organizations to expand their capacity and help Tier 1 and Tier 2 generators meet their SB 1383 requirements. Construction will occur in phases, including, but not limited to, site preparation/grading, asphalt pavement, off-site modular building fabrication, on-site building assembly and installation, and interior fittings installation (e.g., shelves). The facility will require electrical infrastructure installation for plug-in parking for refrigerated trailers.
 In addition, funding will include three mobile refrigerated food trailers, which would be parked and plugged in at the food recovery storage facility. The trailers will be approximately 12 to 14 feet in length.Several food recovery organizations currently own and share one refrigerated trailer. The purchase of additional trailers would allow them to expand to increase their capacity.
 Lastly, funding will be used to contribute towards the cost of an edible food recovery mobile/web software application that connects food generators with food recovery organizations and services. The City is currently using this software application for all Tier 1 and Tier 2 commercial edible food generators and food recovery organizations and services in the City, and provide training and support.</x:t>
   </x:si>
   <x:si>
-    <x:t>Merced              </x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>City of Palm Desert</x:t>
   </x:si>
   <x:si>
     <x:t> Luis Moctezuma</x:t>
   </x:si>
   <x:si>
     <x:t>7607766342</x:t>
   </x:si>
   <x:si>
-    <x:t>The City of Palm Desert will utilize the grant funds to assist with meeting the compliance requirements of SB 1383. Approximately two thirds of the funds will go towards funding an agreement with FIND Food Bank, to do assist with edible food recovery for tier 1 and tier 2 businesses. The agreement ensures that FIND Food Bank has the capacity to recover food from all Tier 1 and Tier 2 Facilities in Palm Desert. It will also designate FIND Food Bank as the organization that will be doing inspections and contract management of Tier 1 and Tier 2 facilities on Palm Desert's behalf. 
-Any remaining funds will go towards our existing contract with HF&amp;H Consultants, LLC, for SB 1383 consulting services.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Palm Desert was awarded $139,155 in SB1383 Local Assistance grant funds. The City used the grant funds to contract with FIND Food Bank (FFB) to provide food recovery efforts to all Tier 1 and Tier 2 generators within the jurisdiction. FFB provided: 1) Food recovery contract management for each generator, including program establishment and coordination; 2) Food rescue management including food rescue logistics, donation, and transportation;  receipts for possible tax deductions, and food distribution and site training; 3) Food rescue volunteer program management, to include training and coordination; 4) Food rescue mobile app platform management; 5) Baseline report of lbs. rescued by establishment; 5) Ongoing quarterly reports of lbs. rescued by establishment to jurisdiction and lbs. rescued to establishment.
+FFB continued its ongoing education and outreach efforts, including site visits to both Tier 1 and Tier 2 generators.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Santa Clara</x:t>
   </x:si>
   <x:si>
     <x:t> Perla Montes de Oca</x:t>
   </x:si>
   <x:si>
     <x:t>4086153085</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Santa Clara will use awarded SB 1383 Local Grant Assistance funds to partially fund SB 1383 local procurement requirements.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Hesperia</x:t>
   </x:si>
   <x:si>
     <x:t> Tammy Pelayes</x:t>
   </x:si>
   <x:si>
     <x:t>7609471589</x:t>
   </x:si>
@@ -923,105 +908,99 @@
   <x:si>
     <x:t>City of Fremont</x:t>
   </x:si>
   <x:si>
     <x:t> Allyn McAuley</x:t>
   </x:si>
   <x:si>
     <x:t>5104944576</x:t>
   </x:si>
   <x:si>
     <x:t>These grant funds will be used to meet the SB 1383 obligations including procuring compost, edible food recovery inspections, expanding organic waste collection service to noncompliant generators, assisting generators to reduce contamination, purchasing organic waste containers, and payments for a recordkeeping system. Compost procurement will include both direct procurement and subsidizing compost through direct service providers for operations that can benefit including California sustainable agriculture.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of La Mesa</x:t>
   </x:si>
   <x:si>
     <x:t> Serena Lee</x:t>
   </x:si>
   <x:si>
     <x:t>6196671102</x:t>
   </x:si>
   <x:si>
-    <x:t>Mai Andrews</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Funds from this grant will be used towards outreach and education purposes, such as outdoor signage provided to multi-family property owners for their organics containers. Funds will also be used for edible food recovery education, inspections, technical assistance, and recordkeeping.</x:t>
   </x:si>
   <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>City of El Centro</x:t>
   </x:si>
   <x:si>
     <x:t> Abraham Campos</x:t>
   </x:si>
   <x:si>
     <x:t>7603374505</x:t>
   </x:si>
   <x:si>
     <x:t>The City of El Centro is utilizing grant monies to the implementation of SB 1383 regulation requirements.  The funds will be used in the following categories: gap analysis, education, equipment, personnel cost, and record keeping.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Menifee</x:t>
   </x:si>
   <x:si>
     <x:t> Kori Jones</x:t>
   </x:si>
   <x:si>
     <x:t>9517233890</x:t>
   </x:si>
   <x:si>
     <x:t>Funding will support education and outreach, procurement, and consultant services for enforcement monitoring.</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno County</x:t>
   </x:si>
   <x:si>
     <x:t> Gurprit Jhujj</x:t>
   </x:si>
   <x:si>
     <x:t>5596004320</x:t>
   </x:si>
   <x:si>
     <x:t>The grant funding will be used to facilitate education and outreach activities to organic waste generators who are subscribed to organic waste collection services. The County will work with its Exclusive Service Area Program (ESAP) Haulers and marketing consultants to provide educational materials informing organic waste generators on source separation utilizing the appropriate containers, organic waste reduction, onsite composting, and the benefits of methane reduction. In addition, for those who opt to self-haul their organic waste in lieu of subscribing to organics waste collection service will be provided with publication on self-hauling requirements. Education and outreach will be delivered via various outlets including but not limited to printable materials, social media, compost pails, and radio/television advertisements. Additionally, the County will invest in software to collect tracking data required for SB1383. Minerva will allow the County and its ESAP haulers to track customer information, inspection data, photo/document uploads, edible food generator inspections, production of violation or further educational notices, and run reports needed for SB1383.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Garden Grove</x:t>
   </x:si>
   <x:si>
     <x:t> Mark Ladney</x:t>
   </x:si>
   <x:si>
     <x:t>7147415372</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Shaina Meiners</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Garden Grove requests up to $298,000 in funds to help meet procurement targets for 2024, 2025, and part of 2026 through the purchase of equipment, use of contacted services to apply mulch and/or compost, transportation of procured material for city usage, and diversion of material for agricultural usage.</x:t>
   </x:si>
   <x:si>
     <x:t>Garden Grove Sanitary District</x:t>
   </x:si>
   <x:si>
     <x:t>The Garden Grove Sanitary District is the solid waste and sanitary sewer provider for the City of Garden Grove and some areas of unincorperated Orange County, and is requesting up to $301,267 in funding.  Grant funds awarded to the District will be used for a variety of tasks, such as a Gap Analysis in 2025; Edible Food Recovery Program Monitoring, Evaluation, Capacity Planning and Support; continued public education and outreach; and providing local schools with SB1383 collection containers.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Artesia</x:t>
   </x:si>
   <x:si>
     <x:t> Karen Lee</x:t>
   </x:si>
   <x:si>
     <x:t>5628656262</x:t>
   </x:si>
   <x:si>
     <x:t>The City will use the funds for collection, edible food recovery, education and outreach, and enforcement and inspection.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Alameda</x:t>
   </x:si>
@@ -1204,60 +1183,64 @@
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Sanger was awarded $76,049 in SB 1383 Local Assistance grant funds to purchase equipment and procurement for SB 1383-related activities. The grant funds were used to purchase an Avant 860 Wheel Loader to assist in mulch handling, transporting, and delivering procurements to residents. Grant funds were also used to procure compost in partnership with Mid Valley Disposal for use at City parks, and to residents at Community Clean-up events &amp; Spring giveaways. The City was able to share resources with the community for residential composting, improve landscaping &amp; park maintenance, and work more efficiently to meet SB 1383 goals.</x:t>
   </x:si>
   <x:si>
     <x:t>Placer County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Janeane Martin</x:t>
   </x:si>
   <x:si>
     <x:t>5308864984</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funds are being requested to achieve several SB 1383 related projects using a multi-prong approach. Foremost, funding is requested to increase edible food recovery efforts and expand capacity in Placer County; the funds will be used in a variety of ways to achieve these goals. Grant funds are also requested to aid in purchase of equipment that would be used to increase organic waste diversion. Funds would also be applied to consultant assistance with SB 1383 evaluation in Eastern Placer County. Full descriptions of all grant fund related projects are included in the narrative.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Industry</x:t>
   </x:si>
   <x:si>
     <x:t> Jeff Duhamel</x:t>
   </x:si>
   <x:si>
     <x:t>5624323700</x:t>
   </x:si>
   <x:si>
-    <x:t>The City of Industry will use this grant money to help implement their SB 1383 program as required by the legislation. This will include education, outreach, implementation for organic recycling programs, food recovery programs, procurement programs, inspections, and enforcement. Additionally the City will train and utilize Code Enforcement to ensure that the program is in compliance with the ordinance.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Industry was awarded $75,000 in SB1383 Local Assistance grant funds. The City used the grant funds to hire a consultant and completed: 1) Developed and mailed educational materials to all organic waste generator, Tier 1 and Tier edible food generators in the City; 2) Conducted meetings with Franchise Waste Hauler, certain generators, and the LA Regional Foodbank to address organic recycling program rollout and expansion of food donation programs; 3) Conducted site visits to inspect for compliance and notified businesses of any contamination; 4) Performed waste stream reviews for businesses that requested organic recycling waivers and followed up with businesses that were issued waivers to ensure that the businesses still qualify; 5) Conducted site-inspections which included lid-lifts and spoke with businesses who had contamination in their containers. Outreach was provided to these businesses, and training was offered to businesses that requested it; 6) Worked with Code Enforcement to ensure that programs meet the state's requirement and that materials are diverted from landfills by using permitted organics recycling collectors.
+</x:t>
   </x:si>
   <x:si>
     <x:t>City of Pittsburg</x:t>
   </x:si>
   <x:si>
     <x:t>Sara Sara Bellafronte</x:t>
   </x:si>
   <x:si>
     <x:t>9252524109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molly Park</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Pittsburg is applying for SB 1383 Local Assistance Grant Program funds in order to meet compliance with 14 CCR section 18991.1. Jurisdiction Edible Food Recovery Program, 14 CCR section 18991.2. Recordkeeping Requirements for Jurisdiction Edible Food Recovery Program, 14 CCR section 18995.1. Jurisdiction Inspection Requirements (as it relates to edible food generators), and 14 CCR section 18992.1. Organic Waste Recycling Capacity Planning.
 Funding would provide the City of Pittsburg with resources to implement  regulations associated with SB 1383, including, but not limited to:
 Edible Food Recovery - The City will extend its contract with Food Shift as a qualified consultant to continue to develop and implement the City’s “Plentiful Pittsburg” Food Recovery Program. This Program includes EFG and FRO identification, tracking and contract tracking, EFG and FRO outreach, inspector training and oversight, and inspection records keeping.  The City will continue to include Food Shift in periodic check-ins with the County, local jurisdictions, their consultants, and MDRR to seek opportunities to forge partnerships that stitch together edible food recovery across neighboring jurisdictions. In compliance with SB 1383, the City will also utilize Food Shift to fulfill Capacity Planning information requests from Contra Costa County and determine how the City can foster capactiy increases through partnership with its Economic Develpoment Division.
 Procurement Requirements - In compliance with SB 1383, the City will use grant funds for recovered organic waste procurement requirements. Procured compost will be applied to up to two compost giveaways for residents per year, businesses, and local community groups throughout the two years.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Brea</x:t>
   </x:si>
   <x:si>
     <x:t> Francesca Vivanti</x:t>
   </x:si>
   <x:si>
     <x:t>7146714411</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Brea (City) anticipates using funds from the SB 1383 Local Assistance Grant program through utilizing recordkeeping/tracking software to not only assist in compiling a thorough Implementation Record, but also tracking inspections/site visits, waivers, Edible Food Generators/Edible Food Organizations, hauler reports, and more. Moreover, the City will utilize funds for education/outreach materials, such as mailers and flyers, attend solid waste-related conferences, and if necessary, contract with consultants for assistance in SB 1383 implementation activities. Other  uses for grant funds include the purchase of containers for City facilities, organic procurement activities, personnel costs, and purchasing materials to assist with edible food recovery.</x:t>
   </x:si>
   <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>Salinas Valley Solid Waste Authority</x:t>
   </x:si>
@@ -1448,52 +1431,54 @@
   </x:si>
   <x:si>
     <x:t>Lake County</x:t>
   </x:si>
   <x:si>
     <x:t> Kati Galvani</x:t>
   </x:si>
   <x:si>
     <x:t>7072621618</x:t>
   </x:si>
   <x:si>
     <x:t>The proposed grant project will support the County of Lake in a county-wide public outreach campaign to educate and inform residents about the proper disposal of organic waste and the importance of diverting such waste from the landfill. On July 1, 2024 curbside customers will be able to dispose of their organics in their green waste cans. Residents can take their organic waste to the Lakeport transfer station or Quackenbush Mountain composting facility in Clearlake.  
 Funding will be used to purchase 2000 food waste bins and 500 backyard composting bins to give to residents for free while supplies last. Each container will come with information and education about what goes in the container and how to dispose of it when full or use for your own backyard composting. The containers/bins will be on display and available at county-wide events, and various solid waste and recycling facilities. The county will also work with local food recovery organizations to advertise and provide educational materials during food give-a-ways.
 The County of Lake will work with the local food recovery organizations to offer food waste containers or composting bins to address the excess edible food that is no longer edible or able to be given away at each site. Food recovery organizations are given the option to self-haul to the local composting facility in Clearlake (Quackenbush Mountain Resource and Recovery Facility) or to the Lakeport Transfer Station or compost on-site until July 1, 2024 when curbside pickup will be offered to customers.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Banning</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Arturo Vela</x:t>
   </x:si>
   <x:si>
     <x:t>9519223130</x:t>
   </x:si>
   <x:si>
-    <x:t>Funds will be used to support the implementation of SB 1383 through the procurement of a record keeping tracking software program. The record keeping software is needed and enables a wide variety of data tracking including tracking of organics collection service compliance, collection waivers, paper, and recovered organic waste products (ROWP) procurement, edible food recovery and enforcement.  The program is compatible with tablets and electronic devices enabling fieldwork functionality for logging inspections, route reviews and other education and outreach activities with the purpose of tracking participation in recycling and organics programs.  Utilizing this program allows the City to maintain compliance with SB1383 by continuously compiling all related information in one location providing the ability to easily share reportable data with CalRecycle within the 10-day reporting window requirement.
-Additionally, funds will be used for the procurement of recovered organic material to assist the City with meeting its procurement target identified by CalRecycle for its calendar years 2025 and 2026. Specifically, the City anticipates the procurement of either electricity from biomass conversion and/or the procurement Renewable Natural Gas (RNG) for transportation fuel from an anaerobic digestion facility through a Procurement Compliance Attribute (PCA) agreement.  Procurement of this type of material will assist the City in meeting its SB 1383 procurement target for recovered organic material.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Banning was awarded $89,017 in SB1383 Local Assistance grant funds. During the grant term, the City procured the Recyclist Tracking Program for the period of May 2024 through April 2026. This program enables the City to manage and track regulatory activities required under SB 1383. In addition, the City maintained compliance by contracting with MSW Consultants to conduct annual site assessments for commercial businesses. These assessments ensure compliance with state-mandated requirements, provide education to business staff, evaluate existing waste streams and disposal practices, and generate detailed inspection reports. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Atwater</x:t>
   </x:si>
   <x:si>
     <x:t> Ana Jaramillo</x:t>
   </x:si>
   <x:si>
     <x:t>2093576372</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Atwater will be using the grant funds to assist in meeting the City's procurement goal.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Poway</x:t>
   </x:si>
   <x:si>
     <x:t> Jennafer Steffen</x:t>
   </x:si>
   <x:si>
     <x:t>8586684728</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funds will be primarily used for outreach and education to residents and businesses. Activities include but are not limited to: consultant services for Outreach, Inspection and Enforcement, Record Keeping, Tier Identification and Capacity Planning. Additionally, funds will be used for Edible Food Recovery program evaluation and gap analysis if it is determined that the San Diego County region has a shortfall in its Edible Food Recovery capacity to develop educational content and provide consulting for commercial generators to assist in development or improvement of their organic waste reduction programs, performing outreach in the community through various mediums, and covering costs for materials. Our goal is to maximize participation by increasing awareness and understanding of the state goals and the purpose of these programs in order to minimize contamination.</x:t>
   </x:si>
@@ -1620,51 +1605,53 @@
     <x:t>The proposed Grant will be used to hire a consultant to assist with enforcement and education of Food Recovery Organizations and Tier 1 &amp; 2 Commercial Food Generators on SB 1383 requirements.  Specifically, the consultant will provide individual technical assistance to businesses and inspect commercial generators &amp; food recovery agencies.  Additionally, the consultant will be available to assist with SB 1383 implementation tasks such as website review, business site visits, EAR support, and rescue database update.
 Grant funds will be used to hire a consultant to administer the organic waste collection program for businesses.  Specifically, to review compliance issues with businesses, review exemption requests, conduct onsite inspections of businesses and coordinate activities with the City's Waste Hauler.</x:t>
   </x:si>
   <x:si>
     <x:t>City of El Cajon</x:t>
   </x:si>
   <x:si>
     <x:t> Monica Martinez</x:t>
   </x:si>
   <x:si>
     <x:t>6194411704</x:t>
   </x:si>
   <x:si>
     <x:t>The funds will be used to primarily fund the requirements associated with the implementation of the City's Edible Food Recovery program including Education and Outreach, Inspection and Enforcement, Record Keeping, Tier Identification, and Capacity Planning. Additionally, funds will be used for Edible Food Recovery program evaluation and gap analysis if it is determined that the San Diego County region has a shortfall in its Edible Food Recovery capacity. A detailed description of each of the services follows.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Vernon</x:t>
   </x:si>
   <x:si>
     <x:t> Veronica Petrosyan</x:t>
   </x:si>
   <x:si>
     <x:t>3238261448</x:t>
   </x:si>
   <x:si>
-    <x:t>The goal of the City of Vernon Health and Environmental Control Department (DHEC) is to successfully implement a strong Organics Recycling program to make an impact in the statewide effort in reducing short-lived climate pollutant emissions. DHEC intends to use the SB 1383 Local Assistance Grant funds to facilitate education and outreach to the diverse range of industrial businesses and residents of the City.  Funds will also be used to purchase materials to support and improve the program’s collection system, contamination monitoring, inspection, and enforcement services.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Vernon was awarded $75,000 in SB1383 Local Assistance grant funds. They utilized a multi-faceted approach centered on education, oversight, and collaborative partnerships. By deploying a dedicated internship program, they conducted comprehensive facility inspections, provided businesses with direct technical assistance and waste labeling decals to support compliance, and maintained a rigorous follow-up schedule for any identified deficiencies. The City bridged the gap between regulated entities and solid waste haulers. They ensured customers received the appropriate service levels and container deliveries were closely monitored.
+As a result of distributing informational pamphlets and consistent reminders to both facilities and haulers, the City achieved a 95% compliance rate. Furthermore, their edible food recovery program has successfully diverted a wide array of surplus items from the waste stream, including prepared meals, fresh produce, dairy, and shelf-stable products, ensuring that safe, high-quality food reaches those in need rather than the landfill.
+</x:t>
   </x:si>
   <x:si>
     <x:t>City of Benicia</x:t>
   </x:si>
   <x:si>
     <x:t> Sharon Denney</x:t>
   </x:si>
   <x:si>
     <x:t>7077464215</x:t>
   </x:si>
   <x:si>
     <x:t>Funds will be used to fulfill Procurement requirements of SB 1383 to purchase compost and mulch for City-owned parks and any other parcels that may need materials.  Funds will also be used to contract for inspection services to fulfill Commercial Edible Food Generator Tier 1 and 2 compliance.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Buena Park</x:t>
   </x:si>
   <x:si>
     <x:t> Laurie Aubuchon</x:t>
   </x:si>
   <x:si>
     <x:t>7145623653</x:t>
   </x:si>
   <x:si>
     <x:t>Further development and implementation of the City's Edible Food Recovery Program:
 •           1. Implementation Record Development and Maintenance: Further development and maintenance of the City's SB 1383 implementation record, which includes ordinances and enforceable mechanisms, written program descriptions, organic waste service collection, contamination minimization, including route reviews and waste evaluations, waivers and exemptions, education and outreach, jurisdiction oversight of hauler programs, edible food recovery, recovered organic waste product procurement, paper procurement, inspection and enforcement, compliance reviews, and investigation of complaints and alleged violations. The City's hauler, Edco, has developed a customized implementation record tracking tool and will assist the CIty in updating the record. The City is proposing to use some grant monies to fund its consultant, EcoNomics, Inc., to upload and maintain the edible food recovery portion of the City's implementation record.
@@ -2340,62 +2327,60 @@
   </x:si>
   <x:si>
     <x:t> Vicki Sherman</x:t>
   </x:si>
   <x:si>
     <x:t>6507807472</x:t>
   </x:si>
   <x:si>
     <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term. Additional funds will be used to procure Recycled Organic Products for City use.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Solana Beach</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Danny King</x:t>
   </x:si>
   <x:si>
     <x:t>8587202477</x:t>
   </x:si>
   <x:si>
     <x:t>These funds will primarily be used for Edible Food Recovery education, outreach, technical assistance, inspection and enforcement activities of our edible food generators and food recovery organizations. Funds will also cover SB 1383 organic recycling outreach to our residents and broader business community.
 We will use relationships already established through our partnership in the Regional Solid Waste Association (RSWA) with consultant Solana Center for Environmental Innovation. We may seek additional consultant services.
 Fund will be used to develop educational content and perform outreach through various means including inspections of our Tier 1 and Tier 2 generators, technical assistance site visits, video or phone assistance webinars, and/or public service announcements. Some grant funds could also be used to cover the costs of materials for educational signs or other educational materials. The goal will be to ensure edible food donation programs are established with our Tier 1 and Tier 2 generators and to also maximize organic recycling participation with desired sorting behavior and minimize contamination.</x:t>
   </x:si>
   <x:si>
-    <x:t>El Dorado Hills Community Services District</x:t>
-[...10 lines deleted...]
-</x:t>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sharon Mitchell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093868968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Various County departments will be working on several programs/projects, providing education and outreach, and purchasing equipment to aide in the implementation of SB 1383 requirements.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Concord</x:t>
   </x:si>
   <x:si>
     <x:t> Jeff Rayos</x:t>
   </x:si>
   <x:si>
     <x:t>9256713446</x:t>
   </x:si>
   <x:si>
     <x:t>Personnel costs, procurement, and other items that aid in the jurisdiction’s compliance with SB 1383 requirements.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Dinuba</x:t>
   </x:si>
   <x:si>
     <x:t> George Avila</x:t>
   </x:si>
   <x:si>
     <x:t>5595915924</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Dinuba will be allocating its SB1383 Local Assistance Grant funds to contract with a consultant to perform a SB1383 Program Analysis and develop Implementation Approach.  This will include a focus on multifamily recycling and organics program implementation to try and address a specific area of concern for Dinuba.  Additionally, funding will be allocated to Recovered Organic Waste Product Procurement to help meet the City's procurement targets.</x:t>
   </x:si>
@@ -2924,64 +2909,50 @@
     <x:t>The City of Huntington Beach proposes to use the Grant Funds to utilize a consultant who will provide technical assistance and support with Recordkeeping, Franchise Agreement contract management and compliance monitoring, and Edible Food Recovery compliance. Additionally, Grant Funds will be used for the labor, hauling, equipment and supplies for the setup and operation of a permanent public compost giveaway station.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Coronado</x:t>
   </x:si>
   <x:si>
     <x:t> Ofelia Andrade</x:t>
   </x:si>
   <x:si>
     <x:t>6195227381</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funds will be used to promote, educate, and provide resources to residents and businesses to aid them in complying with SB 1383; to procure professional services to assist the City with inspection and enforcement of Edible Food Recovery program; and to procure recovered organic waste products.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Gustine</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Jami Westervelt</x:t>
   </x:si>
   <x:si>
     <x:t>2098546471</x:t>
   </x:si>
   <x:si>
     <x:t>With the proposed grant project, the City of Gustine would be able to 1) obtain equipment that may take years to budget for/obtain; the equipment is a steer skid loader that will help with the unloading/loading and movement of organics waste products (i.e. compost) that will then be spread on public parks and other City-owned areas; equipment would also include indoor/outdoor collection containers for City-owned public spaces (such as the parks and the downtown area), for special events that take place within the City, and for local businesses to make available to their staff and patrons; 2) the proposed grant project will assist the City in procuring its Procurement Target Goals of compost from an organics waste processing facility; and 3) the proposed grant project will help with Consultant costs for grant administration and SB1383 Sit Visits/Inspections, Program Evaluation/Compliance.</x:t>
-  </x:si>
-[...12 lines deleted...]
-Lastly, funds will be used to pay for a part-time Environmental Intern to assist with executing the outreach and education activites associated with this grant.   </x:t>
   </x:si>
   <x:si>
     <x:t>Tulare County</x:t>
   </x:si>
   <x:si>
     <x:t> Paige Vandegrift</x:t>
   </x:si>
   <x:si>
     <x:t>5596247209</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funds requested will be used for implementation and completion of SB 1383 programs and projects. Costs incurred will include Administrative Costs related to consulting fees on projects such as Hauler Franchise Agreement Amendments and any other actions that may be presented to the Tulare County Board of Supervisor. Remaining funding allocated to administrative costs will go towards administrative hours worked on SB 1383 tasks and actions, including but not limited to: Education and Outreach, recordkeeping, management of County Website content, compliance, and communication with consultants and Franchise Haulers. Remaining grand funds will be allocated to expansion of compost and organics recycling infrastructure through design and permitting of a proposed compost facility, as well as funding personnel positions that will be staffed at this facility. These funds will assist the County with effective implementation of the aformentioned actions and projects.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Lucia Community Services District</x:t>
   </x:si>
   <x:si>
     <x:t> Aimee Dahle</x:t>
   </x:si>
   <x:si>
     <x:t>8316206780</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Santa Lucia Community Services Special District would be honored to receive grant funding for the necessary tools required for the implementation of food waste collections within the district for homeowners and restaurants. This initial funding would go directly towards the purchase of a rolloff dumpster, mobile cart lifter, food waste bins and other personal protective equipment required for safe handling of food wastes. In conjunction with the physical tools required to get the program off the ground, the district will also need funds to facilitate proper training and community outreach as well as continued community education as the program grows, and direct two current staff members to collections of food waste by shuffling tasks to accommodate one 10 hour day per week for both staff members for collections and bin cleaning.</x:t>
   </x:si>
@@ -3511,51 +3482,51 @@
   <x:si>
     <x:t>City of South San Francisco</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Marissa Garren</x:t>
   </x:si>
   <x:si>
     <x:t>6508778549</x:t>
   </x:si>
   <x:si>
     <x:t>The City of South San Francisco will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help each jurisdiction meet their SB 1383 recovered organic waste product procurement target. Our Jurisdiction will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County; to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance; and to assess innovative compost procurement, application, and funding strategies to build capacity for the long term. 
 Another portion of funding will be utilized toward the purchase of SB 1383-compliant compost and mulch for community distribution events and for application in city parks, common green areas and community gardens. All compost purchased will assist the City in achieving its annual procurement target per SB 1383 jurisdictional requirements. 
 Other funding will be applied towards education and outreach for our South San Francisco residents and commercial properties on SB 1383 requirements, enforcement, and correct sorting for landfill waste vs. recycling and compost. This will be carried out through citywide mailers, social media posts, and the City's community channel. Staff will also utilize education and outreach portioned funding towards the continued purchase of kitchen compost pails to be distributed to all residential properties upon online application and verification of current organics service through the City's franchised hauler, which will also be mentioned in the citywide mailers, social media posts and the City's community channel. These kitchen compost pails will include printed information on and inside of them on correct sorting practices for organic waste, landfill waste, and recycling. 
 The last portion of funding will be utilized toward city staff time for SB 1383 record keeping of compliance efforts via procurement (contracts and purchasing) and the enforcement and inspection of residential and commercial properties in South San Francisco.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Coachella</x:t>
   </x:si>
   <x:si>
     <x:t> Celina Jimenez</x:t>
   </x:si>
   <x:si>
     <x:t>7603983502</x:t>
   </x:si>
   <x:si>
-    <x:t>The City of Coachella would like to procure or purchase a "material spreader" hopper machine in order to spread composted organic material such as mulch, leaves, twigs, and grass clippings.  The City is also proposing to purchase a "back hoe" to load the mulch onto the material spreader hopper.  The finished compost is a soil amendment with a wide variety of nutrients, micronutrients, and organic matter, all of which benefit the soil, which will help Cal Recycle meet its disposal reduction goal required by SB 1383.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Coachella was awarded $118,046 in SB1383 Local Assistance grant funds. Throughout the grant term, the City of Coachella implemented SB 1383 Local Assistance Grant activities focused on improving organic waste diversion and soil health at City parks and recreational facilities. Grant funding supported the acquisition of specialized equipment (2020 John Deere 310 LEP Backhoe Loader and 4300 Millcreek Hydraulic Driven Turf Top Dresser) that allows the City to apply compost and mulch more efficiently, directly supporting compliance with SB1383 disposal reduction requirements. Together, these capital investments provide lasting operational capacity that supports implementation goals.</x:t>
   </x:si>
   <x:si>
     <x:t>City of El Monte</x:t>
   </x:si>
   <x:si>
     <x:t> Jessica Chan</x:t>
   </x:si>
   <x:si>
     <x:t>6265802058</x:t>
   </x:si>
   <x:si>
     <x:t>The City of El Monte would like to begin an aggressive Education and Outreach Campaign. We will be looking into potential targeted animated video clip ads, billboards and/or Bus Ads. The City will also be looking into procurement purchases as well as purchasing 2 fridges and 2 freezers for our 2 food pantry locations. Due to low staffing, the City would also like to contract for Consulting Services to perform the following tasks for the City :
 1. Compile Data and submit information for the City's Organics Capacity Plan
 2. Determine quarterly compliance and organic tonnage of Self and Third Party Haulers
 3. Coordinate Compost Giveaway &amp; Workshop Events
 4. Review EFG, FRO and Self Hauler reporting for compliance
 5. Oversee the Hauler's Contamination Audit
 6. Continue conducting Tier 1 &amp; 2 Surveys &amp; Inspections
 7. Coordinate SB 1383 Education &amp; Outreach Workshops
 8. Hold Department Head Procurement Meeting
 9. Oversee Procurement Target Progress
 10. Review and Process Waivers
 11. Oversee the Organics Enforcement Process 
 12. Maintain the Enforcement Log
 13. Reach Out to Recovery Organization
@@ -3652,79 +3623,77 @@
 Capacity Planning/Program Evaluation/Gap Analysis: A consultant will be providing overall SB1383 compliance services with an emphasis on the curbside collection of organics, including tasks such as franchise compliance, enforcement and diversion mechanisms, and funding recommendations and cost strategies. 
 </x:t>
   </x:si>
   <x:si>
     <x:t>City of Fort Bragg</x:t>
   </x:si>
   <x:si>
     <x:t> Alfredo Huerta</x:t>
   </x:si>
   <x:si>
     <x:t>7079612823</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Fort Bragg is applying to the SB 1383 Local Assistance Grant program to assist with the implementation of regulation requirements associated with SB 1383. These funds will be used not only for administrative and enforcement efforts but also material procurement. The projects funded by this grant include but are not limited to organics collection, edible food recovery, education and outreach, procurement, capacity planning, and enforcement and inspections.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Calimesa</x:t>
   </x:si>
   <x:si>
     <x:t> Mari Shakir</x:t>
   </x:si>
   <x:si>
     <x:t>9097959801</x:t>
   </x:si>
   <x:si>
-    <x:t>Grant funds will be used to purchase a skid steer with forklift attachment to disperse mulch and transport pallets at compost giveaway events.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Calimesa was awarded $75,000 in SB1383 Local Assistance grant funds to purchase a skid steer. They have been able to use the equipment purchased to spread procured mulch and compost at city facilities.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Buellton</x:t>
   </x:si>
   <x:si>
     <x:t> Rose Hess</x:t>
   </x:si>
   <x:si>
     <x:t>8056860137</x:t>
   </x:si>
   <x:si>
     <x:t>Funds requested will be utilized to contract with consultant to assist our small agency with program compliance and implementation. In addition funds are requested to assist our local Food Recovery agency with implementation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t>Town of Truckee</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Erin Brewster</x:t>
   </x:si>
   <x:si>
     <x:t>5305827903</x:t>
   </x:si>
   <x:si>
-    <x:t>This grant project would support three main areas of the Town of Truckee’s SB 1383 implementation efforts: record keeping, edible food recovery, and education and outreach. The primary goal of the projects funded by this request would be to develop lasting program support mechanisms that can be leveraged on an ongoing basis for implementation of SB 1383 locally in Truckee.
-[...3 lines deleted...]
-</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Town of Truckee was awarded $75,000 for OWR4. Grant projects included production of education and outreach materials, including the design and printing of multi-family educational brochures which provide information on local programs and services for multi-family residents in Truckee to separate organic waste from landfills.
+In addition, programs supported edible food recovery at local recovery organization Sierra Community House, including purchase of supplies and software to support food distribution and food storage. Of note, supplies purchased include a glass door refrigerator that has allowed the food distributions at Sierra Community House’s warehouse to follow a model more similar to grocery store shopping. With this purchase, food is now placed out on shelves and in glass-door refrigerators to allow recipients to choose what they’d like, rather than the previous model where bags were packed ahead of time and handed out to recipients. This new model is likely to reduce food waste from recipients taking home food they will actually eat, while also providing more agency and dignity to recipients.   
+In addition, program funds supported procurement of organic waste products to meet the Town's organics procurement target with the purchase of compost through a compost broker, Zero Foodprint. Lastly, the program supported recordkeeping by covering software costs for the Recyclist Program Tracker, for the Town to track business compliance with SB 1383 requirements.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Trinidad</x:t>
   </x:si>
   <x:si>
     <x:t> Angela Cather</x:t>
   </x:si>
   <x:si>
     <x:t>7074997659</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Trinidad is seeking local assistance grant money to help our small jurisdictions meet both the intent and letter of the state law SB 1383.  These funds will be used for us to cover personnel costs, edible food recovery, record keeping costs, and procurement of California sourced compost to meet our state required SB 1383 goals. We will fund the equipment for a backyard composting campaign in addition to supporting our Lion's club food rescue program.</x:t>
   </x:si>
   <x:si>
     <x:t>City of South Gate</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Arturo Cervantes</x:t>
   </x:si>
   <x:si>
     <x:t>3235639576</x:t>
   </x:si>
   <x:si>
     <x:t>The funds are proposed to be programmed to hire consultants to assist implementation of the SB 1383 with the enforcement operations, and best management practices and evaluate the recordkeeping requirement. 
 Also, to built on the SB 1383 outreach that has been conducted, and continue to build on social media  management, webhosting and  email campaigns. 
@@ -4206,62 +4175,50 @@
     <x:t> Brenda Lopez</x:t>
   </x:si>
   <x:si>
     <x:t>7602462300</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Adelanto will use the funds to assist in public outreach and 
 education. It will help pay for a compost spreader for all parks and stadium. Compost bins and bags for giveaway at various events. Trash can replacement at various City facilities 
 and refrigerated container for edible food For our major hub in Adelanto, having storage containers is paramount. These containers will play a vital role in allowing the hub to effectively capture and store recovered products.</x:t>
   </x:si>
   <x:si>
     <x:t>Shasta County</x:t>
   </x:si>
   <x:si>
     <x:t> Jeremy Brukardt</x:t>
   </x:si>
   <x:si>
     <x:t>5302255453</x:t>
   </x:si>
   <x:si>
     <x:t>Shasta County will use the Local Assistance Grant to fund staffing positions needed to maintain compliance with SB 1383. This includes positions within Health and Human Services for the Edible Food Recovery program and positions within Public Works and Resource Management to provide tracking and enforcement of all aspects of SB 1393. 
 Additionally, Shasta County plans to use the funds to provide training, education and outreach to citizens and businesses impacted, mileage for inspections and enforcement and to purchase waste bins for recycling. 
 The City of Shasta Lake and the City of Anderson have requested the County apply for their portion of the available funds as the County works directly with the cities to provide recycling services to those communities. </x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino County</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>City of Alhambra</x:t>
   </x:si>
   <x:si>
     <x:t> Randi Hembree</x:t>
   </x:si>
   <x:si>
     <x:t>6265703256</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Alhambra will expand on current efforts to promote and implement organic waste diversion and product procurement as outlined in SB 1383. The City will purchase recovered organic waste products and equipment needed for the application of compost and mulch on City facilities. The City will also purchase recycling and organic waste receptacles for City facilities and businesses. The City use funds to widely and effectively distribute educational materials developed with Round 1 funds to the diverse, multilingual community of residents, visitors and business owners in Alhambra, through strategic advertising and multimedia placement.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Rio Vista</x:t>
   </x:si>
   <x:si>
     <x:t> Jen  Lee</x:t>
   </x:si>
   <x:si>
     <x:t>7073746451</x:t>
   </x:si>
   <x:si>
     <x:t>Use include Education and Outreach including counter bins for compostable items and procurement of compost, mulch and recycled paper and paper products.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Oakland</x:t>
@@ -4300,63 +4257,50 @@
     <x:t>SB 1383 Implementation Local Assistance Grant Funds</x:t>
   </x:si>
   <x:si>
     <x:t>City of Sunnyvale</x:t>
   </x:si>
   <x:si>
     <x:t> Bailey Hall</x:t>
   </x:si>
   <x:si>
     <x:t>4087307782</x:t>
   </x:si>
   <x:si>
     <x:t>City of Sunnyvale will use these funds for procurement, edible food recovery, data management and outreach.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Livermore</x:t>
   </x:si>
   <x:si>
     <x:t> Anna Zamboanga</x:t>
   </x:si>
   <x:si>
     <x:t>9259608004</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Livermore will be using the funds received to help pay for tracking and reporting tools and container contamination checks and outreach.</x:t>
-  </x:si>
-[...11 lines deleted...]
-1) Capacity Planning/Program Evaluation/Gap Analysis (Total: $80,000): Multi-Family Technical assistance: Upon award of the grant the City will contract with a 3rd party consultant/contractor to conduct as needed SB 1383 desktop compliance analysis of multi-family customers. Based on the desktop analysis findings, the contractor will conduct targeted field assessments/technical assistance site visits for multi-family customers, with a focus on right sizing of services to ensure adequate recycling and organics services are onsite and to mitigate contamination or non-compliance/enforcement issues.  Field assessments will also include education and outreach for property managers, landlords, owners and tenants; 2) Education and Outreach (Total $70,000): 2a: $40,000 will be utilized for the development and digital broadcasting of a "SB 1383 How to Sort" recycling and organics video campaign that will air during specific and routine periods throughout the grant term at local theaters, and through other digital outlets in Inglewood.  In addition to broadcasting at local Inglewood movie theaters, the video will be broadcast through various kiosks, ATMs, and through streaming entertainment services within the area and on the City and Franchise Provider website and social media outlets.  The SB 1383 educational video will be broadcast during targeted periods during the grant term including but not limited to prime entertainment seasons, holidays, and in conjunction with major box office releases to ensure maximum SB 1383 outreach to the community; 2b: SB 1383 Videography Services (Total: $30,000): grant funds will be utilized to produce two SB 1383 educational videos, estimated to be approximately $15,000 each.  Due to increased contamination issues identified within the multi-family sector, (City 2023 SB 1383 route reviews results) the City will target multi-family owners and tenants for the first video, with the second video targeting general commercial customers on organics recycling/SB 1383 in general, food waste prevention, and food recovery for food service establishments and Tier 1/Tier 2 commercial generators. These videos will be posted on the City and Franchise provider website, shared with customers, and will be distributed throughout the grant term through social media, and other local media outlets.  3) Equipment (Total: $43,108): Funds will be utilized for the purchase of indoor/outdoor 3-stream recycling/organics stations for special event venues, City facilities, parks, schools, and other commercial facilities to improve sorting and to reduce contamination. Inglewood is home to multiple major event venues (SoFi Stadium, Intuit Dome, Kia Forum, and others), and dozens of City facilities, schools and community parks all serving thousands of Inglewood residents and visitors daily.  Purchase and placement of indoor/outdoor sort stations for both recycling and organics at key locations across the community will improve overall participation and access to the City's SB 1383 programs and services.  The units will be designed with visual signage that includes information on acceptable and prohibited materials for each stream, in order to reduce contamination, while also ensuring materials are properly sorted and collected for organics and recycling.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Temecula</x:t>
   </x:si>
   <x:si>
     <x:t> Rebecca Kiser</x:t>
   </x:si>
   <x:si>
     <x:t>9512404219</x:t>
   </x:si>
   <x:si>
     <x:t>Proposed project and use of funds will be allocated to continue the development and implementation of SB1383 Programs and Regulations to ensure compliance with a statewide effort to reduce emissions of short-lived climate pollutants. </x:t>
   </x:si>
   <x:si>
     <x:t>City of Lancaster</x:t>
   </x:si>
   <x:si>
     <x:t> Travis Lange</x:t>
   </x:si>
   <x:si>
     <x:t>6617235883</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Lancaster aims to utilize the grant funds in order to educate residents and businesses of the specifics to recycle and recover organics via education resources and materials.</x:t>
   </x:si>
@@ -5372,50 +5316,62 @@
     <x:t>We will use these funds to cover expenses related to education/compliance and enforcement of SB 1383.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Morgan Hill</x:t>
   </x:si>
   <x:si>
     <x:t> Mario Pichardo</x:t>
   </x:si>
   <x:si>
     <x:t>4087635200</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Morgan Hill is seeking grant funds on behalf of the Cities of Morgan Hill and Gilroy to complete the tasks listed below. 
 Continue implementation of the Countywide Edible Food Recovery Program
 The Edible Food Recovery Program contracts with Joint Venture Silicon Valley to conduct outreach, provide technical assistance, and regulate businesses that are impacted by SB 1383. Funding will support programmatic tasks such as: inspections, business support, logisitcs, possibly school support, education, outreach, refining Tier 1 and 2 lists and engagement, document creation, food recovery organization/service and generator reporting, as well as general administration of the program. These grant funds will provide both the City of Morgan Hill and the City of Gilroy’s contributions to the Edible Food Recovery Program that is managed regionally.
 Hire part-time personnel to implement the requirements of SB 1383 in both cities
 Two part-time staff persons will be hired, one for Morgan Hill and one for Gilroy, to support implementation of SB 1383 compliance. Key areas of focus may include but will not be limited to engagement with schools, community education and outreach, business support, internal City facility audits, and oversight of paper procurement programs. 
 Purchase compostable liners for City facility compost containers 
 Both cities will purchase liners using grant funds which will allow buffer time for both cities to incorporate the costs of liners into City fees and budgets. 
 Purchase compost containers for City facilities and/or businesses
 Both cities will utilize grant funds to support the purchase of compost bins at City facilities and/or local businesses.
 Training and CRRA Conference
 In the City of Gilroy only, grant funds will be used to send one staff person to the annual CRRA conference for training/networking/engagement on the latest SB 1383 topics. Remaining funds will be used for additional training opportunities that come up during the year.</x:t>
   </x:si>
   <x:si>
+    <x:t>City of Dos Palos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Manuela Sousa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093922174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1383 Implementation to procure mulch/compost materials for park and landscape beautification projects and to offer the products for free to the citizens of Dos Palos.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Santa Cruz</x:t>
   </x:si>
   <x:si>
     <x:t> Kristen Perez</x:t>
   </x:si>
   <x:si>
     <x:t>8314205592</x:t>
   </x:si>
   <x:si>
     <x:t>Summary for this grant is the funding provided by this grant will be used for the City's portion of a countywide service agreementt with a food recovery agency, such as Second Harvest Food Bank Santa Cruz County.  Each of the five jurisdictions will provide individual funding, based on population, to fund these recovery operations. Second Harvest has not yet been able to provide specific details and costs prior to the grant application closing, but the jurisdictions have identified several areas that would be included in a contract with Second Harvest during the early grant period.  These personnel areas include both a Data and Partnership Coodinator and a Volunteer Partnership Coordinator, both are existing positions which will have expanded reporting and operational duties related to additional reqquirements under SB 1383.  Also identified would be expenses such as mileage for collection volunteers, training for volunteers, and supplies needed for volunteer collection partners.  Discussions with our five county jurisdictions identified that having a service agreement with a food recovery agency would be the best way to control costs and duties, with each jurisdiction paying their proportional share of the contract based on county population.  We have also included food recovery software program, such as Care-It, to help our tier two customers, that do not work directly with the countywide food recovery agency, to attain 1383 compliance, 
 Additionally, the City will continue to expand and improve our existing residential and commercial organics collection programs through increased outreach, such as  television, radio,educational videos and social media.  We will also expand our program outreach to include a Chinese translation of our organic outreach materials.  We will also use the funding for a part time Waste Reduction Assistant that will help with our program education, outreach and compliance activities,  This position will augment our current 4.5 full time staff working in these areas.  They are typically involved in customer education through direct contact or event outreach, such as the Farmer's Market.  They inspect container contents for contamination and then follow up with the customer to correct the situation while documenting these activities for 1383 recordkeeping requirements.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles County</x:t>
   </x:si>
   <x:si>
     <x:t> Kelsi MacGregor</x:t>
   </x:si>
   <x:si>
     <x:t>6264583996</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funds will be utilized to further comply with State food organic waste collection regulations by expanding the County’s Food DROP program to include subregional food recovery efforts. Funds will be used for outreach and education which will include print materials, online messaging and ads, media campaigns, and community events. Funds will also be used for personnel time and food recovery activities including equipment for food transportation and storage and to enhance the Countywide food recovery database system which will allow businesses to quickly find food recovery agencies to work with.</x:t>
   </x:si>
   <x:si>
@@ -5466,50 +5422,91 @@
   </x:si>
   <x:si>
     <x:t>City of Canyon Lake</x:t>
   </x:si>
   <x:si>
     <x:t> Ruby Manzano</x:t>
   </x:si>
   <x:si>
     <x:t>9512462024</x:t>
   </x:si>
   <x:si>
     <x:t>Under the eligible projects listed in the guidelines of SB1383 Local Assistance Grant Program for collections and food recovery, the City of Canyon Lake is looking to help businesses upgrade and provide, clean, safe, and secure refuse enclosures. The proposed projects would address the only two commercial sites within its city limits, Canyon Lake Towne Center and Eastpost Center. These centers are located along the commercial corridors of Railroad Canyon Road and Geotz Road in Canyon Lake.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Pasadena</x:t>
   </x:si>
   <x:si>
     <x:t> Whitney  Jacobs</x:t>
   </x:si>
   <x:si>
     <x:t>6267447168</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Pasadena is interested in implementing a recycling compliance tracking and recordkeeping software. The desired features of the software include but are not limited to: recordkeeping sections to fulfill the requirements set by CalRecycle; compliance tracking via scheduled data imports of franchise hauler customer lists; updates to the system to align with changes in legislative mandates; and
 reports/dashboards for reliable and streamlined EAR submissions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Cerrito</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Leard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102154338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We intend to use funds for an SB 1383 outreach campaign that includes design of truck billboards/signs to go on our curbside recycling trucks and the garbage and organics trucks of our franchised hauler, East Bay Sanitary. We will also have outreach designed for advertising at the 2 BART stations in El Cerrito that will run for 4 weeks per cycle for a total of 2 cycles during the grant term. 
+We also plan to use funds to purchase additional compost for our monthly compost giveaways that often run out within half a day in peak season. We plan to double the amount of compost for the giveaways 6 months of each year of the grant cycle (during peak season). 
+Lastly, funds will be used to pay for a part-time Environmental Intern to assist with executing the outreach and education activites associated with this grant.   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado Hills Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Cara Layne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166434379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The District used prior years SB1383 Grant Funds to educate the public on their requirements to comply with SB1383, especially in regards to placing organic food waste in the green waste bin. Education bags were purchased, built, and delivered to 17,500+ resident homes within the District’s jurisdiction. These efforts have been evaluated and improvements have been noticeable. It is imperative that the District continues to support these original efforts and continues down the path of educating the public and keeping this information in the spotlight. 
+This new ask for funds will be phase two and is needed to keep CalRecycles initiatives of SB1383 front and center so all residents are aware of their duties to comply. The efforts will include:
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Inglewood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erica Guico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104125133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Inglewood will utilize the total amount of SB 1383 Local Assistance Grant Program funds ($193,108) to support the following various SB 1383 related programming activities: 
+1) Capacity Planning/Program Evaluation/Gap Analysis (Total: $80,000): Multi-Family Technical assistance: Upon award of the grant the City will contract with a 3rd party consultant/contractor to conduct as needed SB 1383 desktop compliance analysis of multi-family customers. Based on the desktop analysis findings, the contractor will conduct targeted field assessments/technical assistance site visits for multi-family customers, with a focus on right sizing of services to ensure adequate recycling and organics services are onsite and to mitigate contamination or non-compliance/enforcement issues.  Field assessments will also include education and outreach for property managers, landlords, owners and tenants; 2) Education and Outreach (Total $70,000): 2a: $40,000 will be utilized for the development and digital broadcasting of a "SB 1383 How to Sort" recycling and organics video campaign that will air during specific and routine periods throughout the grant term at local theaters, and through other digital outlets in Inglewood.  In addition to broadcasting at local Inglewood movie theaters, the video will be broadcast through various kiosks, ATMs, and through streaming entertainment services within the area and on the City and Franchise Provider website and social media outlets.  The SB 1383 educational video will be broadcast during targeted periods during the grant term including but not limited to prime entertainment seasons, holidays, and in conjunction with major box office releases to ensure maximum SB 1383 outreach to the community; 2b: SB 1383 Videography Services (Total: $30,000): grant funds will be utilized to produce two SB 1383 educational videos, estimated to be approximately $15,000 each.  Due to increased contamination issues identified within the multi-family sector, (City 2023 SB 1383 route reviews results) the City will target multi-family owners and tenants for the first video, with the second video targeting general commercial customers on organics recycling/SB 1383 in general, food waste prevention, and food recovery for food service establishments and Tier 1/Tier 2 commercial generators. These videos will be posted on the City and Franchise provider website, shared with customers, and will be distributed throughout the grant term through social media, and other local media outlets.  3) Equipment (Total: $43,108): Funds will be utilized for the purchase of indoor/outdoor 3-stream recycling/organics stations for special event venues, City facilities, parks, schools, and other commercial facilities to improve sorting and to reduce contamination. Inglewood is home to multiple major event venues (SoFi Stadium, Intuit Dome, Kia Forum, and others), and dozens of City facilities, schools and community parks all serving thousands of Inglewood residents and visitors daily.  Purchase and placement of indoor/outdoor sort stations for both recycling and organics at key locations across the community will improve overall participation and access to the City's SB 1383 programs and services.  The units will be designed with visual signage that includes information on acceptable and prohibited materials for each stream, in order to reduce contamination, while also ensuring materials are properly sorted and collected for organics and recycling.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 387</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -5644,51 +5641,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406ce39fc67e4792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfe343bf65e4d42a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb42c77277f7745a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0585cb4b61c04d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2690f9a598464b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0b2d9a201c0a4c63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -5898,9198 +5895,9198 @@
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row ht="298.97021484375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>292184</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row ht="540.453369140625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>188509</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row ht="390.95458984375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>330511</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row ht="586.4599609375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>137242</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row ht="367.96533203125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>81822</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row ht="149.49951171875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>321734</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
+      <x:c r="H18" s="8" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>1048132</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row ht="1023.42041015625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="G20" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
         <x:v>476003</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="G21" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
         <x:v>175139</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+      <x:c r="G22" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
+      <x:c r="H22" s="8" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row ht="1138.39453125" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
         <x:v>414610</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row ht="46.005859375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
         <x:v>338133</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row ht="356.4560546875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
         <x:v>120716</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row ht="183.9970703125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
         <x:v>168205</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row ht="126.482421875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
         <x:v>124605</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="F27" s="8" t="s">
+      <x:c r="G27" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row ht="91.9833984375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B28" s="8" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
         <x:v>416857</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F28" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="F28" s="8" t="s">
+      <x:c r="G28" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H28" s="8" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row ht="1276.384765625" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
         <x:v>194451</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F29" s="8" t="s">
+      <x:c r="G29" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="G29" s="8" t="s">
+      <x:c r="H29" s="8" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row ht="896.91015625" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
         <x:v>131683</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F30" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="F30" s="8" t="s">
+      <x:c r="G30" s="8" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row ht="448.4697265625" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
         <x:v>191561</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
         <x:v>110849</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
         <x:v>1194492</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
         <x:v>194453</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row ht="91.984375" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row ht="356.4560546875" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
         <x:v>388722</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row ht="126.4814453125" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
         <x:v>142034</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row ht="1954.8291015625" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
         <x:v>2314899</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row ht="701.431640625" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row ht="287.462890625" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
         <x:v>148186</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row ht="712.94140625" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
         <x:v>450000</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row ht="4668.60546875" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
         <x:v>547390</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row ht="586.458984375" customHeight="1" collapsed="0">
       <x:c r="A44" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B44" s="8" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
         <x:v>1349680</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F44" s="8" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="G44" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H44" s="8" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row ht="298.970703125" customHeight="1" collapsed="0">
       <x:c r="A45" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="8" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F45" s="8" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G45" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H45" s="8" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A46" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B46" s="8" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
         <x:v>296174</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F46" s="8" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G46" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H46" s="8" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row ht="2150.306640625" customHeight="1" collapsed="0">
       <x:c r="A47" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B47" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
         <x:v>326482</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F47" s="8" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G47" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H47" s="8" t="s">
-        <x:v>208</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.498046875" customHeight="1" collapsed="0">
+        <x:v>209</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.41796875" customHeight="1" collapsed="0">
       <x:c r="A48" s="8" t="s">
-        <x:v>209</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B48" s="8" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>139155</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="F48" s="8" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H48" s="8" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="H48" s="8" t="s">
+    </x:row>
+    <x:row ht="126.48046875" customHeight="1" collapsed="0">
+      <x:c r="A49" s="8" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B49" s="8" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>139155</x:v>
+        <x:v>351102</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="F49" s="8" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G49" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H49" s="8" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
-    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+    <x:row ht="2035.333984375" customHeight="1" collapsed="0">
       <x:c r="A50" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B50" s="8" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>351102</x:v>
+        <x:v>267124</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F50" s="8" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="F50" s="8" t="s">
+      <x:c r="G50" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H50" s="8" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="G50" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H50" s="8" t="s">
+    </x:row>
+    <x:row ht="1276.3828125" customHeight="1" collapsed="0">
+      <x:c r="A51" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B51" s="8" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
       <x:c r="C51" s="8"/>
       <x:c r="D51" s="9" t="n">
-        <x:v>267124</x:v>
+        <x:v>531371</x:v>
       </x:c>
       <x:c r="E51" s="8" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="F51" s="8" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="F51" s="8" t="s">
+      <x:c r="G51" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H51" s="8" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="G51" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H51" s="8" t="s">
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
+      <x:c r="A52" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B52" s="8" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
       <x:c r="C52" s="8"/>
       <x:c r="D52" s="9" t="n">
-        <x:v>531371</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E52" s="8" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="F52" s="8" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="F52" s="8" t="s">
+      <x:c r="G52" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H52" s="8" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="G52" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H52" s="8" t="s">
+    </x:row>
+    <x:row ht="1517.869140625" customHeight="1" collapsed="0">
+      <x:c r="A53" s="8" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="B53" s="8" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C53" s="8"/>
       <x:c r="D53" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>340333</x:v>
       </x:c>
       <x:c r="E53" s="8" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="F53" s="8" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="G53" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H53" s="8" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1517.8671875" customHeight="1" collapsed="0">
+    <x:row ht="436.958984375" customHeight="1" collapsed="0">
       <x:c r="A54" s="8" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B54" s="8" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C54" s="8"/>
       <x:c r="D54" s="9" t="n">
-        <x:v>340333</x:v>
+        <x:v>1537564</x:v>
       </x:c>
       <x:c r="E54" s="8" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="F54" s="8" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="G54" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H54" s="8" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.958984375" customHeight="1" collapsed="0">
+    <x:row ht="218.49609375" customHeight="1" collapsed="0">
       <x:c r="A55" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B55" s="8" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
       <x:c r="C55" s="8"/>
       <x:c r="D55" s="9" t="n">
-        <x:v>1537564</x:v>
+        <x:v>107651</x:v>
       </x:c>
       <x:c r="E55" s="8" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F55" s="8" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="F55" s="8" t="s">
+      <x:c r="G55" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H55" s="8" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="G55" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H55" s="8" t="s">
+    </x:row>
+    <x:row ht="850.93359375" customHeight="1" collapsed="0">
+      <x:c r="A56" s="8" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="B56" s="8" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C56" s="8"/>
       <x:c r="D56" s="9" t="n">
-        <x:v>107651</x:v>
+        <x:v>143552</x:v>
       </x:c>
       <x:c r="E56" s="8" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="F56" s="8" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="G56" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H56" s="8" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row ht="850.93359375" customHeight="1" collapsed="0">
+    <x:row ht="413.96875" customHeight="1" collapsed="0">
       <x:c r="A57" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B57" s="8" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
       <x:c r="C57" s="8"/>
       <x:c r="D57" s="9" t="n">
-        <x:v>143552</x:v>
+        <x:v>306999</x:v>
       </x:c>
       <x:c r="E57" s="8" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="F57" s="8" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="F57" s="8" t="s">
+      <x:c r="G57" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H57" s="8" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="G57" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H57" s="8" t="s">
+    </x:row>
+    <x:row ht="1368.3984375" customHeight="1" collapsed="0">
+      <x:c r="A58" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B58" s="8" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
       <x:c r="C58" s="8"/>
       <x:c r="D58" s="9" t="n">
-        <x:v>306999</x:v>
+        <x:v>211031</x:v>
       </x:c>
       <x:c r="E58" s="8" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="F58" s="8" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="F58" s="8" t="s">
+      <x:c r="G58" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H58" s="8" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="G58" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H58" s="8" t="s">
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+      <x:c r="A59" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B59" s="8" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
       <x:c r="C59" s="8"/>
       <x:c r="D59" s="9" t="n">
-        <x:v>211031</x:v>
+        <x:v>174062</x:v>
       </x:c>
       <x:c r="E59" s="8" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="F59" s="8" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="F59" s="8" t="s">
+      <x:c r="G59" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H59" s="8" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="G59" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H59" s="8" t="s">
+    </x:row>
+    <x:row ht="735.9296875" customHeight="1" collapsed="0">
+      <x:c r="A60" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B60" s="8" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
       <x:c r="C60" s="8"/>
       <x:c r="D60" s="9" t="n">
-        <x:v>174062</x:v>
+        <x:v>328023</x:v>
       </x:c>
       <x:c r="E60" s="8" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="F60" s="8" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="F60" s="8" t="s">
+      <x:c r="G60" s="8" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H60" s="8" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.9296875" customHeight="1" collapsed="0">
+    <x:row ht="873.921875" customHeight="1" collapsed="0">
       <x:c r="A61" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B61" s="8" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C61" s="8"/>
       <x:c r="D61" s="9" t="n">
-        <x:v>328023</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E61" s="8" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="F61" s="8" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="G61" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H61" s="8" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="H61" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+      <x:c r="A62" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B62" s="8" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
       <x:c r="C62" s="8"/>
       <x:c r="D62" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>561790</x:v>
       </x:c>
       <x:c r="E62" s="8" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="F62" s="8" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="F62" s="8" t="s">
+      <x:c r="G62" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H62" s="8" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="G62" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H62" s="8" t="s">
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
+      <x:c r="A63" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B63" s="8" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="C63" s="8"/>
       <x:c r="D63" s="9" t="n">
-        <x:v>561790</x:v>
+        <x:v>279920</x:v>
       </x:c>
       <x:c r="E63" s="8" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="F63" s="8" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="F63" s="8" t="s">
+      <x:c r="G63" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H63" s="8" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="G63" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H63" s="8" t="s">
+    </x:row>
+    <x:row ht="482.96875" customHeight="1" collapsed="0">
+      <x:c r="A64" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B64" s="8" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
       <x:c r="C64" s="8"/>
       <x:c r="D64" s="9" t="n">
-        <x:v>279920</x:v>
+        <x:v>602222</x:v>
       </x:c>
       <x:c r="E64" s="8" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="F64" s="8" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="F64" s="8" t="s">
+      <x:c r="G64" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H64" s="8" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="G64" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H64" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+      <x:c r="A65" s="8" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
       <x:c r="B65" s="8" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C65" s="8"/>
       <x:c r="D65" s="9" t="n">
-        <x:v>602222</x:v>
+        <x:v>164536</x:v>
       </x:c>
       <x:c r="E65" s="8" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="F65" s="8" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="G65" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H65" s="8" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+    <x:row ht="206.984375" customHeight="1" collapsed="0">
       <x:c r="A66" s="8" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B66" s="8" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C66" s="8"/>
       <x:c r="D66" s="9" t="n">
-        <x:v>164536</x:v>
+        <x:v>123181</x:v>
       </x:c>
       <x:c r="E66" s="8" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F66" s="8" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="G66" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H66" s="8" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="H66" s="8" t="s">
+    </x:row>
+    <x:row ht="103.4921875" customHeight="1" collapsed="0">
+      <x:c r="A67" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B67" s="8" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
       <x:c r="C67" s="8"/>
       <x:c r="D67" s="9" t="n">
-        <x:v>123181</x:v>
+        <x:v>292997</x:v>
       </x:c>
       <x:c r="E67" s="8" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="F67" s="8" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="G67" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H67" s="8" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="F67" s="8" t="s">
+    </x:row>
+    <x:row ht="1023.421875" customHeight="1" collapsed="0">
+      <x:c r="A68" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B68" s="8" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
       <x:c r="C68" s="8"/>
       <x:c r="D68" s="9" t="n">
-        <x:v>292997</x:v>
+        <x:v>419377</x:v>
       </x:c>
       <x:c r="E68" s="8" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F68" s="8" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="G68" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H68" s="8" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="F68" s="8" t="s">
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+      <x:c r="A69" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B69" s="8" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
       <x:c r="C69" s="8"/>
       <x:c r="D69" s="9" t="n">
-        <x:v>419377</x:v>
+        <x:v>451318</x:v>
       </x:c>
       <x:c r="E69" s="8" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F69" s="8" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="G69" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H69" s="8" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="F69" s="8" t="s">
-[...9 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
       <x:c r="A70" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B70" s="8" t="s">
-        <x:v>307</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C70" s="8"/>
       <x:c r="D70" s="9" t="n">
-        <x:v>451318</x:v>
+        <x:v>455122</x:v>
       </x:c>
       <x:c r="E70" s="8" t="s">
-        <x:v>308</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F70" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="G70" s="8" t="s">
-        <x:v>310</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H70" s="8" t="s">
-        <x:v>311</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.453125" customHeight="1" collapsed="0">
+        <x:v>306</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.4921875" customHeight="1" collapsed="0">
       <x:c r="A71" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B71" s="8" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C71" s="8"/>
       <x:c r="D71" s="9" t="n">
-        <x:v>455122</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E71" s="8" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="F71" s="8" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G71" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H71" s="8" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="H71" s="8" t="s">
-[...3 lines deleted...]
-    <x:row ht="103.4921875" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="183.99609375" customHeight="1" collapsed="0">
       <x:c r="A72" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B72" s="8" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C72" s="8"/>
       <x:c r="D72" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>208212</x:v>
       </x:c>
       <x:c r="E72" s="8" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="F72" s="8" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="G72" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H72" s="8" t="s">
+        <x:v>314</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4634.10546875" customHeight="1" collapsed="0">
+      <x:c r="A73" s="8" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B73" s="8" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
       <x:c r="C73" s="8"/>
       <x:c r="D73" s="9" t="n">
-        <x:v>208212</x:v>
+        <x:v>519396</x:v>
       </x:c>
       <x:c r="E73" s="8" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F73" s="8" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="G73" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H73" s="8" t="s">
+        <x:v>318</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+      <x:c r="A74" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B74" s="8" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
       <x:c r="C74" s="8"/>
       <x:c r="D74" s="9" t="n">
-        <x:v>519396</x:v>
+        <x:v>317573</x:v>
       </x:c>
       <x:c r="E74" s="8" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="F74" s="8" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="G74" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H74" s="8" t="s">
+        <x:v>322</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+      <x:c r="A75" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B75" s="8" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>326</x:v>
       </x:c>
       <x:c r="C75" s="8"/>
       <x:c r="D75" s="9" t="n">
-        <x:v>317573</x:v>
+        <x:v>161453</x:v>
       </x:c>
       <x:c r="E75" s="8" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F75" s="8" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="G75" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H75" s="8" t="s">
+        <x:v>326</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.49609375" customHeight="1" collapsed="0">
+      <x:c r="A76" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B76" s="8" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
       <x:c r="C76" s="8"/>
       <x:c r="D76" s="9" t="n">
-        <x:v>161453</x:v>
+        <x:v>130984</x:v>
       </x:c>
       <x:c r="E76" s="8" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F76" s="8" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="G76" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H76" s="8" t="s">
+        <x:v>330</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="34.49609375" customHeight="1" collapsed="0">
+      <x:c r="A77" s="8" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="B77" s="8" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
       <x:c r="C77" s="8"/>
       <x:c r="D77" s="9" t="n">
-        <x:v>130984</x:v>
+        <x:v>95705</x:v>
       </x:c>
       <x:c r="E77" s="8" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F77" s="8" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="G77" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H77" s="8" t="s">
+        <x:v>334</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.98828125" customHeight="1" collapsed="0">
+      <x:c r="A78" s="8" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B78" s="8" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
       <x:c r="C78" s="8"/>
       <x:c r="D78" s="9" t="n">
-        <x:v>95705</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E78" s="8" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="F78" s="8" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="G78" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H78" s="8" t="s">
+        <x:v>338</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4841.09375" customHeight="1" collapsed="0">
+      <x:c r="A79" s="8" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B79" s="8" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
       <x:c r="C79" s="8"/>
       <x:c r="D79" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E79" s="8" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="F79" s="8" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="G79" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H79" s="8" t="s">
+        <x:v>342</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.45703125" customHeight="1" collapsed="0">
+      <x:c r="A80" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B80" s="8" t="s">
         <x:v>343</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>346</x:v>
       </x:c>
       <x:c r="C80" s="8"/>
       <x:c r="D80" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>291555</x:v>
       </x:c>
       <x:c r="E80" s="8" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="F80" s="8" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="G80" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H80" s="8" t="s">
+        <x:v>346</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1310.8828125" customHeight="1" collapsed="0">
+      <x:c r="A81" s="8" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="F80" s="8" t="s">
+      <x:c r="B81" s="8" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
       <x:c r="C81" s="8"/>
       <x:c r="D81" s="9" t="n">
-        <x:v>291555</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E81" s="8" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="F81" s="8" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="G81" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H81" s="8" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="F81" s="8" t="s">
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
+      <x:c r="A82" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B82" s="8" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>355</x:v>
       </x:c>
       <x:c r="C82" s="8"/>
       <x:c r="D82" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>76049</x:v>
       </x:c>
       <x:c r="E82" s="8" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="F82" s="8" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="G82" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H82" s="8" t="s">
+        <x:v>355</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.44921875" customHeight="1" collapsed="0">
+      <x:c r="A83" s="8" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="B83" s="8" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>359</x:v>
       </x:c>
       <x:c r="C83" s="8"/>
       <x:c r="D83" s="9" t="n">
-        <x:v>76049</x:v>
+        <x:v>297821</x:v>
       </x:c>
       <x:c r="E83" s="8" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="F83" s="8" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="G83" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H83" s="8" t="s">
+        <x:v>359</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1092.41796875" customHeight="1" collapsed="0">
+      <x:c r="A84" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B84" s="8" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
       <x:c r="C84" s="8"/>
       <x:c r="D84" s="9" t="n">
-        <x:v>297821</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E84" s="8" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="F84" s="8" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="G84" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H84" s="8" t="s">
+        <x:v>363</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1632.86328125" customHeight="1" collapsed="0">
+      <x:c r="A85" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B85" s="8" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
       <x:c r="C85" s="8"/>
       <x:c r="D85" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>201796</x:v>
       </x:c>
       <x:c r="E85" s="8" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="F85" s="8" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="G85" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H85" s="8" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="F85" s="8" t="s">
+    </x:row>
+    <x:row ht="666.9375" customHeight="1" collapsed="0">
+      <x:c r="A86" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B86" s="8" t="s">
         <x:v>369</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
       <x:c r="C86" s="8"/>
       <x:c r="D86" s="9" t="n">
-        <x:v>201796</x:v>
+        <x:v>132861</x:v>
       </x:c>
       <x:c r="E86" s="8" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="F86" s="8" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="G86" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H86" s="8" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="F86" s="8" t="s">
+    </x:row>
+    <x:row ht="8716.25390625" customHeight="1" collapsed="0">
+      <x:c r="A87" s="8" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="G86" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H86" s="8" t="s">
+      <x:c r="B87" s="8" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>375</x:v>
       </x:c>
       <x:c r="C87" s="8"/>
       <x:c r="D87" s="9" t="n">
-        <x:v>132861</x:v>
+        <x:v>722025</x:v>
       </x:c>
       <x:c r="E87" s="8" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="F87" s="8" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="F87" s="8" t="s">
+      <x:c r="G87" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H87" s="8" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="G87" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H87" s="8" t="s">
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
+      <x:c r="A88" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B88" s="8" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>380</x:v>
       </x:c>
       <x:c r="C88" s="8"/>
       <x:c r="D88" s="9" t="n">
-        <x:v>722025</x:v>
+        <x:v>206068</x:v>
       </x:c>
       <x:c r="E88" s="8" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="F88" s="8" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="G88" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H88" s="8" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="F88" s="8" t="s">
+    </x:row>
+    <x:row ht="551.9609375" customHeight="1" collapsed="0">
+      <x:c r="A89" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B89" s="8" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
       <x:c r="C89" s="8"/>
       <x:c r="D89" s="9" t="n">
-        <x:v>206068</x:v>
+        <x:v>266591</x:v>
       </x:c>
       <x:c r="E89" s="8" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="F89" s="8" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="G89" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H89" s="8" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="F89" s="8" t="s">
+    </x:row>
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
+      <x:c r="A90" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B90" s="8" t="s">
         <x:v>386</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
       <x:c r="C90" s="8"/>
       <x:c r="D90" s="9" t="n">
-        <x:v>266591</x:v>
+        <x:v>139546</x:v>
       </x:c>
       <x:c r="E90" s="8" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="F90" s="8" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="G90" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H90" s="8" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="F90" s="8" t="s">
+    </x:row>
+    <x:row ht="390.953125" customHeight="1" collapsed="0">
+      <x:c r="A91" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B91" s="8" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
       <x:c r="C91" s="8"/>
       <x:c r="D91" s="9" t="n">
-        <x:v>139546</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E91" s="8" t="s">
-        <x:v>393</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F91" s="8" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="G91" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H91" s="8" t="s">
-        <x:v>395</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.953125" customHeight="1" collapsed="0">
+        <x:v>392</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.4609375" customHeight="1" collapsed="0">
       <x:c r="A92" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B92" s="8" t="s">
-        <x:v>396</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C92" s="8"/>
       <x:c r="D92" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>185221</x:v>
       </x:c>
       <x:c r="E92" s="8" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F92" s="8" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="G92" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H92" s="8" t="s">
+        <x:v>396</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1011.90625" customHeight="1" collapsed="0">
+      <x:c r="A93" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B93" s="8" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="C93" s="8"/>
       <x:c r="D93" s="9" t="n">
-        <x:v>185221</x:v>
+        <x:v>245907</x:v>
       </x:c>
       <x:c r="E93" s="8" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="F93" s="8" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="G93" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H93" s="8" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="F93" s="8" t="s">
+    </x:row>
+    <x:row ht="609.453125" customHeight="1" collapsed="0">
+      <x:c r="A94" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B94" s="8" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>403</x:v>
       </x:c>
       <x:c r="C94" s="8"/>
       <x:c r="D94" s="9" t="n">
-        <x:v>245907</x:v>
+        <x:v>202280</x:v>
       </x:c>
       <x:c r="E94" s="8" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="F94" s="8" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="G94" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H94" s="8" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="F94" s="8" t="s">
+    </x:row>
+    <x:row ht="586.4609375" customHeight="1" collapsed="0">
+      <x:c r="A95" s="8" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="G94" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H94" s="8" t="s">
+      <x:c r="B95" s="8" t="s">
         <x:v>406</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
       <x:c r="C95" s="8"/>
       <x:c r="D95" s="9" t="n">
-        <x:v>202280</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E95" s="8" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="F95" s="8" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="F95" s="8" t="s">
+      <x:c r="G95" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H95" s="8" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="G95" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H95" s="8" t="s">
+    </x:row>
+    <x:row ht="908.4140625" customHeight="1" collapsed="0">
+      <x:c r="A96" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B96" s="8" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
       <x:c r="C96" s="8"/>
       <x:c r="D96" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>270003</x:v>
       </x:c>
       <x:c r="E96" s="8" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="F96" s="8" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="G96" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H96" s="8" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="F96" s="8" t="s">
+    </x:row>
+    <x:row ht="172.4921875" customHeight="1" collapsed="0">
+      <x:c r="A97" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B97" s="8" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
       <x:c r="C97" s="8"/>
       <x:c r="D97" s="9" t="n">
-        <x:v>270003</x:v>
+        <x:v>170155</x:v>
       </x:c>
       <x:c r="E97" s="8" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="F97" s="8" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="G97" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H97" s="8" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="F97" s="8" t="s">
+    </x:row>
+    <x:row ht="816.4296875" customHeight="1" collapsed="0">
+      <x:c r="A98" s="8" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="G97" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H97" s="8" t="s">
+      <x:c r="B98" s="8" t="s">
         <x:v>419</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
       <x:c r="C98" s="8"/>
       <x:c r="D98" s="9" t="n">
-        <x:v>170155</x:v>
+        <x:v>199091</x:v>
       </x:c>
       <x:c r="E98" s="8" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="F98" s="8" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="F98" s="8" t="s">
+      <x:c r="G98" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H98" s="8" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="G98" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H98" s="8" t="s">
+    </x:row>
+    <x:row ht="1333.8984375" customHeight="1" collapsed="0">
+      <x:c r="A99" s="8" t="s">
         <x:v>423</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A99" s="8" t="s">
+      <x:c r="B99" s="8" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
       <x:c r="C99" s="8"/>
       <x:c r="D99" s="9" t="n">
-        <x:v>199091</x:v>
+        <x:v>125832</x:v>
       </x:c>
       <x:c r="E99" s="8" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="F99" s="8" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="F99" s="8" t="s">
+      <x:c r="G99" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H99" s="8" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="G99" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H99" s="8" t="s">
+    </x:row>
+    <x:row ht="666.9375" customHeight="1" collapsed="0">
+      <x:c r="A100" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B100" s="8" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>430</x:v>
       </x:c>
       <x:c r="C100" s="8"/>
       <x:c r="D100" s="9" t="n">
-        <x:v>125832</x:v>
+        <x:v>89017</x:v>
       </x:c>
       <x:c r="E100" s="8" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="F100" s="8" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="G100" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H100" s="8" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="F100" s="8" t="s">
+    </x:row>
+    <x:row ht="91.984375" customHeight="1" collapsed="0">
+      <x:c r="A101" s="8" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="G100" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H100" s="8" t="s">
+      <x:c r="B101" s="8" t="s">
         <x:v>433</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>434</x:v>
       </x:c>
       <x:c r="C101" s="8"/>
       <x:c r="D101" s="9" t="n">
-        <x:v>89017</x:v>
+        <x:v>89452</x:v>
       </x:c>
       <x:c r="E101" s="8" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="F101" s="8" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="F101" s="8" t="s">
+      <x:c r="G101" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H101" s="8" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="G101" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H101" s="8" t="s">
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
+      <x:c r="A102" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B102" s="8" t="s">
         <x:v>437</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>438</x:v>
       </x:c>
       <x:c r="C102" s="8"/>
       <x:c r="D102" s="9" t="n">
-        <x:v>89452</x:v>
+        <x:v>133635</x:v>
       </x:c>
       <x:c r="E102" s="8" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="F102" s="8" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="F102" s="8" t="s">
+      <x:c r="G102" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H102" s="8" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="G102" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H102" s="8" t="s">
+    </x:row>
+    <x:row ht="574.953125" customHeight="1" collapsed="0">
+      <x:c r="A103" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B103" s="8" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
       <x:c r="C103" s="8"/>
       <x:c r="D103" s="9" t="n">
-        <x:v>133635</x:v>
+        <x:v>302018</x:v>
       </x:c>
       <x:c r="E103" s="8" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="F103" s="8" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="F103" s="8" t="s">
+      <x:c r="G103" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H103" s="8" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="G103" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H103" s="8" t="s">
+    </x:row>
+    <x:row ht="505.953125" customHeight="1" collapsed="0">
+      <x:c r="A104" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B104" s="8" t="s">
         <x:v>445</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
       <x:c r="C104" s="8"/>
       <x:c r="D104" s="9" t="n">
-        <x:v>302018</x:v>
+        <x:v>357637</x:v>
       </x:c>
       <x:c r="E104" s="8" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="F104" s="8" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="F104" s="8" t="s">
+      <x:c r="G104" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H104" s="8" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="G104" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H104" s="8" t="s">
+    </x:row>
+    <x:row ht="528.9453125" customHeight="1" collapsed="0">
+      <x:c r="A105" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B105" s="8" t="s">
         <x:v>449</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>450</x:v>
       </x:c>
       <x:c r="C105" s="8"/>
       <x:c r="D105" s="9" t="n">
-        <x:v>357637</x:v>
+        <x:v>719552</x:v>
       </x:c>
       <x:c r="E105" s="8" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="F105" s="8" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="F105" s="8" t="s">
+      <x:c r="G105" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H105" s="8" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="G105" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H105" s="8" t="s">
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+      <x:c r="A106" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B106" s="8" t="s">
         <x:v>453</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>454</x:v>
       </x:c>
       <x:c r="C106" s="8"/>
       <x:c r="D106" s="9" t="n">
-        <x:v>719552</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E106" s="8" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="F106" s="8" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="F106" s="8" t="s">
+      <x:c r="G106" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H106" s="8" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="G106" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H106" s="8" t="s">
+    </x:row>
+    <x:row ht="678.4453125" customHeight="1" collapsed="0">
+      <x:c r="A107" s="8" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="B107" s="8" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C107" s="8"/>
       <x:c r="D107" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>104117</x:v>
       </x:c>
       <x:c r="E107" s="8" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="F107" s="8" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="G107" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H107" s="8" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.4375" customHeight="1" collapsed="0">
+    <x:row ht="321.9609375" customHeight="1" collapsed="0">
       <x:c r="A108" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B108" s="8" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>463</x:v>
       </x:c>
       <x:c r="C108" s="8"/>
       <x:c r="D108" s="9" t="n">
-        <x:v>104117</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E108" s="8" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="F108" s="8" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="F108" s="8" t="s">
+      <x:c r="G108" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H108" s="8" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="G108" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H108" s="8" t="s">
+    </x:row>
+    <x:row ht="1414.375" customHeight="1" collapsed="0">
+      <x:c r="A109" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B109" s="8" t="s">
         <x:v>466</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>467</x:v>
       </x:c>
       <x:c r="C109" s="8"/>
       <x:c r="D109" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>162960</x:v>
       </x:c>
       <x:c r="E109" s="8" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="F109" s="8" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="F109" s="8" t="s">
+      <x:c r="G109" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H109" s="8" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="G109" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="1414.375" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="126.484375" customHeight="1" collapsed="0">
       <x:c r="A110" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B110" s="8" t="s">
-        <x:v>471</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C110" s="8"/>
       <x:c r="D110" s="9" t="n">
-        <x:v>162960</x:v>
+        <x:v>229999</x:v>
       </x:c>
       <x:c r="E110" s="8" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="F110" s="8" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="F110" s="8" t="s">
+      <x:c r="G110" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H110" s="8" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="G110" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H110" s="8" t="s">
+    </x:row>
+    <x:row ht="517.4609375" customHeight="1" collapsed="0">
+      <x:c r="A111" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B111" s="8" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
       <x:c r="C111" s="8"/>
       <x:c r="D111" s="9" t="n">
-        <x:v>229999</x:v>
+        <x:v>109300</x:v>
       </x:c>
       <x:c r="E111" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F111" s="8" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="G111" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H111" s="8" t="s">
+        <x:v>475</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="747.4375" customHeight="1" collapsed="0">
+      <x:c r="A112" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B112" s="8" t="s">
         <x:v>476</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>479</x:v>
       </x:c>
       <x:c r="C112" s="8"/>
       <x:c r="D112" s="9" t="n">
-        <x:v>109300</x:v>
+        <x:v>165976</x:v>
       </x:c>
       <x:c r="E112" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F112" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="G112" s="8" t="s">
-        <x:v>310</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H112" s="8" t="s">
+        <x:v>479</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.4609375" customHeight="1" collapsed="0">
+      <x:c r="A113" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B113" s="8" t="s">
         <x:v>480</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>481</x:v>
       </x:c>
       <x:c r="C113" s="8"/>
       <x:c r="D113" s="9" t="n">
-        <x:v>165976</x:v>
+        <x:v>278977</x:v>
       </x:c>
       <x:c r="E113" s="8" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="F113" s="8" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="F113" s="8" t="s">
+      <x:c r="G113" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H113" s="8" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="G113" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H113" s="8" t="s">
+    </x:row>
+    <x:row ht="1046.40625" customHeight="1" collapsed="0">
+      <x:c r="A114" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B114" s="8" t="s">
         <x:v>484</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>485</x:v>
       </x:c>
       <x:c r="C114" s="8"/>
       <x:c r="D114" s="9" t="n">
-        <x:v>278977</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E114" s="8" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="F114" s="8" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="F114" s="8" t="s">
+      <x:c r="G114" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H114" s="8" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="G114" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H114" s="8" t="s">
+    </x:row>
+    <x:row ht="264.4765625" customHeight="1" collapsed="0">
+      <x:c r="A115" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B115" s="8" t="s">
         <x:v>488</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>489</x:v>
       </x:c>
       <x:c r="C115" s="8"/>
       <x:c r="D115" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>75891</x:v>
       </x:c>
       <x:c r="E115" s="8" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="F115" s="8" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="F115" s="8" t="s">
+      <x:c r="G115" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H115" s="8" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="G115" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H115" s="8" t="s">
+    </x:row>
+    <x:row ht="6899.4140625" customHeight="1" collapsed="0">
+      <x:c r="A116" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B116" s="8" t="s">
         <x:v>492</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>493</x:v>
       </x:c>
       <x:c r="C116" s="8"/>
       <x:c r="D116" s="9" t="n">
-        <x:v>75891</x:v>
+        <x:v>224342</x:v>
       </x:c>
       <x:c r="E116" s="8" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="F116" s="8" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="F116" s="8" t="s">
+      <x:c r="G116" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H116" s="8" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="G116" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H116" s="8" t="s">
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
+      <x:c r="A117" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B117" s="8" t="s">
         <x:v>496</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>497</x:v>
       </x:c>
       <x:c r="C117" s="8"/>
       <x:c r="D117" s="9" t="n">
-        <x:v>224342</x:v>
+        <x:v>103281</x:v>
       </x:c>
       <x:c r="E117" s="8" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="F117" s="8" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="F117" s="8" t="s">
+      <x:c r="G117" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H117" s="8" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="G117" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H117" s="8" t="s">
+    </x:row>
+    <x:row ht="988.921875" customHeight="1" collapsed="0">
+      <x:c r="A118" s="8" t="s">
         <x:v>500</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="B118" s="8" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C118" s="8"/>
       <x:c r="D118" s="9" t="n">
-        <x:v>103281</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E118" s="8" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="F118" s="8" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="G118" s="8" t="s">
-        <x:v>292</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H118" s="8" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
-    <x:row ht="988.921875" customHeight="1" collapsed="0">
+    <x:row ht="770.4296875" customHeight="1" collapsed="0">
       <x:c r="A119" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B119" s="8" t="s">
         <x:v>505</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
       <x:c r="C119" s="8"/>
       <x:c r="D119" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>76194</x:v>
       </x:c>
       <x:c r="E119" s="8" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="F119" s="8" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="F119" s="8" t="s">
+      <x:c r="G119" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H119" s="8" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="G119" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H119" s="8" t="s">
+    </x:row>
+    <x:row ht="2587.265625" customHeight="1" collapsed="0">
+      <x:c r="A120" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B120" s="8" t="s">
         <x:v>509</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>510</x:v>
       </x:c>
       <x:c r="C120" s="8"/>
       <x:c r="D120" s="9" t="n">
-        <x:v>76194</x:v>
+        <x:v>457434</x:v>
       </x:c>
       <x:c r="E120" s="8" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="F120" s="8" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="F120" s="8" t="s">
+      <x:c r="G120" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H120" s="8" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="G120" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H120" s="8" t="s">
+    </x:row>
+    <x:row ht="942.9140625" customHeight="1" collapsed="0">
+      <x:c r="A121" s="8" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B121" s="8" t="s">
         <x:v>513</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>514</x:v>
       </x:c>
       <x:c r="C121" s="8"/>
       <x:c r="D121" s="9" t="n">
-        <x:v>457434</x:v>
+        <x:v>161264</x:v>
       </x:c>
       <x:c r="E121" s="8" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="F121" s="8" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="F121" s="8" t="s">
+      <x:c r="G121" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H121" s="8" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="G121" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H121" s="8" t="s">
+    </x:row>
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
+      <x:c r="A122" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B122" s="8" t="s">
         <x:v>517</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>518</x:v>
       </x:c>
       <x:c r="C122" s="8"/>
       <x:c r="D122" s="9" t="n">
-        <x:v>161264</x:v>
+        <x:v>243294</x:v>
       </x:c>
       <x:c r="E122" s="8" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="F122" s="8" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="F122" s="8" t="s">
+      <x:c r="G122" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H122" s="8" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="G122" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H122" s="8" t="s">
+    </x:row>
+    <x:row ht="551.96875" customHeight="1" collapsed="0">
+      <x:c r="A123" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B123" s="8" t="s">
         <x:v>521</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>522</x:v>
       </x:c>
       <x:c r="C123" s="8"/>
       <x:c r="D123" s="9" t="n">
-        <x:v>243294</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E123" s="8" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="F123" s="8" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="F123" s="8" t="s">
+      <x:c r="G123" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H123" s="8" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="G123" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="551.953125" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="252.984375" customHeight="1" collapsed="0">
       <x:c r="A124" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B124" s="8" t="s">
-        <x:v>526</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C124" s="8"/>
       <x:c r="D124" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E124" s="8" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="F124" s="8" t="s">
         <x:v>527</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>528</x:v>
       </x:c>
       <x:c r="G124" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H124" s="8" t="s">
+        <x:v>528</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.953125" customHeight="1" collapsed="0">
+      <x:c r="A125" s="8" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B125" s="8" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>530</x:v>
       </x:c>
       <x:c r="C125" s="8"/>
       <x:c r="D125" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>99117</x:v>
       </x:c>
       <x:c r="E125" s="8" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="F125" s="8" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="F125" s="8" t="s">
+      <x:c r="G125" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H125" s="8" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="G125" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H125" s="8" t="s">
+    </x:row>
+    <x:row ht="10372.1171875" customHeight="1" collapsed="0">
+      <x:c r="A126" s="8" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="B126" s="8" t="s">
         <x:v>533</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>534</x:v>
       </x:c>
       <x:c r="C126" s="8"/>
       <x:c r="D126" s="9" t="n">
-        <x:v>99117</x:v>
+        <x:v>612849</x:v>
       </x:c>
       <x:c r="E126" s="8" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F126" s="8" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="F126" s="8" t="s">
+      <x:c r="G126" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H126" s="8" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="G126" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H126" s="8" t="s">
+    </x:row>
+    <x:row ht="436.953125" customHeight="1" collapsed="0">
+      <x:c r="A127" s="8" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B127" s="8" t="s">
         <x:v>537</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>538</x:v>
       </x:c>
       <x:c r="C127" s="8"/>
       <x:c r="D127" s="9" t="n">
-        <x:v>612849</x:v>
+        <x:v>1065428</x:v>
       </x:c>
       <x:c r="E127" s="8" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="F127" s="8" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="F127" s="8" t="s">
+      <x:c r="G127" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H127" s="8" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="G127" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H127" s="8" t="s">
+    </x:row>
+    <x:row ht="69" customHeight="1" collapsed="0">
+      <x:c r="A128" s="8" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B128" s="8" t="s">
         <x:v>541</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
       <x:c r="C128" s="8"/>
       <x:c r="D128" s="9" t="n">
-        <x:v>1065428</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E128" s="8" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="F128" s="8" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="F128" s="8" t="s">
+      <x:c r="G128" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H128" s="8" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="G128" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H128" s="8" t="s">
+    </x:row>
+    <x:row ht="2587.265625" customHeight="1" collapsed="0">
+      <x:c r="A129" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B129" s="8" t="s">
         <x:v>545</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>546</x:v>
       </x:c>
       <x:c r="C129" s="8"/>
       <x:c r="D129" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E129" s="8" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="F129" s="8" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="F129" s="8" t="s">
+      <x:c r="G129" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H129" s="8" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="G129" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H129" s="8" t="s">
+    </x:row>
+    <x:row ht="1908.8515625" customHeight="1" collapsed="0">
+      <x:c r="A130" s="8" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B130" s="8" t="s">
         <x:v>549</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>550</x:v>
       </x:c>
       <x:c r="C130" s="8"/>
       <x:c r="D130" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>246469</x:v>
       </x:c>
       <x:c r="E130" s="8" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="F130" s="8" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="F130" s="8" t="s">
+      <x:c r="G130" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H130" s="8" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="G130" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H130" s="8" t="s">
+    </x:row>
+    <x:row ht="816.4296875" customHeight="1" collapsed="0">
+      <x:c r="A131" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B131" s="8" t="s">
         <x:v>553</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>554</x:v>
       </x:c>
       <x:c r="C131" s="8"/>
       <x:c r="D131" s="9" t="n">
-        <x:v>246469</x:v>
+        <x:v>88065</x:v>
       </x:c>
       <x:c r="E131" s="8" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="F131" s="8" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="F131" s="8" t="s">
+      <x:c r="G131" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H131" s="8" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="G131" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H131" s="8" t="s">
+    </x:row>
+    <x:row ht="321.9609375" customHeight="1" collapsed="0">
+      <x:c r="A132" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B132" s="8" t="s">
         <x:v>557</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>558</x:v>
       </x:c>
       <x:c r="C132" s="8"/>
       <x:c r="D132" s="9" t="n">
-        <x:v>88065</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E132" s="8" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="F132" s="8" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="F132" s="8" t="s">
+      <x:c r="G132" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H132" s="8" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="G132" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H132" s="8" t="s">
+    </x:row>
+    <x:row ht="448.4765625" customHeight="1" collapsed="0">
+      <x:c r="A133" s="8" t="s">
         <x:v>561</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="B133" s="8" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="C133" s="8"/>
       <x:c r="D133" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E133" s="8" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="F133" s="8" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="G133" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H133" s="8" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.4609375" customHeight="1" collapsed="0">
+    <x:row ht="218.484375" customHeight="1" collapsed="0">
       <x:c r="A134" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B134" s="8" t="s">
         <x:v>566</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>567</x:v>
       </x:c>
       <x:c r="C134" s="8"/>
       <x:c r="D134" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>96873</x:v>
       </x:c>
       <x:c r="E134" s="8" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="F134" s="8" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="F134" s="8" t="s">
+      <x:c r="G134" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H134" s="8" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="G134" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H134" s="8" t="s">
+    </x:row>
+    <x:row ht="1138.3984375" customHeight="1" collapsed="0">
+      <x:c r="A135" s="8" t="s">
         <x:v>570</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="B135" s="8" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C135" s="8"/>
       <x:c r="D135" s="9" t="n">
-        <x:v>96873</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E135" s="8" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="F135" s="8" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="G135" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H135" s="8" t="s">
         <x:v>574</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1138.3984375" customHeight="1" collapsed="0">
+    <x:row ht="206.9765625" customHeight="1" collapsed="0">
       <x:c r="A136" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B136" s="8" t="s">
         <x:v>575</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>576</x:v>
       </x:c>
       <x:c r="C136" s="8"/>
       <x:c r="D136" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>234113</x:v>
       </x:c>
       <x:c r="E136" s="8" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="F136" s="8" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="F136" s="8" t="s">
+      <x:c r="G136" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H136" s="8" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="G136" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H136" s="8" t="s">
+    </x:row>
+    <x:row ht="2334.3125" customHeight="1" collapsed="0">
+      <x:c r="A137" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B137" s="8" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>580</x:v>
       </x:c>
       <x:c r="C137" s="8"/>
       <x:c r="D137" s="9" t="n">
-        <x:v>234113</x:v>
+        <x:v>229264</x:v>
       </x:c>
       <x:c r="E137" s="8" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="F137" s="8" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="F137" s="8" t="s">
+      <x:c r="G137" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H137" s="8" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="G137" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H137" s="8" t="s">
+    </x:row>
+    <x:row ht="770.421875" customHeight="1" collapsed="0">
+      <x:c r="A138" s="8" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="B138" s="8" t="s">
         <x:v>583</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>584</x:v>
       </x:c>
       <x:c r="C138" s="8"/>
       <x:c r="D138" s="9" t="n">
-        <x:v>229264</x:v>
+        <x:v>165846</x:v>
       </x:c>
       <x:c r="E138" s="8" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="F138" s="8" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="F138" s="8" t="s">
+      <x:c r="G138" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H138" s="8" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="G138" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H138" s="8" t="s">
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+      <x:c r="A139" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B139" s="8" t="s">
         <x:v>587</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>588</x:v>
       </x:c>
       <x:c r="C139" s="8"/>
       <x:c r="D139" s="9" t="n">
-        <x:v>165846</x:v>
+        <x:v>147896</x:v>
       </x:c>
       <x:c r="E139" s="8" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="F139" s="8" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="F139" s="8" t="s">
+      <x:c r="G139" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H139" s="8" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="G139" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H139" s="8" t="s">
+    </x:row>
+    <x:row ht="1655.859375" customHeight="1" collapsed="0">
+      <x:c r="A140" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B140" s="8" t="s">
         <x:v>591</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>592</x:v>
       </x:c>
       <x:c r="C140" s="8"/>
       <x:c r="D140" s="9" t="n">
-        <x:v>147896</x:v>
+        <x:v>105184</x:v>
       </x:c>
       <x:c r="E140" s="8" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="F140" s="8" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="F140" s="8" t="s">
+      <x:c r="G140" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H140" s="8" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="G140" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H140" s="8" t="s">
+    </x:row>
+    <x:row ht="666.9453125" customHeight="1" collapsed="0">
+      <x:c r="A141" s="8" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="B141" s="8" t="s">
         <x:v>595</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>596</x:v>
       </x:c>
       <x:c r="C141" s="8"/>
       <x:c r="D141" s="9" t="n">
-        <x:v>105184</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E141" s="8" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="F141" s="8" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="F141" s="8" t="s">
+      <x:c r="G141" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H141" s="8" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="G141" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H141" s="8" t="s">
+    </x:row>
+    <x:row ht="689.9453125" customHeight="1" collapsed="0">
+      <x:c r="A142" s="8" t="s">
         <x:v>599</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>566</x:v>
       </x:c>
       <x:c r="B142" s="8" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C142" s="8"/>
       <x:c r="D142" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E142" s="8" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="F142" s="8" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="G142" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H142" s="8" t="s">
         <x:v>603</x:v>
       </x:c>
     </x:row>
-    <x:row ht="689.953125" customHeight="1" collapsed="0">
+    <x:row ht="1782.34375" customHeight="1" collapsed="0">
       <x:c r="A143" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B143" s="8" t="s">
         <x:v>604</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>605</x:v>
       </x:c>
       <x:c r="C143" s="8"/>
       <x:c r="D143" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>437684</x:v>
       </x:c>
       <x:c r="E143" s="8" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="F143" s="8" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="F143" s="8" t="s">
+      <x:c r="G143" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H143" s="8" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="G143" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H143" s="8" t="s">
+    </x:row>
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+      <x:c r="A144" s="8" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="B144" s="8" t="s">
         <x:v>608</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>609</x:v>
       </x:c>
       <x:c r="C144" s="8"/>
       <x:c r="D144" s="9" t="n">
-        <x:v>437684</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E144" s="8" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="F144" s="8" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="F144" s="8" t="s">
+      <x:c r="G144" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H144" s="8" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="G144" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H144" s="8" t="s">
+    </x:row>
+    <x:row ht="862.40625" customHeight="1" collapsed="0">
+      <x:c r="A145" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B145" s="8" t="s">
         <x:v>612</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>613</x:v>
       </x:c>
       <x:c r="C145" s="8"/>
       <x:c r="D145" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E145" s="8" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="F145" s="8" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="F145" s="8" t="s">
+      <x:c r="G145" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H145" s="8" t="s">
         <x:v>615</x:v>
       </x:c>
-      <x:c r="G145" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H145" s="8" t="s">
+    </x:row>
+    <x:row ht="678.453125" customHeight="1" collapsed="0">
+      <x:c r="A146" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B146" s="8" t="s">
         <x:v>616</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>617</x:v>
       </x:c>
       <x:c r="C146" s="8"/>
       <x:c r="D146" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E146" s="8" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="F146" s="8" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="F146" s="8" t="s">
+      <x:c r="G146" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H146" s="8" t="s">
+        <x:v>461</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
+      <x:c r="A147" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B147" s="8" t="s">
         <x:v>619</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>621</x:v>
       </x:c>
       <x:c r="C147" s="8"/>
       <x:c r="D147" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>87140</x:v>
       </x:c>
       <x:c r="E147" s="8" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="F147" s="8" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="G147" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H147" s="8" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="F147" s="8" t="s">
+    </x:row>
+    <x:row ht="1368.390625" customHeight="1" collapsed="0">
+      <x:c r="A148" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B148" s="8" t="s">
         <x:v>623</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>624</x:v>
       </x:c>
       <x:c r="C148" s="8"/>
       <x:c r="D148" s="9" t="n">
-        <x:v>87140</x:v>
+        <x:v>421847</x:v>
       </x:c>
       <x:c r="E148" s="8" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="F148" s="8" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="F148" s="8" t="s">
+      <x:c r="G148" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H148" s="8" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="G148" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H148" s="8" t="s">
+    </x:row>
+    <x:row ht="586.4609375" customHeight="1" collapsed="0">
+      <x:c r="A149" s="8" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B149" s="8" t="s">
         <x:v>627</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>628</x:v>
       </x:c>
       <x:c r="C149" s="8"/>
       <x:c r="D149" s="9" t="n">
-        <x:v>421847</x:v>
+        <x:v>77035</x:v>
       </x:c>
       <x:c r="E149" s="8" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="F149" s="8" t="s">
         <x:v>629</x:v>
       </x:c>
-      <x:c r="F149" s="8" t="s">
+      <x:c r="G149" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H149" s="8" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="G149" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H149" s="8" t="s">
+    </x:row>
+    <x:row ht="609.4453125" customHeight="1" collapsed="0">
+      <x:c r="A150" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B150" s="8" t="s">
         <x:v>631</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>632</x:v>
       </x:c>
       <x:c r="C150" s="8"/>
       <x:c r="D150" s="9" t="n">
-        <x:v>77035</x:v>
+        <x:v>304687</x:v>
       </x:c>
       <x:c r="E150" s="8" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="F150" s="8" t="s">
         <x:v>633</x:v>
       </x:c>
-      <x:c r="F150" s="8" t="s">
+      <x:c r="G150" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H150" s="8" t="s">
         <x:v>634</x:v>
       </x:c>
-      <x:c r="G150" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H150" s="8" t="s">
+    </x:row>
+    <x:row ht="839.421875" customHeight="1" collapsed="0">
+      <x:c r="A151" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B151" s="8" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="C151" s="8"/>
       <x:c r="D151" s="9" t="n">
-        <x:v>304687</x:v>
+        <x:v>274747</x:v>
       </x:c>
       <x:c r="E151" s="8" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="F151" s="8" t="s">
         <x:v>637</x:v>
       </x:c>
-      <x:c r="F151" s="8" t="s">
+      <x:c r="G151" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H151" s="8" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="G151" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H151" s="8" t="s">
+    </x:row>
+    <x:row ht="666.9375" customHeight="1" collapsed="0">
+      <x:c r="A152" s="8" t="s">
         <x:v>639</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="B152" s="8" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="C152" s="8"/>
       <x:c r="D152" s="9" t="n">
-        <x:v>274747</x:v>
+        <x:v>535781</x:v>
       </x:c>
       <x:c r="E152" s="8" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="F152" s="8" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="G152" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H152" s="8" t="s">
         <x:v>643</x:v>
       </x:c>
     </x:row>
-    <x:row ht="666.9296875" customHeight="1" collapsed="0">
+    <x:row ht="229.9765625" customHeight="1" collapsed="0">
       <x:c r="A153" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B153" s="8" t="s">
         <x:v>644</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>645</x:v>
       </x:c>
       <x:c r="C153" s="8"/>
       <x:c r="D153" s="9" t="n">
-        <x:v>535781</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E153" s="8" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="F153" s="8" t="s">
         <x:v>646</x:v>
       </x:c>
-      <x:c r="F153" s="8" t="s">
+      <x:c r="G153" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H153" s="8" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="G153" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H153" s="8" t="s">
+    </x:row>
+    <x:row ht="1069.390625" customHeight="1" collapsed="0">
+      <x:c r="A154" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B154" s="8" t="s">
         <x:v>648</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>649</x:v>
       </x:c>
       <x:c r="C154" s="8"/>
       <x:c r="D154" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>165976</x:v>
       </x:c>
       <x:c r="E154" s="8" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="F154" s="8" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="F154" s="8" t="s">
+      <x:c r="G154" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H154" s="8" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="G154" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H154" s="8" t="s">
+    </x:row>
+    <x:row ht="253" customHeight="1" collapsed="0">
+      <x:c r="A155" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B155" s="8" t="s">
         <x:v>652</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>653</x:v>
       </x:c>
       <x:c r="C155" s="8"/>
       <x:c r="D155" s="9" t="n">
-        <x:v>165976</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E155" s="8" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="F155" s="8" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="F155" s="8" t="s">
+      <x:c r="G155" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H155" s="8" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="G155" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H155" s="8" t="s">
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
+      <x:c r="A156" s="8" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="B156" s="8" t="s">
         <x:v>656</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>657</x:v>
       </x:c>
       <x:c r="C156" s="8"/>
       <x:c r="D156" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>108298</x:v>
       </x:c>
       <x:c r="E156" s="8" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="F156" s="8" t="s">
         <x:v>658</x:v>
       </x:c>
-      <x:c r="F156" s="8" t="s">
+      <x:c r="G156" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H156" s="8" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="G156" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H156" s="8" t="s">
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
+      <x:c r="A157" s="8" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="B157" s="8" t="s">
         <x:v>660</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>661</x:v>
       </x:c>
       <x:c r="C157" s="8"/>
       <x:c r="D157" s="9" t="n">
-        <x:v>108298</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E157" s="8" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="F157" s="8" t="s">
         <x:v>662</x:v>
       </x:c>
-      <x:c r="F157" s="8" t="s">
+      <x:c r="G157" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H157" s="8" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="G157" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H157" s="8" t="s">
+    </x:row>
+    <x:row ht="2299.796875" customHeight="1" collapsed="0">
+      <x:c r="A158" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B158" s="8" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="C158" s="8"/>
       <x:c r="D158" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>315341</x:v>
       </x:c>
       <x:c r="E158" s="8" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="F158" s="8" t="s">
         <x:v>666</x:v>
       </x:c>
-      <x:c r="F158" s="8" t="s">
+      <x:c r="G158" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H158" s="8" t="s">
         <x:v>667</x:v>
       </x:c>
-      <x:c r="G158" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H158" s="8" t="s">
+    </x:row>
+    <x:row ht="390.953125" customHeight="1" collapsed="0">
+      <x:c r="A159" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B159" s="8" t="s">
         <x:v>668</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>669</x:v>
       </x:c>
       <x:c r="C159" s="8"/>
       <x:c r="D159" s="9" t="n">
-        <x:v>315341</x:v>
+        <x:v>153056</x:v>
       </x:c>
       <x:c r="E159" s="8" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="F159" s="8" t="s">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="F159" s="8" t="s">
+      <x:c r="G159" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H159" s="8" t="s">
         <x:v>671</x:v>
       </x:c>
-      <x:c r="G159" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H159" s="8" t="s">
+    </x:row>
+    <x:row ht="344.984375" customHeight="1" collapsed="0">
+      <x:c r="A160" s="8" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B160" s="8" t="s">
         <x:v>672</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>673</x:v>
       </x:c>
       <x:c r="C160" s="8"/>
       <x:c r="D160" s="9" t="n">
-        <x:v>153056</x:v>
+        <x:v>286025</x:v>
       </x:c>
       <x:c r="E160" s="8" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="F160" s="8" t="s">
         <x:v>674</x:v>
       </x:c>
-      <x:c r="F160" s="8" t="s">
+      <x:c r="G160" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H160" s="8" t="s">
         <x:v>675</x:v>
       </x:c>
-      <x:c r="G160" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H160" s="8" t="s">
+    </x:row>
+    <x:row ht="505.953125" customHeight="1" collapsed="0">
+      <x:c r="A161" s="8" t="s">
         <x:v>676</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="B161" s="8" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C161" s="8"/>
       <x:c r="D161" s="9" t="n">
-        <x:v>286025</x:v>
+        <x:v>211328</x:v>
       </x:c>
       <x:c r="E161" s="8" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="F161" s="8" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="G161" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H161" s="8" t="s">
         <x:v>680</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.953125" customHeight="1" collapsed="0">
+    <x:row ht="747.453125" customHeight="1" collapsed="0">
       <x:c r="A162" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B162" s="8" t="s">
         <x:v>681</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>682</x:v>
       </x:c>
       <x:c r="C162" s="8"/>
       <x:c r="D162" s="9" t="n">
-        <x:v>211328</x:v>
+        <x:v>219107</x:v>
       </x:c>
       <x:c r="E162" s="8" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="F162" s="8" t="s">
         <x:v>683</x:v>
       </x:c>
-      <x:c r="F162" s="8" t="s">
+      <x:c r="G162" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H162" s="8" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="G162" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H162" s="8" t="s">
+    </x:row>
+    <x:row ht="1057.921875" customHeight="1" collapsed="0">
+      <x:c r="A163" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B163" s="8" t="s">
         <x:v>685</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>686</x:v>
       </x:c>
       <x:c r="C163" s="8"/>
       <x:c r="D163" s="9" t="n">
-        <x:v>219107</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E163" s="8" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="F163" s="8" t="s">
         <x:v>687</x:v>
       </x:c>
-      <x:c r="F163" s="8" t="s">
+      <x:c r="G163" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H163" s="8" t="s">
         <x:v>688</x:v>
       </x:c>
-      <x:c r="G163" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H163" s="8" t="s">
+    </x:row>
+    <x:row ht="160.96875" customHeight="1" collapsed="0">
+      <x:c r="A164" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B164" s="8" t="s">
         <x:v>689</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>690</x:v>
       </x:c>
       <x:c r="C164" s="8"/>
       <x:c r="D164" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>778319</x:v>
       </x:c>
       <x:c r="E164" s="8" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="F164" s="8" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="F164" s="8" t="s">
+      <x:c r="G164" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H164" s="8" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="G164" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H164" s="8" t="s">
+    </x:row>
+    <x:row ht="103.5" customHeight="1" collapsed="0">
+      <x:c r="A165" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B165" s="8" t="s">
         <x:v>693</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>694</x:v>
       </x:c>
       <x:c r="C165" s="8"/>
       <x:c r="D165" s="9" t="n">
-        <x:v>126168</x:v>
+        <x:v>324170</x:v>
       </x:c>
       <x:c r="E165" s="8" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="F165" s="8" t="s">
         <x:v>695</x:v>
       </x:c>
-      <x:c r="F165" s="8" t="s">
+      <x:c r="G165" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H165" s="8" t="s">
         <x:v>696</x:v>
       </x:c>
-      <x:c r="G165" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H165" s="8" t="s">
+    </x:row>
+    <x:row ht="436.953125" customHeight="1" collapsed="0">
+      <x:c r="A166" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B166" s="8" t="s">
         <x:v>697</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>698</x:v>
       </x:c>
       <x:c r="C166" s="8"/>
       <x:c r="D166" s="9" t="n">
-        <x:v>324170</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E166" s="8" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="F166" s="8" t="s">
         <x:v>699</x:v>
       </x:c>
-      <x:c r="F166" s="8" t="s">
+      <x:c r="G166" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H166" s="8" t="s">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="G166" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H166" s="8" t="s">
+    </x:row>
+    <x:row ht="471.46875" customHeight="1" collapsed="0">
+      <x:c r="A167" s="8" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="B167" s="8" t="s">
         <x:v>701</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>702</x:v>
       </x:c>
       <x:c r="C167" s="8"/>
       <x:c r="D167" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E167" s="8" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="F167" s="8" t="s">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="F167" s="8" t="s">
+      <x:c r="G167" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H167" s="8" t="s">
         <x:v>704</x:v>
       </x:c>
-      <x:c r="G167" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H167" s="8" t="s">
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
+      <x:c r="A168" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B168" s="8" t="s">
         <x:v>705</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>706</x:v>
       </x:c>
       <x:c r="C168" s="8"/>
       <x:c r="D168" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>165978</x:v>
       </x:c>
       <x:c r="E168" s="8" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="F168" s="8" t="s">
         <x:v>707</x:v>
       </x:c>
-      <x:c r="F168" s="8" t="s">
+      <x:c r="G168" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H168" s="8" t="s">
         <x:v>708</x:v>
       </x:c>
-      <x:c r="G168" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H168" s="8" t="s">
+    </x:row>
+    <x:row ht="126.46875" customHeight="1" collapsed="0">
+      <x:c r="A169" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B169" s="8" t="s">
         <x:v>709</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>710</x:v>
       </x:c>
       <x:c r="C169" s="8"/>
       <x:c r="D169" s="9" t="n">
-        <x:v>165978</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E169" s="8" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="F169" s="8" t="s">
         <x:v>711</x:v>
       </x:c>
-      <x:c r="F169" s="8" t="s">
+      <x:c r="G169" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H169" s="8" t="s">
         <x:v>712</x:v>
       </x:c>
-      <x:c r="G169" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H169" s="8" t="s">
+    </x:row>
+    <x:row ht="804.921875" customHeight="1" collapsed="0">
+      <x:c r="A170" s="8" t="s">
         <x:v>713</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="B170" s="8" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C170" s="8"/>
       <x:c r="D170" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>2161472</x:v>
       </x:c>
       <x:c r="E170" s="8" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="F170" s="8" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="G170" s="8" t="s">
-        <x:v>310</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H170" s="8" t="s">
         <x:v>717</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.90625" customHeight="1" collapsed="0">
+    <x:row ht="712.953125" customHeight="1" collapsed="0">
       <x:c r="A171" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B171" s="8" t="s">
         <x:v>718</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>719</x:v>
       </x:c>
       <x:c r="C171" s="8"/>
       <x:c r="D171" s="9" t="n">
-        <x:v>2161472</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E171" s="8" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="F171" s="8" t="s">
         <x:v>720</x:v>
       </x:c>
-      <x:c r="F171" s="8" t="s">
+      <x:c r="G171" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H171" s="8" t="s">
         <x:v>721</x:v>
       </x:c>
-      <x:c r="G171" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H171" s="8" t="s">
+    </x:row>
+    <x:row ht="586.453125" customHeight="1" collapsed="0">
+      <x:c r="A172" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B172" s="8" t="s">
         <x:v>722</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>723</x:v>
       </x:c>
       <x:c r="C172" s="8"/>
       <x:c r="D172" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E172" s="8" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="F172" s="8" t="s">
         <x:v>724</x:v>
       </x:c>
-      <x:c r="F172" s="8" t="s">
+      <x:c r="G172" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H172" s="8" t="s">
         <x:v>725</x:v>
       </x:c>
-      <x:c r="G172" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H172" s="8" t="s">
+    </x:row>
+    <x:row ht="1483.375" customHeight="1" collapsed="0">
+      <x:c r="A173" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B173" s="8" t="s">
         <x:v>726</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>727</x:v>
       </x:c>
       <x:c r="C173" s="8"/>
       <x:c r="D173" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>274786</x:v>
       </x:c>
       <x:c r="E173" s="8" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="F173" s="8" t="s">
         <x:v>728</x:v>
       </x:c>
-      <x:c r="F173" s="8" t="s">
+      <x:c r="G173" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H173" s="8" t="s">
         <x:v>729</x:v>
       </x:c>
-      <x:c r="G173" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H173" s="8" t="s">
+    </x:row>
+    <x:row ht="804.921875" customHeight="1" collapsed="0">
+      <x:c r="A174" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B174" s="8" t="s">
         <x:v>730</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>731</x:v>
       </x:c>
       <x:c r="C174" s="8"/>
       <x:c r="D174" s="9" t="n">
-        <x:v>274786</x:v>
+        <x:v>240915</x:v>
       </x:c>
       <x:c r="E174" s="8" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="F174" s="8" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="F174" s="8" t="s">
+      <x:c r="G174" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H174" s="8" t="s">
         <x:v>733</x:v>
       </x:c>
-      <x:c r="G174" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H174" s="8" t="s">
+    </x:row>
+    <x:row ht="310.484375" customHeight="1" collapsed="0">
+      <x:c r="A175" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B175" s="8" t="s">
         <x:v>734</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>735</x:v>
       </x:c>
       <x:c r="C175" s="8"/>
       <x:c r="D175" s="9" t="n">
-        <x:v>240915</x:v>
+        <x:v>96342</x:v>
       </x:c>
       <x:c r="E175" s="8" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="F175" s="8" t="s">
         <x:v>736</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>737</x:v>
       </x:c>
       <x:c r="G175" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H175" s="8" t="s">
+        <x:v>737</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.921875" customHeight="1" collapsed="0">
+      <x:c r="A176" s="8" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="B176" s="8" t="s">
         <x:v>738</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>739</x:v>
       </x:c>
       <x:c r="C176" s="8"/>
       <x:c r="D176" s="9" t="n">
-        <x:v>96342</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E176" s="8" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F176" s="8" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="G176" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H176" s="8" t="s">
+        <x:v>739</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.484375" customHeight="1" collapsed="0">
+      <x:c r="A177" s="8" t="s">
         <x:v>740</x:v>
       </x:c>
-      <x:c r="F176" s="8" t="s">
+      <x:c r="B177" s="8" t="s">
         <x:v>741</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>743</x:v>
       </x:c>
       <x:c r="C177" s="8"/>
       <x:c r="D177" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E177" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="F177" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="G177" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H177" s="8" t="s">
         <x:v>744</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.453125" customHeight="1" collapsed="0">
+    <x:row ht="770.421875" customHeight="1" collapsed="0">
       <x:c r="A178" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B178" s="8" t="s">
         <x:v>745</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>746</x:v>
       </x:c>
       <x:c r="C178" s="8"/>
       <x:c r="D178" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>207619</x:v>
       </x:c>
       <x:c r="E178" s="8" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="F178" s="8" t="s">
         <x:v>747</x:v>
       </x:c>
-      <x:c r="F178" s="8" t="s">
+      <x:c r="G178" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H178" s="8" t="s">
         <x:v>748</x:v>
       </x:c>
-      <x:c r="G178" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H178" s="8" t="s">
+    </x:row>
+    <x:row ht="1379.875" customHeight="1" collapsed="0">
+      <x:c r="A179" s="8" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="B179" s="8" t="s">
         <x:v>749</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>750</x:v>
       </x:c>
       <x:c r="C179" s="8"/>
       <x:c r="D179" s="9" t="n">
-        <x:v>207619</x:v>
+        <x:v>98934</x:v>
       </x:c>
       <x:c r="E179" s="8" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="F179" s="8" t="s">
         <x:v>751</x:v>
       </x:c>
-      <x:c r="F179" s="8" t="s">
+      <x:c r="G179" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H179" s="8" t="s">
         <x:v>752</x:v>
       </x:c>
-      <x:c r="G179" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H179" s="8" t="s">
+    </x:row>
+    <x:row ht="770.421875" customHeight="1" collapsed="0">
+      <x:c r="A180" s="8" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="B180" s="8" t="s">
         <x:v>753</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>754</x:v>
       </x:c>
       <x:c r="C180" s="8"/>
       <x:c r="D180" s="9" t="n">
-        <x:v>98934</x:v>
+        <x:v>835924</x:v>
       </x:c>
       <x:c r="E180" s="8" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="F180" s="8" t="s">
         <x:v>755</x:v>
       </x:c>
-      <x:c r="F180" s="8" t="s">
+      <x:c r="G180" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H180" s="8" t="s">
         <x:v>756</x:v>
       </x:c>
-      <x:c r="G180" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H180" s="8" t="s">
+    </x:row>
+    <x:row ht="356.453125" customHeight="1" collapsed="0">
+      <x:c r="A181" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B181" s="8" t="s">
         <x:v>757</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>758</x:v>
       </x:c>
       <x:c r="C181" s="8"/>
       <x:c r="D181" s="9" t="n">
-        <x:v>835924</x:v>
+        <x:v>193876</x:v>
       </x:c>
       <x:c r="E181" s="8" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="F181" s="8" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="F181" s="8" t="s">
+      <x:c r="G181" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H181" s="8" t="s">
         <x:v>760</x:v>
       </x:c>
-      <x:c r="G181" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H181" s="8" t="s">
+    </x:row>
+    <x:row ht="195.484375" customHeight="1" collapsed="0">
+      <x:c r="A182" s="8" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B182" s="8" t="s">
         <x:v>761</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>762</x:v>
       </x:c>
       <x:c r="C182" s="8"/>
       <x:c r="D182" s="9" t="n">
-        <x:v>193876</x:v>
+        <x:v>217999</x:v>
       </x:c>
       <x:c r="E182" s="8" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="F182" s="8" t="s">
         <x:v>763</x:v>
       </x:c>
-      <x:c r="F182" s="8" t="s">
+      <x:c r="G182" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H182" s="8" t="s">
         <x:v>764</x:v>
       </x:c>
-      <x:c r="G182" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H182" s="8" t="s">
+    </x:row>
+    <x:row ht="1057.921875" customHeight="1" collapsed="0">
+      <x:c r="A183" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B183" s="8" t="s">
         <x:v>765</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>766</x:v>
       </x:c>
       <x:c r="C183" s="8"/>
       <x:c r="D183" s="9" t="n">
-        <x:v>217999</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E183" s="8" t="s">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="F183" s="8" t="s">
         <x:v>767</x:v>
       </x:c>
-      <x:c r="F183" s="8" t="s">
+      <x:c r="G183" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H183" s="8" t="s">
         <x:v>768</x:v>
       </x:c>
-      <x:c r="G183" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H183" s="8" t="s">
+    </x:row>
+    <x:row ht="1609.859375" customHeight="1" collapsed="0">
+      <x:c r="A184" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B184" s="8" t="s">
         <x:v>769</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>770</x:v>
       </x:c>
       <x:c r="C184" s="8"/>
       <x:c r="D184" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>89149</x:v>
       </x:c>
       <x:c r="E184" s="8" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="F184" s="8" t="s">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="F184" s="8" t="s">
+      <x:c r="G184" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H184" s="8" t="s">
         <x:v>772</x:v>
       </x:c>
-      <x:c r="G184" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H184" s="8" t="s">
+    </x:row>
+    <x:row ht="2081.296875" customHeight="1" collapsed="0">
+      <x:c r="A185" s="8" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="B185" s="8" t="s">
         <x:v>773</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>774</x:v>
       </x:c>
       <x:c r="C185" s="8"/>
       <x:c r="D185" s="9" t="n">
-        <x:v>89149</x:v>
+        <x:v>192398</x:v>
       </x:c>
       <x:c r="E185" s="8" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="F185" s="8" t="s">
         <x:v>775</x:v>
       </x:c>
-      <x:c r="F185" s="8" t="s">
+      <x:c r="G185" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H185" s="8" t="s">
         <x:v>776</x:v>
       </x:c>
-      <x:c r="G185" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H185" s="8" t="s">
+    </x:row>
+    <x:row ht="379.484375" customHeight="1" collapsed="0">
+      <x:c r="A186" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B186" s="8" t="s">
         <x:v>777</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>778</x:v>
       </x:c>
       <x:c r="C186" s="8"/>
       <x:c r="D186" s="9" t="n">
-        <x:v>192398</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E186" s="8" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="F186" s="8" t="s">
         <x:v>779</x:v>
       </x:c>
-      <x:c r="F186" s="8" t="s">
+      <x:c r="G186" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H186" s="8" t="s">
         <x:v>780</x:v>
       </x:c>
-      <x:c r="G186" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H186" s="8" t="s">
+    </x:row>
+    <x:row ht="1586.859375" customHeight="1" collapsed="0">
+      <x:c r="A187" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B187" s="8" t="s">
         <x:v>781</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>782</x:v>
       </x:c>
       <x:c r="C187" s="8"/>
       <x:c r="D187" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>82120</x:v>
       </x:c>
       <x:c r="E187" s="8" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="F187" s="8" t="s">
         <x:v>783</x:v>
       </x:c>
-      <x:c r="F187" s="8" t="s">
+      <x:c r="G187" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H187" s="8" t="s">
         <x:v>784</x:v>
       </x:c>
-      <x:c r="G187" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H187" s="8" t="s">
+    </x:row>
+    <x:row ht="287.46875" customHeight="1" collapsed="0">
+      <x:c r="A188" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B188" s="8" t="s">
         <x:v>785</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>786</x:v>
       </x:c>
       <x:c r="C188" s="8"/>
       <x:c r="D188" s="9" t="n">
-        <x:v>82120</x:v>
+        <x:v>365114</x:v>
       </x:c>
       <x:c r="E188" s="8" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="F188" s="8" t="s">
         <x:v>787</x:v>
       </x:c>
-      <x:c r="F188" s="8" t="s">
+      <x:c r="G188" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H188" s="8" t="s">
         <x:v>788</x:v>
       </x:c>
-      <x:c r="G188" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H188" s="8" t="s">
+    </x:row>
+    <x:row ht="264.46875" customHeight="1" collapsed="0">
+      <x:c r="A189" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B189" s="8" t="s">
         <x:v>789</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>790</x:v>
       </x:c>
       <x:c r="C189" s="8"/>
       <x:c r="D189" s="9" t="n">
-        <x:v>365114</x:v>
+        <x:v>75241</x:v>
       </x:c>
       <x:c r="E189" s="8" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="F189" s="8" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="F189" s="8" t="s">
+      <x:c r="G189" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H189" s="8" t="s">
         <x:v>792</x:v>
       </x:c>
-      <x:c r="G189" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H189" s="8" t="s">
+    </x:row>
+    <x:row ht="977.40625" customHeight="1" collapsed="0">
+      <x:c r="A190" s="8" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B190" s="8" t="s">
         <x:v>793</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>794</x:v>
       </x:c>
       <x:c r="C190" s="8"/>
       <x:c r="D190" s="9" t="n">
-        <x:v>75241</x:v>
+        <x:v>466392</x:v>
       </x:c>
       <x:c r="E190" s="8" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="F190" s="8" t="s">
         <x:v>795</x:v>
       </x:c>
-      <x:c r="F190" s="8" t="s">
+      <x:c r="G190" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H190" s="8" t="s">
         <x:v>796</x:v>
       </x:c>
-      <x:c r="G190" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H190" s="8" t="s">
+    </x:row>
+    <x:row ht="126.484375" customHeight="1" collapsed="0">
+      <x:c r="A191" s="8" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="B191" s="8" t="s">
         <x:v>797</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>798</x:v>
       </x:c>
       <x:c r="C191" s="8"/>
       <x:c r="D191" s="9" t="n">
-        <x:v>466392</x:v>
+        <x:v>255665</x:v>
       </x:c>
       <x:c r="E191" s="8" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="F191" s="8" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="F191" s="8" t="s">
+      <x:c r="G191" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H191" s="8" t="s">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="G191" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H191" s="8" t="s">
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
+      <x:c r="A192" s="8" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="B192" s="8" t="s">
         <x:v>801</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>802</x:v>
       </x:c>
       <x:c r="C192" s="8"/>
       <x:c r="D192" s="9" t="n">
-        <x:v>255665</x:v>
+        <x:v>404054</x:v>
       </x:c>
       <x:c r="E192" s="8" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="F192" s="8" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="F192" s="8" t="s">
+      <x:c r="G192" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H192" s="8" t="s">
         <x:v>804</x:v>
       </x:c>
-      <x:c r="G192" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H192" s="8" t="s">
+    </x:row>
+    <x:row ht="310.484375" customHeight="1" collapsed="0">
+      <x:c r="A193" s="8" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="B193" s="8" t="s">
         <x:v>805</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>806</x:v>
       </x:c>
       <x:c r="C193" s="8"/>
       <x:c r="D193" s="9" t="n">
-        <x:v>404054</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E193" s="8" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="F193" s="8" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="F193" s="8" t="s">
+      <x:c r="G193" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H193" s="8" t="s">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="G193" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H193" s="8" t="s">
+    </x:row>
+    <x:row ht="1299.390625" customHeight="1" collapsed="0">
+      <x:c r="A194" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B194" s="8" t="s">
         <x:v>809</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>810</x:v>
       </x:c>
       <x:c r="C194" s="8"/>
       <x:c r="D194" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>92197</x:v>
       </x:c>
       <x:c r="E194" s="8" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="F194" s="8" t="s">
         <x:v>811</x:v>
       </x:c>
-      <x:c r="F194" s="8" t="s">
+      <x:c r="G194" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H194" s="8" t="s">
         <x:v>812</x:v>
       </x:c>
-      <x:c r="G194" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H194" s="8" t="s">
+    </x:row>
+    <x:row ht="965.90625" customHeight="1" collapsed="0">
+      <x:c r="A195" s="8" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B195" s="8" t="s">
         <x:v>813</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>814</x:v>
       </x:c>
       <x:c r="C195" s="8"/>
       <x:c r="D195" s="9" t="n">
-        <x:v>92197</x:v>
+        <x:v>1557735</x:v>
       </x:c>
       <x:c r="E195" s="8" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="F195" s="8" t="s">
         <x:v>815</x:v>
       </x:c>
-      <x:c r="F195" s="8" t="s">
+      <x:c r="G195" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H195" s="8" t="s">
         <x:v>816</x:v>
       </x:c>
-      <x:c r="G195" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H195" s="8" t="s">
+    </x:row>
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
+      <x:c r="A196" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B196" s="8" t="s">
         <x:v>817</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>818</x:v>
       </x:c>
       <x:c r="C196" s="8"/>
       <x:c r="D196" s="9" t="n">
-        <x:v>1557735</x:v>
+        <x:v>75072</x:v>
       </x:c>
       <x:c r="E196" s="8" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="F196" s="8" t="s">
         <x:v>819</x:v>
       </x:c>
-      <x:c r="F196" s="8" t="s">
+      <x:c r="G196" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H196" s="8" t="s">
         <x:v>820</x:v>
       </x:c>
-      <x:c r="G196" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H196" s="8" t="s">
+    </x:row>
+    <x:row ht="942.921875" customHeight="1" collapsed="0">
+      <x:c r="A197" s="8" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B197" s="8" t="s">
         <x:v>821</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>822</x:v>
       </x:c>
       <x:c r="C197" s="8"/>
       <x:c r="D197" s="9" t="n">
-        <x:v>75072</x:v>
+        <x:v>224560</x:v>
       </x:c>
       <x:c r="E197" s="8" t="s">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="F197" s="8" t="s">
         <x:v>823</x:v>
       </x:c>
-      <x:c r="F197" s="8" t="s">
+      <x:c r="G197" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H197" s="8" t="s">
         <x:v>824</x:v>
       </x:c>
-      <x:c r="G197" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H197" s="8" t="s">
+    </x:row>
+    <x:row ht="413.96875" customHeight="1" collapsed="0">
+      <x:c r="A198" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B198" s="8" t="s">
         <x:v>825</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>826</x:v>
       </x:c>
       <x:c r="C198" s="8"/>
       <x:c r="D198" s="9" t="n">
-        <x:v>224560</x:v>
+        <x:v>166263</x:v>
       </x:c>
       <x:c r="E198" s="8" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="F198" s="8" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="F198" s="8" t="s">
+      <x:c r="G198" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H198" s="8" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="G198" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H198" s="8" t="s">
+    </x:row>
+    <x:row ht="459.953125" customHeight="1" collapsed="0">
+      <x:c r="A199" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B199" s="8" t="s">
         <x:v>829</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>830</x:v>
       </x:c>
       <x:c r="C199" s="8"/>
       <x:c r="D199" s="9" t="n">
-        <x:v>166263</x:v>
+        <x:v>102186</x:v>
       </x:c>
       <x:c r="E199" s="8" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="F199" s="8" t="s">
         <x:v>831</x:v>
       </x:c>
-      <x:c r="F199" s="8" t="s">
+      <x:c r="G199" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H199" s="8" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="G199" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H199" s="8" t="s">
+    </x:row>
+    <x:row ht="747.421875" customHeight="1" collapsed="0">
+      <x:c r="A200" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B200" s="8" t="s">
         <x:v>833</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>834</x:v>
       </x:c>
       <x:c r="C200" s="8"/>
       <x:c r="D200" s="9" t="n">
-        <x:v>102186</x:v>
+        <x:v>9758951</x:v>
       </x:c>
       <x:c r="E200" s="8" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="F200" s="8" t="s">
         <x:v>835</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>836</x:v>
       </x:c>
       <x:c r="G200" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H200" s="8" t="s">
-        <x:v>837</x:v>
-[...2 lines deleted...]
-    <x:row ht="747.453125" customHeight="1" collapsed="0">
+        <x:v>836</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.484375" customHeight="1" collapsed="0">
       <x:c r="A201" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B201" s="8" t="s">
-        <x:v>838</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C201" s="8"/>
       <x:c r="D201" s="9" t="n">
-        <x:v>9758951</x:v>
+        <x:v>107700</x:v>
       </x:c>
       <x:c r="E201" s="8" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="F201" s="8" t="s">
         <x:v>839</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>840</x:v>
       </x:c>
       <x:c r="G201" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H201" s="8" t="s">
+        <x:v>840</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.921875" customHeight="1" collapsed="0">
+      <x:c r="A202" s="8" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="B202" s="8" t="s">
         <x:v>841</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>842</x:v>
       </x:c>
       <x:c r="C202" s="8"/>
       <x:c r="D202" s="9" t="n">
-        <x:v>107700</x:v>
+        <x:v>207005</x:v>
       </x:c>
       <x:c r="E202" s="8" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F202" s="8" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="G202" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H202" s="8" t="s">
+        <x:v>842</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.96875" customHeight="1" collapsed="0">
+      <x:c r="A203" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B203" s="8" t="s">
         <x:v>843</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>846</x:v>
       </x:c>
       <x:c r="C203" s="8"/>
       <x:c r="D203" s="9" t="n">
-        <x:v>207005</x:v>
+        <x:v>86133</x:v>
       </x:c>
       <x:c r="E203" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="F203" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="G203" s="8" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H203" s="8" t="s">
+        <x:v>846</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1437.359375" customHeight="1" collapsed="0">
+      <x:c r="A204" s="8" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B204" s="8" t="s">
         <x:v>847</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>848</x:v>
       </x:c>
       <x:c r="C204" s="8"/>
       <x:c r="D204" s="9" t="n">
-        <x:v>86133</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E204" s="8" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="F204" s="8" t="s">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="F204" s="8" t="s">
+      <x:c r="G204" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H204" s="8" t="s">
         <x:v>850</x:v>
       </x:c>
-      <x:c r="G204" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H204" s="8" t="s">
+    </x:row>
+    <x:row ht="1644.34375" customHeight="1" collapsed="0">
+      <x:c r="A205" s="8" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B205" s="8" t="s">
         <x:v>851</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>852</x:v>
       </x:c>
       <x:c r="C205" s="8"/>
       <x:c r="D205" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>187556</x:v>
       </x:c>
       <x:c r="E205" s="8" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="F205" s="8" t="s">
         <x:v>853</x:v>
       </x:c>
-      <x:c r="F205" s="8" t="s">
+      <x:c r="G205" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H205" s="8" t="s">
         <x:v>854</x:v>
       </x:c>
-      <x:c r="G205" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H205" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
+      <x:c r="A206" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B206" s="8" t="s">
         <x:v>855</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>856</x:v>
       </x:c>
       <x:c r="C206" s="8"/>
       <x:c r="D206" s="9" t="n">
-        <x:v>187556</x:v>
+        <x:v>514832</x:v>
       </x:c>
       <x:c r="E206" s="8" t="s">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c r="F206" s="8" t="s">
         <x:v>857</x:v>
       </x:c>
-      <x:c r="F206" s="8" t="s">
+      <x:c r="G206" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H206" s="8" t="s">
         <x:v>858</x:v>
       </x:c>
-      <x:c r="G206" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H206" s="8" t="s">
+    </x:row>
+    <x:row ht="287.46875" customHeight="1" collapsed="0">
+      <x:c r="A207" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B207" s="8" t="s">
         <x:v>859</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>860</x:v>
       </x:c>
       <x:c r="C207" s="8"/>
       <x:c r="D207" s="9" t="n">
-        <x:v>514832</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E207" s="8" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="F207" s="8" t="s">
         <x:v>861</x:v>
       </x:c>
-      <x:c r="F207" s="8" t="s">
+      <x:c r="G207" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H207" s="8" t="s">
         <x:v>862</x:v>
       </x:c>
-      <x:c r="G207" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H207" s="8" t="s">
+    </x:row>
+    <x:row ht="770.421875" customHeight="1" collapsed="0">
+      <x:c r="A208" s="8" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="B208" s="8" t="s">
         <x:v>863</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>864</x:v>
       </x:c>
       <x:c r="C208" s="8"/>
       <x:c r="D208" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E208" s="8" t="s">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="F208" s="8" t="s">
         <x:v>865</x:v>
       </x:c>
-      <x:c r="F208" s="8" t="s">
+      <x:c r="G208" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H208" s="8" t="s">
         <x:v>866</x:v>
       </x:c>
-      <x:c r="G208" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H208" s="8" t="s">
+    </x:row>
+    <x:row ht="862.40625" customHeight="1" collapsed="0">
+      <x:c r="A209" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B209" s="8" t="s">
         <x:v>867</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>868</x:v>
       </x:c>
       <x:c r="C209" s="8"/>
       <x:c r="D209" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>354476</x:v>
       </x:c>
       <x:c r="E209" s="8" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="F209" s="8" t="s">
         <x:v>869</x:v>
       </x:c>
-      <x:c r="F209" s="8" t="s">
+      <x:c r="G209" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H209" s="8" t="s">
         <x:v>870</x:v>
       </x:c>
-      <x:c r="G209" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H209" s="8" t="s">
+    </x:row>
+    <x:row ht="793.453125" customHeight="1" collapsed="0">
+      <x:c r="A210" s="8" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="B210" s="8" t="s">
         <x:v>871</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>872</x:v>
       </x:c>
       <x:c r="C210" s="8"/>
       <x:c r="D210" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E210" s="8" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="F210" s="8" t="s">
         <x:v>873</x:v>
       </x:c>
-      <x:c r="F210" s="8" t="s">
+      <x:c r="G210" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H210" s="8" t="s">
         <x:v>874</x:v>
       </x:c>
-      <x:c r="G210" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H210" s="8" t="s">
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
+      <x:c r="A211" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B211" s="8" t="s">
         <x:v>875</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>876</x:v>
       </x:c>
       <x:c r="C211" s="8"/>
       <x:c r="D211" s="9" t="n">
-        <x:v>354476</x:v>
+        <x:v>269105</x:v>
       </x:c>
       <x:c r="E211" s="8" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="F211" s="8" t="s">
         <x:v>877</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>878</x:v>
       </x:c>
       <x:c r="G211" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H211" s="8" t="s">
+        <x:v>878</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.484375" customHeight="1" collapsed="0">
+      <x:c r="A212" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B212" s="8" t="s">
         <x:v>879</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>880</x:v>
       </x:c>
       <x:c r="C212" s="8"/>
       <x:c r="D212" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>233689</x:v>
       </x:c>
       <x:c r="E212" s="8" t="s">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="F212" s="8" t="s">
         <x:v>881</x:v>
       </x:c>
-      <x:c r="F212" s="8" t="s">
+      <x:c r="G212" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H212" s="8" t="s">
         <x:v>882</x:v>
       </x:c>
-      <x:c r="G212" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H212" s="8" t="s">
+    </x:row>
+    <x:row ht="505.953125" customHeight="1" collapsed="0">
+      <x:c r="A213" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B213" s="8" t="s">
         <x:v>883</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>884</x:v>
       </x:c>
       <x:c r="C213" s="8"/>
       <x:c r="D213" s="9" t="n">
-        <x:v>269105</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E213" s="8" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="F213" s="8" t="s">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="F213" s="8" t="s">
+      <x:c r="G213" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H213" s="8" t="s">
         <x:v>886</x:v>
       </x:c>
-      <x:c r="G213" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H213" s="8" t="s">
+    </x:row>
+    <x:row ht="2690.765625" customHeight="1" collapsed="0">
+      <x:c r="A214" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B214" s="8" t="s">
         <x:v>887</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>888</x:v>
       </x:c>
       <x:c r="C214" s="8"/>
       <x:c r="D214" s="9" t="n">
-        <x:v>233689</x:v>
+        <x:v>106439</x:v>
       </x:c>
       <x:c r="E214" s="8" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="F214" s="8" t="s">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="F214" s="8" t="s">
+      <x:c r="G214" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H214" s="8" t="s">
         <x:v>890</x:v>
       </x:c>
-      <x:c r="G214" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H214" s="8" t="s">
+    </x:row>
+    <x:row ht="724.4375" customHeight="1" collapsed="0">
+      <x:c r="A215" s="8" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B215" s="8" t="s">
         <x:v>891</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>892</x:v>
       </x:c>
       <x:c r="C215" s="8"/>
       <x:c r="D215" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>182321</x:v>
       </x:c>
       <x:c r="E215" s="8" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="F215" s="8" t="s">
         <x:v>893</x:v>
       </x:c>
-      <x:c r="F215" s="8" t="s">
+      <x:c r="G215" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H215" s="8" t="s">
         <x:v>894</x:v>
       </x:c>
-      <x:c r="G215" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H215" s="8" t="s">
+    </x:row>
+    <x:row ht="1034.90625" customHeight="1" collapsed="0">
+      <x:c r="A216" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B216" s="8" t="s">
         <x:v>895</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>896</x:v>
       </x:c>
       <x:c r="C216" s="8"/>
       <x:c r="D216" s="9" t="n">
-        <x:v>106439</x:v>
+        <x:v>459414</x:v>
       </x:c>
       <x:c r="E216" s="8" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="F216" s="8" t="s">
         <x:v>897</x:v>
       </x:c>
-      <x:c r="F216" s="8" t="s">
+      <x:c r="G216" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H216" s="8" t="s">
         <x:v>898</x:v>
       </x:c>
-      <x:c r="G216" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H216" s="8" t="s">
+    </x:row>
+    <x:row ht="908.421875" customHeight="1" collapsed="0">
+      <x:c r="A217" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B217" s="8" t="s">
         <x:v>899</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>900</x:v>
       </x:c>
       <x:c r="C217" s="8"/>
       <x:c r="D217" s="9" t="n">
-        <x:v>182321</x:v>
+        <x:v>1328221</x:v>
       </x:c>
       <x:c r="E217" s="8" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="F217" s="8" t="s">
         <x:v>901</x:v>
       </x:c>
-      <x:c r="F217" s="8" t="s">
+      <x:c r="G217" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H217" s="8" t="s">
         <x:v>902</x:v>
       </x:c>
-      <x:c r="G217" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H217" s="8" t="s">
+    </x:row>
+    <x:row ht="57.484375" customHeight="1" collapsed="0">
+      <x:c r="A218" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B218" s="8" t="s">
         <x:v>903</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>904</x:v>
       </x:c>
       <x:c r="C218" s="8"/>
       <x:c r="D218" s="9" t="n">
-        <x:v>459414</x:v>
+        <x:v>278760</x:v>
       </x:c>
       <x:c r="E218" s="8" t="s">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="F218" s="8" t="s">
         <x:v>905</x:v>
       </x:c>
-      <x:c r="F218" s="8" t="s">
+      <x:c r="G218" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H218" s="8" t="s">
         <x:v>906</x:v>
       </x:c>
-      <x:c r="G218" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H218" s="8" t="s">
+    </x:row>
+    <x:row ht="1287.890625" customHeight="1" collapsed="0">
+      <x:c r="A219" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B219" s="8" t="s">
         <x:v>907</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>908</x:v>
       </x:c>
       <x:c r="C219" s="8"/>
       <x:c r="D219" s="9" t="n">
-        <x:v>1328221</x:v>
+        <x:v>141273</x:v>
       </x:c>
       <x:c r="E219" s="8" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="F219" s="8" t="s">
         <x:v>909</x:v>
       </x:c>
-      <x:c r="F219" s="8" t="s">
+      <x:c r="G219" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H219" s="8" t="s">
         <x:v>910</x:v>
       </x:c>
-      <x:c r="G219" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H219" s="8" t="s">
+    </x:row>
+    <x:row ht="896.90625" customHeight="1" collapsed="0">
+      <x:c r="A220" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B220" s="8" t="s">
         <x:v>911</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>912</x:v>
       </x:c>
       <x:c r="C220" s="8"/>
       <x:c r="D220" s="9" t="n">
-        <x:v>278760</x:v>
+        <x:v>234647</x:v>
       </x:c>
       <x:c r="E220" s="8" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="F220" s="8" t="s">
         <x:v>913</x:v>
       </x:c>
-      <x:c r="F220" s="8" t="s">
+      <x:c r="G220" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H220" s="8" t="s">
         <x:v>914</x:v>
       </x:c>
-      <x:c r="G220" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H220" s="8" t="s">
+    </x:row>
+    <x:row ht="954.421875" customHeight="1" collapsed="0">
+      <x:c r="A221" s="8" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="B221" s="8" t="s">
         <x:v>915</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>916</x:v>
       </x:c>
       <x:c r="C221" s="8"/>
       <x:c r="D221" s="9" t="n">
-        <x:v>141273</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E221" s="8" t="s">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="F221" s="8" t="s">
         <x:v>917</x:v>
       </x:c>
-      <x:c r="F221" s="8" t="s">
+      <x:c r="G221" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H221" s="8" t="s">
         <x:v>918</x:v>
       </x:c>
-      <x:c r="G221" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H221" s="8" t="s">
+    </x:row>
+    <x:row ht="1287.890625" customHeight="1" collapsed="0">
+      <x:c r="A222" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B222" s="8" t="s">
         <x:v>919</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>920</x:v>
       </x:c>
       <x:c r="C222" s="8"/>
       <x:c r="D222" s="9" t="n">
-        <x:v>234647</x:v>
+        <x:v>270827</x:v>
       </x:c>
       <x:c r="E222" s="8" t="s">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c r="F222" s="8" t="s">
         <x:v>921</x:v>
       </x:c>
-      <x:c r="F222" s="8" t="s">
+      <x:c r="G222" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H222" s="8" t="s">
         <x:v>922</x:v>
       </x:c>
-      <x:c r="G222" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H222" s="8" t="s">
+    </x:row>
+    <x:row ht="2046.8125" customHeight="1" collapsed="0">
+      <x:c r="A223" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B223" s="8" t="s">
         <x:v>923</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>924</x:v>
       </x:c>
       <x:c r="C223" s="8"/>
       <x:c r="D223" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>179579</x:v>
       </x:c>
       <x:c r="E223" s="8" t="s">
+        <x:v>924</x:v>
+      </x:c>
+      <x:c r="F223" s="8" t="s">
         <x:v>925</x:v>
       </x:c>
-      <x:c r="F223" s="8" t="s">
+      <x:c r="G223" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H223" s="8" t="s">
         <x:v>926</x:v>
       </x:c>
-      <x:c r="G223" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H223" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
+      <x:c r="A224" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B224" s="8" t="s">
         <x:v>927</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>928</x:v>
       </x:c>
       <x:c r="C224" s="8"/>
       <x:c r="D224" s="9" t="n">
-        <x:v>270827</x:v>
+        <x:v>155653</x:v>
       </x:c>
       <x:c r="E224" s="8" t="s">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="F224" s="8" t="s">
         <x:v>929</x:v>
       </x:c>
-      <x:c r="F224" s="8" t="s">
+      <x:c r="G224" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H224" s="8" t="s">
         <x:v>930</x:v>
       </x:c>
-      <x:c r="G224" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H224" s="8" t="s">
+    </x:row>
+    <x:row ht="609.453125" customHeight="1" collapsed="0">
+      <x:c r="A225" s="8" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="B225" s="8" t="s">
         <x:v>931</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>932</x:v>
       </x:c>
       <x:c r="C225" s="8"/>
       <x:c r="D225" s="9" t="n">
-        <x:v>179579</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E225" s="8" t="s">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="F225" s="8" t="s">
         <x:v>933</x:v>
       </x:c>
-      <x:c r="F225" s="8" t="s">
+      <x:c r="G225" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H225" s="8" t="s">
         <x:v>934</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row ht="367.96875" customHeight="1" collapsed="0">
       <x:c r="A226" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B226" s="8" t="s">
-        <x:v>936</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="C226" s="8"/>
       <x:c r="D226" s="9" t="n">
-        <x:v>155653</x:v>
+        <x:v>378430</x:v>
       </x:c>
       <x:c r="E226" s="8" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="F226" s="8" t="s">
         <x:v>937</x:v>
       </x:c>
-      <x:c r="F226" s="8" t="s">
+      <x:c r="G226" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H226" s="8" t="s">
         <x:v>938</x:v>
       </x:c>
-      <x:c r="G226" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H226" s="8" t="s">
+    </x:row>
+    <x:row ht="919.921875" customHeight="1" collapsed="0">
+      <x:c r="A227" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B227" s="8" t="s">
         <x:v>939</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>940</x:v>
       </x:c>
       <x:c r="C227" s="8"/>
       <x:c r="D227" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E227" s="8" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="F227" s="8" t="s">
         <x:v>941</x:v>
       </x:c>
-      <x:c r="F227" s="8" t="s">
+      <x:c r="G227" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H227" s="8" t="s">
         <x:v>942</x:v>
       </x:c>
-      <x:c r="G227" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H227" s="8" t="s">
+    </x:row>
+    <x:row ht="2805.765625" customHeight="1" collapsed="0">
+      <x:c r="A228" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B228" s="8" t="s">
         <x:v>943</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>944</x:v>
       </x:c>
       <x:c r="C228" s="8"/>
       <x:c r="D228" s="9" t="n">
-        <x:v>378430</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E228" s="8" t="s">
+        <x:v>944</x:v>
+      </x:c>
+      <x:c r="F228" s="8" t="s">
         <x:v>945</x:v>
       </x:c>
-      <x:c r="F228" s="8" t="s">
+      <x:c r="G228" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H228" s="8" t="s">
         <x:v>946</x:v>
       </x:c>
-      <x:c r="G228" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H228" s="8" t="s">
+    </x:row>
+    <x:row ht="241.5" customHeight="1" collapsed="0">
+      <x:c r="A229" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B229" s="8" t="s">
         <x:v>947</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>948</x:v>
       </x:c>
       <x:c r="C229" s="8"/>
       <x:c r="D229" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E229" s="8" t="s">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="F229" s="8" t="s">
         <x:v>949</x:v>
       </x:c>
-      <x:c r="F229" s="8" t="s">
+      <x:c r="G229" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H229" s="8" t="s">
         <x:v>950</x:v>
       </x:c>
-      <x:c r="G229" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H229" s="8" t="s">
+    </x:row>
+    <x:row ht="2541.28125" customHeight="1" collapsed="0">
+      <x:c r="A230" s="8" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="B230" s="8" t="s">
         <x:v>951</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>952</x:v>
       </x:c>
       <x:c r="C230" s="8"/>
       <x:c r="D230" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>191655</x:v>
       </x:c>
       <x:c r="E230" s="8" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="F230" s="8" t="s">
         <x:v>953</x:v>
       </x:c>
-      <x:c r="F230" s="8" t="s">
+      <x:c r="G230" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H230" s="8" t="s">
         <x:v>954</x:v>
       </x:c>
-      <x:c r="G230" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H230" s="8" t="s">
+    </x:row>
+    <x:row ht="678.4375" customHeight="1" collapsed="0">
+      <x:c r="A231" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B231" s="8" t="s">
         <x:v>955</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>956</x:v>
       </x:c>
       <x:c r="C231" s="8"/>
       <x:c r="D231" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>275609</x:v>
       </x:c>
       <x:c r="E231" s="8" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="F231" s="8" t="s">
         <x:v>957</x:v>
       </x:c>
-      <x:c r="F231" s="8" t="s">
+      <x:c r="G231" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H231" s="8" t="s">
         <x:v>958</x:v>
       </x:c>
-      <x:c r="G231" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H231" s="8" t="s">
+    </x:row>
+    <x:row ht="1023.421875" customHeight="1" collapsed="0">
+      <x:c r="A232" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B232" s="8" t="s">
         <x:v>959</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>960</x:v>
       </x:c>
       <x:c r="C232" s="8"/>
       <x:c r="D232" s="9" t="n">
-        <x:v>191655</x:v>
+        <x:v>249249</x:v>
       </x:c>
       <x:c r="E232" s="8" t="s">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c r="F232" s="8" t="s">
         <x:v>961</x:v>
       </x:c>
-      <x:c r="F232" s="8" t="s">
+      <x:c r="G232" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H232" s="8" t="s">
         <x:v>962</x:v>
       </x:c>
-      <x:c r="G232" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H232" s="8" t="s">
+    </x:row>
+    <x:row ht="827.9375" customHeight="1" collapsed="0">
+      <x:c r="A233" s="8" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="B233" s="8" t="s">
         <x:v>963</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>964</x:v>
       </x:c>
       <x:c r="C233" s="8"/>
       <x:c r="D233" s="9" t="n">
-        <x:v>275609</x:v>
+        <x:v>286162</x:v>
       </x:c>
       <x:c r="E233" s="8" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F233" s="8" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="G233" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H233" s="8" t="s">
+        <x:v>964</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="253" customHeight="1" collapsed="0">
+      <x:c r="A234" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B234" s="8" t="s">
         <x:v>965</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>968</x:v>
       </x:c>
       <x:c r="C234" s="8"/>
       <x:c r="D234" s="9" t="n">
-        <x:v>249249</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E234" s="8" t="s">
+        <x:v>966</x:v>
+      </x:c>
+      <x:c r="F234" s="8" t="s">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c r="G234" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H234" s="8" t="s">
+        <x:v>968</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.953125" customHeight="1" collapsed="0">
+      <x:c r="A235" s="8" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="B235" s="8" t="s">
         <x:v>969</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>972</x:v>
       </x:c>
       <x:c r="C235" s="8"/>
       <x:c r="D235" s="9" t="n">
-        <x:v>286162</x:v>
+        <x:v>242717</x:v>
       </x:c>
       <x:c r="E235" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="F235" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="G235" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H235" s="8" t="s">
+        <x:v>972</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46875" customHeight="1" collapsed="0">
+      <x:c r="A236" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B236" s="8" t="s">
         <x:v>973</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>974</x:v>
       </x:c>
       <x:c r="C236" s="8"/>
       <x:c r="D236" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E236" s="8" t="s">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="F236" s="8" t="s">
         <x:v>975</x:v>
       </x:c>
-      <x:c r="F236" s="8" t="s">
+      <x:c r="G236" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H236" s="8" t="s">
         <x:v>976</x:v>
       </x:c>
-      <x:c r="G236" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H236" s="8" t="s">
+    </x:row>
+    <x:row ht="206.96875" customHeight="1" collapsed="0">
+      <x:c r="A237" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B237" s="8" t="s">
         <x:v>977</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>978</x:v>
       </x:c>
       <x:c r="C237" s="8"/>
       <x:c r="D237" s="9" t="n">
-        <x:v>242717</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E237" s="8" t="s">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c r="F237" s="8" t="s">
         <x:v>979</x:v>
       </x:c>
-      <x:c r="F237" s="8" t="s">
+      <x:c r="G237" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H237" s="8" t="s">
         <x:v>980</x:v>
       </x:c>
-      <x:c r="G237" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H237" s="8" t="s">
+    </x:row>
+    <x:row ht="413.984375" customHeight="1" collapsed="0">
+      <x:c r="A238" s="8" t="s">
         <x:v>981</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>462</x:v>
       </x:c>
       <x:c r="B238" s="8" t="s">
         <x:v>982</x:v>
       </x:c>
       <x:c r="C238" s="8"/>
       <x:c r="D238" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>247509</x:v>
       </x:c>
       <x:c r="E238" s="8" t="s">
         <x:v>983</x:v>
       </x:c>
       <x:c r="F238" s="8" t="s">
         <x:v>984</x:v>
       </x:c>
       <x:c r="G238" s="8" t="s">
-        <x:v>310</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H238" s="8" t="s">
         <x:v>985</x:v>
       </x:c>
     </x:row>
-    <x:row ht="206.984375" customHeight="1" collapsed="0">
+    <x:row ht="115" customHeight="1" collapsed="0">
       <x:c r="A239" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B239" s="8" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="C239" s="8"/>
       <x:c r="D239" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E239" s="8" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="F239" s="8" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="G239" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H239" s="8" t="s">
         <x:v>989</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.984375" customHeight="1" collapsed="0">
+    <x:row ht="712.953125" customHeight="1" collapsed="0">
       <x:c r="A240" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B240" s="8" t="s">
         <x:v>990</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>991</x:v>
       </x:c>
       <x:c r="C240" s="8"/>
       <x:c r="D240" s="9" t="n">
-        <x:v>247509</x:v>
+        <x:v>102722</x:v>
       </x:c>
       <x:c r="E240" s="8" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="F240" s="8" t="s">
         <x:v>992</x:v>
       </x:c>
-      <x:c r="F240" s="8" t="s">
+      <x:c r="G240" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H240" s="8" t="s">
         <x:v>993</x:v>
       </x:c>
-      <x:c r="G240" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H240" s="8" t="s">
+    </x:row>
+    <x:row ht="402.453125" customHeight="1" collapsed="0">
+      <x:c r="A241" s="8" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="B241" s="8" t="s">
         <x:v>994</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>995</x:v>
       </x:c>
       <x:c r="C241" s="8"/>
       <x:c r="D241" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E241" s="8" t="s">
+        <x:v>995</x:v>
+      </x:c>
+      <x:c r="F241" s="8" t="s">
         <x:v>996</x:v>
       </x:c>
-      <x:c r="F241" s="8" t="s">
+      <x:c r="G241" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H241" s="8" t="s">
         <x:v>997</x:v>
       </x:c>
-      <x:c r="G241" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H241" s="8" t="s">
+    </x:row>
+    <x:row ht="218.5" customHeight="1" collapsed="0">
+      <x:c r="A242" s="8" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B242" s="8" t="s">
         <x:v>998</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>999</x:v>
       </x:c>
       <x:c r="C242" s="8"/>
       <x:c r="D242" s="9" t="n">
-        <x:v>102722</x:v>
+        <x:v>230349</x:v>
       </x:c>
       <x:c r="E242" s="8" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="F242" s="8" t="s">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="F242" s="8" t="s">
+      <x:c r="G242" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H242" s="8" t="s">
         <x:v>1001</x:v>
       </x:c>
-      <x:c r="G242" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H242" s="8" t="s">
+    </x:row>
+    <x:row ht="597.9375" customHeight="1" collapsed="0">
+      <x:c r="A243" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B243" s="8" t="s">
         <x:v>1002</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1003</x:v>
       </x:c>
       <x:c r="C243" s="8"/>
       <x:c r="D243" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>79101</x:v>
       </x:c>
       <x:c r="E243" s="8" t="s">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="F243" s="8" t="s">
         <x:v>1004</x:v>
       </x:c>
-      <x:c r="F243" s="8" t="s">
+      <x:c r="G243" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H243" s="8" t="s">
         <x:v>1005</x:v>
       </x:c>
-      <x:c r="G243" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H243" s="8" t="s">
+    </x:row>
+    <x:row ht="471.453125" customHeight="1" collapsed="0">
+      <x:c r="A244" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B244" s="8" t="s">
         <x:v>1006</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1007</x:v>
       </x:c>
       <x:c r="C244" s="8"/>
       <x:c r="D244" s="9" t="n">
-        <x:v>230349</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E244" s="8" t="s">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="F244" s="8" t="s">
         <x:v>1008</x:v>
       </x:c>
-      <x:c r="F244" s="8" t="s">
+      <x:c r="G244" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H244" s="8" t="s">
         <x:v>1009</x:v>
       </x:c>
-      <x:c r="G244" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H244" s="8" t="s">
+    </x:row>
+    <x:row ht="160.984375" customHeight="1" collapsed="0">
+      <x:c r="A245" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B245" s="8" t="s">
         <x:v>1010</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1011</x:v>
       </x:c>
       <x:c r="C245" s="8"/>
       <x:c r="D245" s="9" t="n">
-        <x:v>79101</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E245" s="8" t="s">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c r="F245" s="8" t="s">
         <x:v>1012</x:v>
       </x:c>
-      <x:c r="F245" s="8" t="s">
+      <x:c r="G245" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H245" s="8" t="s">
         <x:v>1013</x:v>
       </x:c>
-      <x:c r="G245" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H245" s="8" t="s">
+    </x:row>
+    <x:row ht="528.9375" customHeight="1" collapsed="0">
+      <x:c r="A246" s="8" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="B246" s="8" t="s">
         <x:v>1014</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1015</x:v>
       </x:c>
       <x:c r="C246" s="8"/>
       <x:c r="D246" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E246" s="8" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="F246" s="8" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="G246" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H246" s="8" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1138.390625" customHeight="1" collapsed="0">
+      <x:c r="A247" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B247" s="8" t="s">
         <x:v>1016</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1019</x:v>
       </x:c>
       <x:c r="C247" s="8"/>
       <x:c r="D247" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>104826</x:v>
       </x:c>
       <x:c r="E247" s="8" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="F247" s="8" t="s">
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c r="G247" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H247" s="8" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.984375" customHeight="1" collapsed="0">
+      <x:c r="A248" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B248" s="8" t="s">
         <x:v>1020</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1023</x:v>
       </x:c>
       <x:c r="C248" s="8"/>
       <x:c r="D248" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E248" s="8" t="s">
-        <x:v>811</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="F248" s="8" t="s">
-        <x:v>812</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="G248" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H248" s="8" t="s">
-        <x:v>1024</x:v>
-[...2 lines deleted...]
-    <x:row ht="1138.40625" customHeight="1" collapsed="0">
+        <x:v>1021</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.96875" customHeight="1" collapsed="0">
       <x:c r="A249" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B249" s="8" t="s">
-        <x:v>1025</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="C249" s="8"/>
       <x:c r="D249" s="9" t="n">
-        <x:v>104826</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E249" s="8" t="s">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="F249" s="8" t="s">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="G249" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H249" s="8" t="s">
+        <x:v>1025</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
+      <x:c r="A250" s="8" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="B250" s="8" t="s">
         <x:v>1026</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1029</x:v>
       </x:c>
       <x:c r="C250" s="8"/>
       <x:c r="D250" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>182132</x:v>
       </x:c>
       <x:c r="E250" s="8" t="s">
-        <x:v>811</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="F250" s="8" t="s">
-        <x:v>812</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="G250" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H250" s="8" t="s">
+        <x:v>1029</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2012.328125" customHeight="1" collapsed="0">
+      <x:c r="A251" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B251" s="8" t="s">
         <x:v>1030</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1031</x:v>
       </x:c>
       <x:c r="C251" s="8"/>
       <x:c r="D251" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>174647</x:v>
       </x:c>
       <x:c r="E251" s="8" t="s">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c r="F251" s="8" t="s">
         <x:v>1032</x:v>
       </x:c>
-      <x:c r="F251" s="8" t="s">
+      <x:c r="G251" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H251" s="8" t="s">
         <x:v>1033</x:v>
       </x:c>
-      <x:c r="G251" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H251" s="8" t="s">
+    </x:row>
+    <x:row ht="724.4375" customHeight="1" collapsed="0">
+      <x:c r="A252" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B252" s="8" t="s">
         <x:v>1034</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1035</x:v>
       </x:c>
       <x:c r="C252" s="8"/>
       <x:c r="D252" s="9" t="n">
-        <x:v>182132</x:v>
+        <x:v>118046</x:v>
       </x:c>
       <x:c r="E252" s="8" t="s">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c r="F252" s="8" t="s">
         <x:v>1036</x:v>
       </x:c>
-      <x:c r="F252" s="8" t="s">
+      <x:c r="G252" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H252" s="8" t="s">
         <x:v>1037</x:v>
       </x:c>
-      <x:c r="G252" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H252" s="8" t="s">
+    </x:row>
+    <x:row ht="1207.390625" customHeight="1" collapsed="0">
+      <x:c r="A253" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B253" s="8" t="s">
         <x:v>1038</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1039</x:v>
       </x:c>
       <x:c r="C253" s="8"/>
       <x:c r="D253" s="9" t="n">
-        <x:v>174647</x:v>
+        <x:v>283529</x:v>
       </x:c>
       <x:c r="E253" s="8" t="s">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c r="F253" s="8" t="s">
         <x:v>1040</x:v>
       </x:c>
-      <x:c r="F253" s="8" t="s">
+      <x:c r="G253" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H253" s="8" t="s">
         <x:v>1041</x:v>
       </x:c>
-      <x:c r="G253" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H253" s="8" t="s">
+    </x:row>
+    <x:row ht="919.921875" customHeight="1" collapsed="0">
+      <x:c r="A254" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B254" s="8" t="s">
         <x:v>1042</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1043</x:v>
       </x:c>
       <x:c r="C254" s="8"/>
       <x:c r="D254" s="9" t="n">
-        <x:v>118046</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E254" s="8" t="s">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c r="F254" s="8" t="s">
         <x:v>1044</x:v>
       </x:c>
-      <x:c r="F254" s="8" t="s">
+      <x:c r="G254" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H254" s="8" t="s">
         <x:v>1045</x:v>
       </x:c>
-      <x:c r="G254" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H254" s="8" t="s">
+    </x:row>
+    <x:row ht="586.46875" customHeight="1" collapsed="0">
+      <x:c r="A255" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B255" s="8" t="s">
         <x:v>1046</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1047</x:v>
       </x:c>
       <x:c r="C255" s="8"/>
       <x:c r="D255" s="9" t="n">
-        <x:v>283529</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E255" s="8" t="s">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="F255" s="8" t="s">
         <x:v>1048</x:v>
       </x:c>
-      <x:c r="F255" s="8" t="s">
+      <x:c r="G255" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H255" s="8" t="s">
         <x:v>1049</x:v>
       </x:c>
-      <x:c r="G255" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H255" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
+      <x:c r="A256" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B256" s="8" t="s">
         <x:v>1050</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1051</x:v>
       </x:c>
       <x:c r="C256" s="8"/>
       <x:c r="D256" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E256" s="8" t="s">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c r="F256" s="8" t="s">
         <x:v>1052</x:v>
       </x:c>
-      <x:c r="F256" s="8" t="s">
+      <x:c r="G256" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H256" s="8" t="s">
         <x:v>1053</x:v>
       </x:c>
-      <x:c r="G256" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H256" s="8" t="s">
+    </x:row>
+    <x:row ht="505.953125" customHeight="1" collapsed="0">
+      <x:c r="A257" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B257" s="8" t="s">
         <x:v>1054</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1055</x:v>
       </x:c>
       <x:c r="C257" s="8"/>
       <x:c r="D257" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E257" s="8" t="s">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="F257" s="8" t="s">
         <x:v>1056</x:v>
       </x:c>
-      <x:c r="F257" s="8" t="s">
+      <x:c r="G257" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H257" s="8" t="s">
         <x:v>1057</x:v>
       </x:c>
-      <x:c r="G257" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H257" s="8" t="s">
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
+      <x:c r="A258" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B258" s="8" t="s">
         <x:v>1058</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1059</x:v>
       </x:c>
       <x:c r="C258" s="8"/>
       <x:c r="D258" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>161611</x:v>
       </x:c>
       <x:c r="E258" s="8" t="s">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="F258" s="8" t="s">
         <x:v>1060</x:v>
       </x:c>
-      <x:c r="F258" s="8" t="s">
+      <x:c r="G258" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H258" s="8" t="s">
         <x:v>1061</x:v>
       </x:c>
-      <x:c r="G258" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H258" s="8" t="s">
+    </x:row>
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
+      <x:c r="A259" s="8" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B259" s="8" t="s">
         <x:v>1062</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1063</x:v>
       </x:c>
       <x:c r="C259" s="8"/>
       <x:c r="D259" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E259" s="8" t="s">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="F259" s="8" t="s">
         <x:v>1064</x:v>
       </x:c>
-      <x:c r="F259" s="8" t="s">
+      <x:c r="G259" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H259" s="8" t="s">
         <x:v>1065</x:v>
       </x:c>
-      <x:c r="G259" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H259" s="8" t="s">
+    </x:row>
+    <x:row ht="1092.40625" customHeight="1" collapsed="0">
+      <x:c r="A260" s="8" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="B260" s="8" t="s">
         <x:v>1066</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1067</x:v>
       </x:c>
       <x:c r="C260" s="8"/>
       <x:c r="D260" s="9" t="n">
-        <x:v>161611</x:v>
+        <x:v>75785</x:v>
       </x:c>
       <x:c r="E260" s="8" t="s">
+        <x:v>1067</x:v>
+      </x:c>
+      <x:c r="F260" s="8" t="s">
         <x:v>1068</x:v>
       </x:c>
-      <x:c r="F260" s="8" t="s">
+      <x:c r="G260" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H260" s="8" t="s">
         <x:v>1069</x:v>
       </x:c>
-      <x:c r="G260" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H260" s="8" t="s">
+    </x:row>
+    <x:row ht="436.96875" customHeight="1" collapsed="0">
+      <x:c r="A261" s="8" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="B261" s="8" t="s">
         <x:v>1070</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1071</x:v>
       </x:c>
       <x:c r="C261" s="8"/>
       <x:c r="D261" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E261" s="8" t="s">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="F261" s="8" t="s">
         <x:v>1072</x:v>
       </x:c>
-      <x:c r="F261" s="8" t="s">
+      <x:c r="G261" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H261" s="8" t="s">
         <x:v>1073</x:v>
       </x:c>
-      <x:c r="G261" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H261" s="8" t="s">
+    </x:row>
+    <x:row ht="264.46875" customHeight="1" collapsed="0">
+      <x:c r="A262" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B262" s="8" t="s">
         <x:v>1074</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1075</x:v>
       </x:c>
       <x:c r="C262" s="8"/>
       <x:c r="D262" s="9" t="n">
-        <x:v>75785</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E262" s="8" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="F262" s="8" t="s">
         <x:v>1076</x:v>
       </x:c>
-      <x:c r="F262" s="8" t="s">
+      <x:c r="G262" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H262" s="8" t="s">
         <x:v>1077</x:v>
       </x:c>
-      <x:c r="G262" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H262" s="8" t="s">
+    </x:row>
+    <x:row ht="206.96875" customHeight="1" collapsed="0">
+      <x:c r="A263" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B263" s="8" t="s">
         <x:v>1078</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1079</x:v>
       </x:c>
       <x:c r="C263" s="8"/>
       <x:c r="D263" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E263" s="8" t="s">
+        <x:v>1079</x:v>
+      </x:c>
+      <x:c r="F263" s="8" t="s">
         <x:v>1080</x:v>
       </x:c>
-      <x:c r="F263" s="8" t="s">
+      <x:c r="G263" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H263" s="8" t="s">
         <x:v>1081</x:v>
       </x:c>
-      <x:c r="G263" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H263" s="8" t="s">
+    </x:row>
+    <x:row ht="1425.90625" customHeight="1" collapsed="0">
+      <x:c r="A264" s="8" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="B264" s="8" t="s">
         <x:v>1082</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1083</x:v>
       </x:c>
       <x:c r="C264" s="8"/>
       <x:c r="D264" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E264" s="8" t="s">
+        <x:v>1083</x:v>
+      </x:c>
+      <x:c r="F264" s="8" t="s">
         <x:v>1084</x:v>
       </x:c>
-      <x:c r="F264" s="8" t="s">
+      <x:c r="G264" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H264" s="8" t="s">
         <x:v>1085</x:v>
       </x:c>
-      <x:c r="G264" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H264" s="8" t="s">
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
+      <x:c r="A265" s="8" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="B265" s="8" t="s">
         <x:v>1086</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1087</x:v>
       </x:c>
       <x:c r="C265" s="8"/>
       <x:c r="D265" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E265" s="8" t="s">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="F265" s="8" t="s">
         <x:v>1088</x:v>
       </x:c>
-      <x:c r="F265" s="8" t="s">
+      <x:c r="G265" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H265" s="8" t="s">
         <x:v>1089</x:v>
       </x:c>
-      <x:c r="G265" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H265" s="8" t="s">
+    </x:row>
+    <x:row ht="310.46875" customHeight="1" collapsed="0">
+      <x:c r="A266" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B266" s="8" t="s">
         <x:v>1090</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1091</x:v>
       </x:c>
       <x:c r="C266" s="8"/>
       <x:c r="D266" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>247931</x:v>
       </x:c>
       <x:c r="E266" s="8" t="s">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="F266" s="8" t="s">
         <x:v>1092</x:v>
       </x:c>
-      <x:c r="F266" s="8" t="s">
+      <x:c r="G266" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H266" s="8" t="s">
         <x:v>1093</x:v>
       </x:c>
-      <x:c r="G266" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H266" s="8" t="s">
+    </x:row>
+    <x:row ht="724.453125" customHeight="1" collapsed="0">
+      <x:c r="A267" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B267" s="8" t="s">
         <x:v>1094</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1095</x:v>
       </x:c>
       <x:c r="C267" s="8"/>
       <x:c r="D267" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E267" s="8" t="s">
+        <x:v>1095</x:v>
+      </x:c>
+      <x:c r="F267" s="8" t="s">
         <x:v>1096</x:v>
       </x:c>
-      <x:c r="F267" s="8" t="s">
+      <x:c r="G267" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H267" s="8" t="s">
         <x:v>1097</x:v>
       </x:c>
-      <x:c r="G267" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H267" s="8" t="s">
+    </x:row>
+    <x:row ht="184" customHeight="1" collapsed="0">
+      <x:c r="A268" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B268" s="8" t="s">
         <x:v>1098</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1099</x:v>
       </x:c>
       <x:c r="C268" s="8"/>
       <x:c r="D268" s="9" t="n">
-        <x:v>247931</x:v>
+        <x:v>145729</x:v>
       </x:c>
       <x:c r="E268" s="8" t="s">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="F268" s="8" t="s">
         <x:v>1100</x:v>
       </x:c>
-      <x:c r="F268" s="8" t="s">
+      <x:c r="G268" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H268" s="8" t="s">
         <x:v>1101</x:v>
       </x:c>
-      <x:c r="G268" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H268" s="8" t="s">
+    </x:row>
+    <x:row ht="425.4375" customHeight="1" collapsed="0">
+      <x:c r="A269" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B269" s="8" t="s">
         <x:v>1102</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1103</x:v>
       </x:c>
       <x:c r="C269" s="8"/>
       <x:c r="D269" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>207272</x:v>
       </x:c>
       <x:c r="E269" s="8" t="s">
+        <x:v>1103</x:v>
+      </x:c>
+      <x:c r="F269" s="8" t="s">
         <x:v>1104</x:v>
       </x:c>
-      <x:c r="F269" s="8" t="s">
+      <x:c r="G269" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H269" s="8" t="s">
         <x:v>1105</x:v>
       </x:c>
-      <x:c r="G269" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H269" s="8" t="s">
+    </x:row>
+    <x:row ht="103.5" customHeight="1" collapsed="0">
+      <x:c r="A270" s="8" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="B270" s="8" t="s">
         <x:v>1106</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1107</x:v>
       </x:c>
       <x:c r="C270" s="8"/>
       <x:c r="D270" s="9" t="n">
-        <x:v>145729</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E270" s="8" t="s">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="F270" s="8" t="s">
         <x:v>1108</x:v>
       </x:c>
-      <x:c r="F270" s="8" t="s">
+      <x:c r="G270" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H270" s="8" t="s">
         <x:v>1109</x:v>
       </x:c>
-      <x:c r="G270" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H270" s="8" t="s">
+    </x:row>
+    <x:row ht="1126.90625" customHeight="1" collapsed="0">
+      <x:c r="A271" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B271" s="8" t="s">
         <x:v>1110</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1111</x:v>
       </x:c>
       <x:c r="C271" s="8"/>
       <x:c r="D271" s="9" t="n">
-        <x:v>207272</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E271" s="8" t="s">
+        <x:v>1111</x:v>
+      </x:c>
+      <x:c r="F271" s="8" t="s">
         <x:v>1112</x:v>
       </x:c>
-      <x:c r="F271" s="8" t="s">
+      <x:c r="G271" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H271" s="8" t="s">
         <x:v>1113</x:v>
       </x:c>
-      <x:c r="G271" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H271" s="8" t="s">
+    </x:row>
+    <x:row ht="1471.859375" customHeight="1" collapsed="0">
+      <x:c r="A272" s="8" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="B272" s="8" t="s">
         <x:v>1114</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1115</x:v>
       </x:c>
       <x:c r="C272" s="8"/>
       <x:c r="D272" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E272" s="8" t="s">
+        <x:v>1115</x:v>
+      </x:c>
+      <x:c r="F272" s="8" t="s">
         <x:v>1116</x:v>
       </x:c>
-      <x:c r="F272" s="8" t="s">
+      <x:c r="G272" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H272" s="8" t="s">
         <x:v>1117</x:v>
       </x:c>
-      <x:c r="G272" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H272" s="8" t="s">
+    </x:row>
+    <x:row ht="1667.375" customHeight="1" collapsed="0">
+      <x:c r="A273" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B273" s="8" t="s">
         <x:v>1118</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1119</x:v>
       </x:c>
       <x:c r="C273" s="8"/>
       <x:c r="D273" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>245580</x:v>
       </x:c>
       <x:c r="E273" s="8" t="s">
+        <x:v>1119</x:v>
+      </x:c>
+      <x:c r="F273" s="8" t="s">
         <x:v>1120</x:v>
       </x:c>
-      <x:c r="F273" s="8" t="s">
+      <x:c r="G273" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H273" s="8" t="s">
         <x:v>1121</x:v>
       </x:c>
-      <x:c r="G273" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H273" s="8" t="s">
+    </x:row>
+    <x:row ht="885.421875" customHeight="1" collapsed="0">
+      <x:c r="A274" s="8" t="s">
         <x:v>1122</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>745</x:v>
       </x:c>
       <x:c r="B274" s="8" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="C274" s="8"/>
       <x:c r="D274" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E274" s="8" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="F274" s="8" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="G274" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H274" s="8" t="s">
         <x:v>1126</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1667.375" customHeight="1" collapsed="0">
+    <x:row ht="1356.890625" customHeight="1" collapsed="0">
       <x:c r="A275" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B275" s="8" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="C275" s="8"/>
       <x:c r="D275" s="9" t="n">
-        <x:v>245580</x:v>
+        <x:v>87593</x:v>
       </x:c>
       <x:c r="E275" s="8" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="F275" s="8" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="G275" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H275" s="8" t="s">
         <x:v>1130</x:v>
       </x:c>
     </x:row>
-    <x:row ht="885.4375" customHeight="1" collapsed="0">
+    <x:row ht="620.953125" customHeight="1" collapsed="0">
       <x:c r="A276" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B276" s="8" t="s">
         <x:v>1131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1132</x:v>
       </x:c>
       <x:c r="C276" s="8"/>
       <x:c r="D276" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>242417</x:v>
       </x:c>
       <x:c r="E276" s="8" t="s">
+        <x:v>1132</x:v>
+      </x:c>
+      <x:c r="F276" s="8" t="s">
         <x:v>1133</x:v>
       </x:c>
-      <x:c r="F276" s="8" t="s">
+      <x:c r="G276" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H276" s="8" t="s">
         <x:v>1134</x:v>
       </x:c>
-      <x:c r="G276" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H276" s="8" t="s">
+    </x:row>
+    <x:row ht="23" customHeight="1" collapsed="0">
+      <x:c r="A277" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B277" s="8" t="s">
         <x:v>1135</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1136</x:v>
       </x:c>
       <x:c r="C277" s="8"/>
       <x:c r="D277" s="9" t="n">
-        <x:v>87593</x:v>
+        <x:v>146317</x:v>
       </x:c>
       <x:c r="E277" s="8" t="s">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="F277" s="8" t="s">
         <x:v>1137</x:v>
       </x:c>
-      <x:c r="F277" s="8" t="s">
+      <x:c r="G277" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H277" s="8" t="s">
         <x:v>1138</x:v>
       </x:c>
-      <x:c r="G277" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="620.953125" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="1103.890625" customHeight="1" collapsed="0">
       <x:c r="A278" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B278" s="8" t="s">
-        <x:v>1140</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="C278" s="8"/>
       <x:c r="D278" s="9" t="n">
-        <x:v>242417</x:v>
+        <x:v>129967</x:v>
       </x:c>
       <x:c r="E278" s="8" t="s">
+        <x:v>1140</x:v>
+      </x:c>
+      <x:c r="F278" s="8" t="s">
         <x:v>1141</x:v>
       </x:c>
-      <x:c r="F278" s="8" t="s">
+      <x:c r="G278" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H278" s="8" t="s">
         <x:v>1142</x:v>
       </x:c>
-      <x:c r="G278" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H278" s="8" t="s">
+    </x:row>
+    <x:row ht="218.5" customHeight="1" collapsed="0">
+      <x:c r="A279" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B279" s="8" t="s">
         <x:v>1143</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1144</x:v>
       </x:c>
       <x:c r="C279" s="8"/>
       <x:c r="D279" s="9" t="n">
-        <x:v>146317</x:v>
+        <x:v>154625</x:v>
       </x:c>
       <x:c r="E279" s="8" t="s">
+        <x:v>1144</x:v>
+      </x:c>
+      <x:c r="F279" s="8" t="s">
         <x:v>1145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1146</x:v>
       </x:c>
       <x:c r="G279" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H279" s="8" t="s">
-        <x:v>1147</x:v>
-[...2 lines deleted...]
-    <x:row ht="1103.921875" customHeight="1" collapsed="0">
+        <x:v>1146</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.46875" customHeight="1" collapsed="0">
       <x:c r="A280" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B280" s="8" t="s">
-        <x:v>1148</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="C280" s="8"/>
       <x:c r="D280" s="9" t="n">
-        <x:v>129967</x:v>
+        <x:v>295972</x:v>
       </x:c>
       <x:c r="E280" s="8" t="s">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="F280" s="8" t="s">
         <x:v>1149</x:v>
       </x:c>
-      <x:c r="F280" s="8" t="s">
+      <x:c r="G280" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H280" s="8" t="s">
         <x:v>1150</x:v>
       </x:c>
-      <x:c r="G280" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H280" s="8" t="s">
+    </x:row>
+    <x:row ht="908.4375" customHeight="1" collapsed="0">
+      <x:c r="A281" s="8" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B281" s="8" t="s">
         <x:v>1151</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1152</x:v>
       </x:c>
       <x:c r="C281" s="8"/>
       <x:c r="D281" s="9" t="n">
-        <x:v>154625</x:v>
+        <x:v>2491720</x:v>
       </x:c>
       <x:c r="E281" s="8" t="s">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="F281" s="8" t="s">
         <x:v>1153</x:v>
       </x:c>
-      <x:c r="F281" s="8" t="s">
+      <x:c r="G281" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H281" s="8" t="s">
         <x:v>1154</x:v>
       </x:c>
-      <x:c r="G281" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H281" s="8" t="s">
+    </x:row>
+    <x:row ht="206.96875" customHeight="1" collapsed="0">
+      <x:c r="A282" s="8" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B282" s="8" t="s">
         <x:v>1155</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1156</x:v>
       </x:c>
       <x:c r="C282" s="8"/>
       <x:c r="D282" s="9" t="n">
-        <x:v>295972</x:v>
+        <x:v>88425</x:v>
       </x:c>
       <x:c r="E282" s="8" t="s">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="F282" s="8" t="s">
         <x:v>1157</x:v>
       </x:c>
-      <x:c r="F282" s="8" t="s">
+      <x:c r="G282" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H282" s="8" t="s">
         <x:v>1158</x:v>
       </x:c>
-      <x:c r="G282" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H282" s="8" t="s">
+    </x:row>
+    <x:row ht="551.953125" customHeight="1" collapsed="0">
+      <x:c r="A283" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B283" s="8" t="s">
         <x:v>1159</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1160</x:v>
       </x:c>
       <x:c r="C283" s="8"/>
       <x:c r="D283" s="9" t="n">
-        <x:v>2491720</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E283" s="8" t="s">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c r="F283" s="8" t="s">
         <x:v>1161</x:v>
       </x:c>
-      <x:c r="F283" s="8" t="s">
+      <x:c r="G283" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H283" s="8" t="s">
         <x:v>1162</x:v>
       </x:c>
-      <x:c r="G283" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H283" s="8" t="s">
+    </x:row>
+    <x:row ht="275.984375" customHeight="1" collapsed="0">
+      <x:c r="A284" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B284" s="8" t="s">
         <x:v>1163</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1164</x:v>
       </x:c>
       <x:c r="C284" s="8"/>
       <x:c r="D284" s="9" t="n">
-        <x:v>88425</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E284" s="8" t="s">
+        <x:v>1164</x:v>
+      </x:c>
+      <x:c r="F284" s="8" t="s">
         <x:v>1165</x:v>
       </x:c>
-      <x:c r="F284" s="8" t="s">
+      <x:c r="G284" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H284" s="8" t="s">
         <x:v>1166</x:v>
       </x:c>
-      <x:c r="G284" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H284" s="8" t="s">
+    </x:row>
+    <x:row ht="1046.421875" customHeight="1" collapsed="0">
+      <x:c r="A285" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B285" s="8" t="s">
         <x:v>1167</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1168</x:v>
       </x:c>
       <x:c r="C285" s="8"/>
       <x:c r="D285" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E285" s="8" t="s">
+        <x:v>1168</x:v>
+      </x:c>
+      <x:c r="F285" s="8" t="s">
         <x:v>1169</x:v>
       </x:c>
-      <x:c r="F285" s="8" t="s">
+      <x:c r="G285" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H285" s="8" t="s">
         <x:v>1170</x:v>
       </x:c>
-      <x:c r="G285" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H285" s="8" t="s">
+    </x:row>
+    <x:row ht="4277.65625" customHeight="1" collapsed="0">
+      <x:c r="A286" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B286" s="8" t="s">
         <x:v>1171</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1172</x:v>
       </x:c>
       <x:c r="C286" s="8"/>
       <x:c r="D286" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>451008</x:v>
       </x:c>
       <x:c r="E286" s="8" t="s">
+        <x:v>1172</x:v>
+      </x:c>
+      <x:c r="F286" s="8" t="s">
         <x:v>1173</x:v>
       </x:c>
-      <x:c r="F286" s="8" t="s">
+      <x:c r="G286" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H286" s="8" t="s">
         <x:v>1174</x:v>
       </x:c>
-      <x:c r="G286" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H286" s="8" t="s">
+    </x:row>
+    <x:row ht="551.9375" customHeight="1" collapsed="0">
+      <x:c r="A287" s="8" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="B287" s="8" t="s">
         <x:v>1175</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1176</x:v>
       </x:c>
       <x:c r="C287" s="8"/>
       <x:c r="D287" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>416125</x:v>
       </x:c>
       <x:c r="E287" s="8" t="s">
+        <x:v>1176</x:v>
+      </x:c>
+      <x:c r="F287" s="8" t="s">
         <x:v>1177</x:v>
       </x:c>
-      <x:c r="F287" s="8" t="s">
+      <x:c r="G287" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H287" s="8" t="s">
         <x:v>1178</x:v>
       </x:c>
-      <x:c r="G287" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H287" s="8" t="s">
+    </x:row>
+    <x:row ht="390.984375" customHeight="1" collapsed="0">
+      <x:c r="A288" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B288" s="8" t="s">
         <x:v>1179</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1180</x:v>
       </x:c>
       <x:c r="C288" s="8"/>
       <x:c r="D288" s="9" t="n">
-        <x:v>451008</x:v>
+        <x:v>181754</x:v>
       </x:c>
       <x:c r="E288" s="8" t="s">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="F288" s="8" t="s">
         <x:v>1181</x:v>
       </x:c>
-      <x:c r="F288" s="8" t="s">
+      <x:c r="G288" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H288" s="8" t="s">
         <x:v>1182</x:v>
       </x:c>
-      <x:c r="G288" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H288" s="8" t="s">
+    </x:row>
+    <x:row ht="218.46875" customHeight="1" collapsed="0">
+      <x:c r="A289" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B289" s="8" t="s">
         <x:v>1183</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1184</x:v>
       </x:c>
       <x:c r="C289" s="8"/>
       <x:c r="D289" s="9" t="n">
-        <x:v>416125</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E289" s="8" t="s">
+        <x:v>1184</x:v>
+      </x:c>
+      <x:c r="F289" s="8" t="s">
         <x:v>1185</x:v>
       </x:c>
-      <x:c r="F289" s="8" t="s">
+      <x:c r="G289" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H289" s="8" t="s">
         <x:v>1186</x:v>
       </x:c>
-      <x:c r="G289" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H289" s="8" t="s">
+    </x:row>
+    <x:row ht="1023.4375" customHeight="1" collapsed="0">
+      <x:c r="A290" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B290" s="8" t="s">
         <x:v>1187</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1188</x:v>
       </x:c>
       <x:c r="C290" s="8"/>
       <x:c r="D290" s="9" t="n">
-        <x:v>181754</x:v>
+        <x:v>146058</x:v>
       </x:c>
       <x:c r="E290" s="8" t="s">
+        <x:v>1188</x:v>
+      </x:c>
+      <x:c r="F290" s="8" t="s">
         <x:v>1189</x:v>
       </x:c>
-      <x:c r="F290" s="8" t="s">
+      <x:c r="G290" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H290" s="8" t="s">
         <x:v>1190</x:v>
       </x:c>
-      <x:c r="G290" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H290" s="8" t="s">
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
+      <x:c r="A291" s="8" t="s">
         <x:v>1191</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="B291" s="8" t="s">
         <x:v>1192</x:v>
       </x:c>
       <x:c r="C291" s="8"/>
       <x:c r="D291" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>750000</x:v>
       </x:c>
       <x:c r="E291" s="8" t="s">
         <x:v>1193</x:v>
       </x:c>
       <x:c r="F291" s="8" t="s">
         <x:v>1194</x:v>
       </x:c>
       <x:c r="G291" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H291" s="8" t="s">
         <x:v>1195</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1023.40625" customHeight="1" collapsed="0">
+    <x:row ht="804.921875" customHeight="1" collapsed="0">
       <x:c r="A292" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B292" s="8" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="C292" s="8"/>
       <x:c r="D292" s="9" t="n">
-        <x:v>146058</x:v>
+        <x:v>820247</x:v>
       </x:c>
       <x:c r="E292" s="8" t="s">
         <x:v>1197</x:v>
       </x:c>
       <x:c r="F292" s="8" t="s">
         <x:v>1198</x:v>
       </x:c>
       <x:c r="G292" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H292" s="8" t="s">
         <x:v>1199</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.984375" customHeight="1" collapsed="0">
+    <x:row ht="413.96875" customHeight="1" collapsed="0">
       <x:c r="A293" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B293" s="8" t="s">
         <x:v>1200</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1201</x:v>
       </x:c>
       <x:c r="C293" s="8"/>
       <x:c r="D293" s="9" t="n">
-        <x:v>750000</x:v>
+        <x:v>503362</x:v>
       </x:c>
       <x:c r="E293" s="8" t="s">
+        <x:v>1201</x:v>
+      </x:c>
+      <x:c r="F293" s="8" t="s">
         <x:v>1202</x:v>
       </x:c>
-      <x:c r="F293" s="8" t="s">
+      <x:c r="G293" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H293" s="8" t="s">
         <x:v>1203</x:v>
       </x:c>
-      <x:c r="G293" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H293" s="8" t="s">
+    </x:row>
+    <x:row ht="816.4375" customHeight="1" collapsed="0">
+      <x:c r="A294" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B294" s="8" t="s">
         <x:v>1204</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1205</x:v>
       </x:c>
       <x:c r="C294" s="8"/>
       <x:c r="D294" s="9" t="n">
-        <x:v>820247</x:v>
+        <x:v>395953</x:v>
       </x:c>
       <x:c r="E294" s="8" t="s">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="F294" s="8" t="s">
         <x:v>1206</x:v>
       </x:c>
-      <x:c r="F294" s="8" t="s">
+      <x:c r="G294" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H294" s="8" t="s">
         <x:v>1207</x:v>
       </x:c>
-      <x:c r="G294" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H294" s="8" t="s">
+    </x:row>
+    <x:row ht="3012.75" customHeight="1" collapsed="0">
+      <x:c r="A295" s="8" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="B295" s="8" t="s">
         <x:v>1208</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1209</x:v>
       </x:c>
       <x:c r="C295" s="8"/>
       <x:c r="D295" s="9" t="n">
-        <x:v>503362</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E295" s="8" t="s">
+        <x:v>1209</x:v>
+      </x:c>
+      <x:c r="F295" s="8" t="s">
         <x:v>1210</x:v>
       </x:c>
-      <x:c r="F295" s="8" t="s">
+      <x:c r="G295" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H295" s="8" t="s">
         <x:v>1211</x:v>
       </x:c>
-      <x:c r="G295" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H295" s="8" t="s">
+    </x:row>
+    <x:row ht="2909.25" customHeight="1" collapsed="0">
+      <x:c r="A296" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B296" s="8" t="s">
         <x:v>1212</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1213</x:v>
       </x:c>
       <x:c r="C296" s="8"/>
       <x:c r="D296" s="9" t="n">
-        <x:v>395953</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E296" s="8" t="s">
+        <x:v>1213</x:v>
+      </x:c>
+      <x:c r="F296" s="8" t="s">
         <x:v>1214</x:v>
       </x:c>
-      <x:c r="F296" s="8" t="s">
+      <x:c r="G296" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H296" s="8" t="s">
         <x:v>1215</x:v>
       </x:c>
-      <x:c r="G296" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H296" s="8" t="s">
+    </x:row>
+    <x:row ht="505.953125" customHeight="1" collapsed="0">
+      <x:c r="A297" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B297" s="8" t="s">
         <x:v>1216</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1217</x:v>
       </x:c>
       <x:c r="C297" s="8"/>
       <x:c r="D297" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>378497</x:v>
       </x:c>
       <x:c r="E297" s="8" t="s">
+        <x:v>1217</x:v>
+      </x:c>
+      <x:c r="F297" s="8" t="s">
         <x:v>1218</x:v>
       </x:c>
-      <x:c r="F297" s="8" t="s">
+      <x:c r="G297" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H297" s="8" t="s">
         <x:v>1219</x:v>
       </x:c>
-      <x:c r="G297" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H297" s="8" t="s">
+    </x:row>
+    <x:row ht="471.46875" customHeight="1" collapsed="0">
+      <x:c r="A298" s="8" t="s">
         <x:v>1220</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>462</x:v>
       </x:c>
       <x:c r="B298" s="8" t="s">
         <x:v>1221</x:v>
       </x:c>
       <x:c r="C298" s="8"/>
       <x:c r="D298" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>269157</x:v>
       </x:c>
       <x:c r="E298" s="8" t="s">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="F298" s="8" t="s">
         <x:v>1223</x:v>
       </x:c>
       <x:c r="G298" s="8" t="s">
-        <x:v>310</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H298" s="8" t="s">
         <x:v>1224</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.953125" customHeight="1" collapsed="0">
+    <x:row ht="2219.296875" customHeight="1" collapsed="0">
       <x:c r="A299" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="B299" s="8" t="s">
-        <x:v>1225</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C299" s="8"/>
       <x:c r="D299" s="9" t="n">
-        <x:v>378497</x:v>
+        <x:v>667656</x:v>
       </x:c>
       <x:c r="E299" s="8" t="s">
-        <x:v>1226</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="F299" s="8" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="G299" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H299" s="8" t="s">
         <x:v>1228</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.4375" customHeight="1" collapsed="0">
+    <x:row ht="413.984375" customHeight="1" collapsed="0">
       <x:c r="A300" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B300" s="8" t="s">
         <x:v>1229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1230</x:v>
       </x:c>
       <x:c r="C300" s="8"/>
       <x:c r="D300" s="9" t="n">
-        <x:v>269157</x:v>
+        <x:v>103014</x:v>
       </x:c>
       <x:c r="E300" s="8" t="s">
+        <x:v>1230</x:v>
+      </x:c>
+      <x:c r="F300" s="8" t="s">
         <x:v>1231</x:v>
       </x:c>
-      <x:c r="F300" s="8" t="s">
+      <x:c r="G300" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H300" s="8" t="s">
         <x:v>1232</x:v>
       </x:c>
-      <x:c r="G300" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H300" s="8" t="s">
+    </x:row>
+    <x:row ht="712.9375" customHeight="1" collapsed="0">
+      <x:c r="A301" s="8" t="s">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c r="B301" s="8" t="s">
         <x:v>1233</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1235</x:v>
       </x:c>
       <x:c r="C301" s="8"/>
       <x:c r="D301" s="9" t="n">
-        <x:v>667656</x:v>
+        <x:v>328282</x:v>
       </x:c>
       <x:c r="E301" s="8" t="s">
-        <x:v>811</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="F301" s="8" t="s">
+        <x:v>1235</x:v>
+      </x:c>
+      <x:c r="G301" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H301" s="8" t="s">
         <x:v>1236</x:v>
       </x:c>
-      <x:c r="G301" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H301" s="8" t="s">
+    </x:row>
+    <x:row ht="574.9375" customHeight="1" collapsed="0">
+      <x:c r="A302" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B302" s="8" t="s">
         <x:v>1237</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1238</x:v>
       </x:c>
       <x:c r="C302" s="8"/>
       <x:c r="D302" s="9" t="n">
-        <x:v>103014</x:v>
+        <x:v>218610</x:v>
       </x:c>
       <x:c r="E302" s="8" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="F302" s="8" t="s">
         <x:v>1239</x:v>
       </x:c>
-      <x:c r="F302" s="8" t="s">
+      <x:c r="G302" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H302" s="8" t="s">
         <x:v>1240</x:v>
       </x:c>
-      <x:c r="G302" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H302" s="8" t="s">
+    </x:row>
+    <x:row ht="137.984375" customHeight="1" collapsed="0">
+      <x:c r="A303" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B303" s="8" t="s">
         <x:v>1241</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1242</x:v>
       </x:c>
       <x:c r="C303" s="8"/>
       <x:c r="D303" s="9" t="n">
-        <x:v>328282</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E303" s="8" t="s">
+        <x:v>1242</x:v>
+      </x:c>
+      <x:c r="F303" s="8" t="s">
         <x:v>1243</x:v>
       </x:c>
-      <x:c r="F303" s="8" t="s">
+      <x:c r="G303" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H303" s="8" t="s">
         <x:v>1244</x:v>
       </x:c>
-      <x:c r="G303" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H303" s="8" t="s">
+    </x:row>
+    <x:row ht="149.5" customHeight="1" collapsed="0">
+      <x:c r="A304" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B304" s="8" t="s">
         <x:v>1245</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1246</x:v>
       </x:c>
       <x:c r="C304" s="8"/>
       <x:c r="D304" s="9" t="n">
-        <x:v>778319</x:v>
+        <x:v>1094382</x:v>
       </x:c>
       <x:c r="E304" s="8" t="s">
+        <x:v>1246</x:v>
+      </x:c>
+      <x:c r="F304" s="8" t="s">
         <x:v>1247</x:v>
       </x:c>
-      <x:c r="F304" s="8" t="s">
+      <x:c r="G304" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H304" s="8" t="s">
         <x:v>1248</x:v>
       </x:c>
-      <x:c r="G304" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H304" s="8" t="s">
+    </x:row>
+    <x:row ht="563.453125" customHeight="1" collapsed="0">
+      <x:c r="A305" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B305" s="8" t="s">
         <x:v>1249</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1250</x:v>
       </x:c>
       <x:c r="C305" s="8"/>
       <x:c r="D305" s="9" t="n">
-        <x:v>218610</x:v>
+        <x:v>323093</x:v>
       </x:c>
       <x:c r="E305" s="8" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="F305" s="8" t="s">
         <x:v>1251</x:v>
       </x:c>
-      <x:c r="F305" s="8" t="s">
+      <x:c r="G305" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H305" s="8" t="s">
         <x:v>1252</x:v>
       </x:c>
-      <x:c r="G305" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H305" s="8" t="s">
+    </x:row>
+    <x:row ht="57.46875" customHeight="1" collapsed="0">
+      <x:c r="A306" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B306" s="8" t="s">
         <x:v>1253</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1254</x:v>
       </x:c>
       <x:c r="C306" s="8"/>
       <x:c r="D306" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>252856</x:v>
       </x:c>
       <x:c r="E306" s="8" t="s">
+        <x:v>1254</x:v>
+      </x:c>
+      <x:c r="F306" s="8" t="s">
         <x:v>1255</x:v>
       </x:c>
-      <x:c r="F306" s="8" t="s">
+      <x:c r="G306" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H306" s="8" t="s">
         <x:v>1256</x:v>
       </x:c>
-      <x:c r="G306" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H306" s="8" t="s">
+    </x:row>
+    <x:row ht="103.5" customHeight="1" collapsed="0">
+      <x:c r="A307" s="8" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B307" s="8" t="s">
         <x:v>1257</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1258</x:v>
       </x:c>
       <x:c r="C307" s="8"/>
       <x:c r="D307" s="9" t="n">
-        <x:v>1094382</x:v>
+        <x:v>412829</x:v>
       </x:c>
       <x:c r="E307" s="8" t="s">
+        <x:v>1258</x:v>
+      </x:c>
+      <x:c r="F307" s="8" t="s">
         <x:v>1259</x:v>
       </x:c>
-      <x:c r="F307" s="8" t="s">
+      <x:c r="G307" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H307" s="8" t="s">
         <x:v>1260</x:v>
       </x:c>
-      <x:c r="G307" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H307" s="8" t="s">
+    </x:row>
+    <x:row ht="126.5" customHeight="1" collapsed="0">
+      <x:c r="A308" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B308" s="8" t="s">
         <x:v>1261</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1262</x:v>
       </x:c>
       <x:c r="C308" s="8"/>
       <x:c r="D308" s="9" t="n">
-        <x:v>323093</x:v>
+        <x:v>227646</x:v>
       </x:c>
       <x:c r="E308" s="8" t="s">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="F308" s="8" t="s">
         <x:v>1263</x:v>
       </x:c>
-      <x:c r="F308" s="8" t="s">
+      <x:c r="G308" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H308" s="8" t="s">
         <x:v>1264</x:v>
       </x:c>
-      <x:c r="G308" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H308" s="8" t="s">
+    </x:row>
+    <x:row ht="218.484375" customHeight="1" collapsed="0">
+      <x:c r="A309" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B309" s="8" t="s">
         <x:v>1265</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1266</x:v>
       </x:c>
       <x:c r="C309" s="8"/>
       <x:c r="D309" s="9" t="n">
-        <x:v>252856</x:v>
+        <x:v>290059</x:v>
       </x:c>
       <x:c r="E309" s="8" t="s">
+        <x:v>1266</x:v>
+      </x:c>
+      <x:c r="F309" s="8" t="s">
         <x:v>1267</x:v>
       </x:c>
-      <x:c r="F309" s="8" t="s">
+      <x:c r="G309" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H309" s="8" t="s">
         <x:v>1268</x:v>
       </x:c>
-      <x:c r="G309" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H309" s="8" t="s">
+    </x:row>
+    <x:row ht="160.984375" customHeight="1" collapsed="0">
+      <x:c r="A310" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B310" s="8" t="s">
         <x:v>1269</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1270</x:v>
       </x:c>
       <x:c r="C310" s="8"/>
       <x:c r="D310" s="9" t="n">
-        <x:v>412829</x:v>
+        <x:v>456996</x:v>
       </x:c>
       <x:c r="E310" s="8" t="s">
+        <x:v>1270</x:v>
+      </x:c>
+      <x:c r="F310" s="8" t="s">
         <x:v>1271</x:v>
       </x:c>
-      <x:c r="F310" s="8" t="s">
+      <x:c r="G310" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H310" s="8" t="s">
         <x:v>1272</x:v>
       </x:c>
-      <x:c r="G310" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H310" s="8" t="s">
+    </x:row>
+    <x:row ht="1586.859375" customHeight="1" collapsed="0">
+      <x:c r="A311" s="8" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B311" s="8" t="s">
         <x:v>1273</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1274</x:v>
       </x:c>
       <x:c r="C311" s="8"/>
       <x:c r="D311" s="9" t="n">
-        <x:v>227646</x:v>
+        <x:v>3551023</x:v>
       </x:c>
       <x:c r="E311" s="8" t="s">
+        <x:v>1274</x:v>
+      </x:c>
+      <x:c r="F311" s="8" t="s">
         <x:v>1275</x:v>
       </x:c>
-      <x:c r="F311" s="8" t="s">
+      <x:c r="G311" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H311" s="8" t="s">
         <x:v>1276</x:v>
       </x:c>
-      <x:c r="G311" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H311" s="8" t="s">
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
+      <x:c r="A312" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B312" s="8" t="s">
         <x:v>1277</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1278</x:v>
       </x:c>
       <x:c r="C312" s="8"/>
       <x:c r="D312" s="9" t="n">
-        <x:v>283195</x:v>
+        <x:v>783881</x:v>
       </x:c>
       <x:c r="E312" s="8" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="F312" s="8" t="s">
         <x:v>1279</x:v>
       </x:c>
-      <x:c r="F312" s="8" t="s">
+      <x:c r="G312" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H312" s="8" t="s">
         <x:v>1280</x:v>
       </x:c>
-      <x:c r="G312" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H312" s="8" t="s">
+    </x:row>
+    <x:row ht="563.453125" customHeight="1" collapsed="0">
+      <x:c r="A313" s="8" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="B313" s="8" t="s">
         <x:v>1281</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1282</x:v>
       </x:c>
       <x:c r="C313" s="8"/>
       <x:c r="D313" s="9" t="n">
-        <x:v>290059</x:v>
+        <x:v>1157867</x:v>
       </x:c>
       <x:c r="E313" s="8" t="s">
+        <x:v>1282</x:v>
+      </x:c>
+      <x:c r="F313" s="8" t="s">
         <x:v>1283</x:v>
       </x:c>
-      <x:c r="F313" s="8" t="s">
+      <x:c r="G313" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H313" s="8" t="s">
         <x:v>1284</x:v>
       </x:c>
-      <x:c r="G313" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="160.96875" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="241.46875" customHeight="1" collapsed="0">
       <x:c r="A314" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B314" s="8" t="s">
-        <x:v>1286</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="C314" s="8"/>
       <x:c r="D314" s="9" t="n">
-        <x:v>456996</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E314" s="8" t="s">
+        <x:v>1286</x:v>
+      </x:c>
+      <x:c r="F314" s="8" t="s">
         <x:v>1287</x:v>
       </x:c>
-      <x:c r="F314" s="8" t="s">
+      <x:c r="G314" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H314" s="8" t="s">
         <x:v>1288</x:v>
       </x:c>
-      <x:c r="G314" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="1586.859375" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="287.484375" customHeight="1" collapsed="0">
       <x:c r="A315" s="8" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B315" s="8" t="s">
-        <x:v>1290</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="C315" s="8"/>
       <x:c r="D315" s="9" t="n">
-        <x:v>3551023</x:v>
+        <x:v>79409</x:v>
       </x:c>
       <x:c r="E315" s="8" t="s">
+        <x:v>1290</x:v>
+      </x:c>
+      <x:c r="F315" s="8" t="s">
         <x:v>1291</x:v>
       </x:c>
-      <x:c r="F315" s="8" t="s">
+      <x:c r="G315" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H315" s="8" t="s">
         <x:v>1292</x:v>
       </x:c>
-      <x:c r="G315" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H315" s="8" t="s">
+    </x:row>
+    <x:row ht="931.390625" customHeight="1" collapsed="0">
+      <x:c r="A316" s="8" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B316" s="8" t="s">
         <x:v>1293</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1294</x:v>
       </x:c>
       <x:c r="C316" s="8"/>
       <x:c r="D316" s="9" t="n">
-        <x:v>783881</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E316" s="8" t="s">
+        <x:v>1294</x:v>
+      </x:c>
+      <x:c r="F316" s="8" t="s">
         <x:v>1295</x:v>
       </x:c>
-      <x:c r="F316" s="8" t="s">
+      <x:c r="G316" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H316" s="8" t="s">
         <x:v>1296</x:v>
       </x:c>
-      <x:c r="G316" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H316" s="8" t="s">
+    </x:row>
+    <x:row ht="758.953125" customHeight="1" collapsed="0">
+      <x:c r="A317" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B317" s="8" t="s">
         <x:v>1297</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1298</x:v>
       </x:c>
       <x:c r="C317" s="8"/>
       <x:c r="D317" s="9" t="n">
-        <x:v>1157867</x:v>
+        <x:v>75360</x:v>
       </x:c>
       <x:c r="E317" s="8" t="s">
+        <x:v>1298</x:v>
+      </x:c>
+      <x:c r="F317" s="8" t="s">
         <x:v>1299</x:v>
       </x:c>
-      <x:c r="F317" s="8" t="s">
+      <x:c r="G317" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H317" s="8" t="s">
         <x:v>1300</x:v>
       </x:c>
-      <x:c r="G317" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="241.46875" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="4116.640625" customHeight="1" collapsed="0">
       <x:c r="A318" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B318" s="8" t="s">
-        <x:v>1302</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="C318" s="8"/>
       <x:c r="D318" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>90074</x:v>
       </x:c>
       <x:c r="E318" s="8" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F318" s="8" t="s">
         <x:v>1303</x:v>
       </x:c>
-      <x:c r="F318" s="8" t="s">
+      <x:c r="G318" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H318" s="8" t="s">
         <x:v>1304</x:v>
       </x:c>
-      <x:c r="G318" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H318" s="8" t="s">
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
+      <x:c r="A319" s="8" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B319" s="8" t="s">
         <x:v>1305</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1306</x:v>
       </x:c>
       <x:c r="C319" s="8"/>
       <x:c r="D319" s="9" t="n">
-        <x:v>79409</x:v>
+        <x:v>229471</x:v>
       </x:c>
       <x:c r="E319" s="8" t="s">
+        <x:v>1306</x:v>
+      </x:c>
+      <x:c r="F319" s="8" t="s">
         <x:v>1307</x:v>
       </x:c>
-      <x:c r="F319" s="8" t="s">
+      <x:c r="G319" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H319" s="8" t="s">
         <x:v>1308</x:v>
       </x:c>
-      <x:c r="G319" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H319" s="8" t="s">
+    </x:row>
+    <x:row ht="206.984375" customHeight="1" collapsed="0">
+      <x:c r="A320" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B320" s="8" t="s">
         <x:v>1309</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1310</x:v>
       </x:c>
       <x:c r="C320" s="8"/>
       <x:c r="D320" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E320" s="8" t="s">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="F320" s="8" t="s">
         <x:v>1311</x:v>
       </x:c>
-      <x:c r="F320" s="8" t="s">
+      <x:c r="G320" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H320" s="8" t="s">
         <x:v>1312</x:v>
       </x:c>
-      <x:c r="G320" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H320" s="8" t="s">
+    </x:row>
+    <x:row ht="379.484375" customHeight="1" collapsed="0">
+      <x:c r="A321" s="8" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="B321" s="8" t="s">
         <x:v>1313</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1314</x:v>
       </x:c>
       <x:c r="C321" s="8"/>
       <x:c r="D321" s="9" t="n">
-        <x:v>75360</x:v>
+        <x:v>163454</x:v>
       </x:c>
       <x:c r="E321" s="8" t="s">
+        <x:v>1314</x:v>
+      </x:c>
+      <x:c r="F321" s="8" t="s">
         <x:v>1315</x:v>
       </x:c>
-      <x:c r="F321" s="8" t="s">
+      <x:c r="G321" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H321" s="8" t="s">
         <x:v>1316</x:v>
       </x:c>
-      <x:c r="G321" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H321" s="8" t="s">
+    </x:row>
+    <x:row ht="1253.390625" customHeight="1" collapsed="0">
+      <x:c r="A322" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B322" s="8" t="s">
         <x:v>1317</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1318</x:v>
       </x:c>
       <x:c r="C322" s="8"/>
       <x:c r="D322" s="9" t="n">
-        <x:v>90074</x:v>
+        <x:v>378021</x:v>
       </x:c>
       <x:c r="E322" s="8" t="s">
+        <x:v>1318</x:v>
+      </x:c>
+      <x:c r="F322" s="8" t="s">
         <x:v>1319</x:v>
       </x:c>
-      <x:c r="F322" s="8" t="s">
+      <x:c r="G322" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H322" s="8" t="s">
         <x:v>1320</x:v>
       </x:c>
-      <x:c r="G322" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H322" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
+      <x:c r="A323" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B323" s="8" t="s">
         <x:v>1321</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1322</x:v>
       </x:c>
       <x:c r="C323" s="8"/>
       <x:c r="D323" s="9" t="n">
-        <x:v>229471</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E323" s="8" t="s">
+        <x:v>1322</x:v>
+      </x:c>
+      <x:c r="F323" s="8" t="s">
         <x:v>1323</x:v>
       </x:c>
-      <x:c r="F323" s="8" t="s">
+      <x:c r="G323" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H323" s="8" t="s">
         <x:v>1324</x:v>
       </x:c>
-      <x:c r="G323" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H323" s="8" t="s">
+    </x:row>
+    <x:row ht="2702.265625" customHeight="1" collapsed="0">
+      <x:c r="A324" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B324" s="8" t="s">
         <x:v>1325</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1326</x:v>
       </x:c>
       <x:c r="C324" s="8"/>
       <x:c r="D324" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>77478</x:v>
       </x:c>
       <x:c r="E324" s="8" t="s">
+        <x:v>1326</x:v>
+      </x:c>
+      <x:c r="F324" s="8" t="s">
         <x:v>1327</x:v>
       </x:c>
-      <x:c r="F324" s="8" t="s">
+      <x:c r="G324" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H324" s="8" t="s">
         <x:v>1328</x:v>
       </x:c>
-      <x:c r="G324" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H324" s="8" t="s">
+    </x:row>
+    <x:row ht="402.453125" customHeight="1" collapsed="0">
+      <x:c r="A325" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B325" s="8" t="s">
         <x:v>1329</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1330</x:v>
       </x:c>
       <x:c r="C325" s="8"/>
       <x:c r="D325" s="9" t="n">
-        <x:v>163454</x:v>
+        <x:v>144054</x:v>
       </x:c>
       <x:c r="E325" s="8" t="s">
+        <x:v>1330</x:v>
+      </x:c>
+      <x:c r="F325" s="8" t="s">
         <x:v>1331</x:v>
       </x:c>
-      <x:c r="F325" s="8" t="s">
+      <x:c r="G325" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H325" s="8" t="s">
         <x:v>1332</x:v>
       </x:c>
-      <x:c r="G325" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H325" s="8" t="s">
+    </x:row>
+    <x:row ht="1402.890625" customHeight="1" collapsed="0">
+      <x:c r="A326" s="8" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B326" s="8" t="s">
         <x:v>1333</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1334</x:v>
       </x:c>
       <x:c r="C326" s="8"/>
       <x:c r="D326" s="9" t="n">
-        <x:v>378021</x:v>
+        <x:v>80305</x:v>
       </x:c>
       <x:c r="E326" s="8" t="s">
+        <x:v>1334</x:v>
+      </x:c>
+      <x:c r="F326" s="8" t="s">
         <x:v>1335</x:v>
       </x:c>
-      <x:c r="F326" s="8" t="s">
+      <x:c r="G326" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H326" s="8" t="s">
         <x:v>1336</x:v>
       </x:c>
-      <x:c r="G326" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H326" s="8" t="s">
+    </x:row>
+    <x:row ht="2081.3125" customHeight="1" collapsed="0">
+      <x:c r="A327" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B327" s="8" t="s">
         <x:v>1337</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1338</x:v>
       </x:c>
       <x:c r="C327" s="8"/>
       <x:c r="D327" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E327" s="8" t="s">
+        <x:v>1338</x:v>
+      </x:c>
+      <x:c r="F327" s="8" t="s">
         <x:v>1339</x:v>
       </x:c>
-      <x:c r="F327" s="8" t="s">
+      <x:c r="G327" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H327" s="8" t="s">
         <x:v>1340</x:v>
       </x:c>
-      <x:c r="G327" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H327" s="8" t="s">
+    </x:row>
+    <x:row ht="195.5" customHeight="1" collapsed="0">
+      <x:c r="A328" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B328" s="8" t="s">
         <x:v>1341</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1342</x:v>
       </x:c>
       <x:c r="C328" s="8"/>
       <x:c r="D328" s="9" t="n">
-        <x:v>77478</x:v>
+        <x:v>214092</x:v>
       </x:c>
       <x:c r="E328" s="8" t="s">
+        <x:v>1342</x:v>
+      </x:c>
+      <x:c r="F328" s="8" t="s">
         <x:v>1343</x:v>
       </x:c>
-      <x:c r="F328" s="8" t="s">
+      <x:c r="G328" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H328" s="8" t="s">
         <x:v>1344</x:v>
       </x:c>
-      <x:c r="G328" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="402.46875" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="678.40625" customHeight="1" collapsed="0">
       <x:c r="A329" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B329" s="8" t="s">
-        <x:v>1346</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="C329" s="8"/>
       <x:c r="D329" s="9" t="n">
-        <x:v>144054</x:v>
+        <x:v>350165</x:v>
       </x:c>
       <x:c r="E329" s="8" t="s">
+        <x:v>1346</x:v>
+      </x:c>
+      <x:c r="F329" s="8" t="s">
         <x:v>1347</x:v>
       </x:c>
-      <x:c r="F329" s="8" t="s">
+      <x:c r="G329" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H329" s="8" t="s">
         <x:v>1348</x:v>
       </x:c>
-      <x:c r="G329" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H329" s="8" t="s">
+    </x:row>
+    <x:row ht="345" customHeight="1" collapsed="0">
+      <x:c r="A330" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B330" s="8" t="s">
         <x:v>1349</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1350</x:v>
       </x:c>
       <x:c r="C330" s="8"/>
       <x:c r="D330" s="9" t="n">
-        <x:v>80305</x:v>
+        <x:v>292904</x:v>
       </x:c>
       <x:c r="E330" s="8" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="F330" s="8" t="s">
         <x:v>1351</x:v>
       </x:c>
-      <x:c r="F330" s="8" t="s">
+      <x:c r="G330" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H330" s="8" t="s">
         <x:v>1352</x:v>
       </x:c>
-      <x:c r="G330" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H330" s="8" t="s">
+    </x:row>
+    <x:row ht="138" customHeight="1" collapsed="0">
+      <x:c r="A331" s="8" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B331" s="8" t="s">
         <x:v>1353</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1354</x:v>
       </x:c>
       <x:c r="C331" s="8"/>
       <x:c r="D331" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>245397</x:v>
       </x:c>
       <x:c r="E331" s="8" t="s">
+        <x:v>1354</x:v>
+      </x:c>
+      <x:c r="F331" s="8" t="s">
         <x:v>1355</x:v>
       </x:c>
-      <x:c r="F331" s="8" t="s">
+      <x:c r="G331" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H331" s="8" t="s">
         <x:v>1356</x:v>
       </x:c>
-      <x:c r="G331" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H331" s="8" t="s">
+    </x:row>
+    <x:row ht="1724.84375" customHeight="1" collapsed="0">
+      <x:c r="A332" s="8" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B332" s="8" t="s">
         <x:v>1357</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1358</x:v>
       </x:c>
       <x:c r="C332" s="8"/>
       <x:c r="D332" s="9" t="n">
-        <x:v>214092</x:v>
+        <x:v>793965</x:v>
       </x:c>
       <x:c r="E332" s="8" t="s">
+        <x:v>1358</x:v>
+      </x:c>
+      <x:c r="F332" s="8" t="s">
         <x:v>1359</x:v>
       </x:c>
-      <x:c r="F332" s="8" t="s">
+      <x:c r="G332" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H332" s="8" t="s">
         <x:v>1360</x:v>
       </x:c>
-      <x:c r="G332" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H332" s="8" t="s">
+    </x:row>
+    <x:row ht="356.4375" customHeight="1" collapsed="0">
+      <x:c r="A333" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B333" s="8" t="s">
         <x:v>1361</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1362</x:v>
       </x:c>
       <x:c r="C333" s="8"/>
       <x:c r="D333" s="9" t="n">
-        <x:v>350165</x:v>
+        <x:v>222667</x:v>
       </x:c>
       <x:c r="E333" s="8" t="s">
+        <x:v>1362</x:v>
+      </x:c>
+      <x:c r="F333" s="8" t="s">
         <x:v>1363</x:v>
       </x:c>
-      <x:c r="F333" s="8" t="s">
+      <x:c r="G333" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H333" s="8" t="s">
         <x:v>1364</x:v>
       </x:c>
-      <x:c r="G333" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="345" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="310.5" customHeight="1" collapsed="0">
       <x:c r="A334" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B334" s="8" t="s">
-        <x:v>1366</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="C334" s="8"/>
       <x:c r="D334" s="9" t="n">
-        <x:v>292904</x:v>
+        <x:v>92533</x:v>
       </x:c>
       <x:c r="E334" s="8" t="s">
+        <x:v>1366</x:v>
+      </x:c>
+      <x:c r="F334" s="8" t="s">
         <x:v>1367</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1368</x:v>
       </x:c>
       <x:c r="G334" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H334" s="8" t="s">
+        <x:v>1368</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
+      <x:c r="A335" s="8" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B335" s="8" t="s">
         <x:v>1369</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1370</x:v>
       </x:c>
       <x:c r="C335" s="8"/>
       <x:c r="D335" s="9" t="n">
-        <x:v>245397</x:v>
+        <x:v>218128</x:v>
       </x:c>
       <x:c r="E335" s="8" t="s">
+        <x:v>1370</x:v>
+      </x:c>
+      <x:c r="F335" s="8" t="s">
         <x:v>1371</x:v>
       </x:c>
-      <x:c r="F335" s="8" t="s">
+      <x:c r="G335" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H335" s="8" t="s">
         <x:v>1372</x:v>
       </x:c>
-      <x:c r="G335" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H335" s="8" t="s">
+    </x:row>
+    <x:row ht="1506.375" customHeight="1" collapsed="0">
+      <x:c r="A336" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B336" s="8" t="s">
         <x:v>1373</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1374</x:v>
       </x:c>
       <x:c r="C336" s="8"/>
       <x:c r="D336" s="9" t="n">
-        <x:v>793965</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E336" s="8" t="s">
+        <x:v>1374</x:v>
+      </x:c>
+      <x:c r="F336" s="8" t="s">
         <x:v>1375</x:v>
       </x:c>
-      <x:c r="F336" s="8" t="s">
+      <x:c r="G336" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H336" s="8" t="s">
         <x:v>1376</x:v>
       </x:c>
-      <x:c r="G336" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H336" s="8" t="s">
+    </x:row>
+    <x:row ht="2713.75" customHeight="1" collapsed="0">
+      <x:c r="A337" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B337" s="8" t="s">
         <x:v>1377</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1378</x:v>
       </x:c>
       <x:c r="C337" s="8"/>
       <x:c r="D337" s="9" t="n">
-        <x:v>222667</x:v>
+        <x:v>858835</x:v>
       </x:c>
       <x:c r="E337" s="8" t="s">
+        <x:v>1378</x:v>
+      </x:c>
+      <x:c r="F337" s="8" t="s">
         <x:v>1379</x:v>
       </x:c>
-      <x:c r="F337" s="8" t="s">
+      <x:c r="G337" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H337" s="8" t="s">
         <x:v>1380</x:v>
       </x:c>
-      <x:c r="G337" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H337" s="8" t="s">
+    </x:row>
+    <x:row ht="195.46875" customHeight="1" collapsed="0">
+      <x:c r="A338" s="8" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B338" s="8" t="s">
         <x:v>1381</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1382</x:v>
       </x:c>
       <x:c r="C338" s="8"/>
       <x:c r="D338" s="9" t="n">
-        <x:v>92533</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E338" s="8" t="s">
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="F338" s="8" t="s">
         <x:v>1383</x:v>
       </x:c>
-      <x:c r="F338" s="8" t="s">
+      <x:c r="G338" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H338" s="8" t="s">
         <x:v>1384</x:v>
       </x:c>
-      <x:c r="G338" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H338" s="8" t="s">
+    </x:row>
+    <x:row ht="321.96875" customHeight="1" collapsed="0">
+      <x:c r="A339" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B339" s="8" t="s">
         <x:v>1385</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1386</x:v>
       </x:c>
       <x:c r="C339" s="8"/>
       <x:c r="D339" s="9" t="n">
-        <x:v>218128</x:v>
+        <x:v>94576</x:v>
       </x:c>
       <x:c r="E339" s="8" t="s">
+        <x:v>1386</x:v>
+      </x:c>
+      <x:c r="F339" s="8" t="s">
         <x:v>1387</x:v>
       </x:c>
-      <x:c r="F339" s="8" t="s">
+      <x:c r="G339" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H339" s="8" t="s">
         <x:v>1388</x:v>
       </x:c>
-      <x:c r="G339" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H339" s="8" t="s">
+    </x:row>
+    <x:row ht="770.4375" customHeight="1" collapsed="0">
+      <x:c r="A340" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B340" s="8" t="s">
         <x:v>1389</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1390</x:v>
       </x:c>
       <x:c r="C340" s="8"/>
       <x:c r="D340" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E340" s="8" t="s">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="F340" s="8" t="s">
         <x:v>1391</x:v>
       </x:c>
-      <x:c r="F340" s="8" t="s">
+      <x:c r="G340" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H340" s="8" t="s">
         <x:v>1392</x:v>
       </x:c>
-      <x:c r="G340" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="2713.75" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="69" customHeight="1" collapsed="0">
       <x:c r="A341" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B341" s="8" t="s">
-        <x:v>1394</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="C341" s="8"/>
       <x:c r="D341" s="9" t="n">
-        <x:v>858835</x:v>
+        <x:v>137092</x:v>
       </x:c>
       <x:c r="E341" s="8" t="s">
+        <x:v>1394</x:v>
+      </x:c>
+      <x:c r="F341" s="8" t="s">
         <x:v>1395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1396</x:v>
       </x:c>
       <x:c r="G341" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H341" s="8" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1092.40625" customHeight="1" collapsed="0">
+      <x:c r="A342" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B342" s="8" t="s">
         <x:v>1397</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1398</x:v>
       </x:c>
       <x:c r="C342" s="8"/>
       <x:c r="D342" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E342" s="8" t="s">
+        <x:v>1398</x:v>
+      </x:c>
+      <x:c r="F342" s="8" t="s">
         <x:v>1399</x:v>
       </x:c>
-      <x:c r="F342" s="8" t="s">
+      <x:c r="G342" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H342" s="8" t="s">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="G342" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H342" s="8" t="s">
+    </x:row>
+    <x:row ht="345" customHeight="1" collapsed="0">
+      <x:c r="A343" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B343" s="8" t="s">
         <x:v>1401</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1402</x:v>
       </x:c>
       <x:c r="C343" s="8"/>
       <x:c r="D343" s="9" t="n">
-        <x:v>94576</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E343" s="8" t="s">
+        <x:v>1402</x:v>
+      </x:c>
+      <x:c r="F343" s="8" t="s">
         <x:v>1403</x:v>
       </x:c>
-      <x:c r="F343" s="8" t="s">
+      <x:c r="G343" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H343" s="8" t="s">
         <x:v>1404</x:v>
       </x:c>
-      <x:c r="G343" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H343" s="8" t="s">
+    </x:row>
+    <x:row ht="1161.375" customHeight="1" collapsed="0">
+      <x:c r="A344" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B344" s="8" t="s">
         <x:v>1405</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1406</x:v>
       </x:c>
       <x:c r="C344" s="8"/>
       <x:c r="D344" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>1415099</x:v>
       </x:c>
       <x:c r="E344" s="8" t="s">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="F344" s="8" t="s">
         <x:v>1407</x:v>
       </x:c>
-      <x:c r="F344" s="8" t="s">
+      <x:c r="G344" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H344" s="8" t="s">
         <x:v>1408</x:v>
       </x:c>
-      <x:c r="G344" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H344" s="8" t="s">
+    </x:row>
+    <x:row ht="149.53125" customHeight="1" collapsed="0">
+      <x:c r="A345" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B345" s="8" t="s">
         <x:v>1409</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1410</x:v>
       </x:c>
       <x:c r="C345" s="8"/>
       <x:c r="D345" s="9" t="n">
-        <x:v>137092</x:v>
+        <x:v>363315</x:v>
       </x:c>
       <x:c r="E345" s="8" t="s">
+        <x:v>1410</x:v>
+      </x:c>
+      <x:c r="F345" s="8" t="s">
         <x:v>1411</x:v>
       </x:c>
-      <x:c r="F345" s="8" t="s">
+      <x:c r="G345" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H345" s="8" t="s">
         <x:v>1412</x:v>
       </x:c>
-      <x:c r="G345" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H345" s="8" t="s">
+    </x:row>
+    <x:row ht="160.96875" customHeight="1" collapsed="0">
+      <x:c r="A346" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B346" s="8" t="s">
         <x:v>1413</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1414</x:v>
       </x:c>
       <x:c r="C346" s="8"/>
       <x:c r="D346" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E346" s="8" t="s">
+        <x:v>1414</x:v>
+      </x:c>
+      <x:c r="F346" s="8" t="s">
         <x:v>1415</x:v>
       </x:c>
-      <x:c r="F346" s="8" t="s">
+      <x:c r="G346" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H346" s="8" t="s">
         <x:v>1416</x:v>
       </x:c>
-      <x:c r="G346" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H346" s="8" t="s">
+    </x:row>
+    <x:row ht="195.46875" customHeight="1" collapsed="0">
+      <x:c r="A347" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B347" s="8" t="s">
         <x:v>1417</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1418</x:v>
       </x:c>
       <x:c r="C347" s="8"/>
       <x:c r="D347" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>91104</x:v>
       </x:c>
       <x:c r="E347" s="8" t="s">
+        <x:v>1418</x:v>
+      </x:c>
+      <x:c r="F347" s="8" t="s">
         <x:v>1419</x:v>
       </x:c>
-      <x:c r="F347" s="8" t="s">
+      <x:c r="G347" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H347" s="8" t="s">
         <x:v>1420</x:v>
       </x:c>
-      <x:c r="G347" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H347" s="8" t="s">
+    </x:row>
+    <x:row ht="218.5" customHeight="1" collapsed="0">
+      <x:c r="A348" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B348" s="8" t="s">
         <x:v>1421</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1422</x:v>
       </x:c>
       <x:c r="C348" s="8"/>
       <x:c r="D348" s="9" t="n">
-        <x:v>1415099</x:v>
+        <x:v>569930</x:v>
       </x:c>
       <x:c r="E348" s="8" t="s">
+        <x:v>1422</x:v>
+      </x:c>
+      <x:c r="F348" s="8" t="s">
         <x:v>1423</x:v>
       </x:c>
-      <x:c r="F348" s="8" t="s">
+      <x:c r="G348" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H348" s="8" t="s">
         <x:v>1424</x:v>
       </x:c>
-      <x:c r="G348" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H348" s="8" t="s">
+    </x:row>
+    <x:row ht="1023.40625" customHeight="1" collapsed="0">
+      <x:c r="A349" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B349" s="8" t="s">
         <x:v>1425</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1426</x:v>
       </x:c>
       <x:c r="C349" s="8"/>
       <x:c r="D349" s="9" t="n">
-        <x:v>363315</x:v>
+        <x:v>116990</x:v>
       </x:c>
       <x:c r="E349" s="8" t="s">
+        <x:v>1426</x:v>
+      </x:c>
+      <x:c r="F349" s="8" t="s">
         <x:v>1427</x:v>
       </x:c>
-      <x:c r="F349" s="8" t="s">
+      <x:c r="G349" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H349" s="8" t="s">
         <x:v>1428</x:v>
       </x:c>
-      <x:c r="G349" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H349" s="8" t="s">
+    </x:row>
+    <x:row ht="138" customHeight="1" collapsed="0">
+      <x:c r="A350" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B350" s="8" t="s">
         <x:v>1429</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1430</x:v>
       </x:c>
       <x:c r="C350" s="8"/>
       <x:c r="D350" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>180941</x:v>
       </x:c>
       <x:c r="E350" s="8" t="s">
+        <x:v>1430</x:v>
+      </x:c>
+      <x:c r="F350" s="8" t="s">
         <x:v>1431</x:v>
       </x:c>
-      <x:c r="F350" s="8" t="s">
+      <x:c r="G350" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H350" s="8" t="s">
         <x:v>1432</x:v>
       </x:c>
-      <x:c r="G350" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H350" s="8" t="s">
+    </x:row>
+    <x:row ht="161" customHeight="1" collapsed="0">
+      <x:c r="A351" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B351" s="8" t="s">
         <x:v>1433</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1434</x:v>
       </x:c>
       <x:c r="C351" s="8"/>
       <x:c r="D351" s="9" t="n">
-        <x:v>91104</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E351" s="8" t="s">
+        <x:v>1434</x:v>
+      </x:c>
+      <x:c r="F351" s="8" t="s">
         <x:v>1435</x:v>
       </x:c>
-      <x:c r="F351" s="8" t="s">
+      <x:c r="G351" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H351" s="8" t="s">
         <x:v>1436</x:v>
       </x:c>
-      <x:c r="G351" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H351" s="8" t="s">
+    </x:row>
+    <x:row ht="931.40625" customHeight="1" collapsed="0">
+      <x:c r="A352" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B352" s="8" t="s">
         <x:v>1437</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1438</x:v>
       </x:c>
       <x:c r="C352" s="8"/>
       <x:c r="D352" s="9" t="n">
-        <x:v>569930</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E352" s="8" t="s">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="F352" s="8" t="s">
         <x:v>1439</x:v>
       </x:c>
-      <x:c r="F352" s="8" t="s">
+      <x:c r="G352" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H352" s="8" t="s">
         <x:v>1440</x:v>
       </x:c>
-      <x:c r="G352" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H352" s="8" t="s">
+    </x:row>
+    <x:row ht="563.4375" customHeight="1" collapsed="0">
+      <x:c r="A353" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B353" s="8" t="s">
         <x:v>1441</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1442</x:v>
       </x:c>
       <x:c r="C353" s="8"/>
       <x:c r="D353" s="9" t="n">
-        <x:v>116990</x:v>
+        <x:v>792738</x:v>
       </x:c>
       <x:c r="E353" s="8" t="s">
+        <x:v>1442</x:v>
+      </x:c>
+      <x:c r="F353" s="8" t="s">
         <x:v>1443</x:v>
       </x:c>
-      <x:c r="F353" s="8" t="s">
+      <x:c r="G353" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H353" s="8" t="s">
         <x:v>1444</x:v>
       </x:c>
-      <x:c r="G353" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H353" s="8" t="s">
+    </x:row>
+    <x:row ht="919.9375" customHeight="1" collapsed="0">
+      <x:c r="A354" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B354" s="8" t="s">
         <x:v>1445</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1446</x:v>
       </x:c>
       <x:c r="C354" s="8"/>
       <x:c r="D354" s="9" t="n">
-        <x:v>180941</x:v>
+        <x:v>92104</x:v>
       </x:c>
       <x:c r="E354" s="8" t="s">
+        <x:v>1446</x:v>
+      </x:c>
+      <x:c r="F354" s="8" t="s">
         <x:v>1447</x:v>
       </x:c>
-      <x:c r="F354" s="8" t="s">
+      <x:c r="G354" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H354" s="8" t="s">
         <x:v>1448</x:v>
       </x:c>
-      <x:c r="G354" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H354" s="8" t="s">
+    </x:row>
+    <x:row ht="16535.5625" customHeight="1" collapsed="0">
+      <x:c r="A355" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B355" s="8" t="s">
         <x:v>1449</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1450</x:v>
       </x:c>
       <x:c r="C355" s="8"/>
       <x:c r="D355" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>167713</x:v>
       </x:c>
       <x:c r="E355" s="8" t="s">
+        <x:v>1450</x:v>
+      </x:c>
+      <x:c r="F355" s="8" t="s">
         <x:v>1451</x:v>
       </x:c>
-      <x:c r="F355" s="8" t="s">
+      <x:c r="G355" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H355" s="8" t="s">
         <x:v>1452</x:v>
       </x:c>
-      <x:c r="G355" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H355" s="8" t="s">
+    </x:row>
+    <x:row ht="264.46875" customHeight="1" collapsed="0">
+      <x:c r="A356" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B356" s="8" t="s">
         <x:v>1453</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1454</x:v>
       </x:c>
       <x:c r="C356" s="8"/>
       <x:c r="D356" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>99195</x:v>
       </x:c>
       <x:c r="E356" s="8" t="s">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="F356" s="8" t="s">
         <x:v>1455</x:v>
       </x:c>
-      <x:c r="F356" s="8" t="s">
+      <x:c r="G356" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H356" s="8" t="s">
         <x:v>1456</x:v>
       </x:c>
-      <x:c r="G356" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H356" s="8" t="s">
+    </x:row>
+    <x:row ht="184.03125" customHeight="1" collapsed="0">
+      <x:c r="A357" s="8" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="B357" s="8" t="s">
         <x:v>1457</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1458</x:v>
       </x:c>
       <x:c r="C357" s="8"/>
       <x:c r="D357" s="9" t="n">
-        <x:v>792738</x:v>
+        <x:v>77001</x:v>
       </x:c>
       <x:c r="E357" s="8" t="s">
+        <x:v>1458</x:v>
+      </x:c>
+      <x:c r="F357" s="8" t="s">
         <x:v>1459</x:v>
       </x:c>
-      <x:c r="F357" s="8" t="s">
+      <x:c r="G357" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H357" s="8" t="s">
         <x:v>1460</x:v>
       </x:c>
-      <x:c r="G357" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H357" s="8" t="s">
+    </x:row>
+    <x:row ht="1920.3125" customHeight="1" collapsed="0">
+      <x:c r="A358" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B358" s="8" t="s">
         <x:v>1461</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1462</x:v>
       </x:c>
       <x:c r="C358" s="8"/>
       <x:c r="D358" s="9" t="n">
-        <x:v>92104</x:v>
+        <x:v>1430723</x:v>
       </x:c>
       <x:c r="E358" s="8" t="s">
+        <x:v>1462</x:v>
+      </x:c>
+      <x:c r="F358" s="8" t="s">
         <x:v>1463</x:v>
       </x:c>
-      <x:c r="F358" s="8" t="s">
+      <x:c r="G358" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H358" s="8" t="s">
         <x:v>1464</x:v>
       </x:c>
-      <x:c r="G358" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H358" s="8" t="s">
+    </x:row>
+    <x:row ht="459.96875" customHeight="1" collapsed="0">
+      <x:c r="A359" s="8" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B359" s="8" t="s">
         <x:v>1465</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1466</x:v>
       </x:c>
       <x:c r="C359" s="8"/>
       <x:c r="D359" s="9" t="n">
-        <x:v>167713</x:v>
+        <x:v>89465</x:v>
       </x:c>
       <x:c r="E359" s="8" t="s">
+        <x:v>1466</x:v>
+      </x:c>
+      <x:c r="F359" s="8" t="s">
         <x:v>1467</x:v>
       </x:c>
-      <x:c r="F359" s="8" t="s">
+      <x:c r="G359" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H359" s="8" t="s">
         <x:v>1468</x:v>
       </x:c>
-      <x:c r="G359" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H359" s="8" t="s">
+    </x:row>
+    <x:row ht="459.9375" customHeight="1" collapsed="0">
+      <x:c r="A360" s="8" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B360" s="8" t="s">
         <x:v>1469</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1470</x:v>
       </x:c>
       <x:c r="C360" s="8"/>
       <x:c r="D360" s="9" t="n">
-        <x:v>99195</x:v>
+        <x:v>374757</x:v>
       </x:c>
       <x:c r="E360" s="8" t="s">
+        <x:v>1470</x:v>
+      </x:c>
+      <x:c r="F360" s="8" t="s">
         <x:v>1471</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1472</x:v>
       </x:c>
       <x:c r="G360" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H360" s="8" t="s">
+        <x:v>1472</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
+      <x:c r="A361" s="8" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B361" s="8" t="s">
         <x:v>1473</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1474</x:v>
       </x:c>
       <x:c r="C361" s="8"/>
       <x:c r="D361" s="9" t="n">
-        <x:v>77001</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E361" s="8" t="s">
+        <x:v>1474</x:v>
+      </x:c>
+      <x:c r="F361" s="8" t="s">
         <x:v>1475</x:v>
       </x:c>
-      <x:c r="F361" s="8" t="s">
+      <x:c r="G361" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H361" s="8" t="s">
         <x:v>1476</x:v>
       </x:c>
-      <x:c r="G361" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H361" s="8" t="s">
+    </x:row>
+    <x:row ht="137.96875" customHeight="1" collapsed="0">
+      <x:c r="A362" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B362" s="8" t="s">
         <x:v>1477</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1478</x:v>
       </x:c>
       <x:c r="C362" s="8"/>
       <x:c r="D362" s="9" t="n">
-        <x:v>1430723</x:v>
+        <x:v>98957</x:v>
       </x:c>
       <x:c r="E362" s="8" t="s">
+        <x:v>1478</x:v>
+      </x:c>
+      <x:c r="F362" s="8" t="s">
         <x:v>1479</x:v>
       </x:c>
-      <x:c r="F362" s="8" t="s">
+      <x:c r="G362" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H362" s="8" t="s">
         <x:v>1480</x:v>
       </x:c>
-      <x:c r="G362" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H362" s="8" t="s">
+    </x:row>
+    <x:row ht="1230.40625" customHeight="1" collapsed="0">
+      <x:c r="A363" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B363" s="8" t="s">
         <x:v>1481</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1482</x:v>
       </x:c>
       <x:c r="C363" s="8"/>
       <x:c r="D363" s="9" t="n">
-        <x:v>89465</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E363" s="8" t="s">
+        <x:v>1482</x:v>
+      </x:c>
+      <x:c r="F363" s="8" t="s">
         <x:v>1483</x:v>
       </x:c>
-      <x:c r="F363" s="8" t="s">
+      <x:c r="G363" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H363" s="8" t="s">
         <x:v>1484</x:v>
       </x:c>
-      <x:c r="G363" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H363" s="8" t="s">
+    </x:row>
+    <x:row ht="977.4375" customHeight="1" collapsed="0">
+      <x:c r="A364" s="8" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B364" s="8" t="s">
         <x:v>1485</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1486</x:v>
       </x:c>
       <x:c r="C364" s="8"/>
       <x:c r="D364" s="9" t="n">
-        <x:v>374757</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E364" s="8" t="s">
+        <x:v>1486</x:v>
+      </x:c>
+      <x:c r="F364" s="8" t="s">
         <x:v>1487</x:v>
       </x:c>
-      <x:c r="F364" s="8" t="s">
+      <x:c r="G364" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H364" s="8" t="s">
         <x:v>1488</x:v>
       </x:c>
-      <x:c r="G364" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H364" s="8" t="s">
+    </x:row>
+    <x:row ht="172.5" customHeight="1" collapsed="0">
+      <x:c r="A365" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B365" s="8" t="s">
         <x:v>1489</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1490</x:v>
       </x:c>
       <x:c r="C365" s="8"/>
       <x:c r="D365" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>215635</x:v>
       </x:c>
       <x:c r="E365" s="8" t="s">
+        <x:v>1490</x:v>
+      </x:c>
+      <x:c r="F365" s="8" t="s">
         <x:v>1491</x:v>
       </x:c>
-      <x:c r="F365" s="8" t="s">
+      <x:c r="G365" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H365" s="8" t="s">
         <x:v>1492</x:v>
       </x:c>
-      <x:c r="G365" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H365" s="8" t="s">
+    </x:row>
+    <x:row ht="816.4375" customHeight="1" collapsed="0">
+      <x:c r="A366" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B366" s="8" t="s">
         <x:v>1493</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1494</x:v>
       </x:c>
       <x:c r="C366" s="8"/>
       <x:c r="D366" s="9" t="n">
-        <x:v>98957</x:v>
+        <x:v>92779</x:v>
       </x:c>
       <x:c r="E366" s="8" t="s">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="F366" s="8" t="s">
         <x:v>1495</x:v>
       </x:c>
-      <x:c r="F366" s="8" t="s">
+      <x:c r="G366" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H366" s="8" t="s">
         <x:v>1496</x:v>
       </x:c>
-      <x:c r="G366" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="1230.40625" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="1506.34375" customHeight="1" collapsed="0">
       <x:c r="A367" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B367" s="8" t="s">
-        <x:v>1498</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="C367" s="8"/>
       <x:c r="D367" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E367" s="8" t="s">
+        <x:v>1498</x:v>
+      </x:c>
+      <x:c r="F367" s="8" t="s">
         <x:v>1499</x:v>
       </x:c>
-      <x:c r="F367" s="8" t="s">
+      <x:c r="G367" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H367" s="8" t="s">
         <x:v>1500</x:v>
       </x:c>
-      <x:c r="G367" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H367" s="8" t="s">
+    </x:row>
+    <x:row ht="4300.65625" customHeight="1" collapsed="0">
+      <x:c r="A368" s="8" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="B368" s="8" t="s">
         <x:v>1501</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1502</x:v>
       </x:c>
       <x:c r="C368" s="8"/>
       <x:c r="D368" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E368" s="8" t="s">
+        <x:v>1502</x:v>
+      </x:c>
+      <x:c r="F368" s="8" t="s">
         <x:v>1503</x:v>
       </x:c>
-      <x:c r="F368" s="8" t="s">
+      <x:c r="G368" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H368" s="8" t="s">
         <x:v>1504</x:v>
       </x:c>
-      <x:c r="G368" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="172.46875" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="816.40625" customHeight="1" collapsed="0">
       <x:c r="A369" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B369" s="8" t="s">
-        <x:v>1506</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="C369" s="8"/>
       <x:c r="D369" s="9" t="n">
-        <x:v>215635</x:v>
+        <x:v>143202</x:v>
       </x:c>
       <x:c r="E369" s="8" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="F369" s="8" t="s">
         <x:v>1507</x:v>
       </x:c>
-      <x:c r="F369" s="8" t="s">
+      <x:c r="G369" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H369" s="8" t="s">
         <x:v>1508</x:v>
       </x:c>
-      <x:c r="G369" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H369" s="8" t="s">
+    </x:row>
+    <x:row ht="701.4375" customHeight="1" collapsed="0">
+      <x:c r="A370" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B370" s="8" t="s">
         <x:v>1509</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1510</x:v>
       </x:c>
       <x:c r="C370" s="8"/>
       <x:c r="D370" s="9" t="n">
-        <x:v>92779</x:v>
+        <x:v>368156</x:v>
       </x:c>
       <x:c r="E370" s="8" t="s">
+        <x:v>1510</x:v>
+      </x:c>
+      <x:c r="F370" s="8" t="s">
         <x:v>1511</x:v>
       </x:c>
-      <x:c r="F370" s="8" t="s">
+      <x:c r="G370" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H370" s="8" t="s">
         <x:v>1512</x:v>
       </x:c>
-      <x:c r="G370" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H370" s="8" t="s">
+    </x:row>
+    <x:row ht="494.4375" customHeight="1" collapsed="0">
+      <x:c r="A371" s="8" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="B371" s="8" t="s">
         <x:v>1513</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1514</x:v>
       </x:c>
       <x:c r="C371" s="8"/>
       <x:c r="D371" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>179747</x:v>
       </x:c>
       <x:c r="E371" s="8" t="s">
+        <x:v>1514</x:v>
+      </x:c>
+      <x:c r="F371" s="8" t="s">
         <x:v>1515</x:v>
       </x:c>
-      <x:c r="F371" s="8" t="s">
+      <x:c r="G371" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H371" s="8" t="s">
         <x:v>1516</x:v>
       </x:c>
-      <x:c r="G371" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H371" s="8" t="s">
+    </x:row>
+    <x:row ht="92" customHeight="1" collapsed="0">
+      <x:c r="A372" s="8" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="B372" s="8" t="s">
         <x:v>1517</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1518</x:v>
       </x:c>
       <x:c r="C372" s="8"/>
       <x:c r="D372" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E372" s="8" t="s">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="F372" s="8" t="s">
         <x:v>1519</x:v>
       </x:c>
-      <x:c r="F372" s="8" t="s">
+      <x:c r="G372" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H372" s="8" t="s">
         <x:v>1520</x:v>
       </x:c>
-      <x:c r="G372" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="816.4375" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="356.4375" customHeight="1" collapsed="0">
       <x:c r="A373" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B373" s="8" t="s">
-        <x:v>1522</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="C373" s="8"/>
       <x:c r="D373" s="9" t="n">
-        <x:v>143202</x:v>
+        <x:v>250756</x:v>
       </x:c>
       <x:c r="E373" s="8" t="s">
+        <x:v>1522</x:v>
+      </x:c>
+      <x:c r="F373" s="8" t="s">
         <x:v>1523</x:v>
       </x:c>
-      <x:c r="F373" s="8" t="s">
+      <x:c r="G373" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H373" s="8" t="s">
         <x:v>1524</x:v>
       </x:c>
-      <x:c r="G373" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H373" s="8" t="s">
+    </x:row>
+    <x:row ht="1103.90625" customHeight="1" collapsed="0">
+      <x:c r="A374" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B374" s="8" t="s">
         <x:v>1525</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1526</x:v>
       </x:c>
       <x:c r="C374" s="8"/>
       <x:c r="D374" s="9" t="n">
-        <x:v>368156</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E374" s="8" t="s">
+        <x:v>1526</x:v>
+      </x:c>
+      <x:c r="F374" s="8" t="s">
         <x:v>1527</x:v>
       </x:c>
-      <x:c r="F374" s="8" t="s">
+      <x:c r="G374" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H374" s="8" t="s">
         <x:v>1528</x:v>
       </x:c>
-      <x:c r="G374" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H374" s="8" t="s">
+    </x:row>
+    <x:row ht="1057.90625" customHeight="1" collapsed="0">
+      <x:c r="A375" s="8" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="B375" s="8" t="s">
         <x:v>1529</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1530</x:v>
       </x:c>
       <x:c r="C375" s="8"/>
       <x:c r="D375" s="9" t="n">
-        <x:v>179747</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E375" s="8" t="s">
+        <x:v>1530</x:v>
+      </x:c>
+      <x:c r="F375" s="8" t="s">
         <x:v>1531</x:v>
       </x:c>
-      <x:c r="F375" s="8" t="s">
+      <x:c r="G375" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H375" s="8" t="s">
         <x:v>1532</x:v>
       </x:c>
-      <x:c r="G375" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H375" s="8" t="s">
+    </x:row>
+    <x:row ht="2828.75" customHeight="1" collapsed="0">
+      <x:c r="A376" s="8" t="s">
         <x:v>1533</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>566</x:v>
       </x:c>
       <x:c r="B376" s="8" t="s">
         <x:v>1534</x:v>
       </x:c>
       <x:c r="C376" s="8"/>
       <x:c r="D376" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E376" s="8" t="s">
         <x:v>1535</x:v>
       </x:c>
       <x:c r="F376" s="8" t="s">
         <x:v>1536</x:v>
       </x:c>
       <x:c r="G376" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H376" s="8" t="s">
         <x:v>1537</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.4375" customHeight="1" collapsed="0">
+    <x:row ht="471.46875" customHeight="1" collapsed="0">
       <x:c r="A377" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B377" s="8" t="s">
         <x:v>1538</x:v>
       </x:c>
       <x:c r="C377" s="8"/>
       <x:c r="D377" s="9" t="n">
-        <x:v>250756</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E377" s="8" t="s">
         <x:v>1539</x:v>
       </x:c>
       <x:c r="F377" s="8" t="s">
         <x:v>1540</x:v>
       </x:c>
       <x:c r="G377" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H377" s="8" t="s">
         <x:v>1541</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1103.90625" customHeight="1" collapsed="0">
+    <x:row ht="287.46875" customHeight="1" collapsed="0">
       <x:c r="A378" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B378" s="8" t="s">
         <x:v>1542</x:v>
       </x:c>
       <x:c r="C378" s="8"/>
       <x:c r="D378" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E378" s="8" t="s">
         <x:v>1543</x:v>
       </x:c>
       <x:c r="F378" s="8" t="s">
         <x:v>1544</x:v>
       </x:c>
       <x:c r="G378" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H378" s="8" t="s">
         <x:v>1545</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1057.90625" customHeight="1" collapsed="0">
+    <x:row ht="91.96875" customHeight="1" collapsed="0">
       <x:c r="A379" s="8" t="s">
-        <x:v>294</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B379" s="8" t="s">
         <x:v>1546</x:v>
       </x:c>
       <x:c r="C379" s="8"/>
       <x:c r="D379" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>173811</x:v>
       </x:c>
       <x:c r="E379" s="8" t="s">
         <x:v>1547</x:v>
       </x:c>
       <x:c r="F379" s="8" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="G379" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H379" s="8" t="s">
         <x:v>1549</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2828.75" customHeight="1" collapsed="0">
+    <x:row ht="1885.84375" customHeight="1" collapsed="0">
       <x:c r="A380" s="8" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B380" s="8" t="s">
         <x:v>1550</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1551</x:v>
       </x:c>
       <x:c r="C380" s="8"/>
       <x:c r="D380" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>290583</x:v>
       </x:c>
       <x:c r="E380" s="8" t="s">
+        <x:v>1551</x:v>
+      </x:c>
+      <x:c r="F380" s="8" t="s">
         <x:v>1552</x:v>
       </x:c>
-      <x:c r="F380" s="8" t="s">
+      <x:c r="G380" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H380" s="8" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="G380" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H380" s="8" t="s">
+    </x:row>
+    <x:row ht="149.5" customHeight="1" collapsed="0">
+      <x:c r="A381" s="8" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="B381" s="8" t="s">
         <x:v>1554</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1555</x:v>
       </x:c>
       <x:c r="C381" s="8"/>
       <x:c r="D381" s="9" t="n">
         <x:v>75000</x:v>
       </x:c>
       <x:c r="E381" s="8" t="s">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="F381" s="8" t="s">
         <x:v>1556</x:v>
       </x:c>
-      <x:c r="F381" s="8" t="s">
+      <x:c r="G381" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H381" s="8" t="s">
         <x:v>1557</x:v>
       </x:c>
-      <x:c r="G381" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H381" s="8" t="s">
+    </x:row>
+    <x:row ht="2046.8125" customHeight="1" collapsed="0">
+      <x:c r="A382" s="8" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B382" s="8" t="s">
         <x:v>1558</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1559</x:v>
       </x:c>
       <x:c r="C382" s="8"/>
       <x:c r="D382" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>171801</x:v>
       </x:c>
       <x:c r="E382" s="8" t="s">
+        <x:v>1559</x:v>
+      </x:c>
+      <x:c r="F382" s="8" t="s">
         <x:v>1560</x:v>
       </x:c>
-      <x:c r="F382" s="8" t="s">
+      <x:c r="G382" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H382" s="8" t="s">
         <x:v>1561</x:v>
       </x:c>
-      <x:c r="G382" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H382" s="8" t="s">
+    </x:row>
+    <x:row ht="528.9375" customHeight="1" collapsed="0">
+      <x:c r="A383" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B383" s="8" t="s">
         <x:v>1562</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1563</x:v>
       </x:c>
       <x:c r="C383" s="8"/>
       <x:c r="D383" s="9" t="n">
-        <x:v>173811</x:v>
+        <x:v>2592030</x:v>
       </x:c>
       <x:c r="E383" s="8" t="s">
+        <x:v>1563</x:v>
+      </x:c>
+      <x:c r="F383" s="8" t="s">
         <x:v>1564</x:v>
       </x:c>
-      <x:c r="F383" s="8" t="s">
+      <x:c r="G383" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H383" s="8" t="s">
         <x:v>1565</x:v>
       </x:c>
-      <x:c r="G383" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H383" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
+      <x:c r="A384" s="8" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B384" s="8" t="s">
         <x:v>1566</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1567</x:v>
       </x:c>
       <x:c r="C384" s="8"/>
       <x:c r="D384" s="9" t="n">
-        <x:v>290583</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E384" s="8" t="s">
+        <x:v>1567</x:v>
+      </x:c>
+      <x:c r="F384" s="8" t="s">
         <x:v>1568</x:v>
       </x:c>
-      <x:c r="F384" s="8" t="s">
+      <x:c r="G384" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H384" s="8" t="s">
         <x:v>1569</x:v>
       </x:c>
-      <x:c r="G384" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H384" s="8" t="s">
+    </x:row>
+    <x:row ht="1920.34375" customHeight="1" collapsed="0">
+      <x:c r="A385" s="8" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="B385" s="8" t="s">
         <x:v>1570</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1571</x:v>
       </x:c>
       <x:c r="C385" s="8"/>
       <x:c r="D385" s="9" t="n">
-        <x:v>171801</x:v>
+        <x:v>277986</x:v>
       </x:c>
       <x:c r="E385" s="8" t="s">
+        <x:v>1571</x:v>
+      </x:c>
+      <x:c r="F385" s="8" t="s">
         <x:v>1572</x:v>
       </x:c>
-      <x:c r="F385" s="8" t="s">
+      <x:c r="G385" s="8" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H385" s="8" t="s">
         <x:v>1573</x:v>
       </x:c>
-      <x:c r="G385" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H385" s="8" t="s">
+    </x:row>
+    <x:row ht="678.4375" customHeight="1" collapsed="0">
+      <x:c r="A386" s="8" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B386" s="8" t="s">
         <x:v>1574</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1575</x:v>
       </x:c>
       <x:c r="C386" s="8"/>
       <x:c r="D386" s="9" t="n">
-        <x:v>2592030</x:v>
+        <x:v>84476</x:v>
       </x:c>
       <x:c r="E386" s="8" t="s">
+        <x:v>1575</x:v>
+      </x:c>
+      <x:c r="F386" s="8" t="s">
         <x:v>1576</x:v>
       </x:c>
-      <x:c r="F386" s="8" t="s">
+      <x:c r="G386" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H386" s="8" t="s">
+        <x:v>461</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.9375" customHeight="1" collapsed="0">
+      <x:c r="A387" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B387" s="8" t="s">
         <x:v>1577</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1579</x:v>
       </x:c>
       <x:c r="C387" s="8"/>
       <x:c r="D387" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>122267</x:v>
       </x:c>
       <x:c r="E387" s="8" t="s">
+        <x:v>1578</x:v>
+      </x:c>
+      <x:c r="F387" s="8" t="s">
+        <x:v>1579</x:v>
+      </x:c>
+      <x:c r="G387" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H387" s="8" t="s">
         <x:v>1580</x:v>
       </x:c>
-      <x:c r="F387" s="8" t="s">
+    </x:row>
+    <x:row ht="436.96875" customHeight="1" collapsed="0">
+      <x:c r="A388" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B388" s="8" t="s">
         <x:v>1581</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1583</x:v>
       </x:c>
       <x:c r="C388" s="8"/>
       <x:c r="D388" s="9" t="n">
-        <x:v>277986</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E388" s="8" t="s">
+        <x:v>1582</x:v>
+      </x:c>
+      <x:c r="F388" s="8" t="s">
+        <x:v>1583</x:v>
+      </x:c>
+      <x:c r="G388" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H388" s="8" t="s">
         <x:v>1584</x:v>
       </x:c>
-      <x:c r="F388" s="8" t="s">
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
+      <x:c r="A389" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B389" s="8" t="s">
         <x:v>1585</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1587</x:v>
       </x:c>
       <x:c r="C389" s="8"/>
       <x:c r="D389" s="9" t="n">
-        <x:v>84476</x:v>
+        <x:v>362784</x:v>
       </x:c>
       <x:c r="E389" s="8" t="s">
+        <x:v>1586</x:v>
+      </x:c>
+      <x:c r="F389" s="8" t="s">
+        <x:v>1587</x:v>
+      </x:c>
+      <x:c r="G389" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H389" s="8" t="s">
         <x:v>1588</x:v>
       </x:c>
-      <x:c r="F389" s="8" t="s">
+    </x:row>
+    <x:row ht="712.9375" customHeight="1" collapsed="0">
+      <x:c r="A390" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B390" s="8" t="s">
         <x:v>1589</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1590</x:v>
       </x:c>
       <x:c r="C390" s="8"/>
       <x:c r="D390" s="9" t="n">
-        <x:v>122267</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E390" s="8" t="s">
+        <x:v>1590</x:v>
+      </x:c>
+      <x:c r="F390" s="8" t="s">
         <x:v>1591</x:v>
       </x:c>
-      <x:c r="F390" s="8" t="s">
+      <x:c r="G390" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H390" s="8" t="s">
         <x:v>1592</x:v>
       </x:c>
-      <x:c r="G390" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H390" s="8" t="s">
+    </x:row>
+    <x:row ht="655.46875" customHeight="1" collapsed="0">
+      <x:c r="A391" s="8" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B391" s="8" t="s">
         <x:v>1593</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1594</x:v>
       </x:c>
       <x:c r="C391" s="8"/>
       <x:c r="D391" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>126168</x:v>
       </x:c>
       <x:c r="E391" s="8" t="s">
+        <x:v>1594</x:v>
+      </x:c>
+      <x:c r="F391" s="8" t="s">
         <x:v>1595</x:v>
       </x:c>
-      <x:c r="F391" s="8" t="s">
+      <x:c r="G391" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H391" s="8" t="s">
         <x:v>1596</x:v>
       </x:c>
-      <x:c r="G391" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="402.46875" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="3012.75" customHeight="1" collapsed="0">
       <x:c r="A392" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B392" s="8" t="s">
-        <x:v>1598</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="C392" s="8"/>
       <x:c r="D392" s="9" t="n">
-        <x:v>362784</x:v>
+        <x:v>283195</x:v>
       </x:c>
       <x:c r="E392" s="8" t="s">
+        <x:v>1598</x:v>
+      </x:c>
+      <x:c r="F392" s="8" t="s">
         <x:v>1599</x:v>
       </x:c>
-      <x:c r="F392" s="8" t="s">
+      <x:c r="G392" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H392" s="8" t="s">
         <x:v>1600</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1601</x:v>
       </x:c>
     </x:row>
     <x:row ht="22.96875" customHeight="1" collapsed="0">
       <x:c r="A393" s="10" t="s">
+        <x:v>1601</x:v>
+      </x:c>
+      <x:c r="B393" s="10" t="s">
         <x:v>1602</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1603</x:v>
       </x:c>
       <x:c r="C393" s="10"/>
       <x:c r="D393" s="11" t="n">
         <x:v>109515543</x:v>
       </x:c>
       <x:c r="E393" s="10" t="s">
-        <x:v>1602</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="F393" s="10" t="s">
-        <x:v>1602</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="G393" s="10" t="s">
-        <x:v>1602</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="H393" s="10" t="s">
-        <x:v>1602</x:v>
+        <x:v>1601</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
@@ -15446,29 +15443,29 @@
     <x:mergeCell ref="B373:C373"/>
     <x:mergeCell ref="B374:C374"/>
     <x:mergeCell ref="B375:C375"/>
     <x:mergeCell ref="B376:C376"/>
     <x:mergeCell ref="B377:C377"/>
     <x:mergeCell ref="B378:C378"/>
     <x:mergeCell ref="B379:C379"/>
     <x:mergeCell ref="B380:C380"/>
     <x:mergeCell ref="B381:C381"/>
     <x:mergeCell ref="B382:C382"/>
     <x:mergeCell ref="B383:C383"/>
     <x:mergeCell ref="B384:C384"/>
     <x:mergeCell ref="B385:C385"/>
     <x:mergeCell ref="B386:C386"/>
     <x:mergeCell ref="B387:C387"/>
     <x:mergeCell ref="B388:C388"/>
     <x:mergeCell ref="B389:C389"/>
     <x:mergeCell ref="B390:C390"/>
     <x:mergeCell ref="B391:C391"/>
     <x:mergeCell ref="B392:C392"/>
     <x:mergeCell ref="B393:C393"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 4, 2026 12:18 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 3, 2026 9:32 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>