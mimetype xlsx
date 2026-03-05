--- v5 (2026-03-04)
+++ v6 (2026-03-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361eca72ba9f48b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c0141f66db0448b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2690f9a598464b23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re9db3d2c6e6d407e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1603">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 SB 1383 Local Assistance Grant Program (OWR4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -5641,51 +5641,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0585cb4b61c04d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2690f9a598464b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0b2d9a201c0a4c63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re05355bca0194d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re9db3d2c6e6d407e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rff0b9a58a57d4da5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -15443,29 +15443,29 @@
     <x:mergeCell ref="B373:C373"/>
     <x:mergeCell ref="B374:C374"/>
     <x:mergeCell ref="B375:C375"/>
     <x:mergeCell ref="B376:C376"/>
     <x:mergeCell ref="B377:C377"/>
     <x:mergeCell ref="B378:C378"/>
     <x:mergeCell ref="B379:C379"/>
     <x:mergeCell ref="B380:C380"/>
     <x:mergeCell ref="B381:C381"/>
     <x:mergeCell ref="B382:C382"/>
     <x:mergeCell ref="B383:C383"/>
     <x:mergeCell ref="B384:C384"/>
     <x:mergeCell ref="B385:C385"/>
     <x:mergeCell ref="B386:C386"/>
     <x:mergeCell ref="B387:C387"/>
     <x:mergeCell ref="B388:C388"/>
     <x:mergeCell ref="B389:C389"/>
     <x:mergeCell ref="B390:C390"/>
     <x:mergeCell ref="B391:C391"/>
     <x:mergeCell ref="B392:C392"/>
     <x:mergeCell ref="B393:C393"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 3, 2026 9:32 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 5:05 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>