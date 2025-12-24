--- v0 (2025-12-24)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f14b9c04e64f7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf088c741aed94608" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc9987fec6d2f4b54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra8fb8b8e9b1f4081"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Community Composting for Green Spaces (CCG3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -330,51 +330,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e2c5d8bc3e9415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc9987fec6d2f4b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R73685e1975824da2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6a254b2528840bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra8fb8b8e9b1f4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf3acc8f25ba04e16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -657,29 +657,29 @@
         <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:55 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>