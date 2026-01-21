--- v1 (2025-12-24)
+++ v2 (2026-01-21)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf088c741aed94608" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f8828b533604e27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra8fb8b8e9b1f4081"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2591e0764f7f4c7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Community Composting for Green Spaces (CCG3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -330,51 +330,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6a254b2528840bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra8fb8b8e9b1f4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf3acc8f25ba04e16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21f1b4c1f6244310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2591e0764f7f4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfafbfd8e43ae4f3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -657,29 +657,29 @@
         <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:55 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 20, 2026 10:07 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>