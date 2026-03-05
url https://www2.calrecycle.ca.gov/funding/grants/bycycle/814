--- v2 (2026-01-21)
+++ v3 (2026-03-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f8828b533604e27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9512ebaaadb34694" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2591e0764f7f4c7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0336e1d908084455"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Community Composting for Green Spaces (CCG3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -64,138 +64,138 @@
   <x:si>
     <x:t>7073544793</x:t>
   </x:si>
   <x:si>
     <x:t>Shaina Meiners</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sherwood Valley Rancheria proposes implementation of vermicomposting at Westside Community Garden, which will produce a high-quality soil amendment for their on-site community garden and native plant nursery. This project will divert spoiled food from the Tribe’s food distribution program, the Tribe’s Elder Lunch Program, and vegetation from the Tribe’s Maintenance Department. This project will fund composting equipment, a rainwater catchment system to make water available for composting, electric cargo bikes and other costs for transporting feedstock and compost, tree planting and maintenance, office and safety items, and one part-time position. </x:t>
   </x:si>
   <x:si>
     <x:t>Humboldt            </x:t>
   </x:si>
   <x:si>
     <x:t>Blue Lake Rancheria Tribe</x:t>
   </x:si>
   <x:si>
     <x:t> William Matsubu</x:t>
   </x:si>
   <x:si>
     <x:t>7076685101</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Blue Lake Rancheria Tribe proposes enhancement and expansion of the community composting program at Daluviwi’ Community Garden. The current program utilizes food scraps and green waste diverted from several tribal departments and the Tribe’s casino to grow fresh, local produce that feeds 100 households monthly. This project will fund one full-time position and one part-time position, purchase of supplementary feedstock material to promote compost health, collection containers, and fuel for the Tribe’s tractor used in making compost.</x:t>
   </x:si>
   <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wukchumni Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yaynicut Franco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597313793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vandhana Dharan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Wukchumni Tribe proposes implementation of the K'aatru Composting Project at the Wukchumni Farms, which will produce a high-quality soil amendment for onsite use, as well as for Tribal members’ home gardens. The project will divert green waste from community gardens and food scraps via community drop off sites. This project will fund composting and vermicomposting building materials, tools and equipment, educational materials, costs for transportation of feedstock and compost, and two part-time positions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viejas Band of Kumeyaay Indians</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ray Teran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6196592312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Viejas Band of Kumeyaay Indians proposes enhancement and expansion of their community composting operations by constructing an aerated static pile (ASP) composting system to replace the current manually turned compost system. The current composting operations divert food waste from the Tribe’s casino and resort and vegetation waste from landscaping projects. The project will make a high-quality soil amendment available for community gardens, Tribal members, and for landscaping projects around the Viejas reservation. This project will fund a contractor to build an ASP system.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shingle Springs Band of Miwok Indians</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Darin Koupal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306830120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Shingle Springs Band of Miwok Indians proposes improvement and enhancement of their community composting program by implementing vermicomposting to produce a high-quality soil amendment for the Tribe’s community garden using food waste from several departmental waste streams and green waste from the landscaping crew. The finished compost will be used in the community garden to grow vegetables and traditional plants for members of the tribal community. This project will fund a vermicomposting system and equipment, educational signage, training, a compost tea maker, and a trailer for moving feedstock and compost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad Rancheria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ron Sundburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7078252731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad Rancheria proposes activities to enhance and supplement their planned composting program, which will provide a high-quality soil amendment for community gardens and community members, created with waste diverted from tribal departments, the community, and Trinidad Pier. This project will fund materials for compost monitoring, tree planting and maintenance, composting education signage, reusable food service ware for zero-waste events to reduce contamination of composting processes, and supplement three part-time positions. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habematolel Pomo of Upper Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tad Williams</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7079006979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Habematolel Pomo of Upper Lake propose improvement and expansion of their community composting program through increasing feedstock collection and composting activities. This project will divert waste from tribal offices, businesses, and households to create a high-quality soil amendment for tribal members and the Upper Lake High School Agricultural Department. This project will fund feedstock collection containers, tree planting and maintenance, composting and vermicomposting equipment, and four part-time positions.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Inyo                </x:t>
   </x:si>
   <x:si>
     <x:t>Bishop Paiute Tribe</x:t>
   </x:si>
   <x:si>
-    <x:t> Milo Vella</x:t>
+    <x:t> Eduah Schwenk</x:t>
   </x:si>
   <x:si>
     <x:t>7608733584</x:t>
   </x:si>
   <x:si>
-    <x:t>Vandhana Dharan</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Bishop Paiute Tribe proposes implementation of community-scale composting at the Tribe's Cultural Center Garden and Elders Center Garden, which will produce a high-quality soil amendment for the Tribe’s Food Sovereignty Program. The project will divert food scraps from several departmental waste streams including the Wanaaha Casino. This project will fund composting equipment, educational materials, tree planting and maintenance, cargo bikes for feedstock and compost transport, and one part-time position.</x:t>
-  </x:si>
-[...70 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Habematolel Pomo of Upper Lake propose improvement and expansion of their community composting program through increasing feedstock collection and composting activities. This project will divert waste from tribal offices, businesses, and households to create a high-quality soil amendment for tribal members and the Upper Lake High School Agricultural Department. This project will fund feedstock collection containers, tree planting and maintenance, composting and vermicomposting equipment, and four part-time positions.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 8</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -330,51 +330,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21f1b4c1f6244310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2591e0764f7f4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfafbfd8e43ae4f3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f6c2787a8694076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0336e1d908084455" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6be5ed5d331d4d33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -470,216 +470,216 @@
     </x:row>
     <x:row ht="574.95123291015625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>99749</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
+    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+    <x:row ht="632.4378662109375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>38556</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
+    <x:row ht="655.455078125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>38556</x:v>
+        <x:v>52092</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
-    <x:row ht="655.455322265625" customHeight="1" collapsed="0">
+    <x:row ht="494.447021484375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>52092</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="551.96240234375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>29410</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="551.9619140625" customHeight="1" collapsed="0">
+    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>29410</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>559807</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 20, 2026 10:07 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 5:04 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>