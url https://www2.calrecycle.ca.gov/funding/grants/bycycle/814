--- v3 (2026-03-05)
+++ v4 (2026-03-09)
@@ -1,201 +1,201 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9512ebaaadb34694" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R605af753f1ac4a74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0336e1d908084455"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0022206395434133"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Community Composting for Green Spaces (CCG3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad Rancheria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ron Sundburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7078252731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad Rancheria proposes activities to enhance and supplement their planned composting program, which will provide a high-quality soil amendment for community gardens and community members, created with waste diverted from tribal departments, the community, and Trinidad Pier. This project will fund materials for compost monitoring, tree planting and maintenance, composting education signage, reusable food service ware for zero-waste events to reduce contamination of composting processes, and supplement three part-time positions. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habematolel Pomo of Upper Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tad Williams</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7079006979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Habematolel Pomo of Upper Lake propose improvement and expansion of their community composting program through increasing feedstock collection and composting activities. This project will divert waste from tribal offices, businesses, and households to create a high-quality soil amendment for tribal members and the Upper Lake High School Agricultural Department. This project will fund feedstock collection containers, tree planting and maintenance, composting and vermicomposting equipment, and four part-time positions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Lake Rancheria Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> William Matsubu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076685101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Blue Lake Rancheria Tribe proposes enhancement and expansion of the community composting program at Daluviwi’ Community Garden. The current program utilizes food scraps and green waste diverted from several tribal departments and the Tribe’s casino to grow fresh, local produce that feeds 100 households monthly. This project will fund one full-time position and one part-time position, purchase of supplementary feedstock material to promote compost health, collection containers, and fuel for the Tribe’s tractor used in making compost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shingle Springs Band of Miwok Indians</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Darin Koupal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306830120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vandhana Dharan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Shingle Springs Band of Miwok Indians proposes improvement and enhancement of their community composting program by implementing vermicomposting to produce a high-quality soil amendment for the Tribe’s community garden using food waste from several departmental waste streams and green waste from the landscaping crew. The finished compost will be used in the community garden to grow vegetables and traditional plants for members of the tribal community. This project will fund a vermicomposting system and equipment, educational signage, training, a compost tea maker, and a trailer for moving feedstock and compost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bishop Paiute Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eduah Schwenk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608733584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Bishop Paiute Tribe proposes implementation of community-scale composting at the Tribe's Cultural Center Garden and Elders Center Garden, which will produce a high-quality soil amendment for the Tribe’s Food Sovereignty Program. The project will divert food scraps from several departmental waste streams including the Wanaaha Casino. This project will fund composting equipment, educational materials, tree planting and maintenance, cargo bikes for feedstock and compost transport, and one part-time position.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mendocino           </x:t>
   </x:si>
   <x:si>
     <x:t>Sherwood Valley Rancheria</x:t>
   </x:si>
   <x:si>
     <x:t> Anna FarPorte</x:t>
   </x:si>
   <x:si>
     <x:t>7073544793</x:t>
   </x:si>
   <x:si>
-    <x:t>Shaina Meiners</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sherwood Valley Rancheria proposes implementation of vermicomposting at Westside Community Garden, which will produce a high-quality soil amendment for their on-site community garden and native plant nursery. This project will divert spoiled food from the Tribe’s food distribution program, the Tribe’s Elder Lunch Program, and vegetation from the Tribe’s Maintenance Department. This project will fund composting equipment, a rainwater catchment system to make water available for composting, electric cargo bikes and other costs for transporting feedstock and compost, tree planting and maintenance, office and safety items, and one part-time position. </x:t>
   </x:si>
   <x:si>
-    <x:t>Humboldt            </x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Wukchumni Tribe</x:t>
   </x:si>
   <x:si>
     <x:t> Yaynicut Franco</x:t>
   </x:si>
   <x:si>
     <x:t>5597313793</x:t>
   </x:si>
   <x:si>
-    <x:t>Vandhana Dharan</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Wukchumni Tribe proposes implementation of the K'aatru Composting Project at the Wukchumni Farms, which will produce a high-quality soil amendment for onsite use, as well as for Tribal members’ home gardens. The project will divert green waste from community gardens and food scraps via community drop off sites. This project will fund composting and vermicomposting building materials, tools and equipment, educational materials, costs for transportation of feedstock and compost, and two part-time positions.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>Viejas Band of Kumeyaay Indians</x:t>
   </x:si>
   <x:si>
     <x:t> Ray Teran</x:t>
   </x:si>
   <x:si>
     <x:t>6196592312</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Viejas Band of Kumeyaay Indians proposes enhancement and expansion of their community composting operations by constructing an aerated static pile (ASP) composting system to replace the current manually turned compost system. The current composting operations divert food waste from the Tribe’s casino and resort and vegetation waste from landscaping projects. The project will make a high-quality soil amendment available for community gardens, Tribal members, and for landscaping projects around the Viejas reservation. This project will fund a contractor to build an ASP system.</x:t>
-  </x:si>
-[...55 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Bishop Paiute Tribe proposes implementation of community-scale composting at the Tribe's Cultural Center Garden and Elders Center Garden, which will produce a high-quality soil amendment for the Tribe’s Food Sovereignty Program. The project will divert food scraps from several departmental waste streams including the Wanaaha Casino. This project will fund composting equipment, educational materials, tree planting and maintenance, cargo bikes for feedstock and compost transport, and one part-time position.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 8</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -330,51 +330,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f6c2787a8694076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0336e1d908084455" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6be5ed5d331d4d33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0038a5fca1e6480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0022206395434133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra57c1003bc274561" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,264 +422,264 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="666.9354248046875" customHeight="1" collapsed="0">
+    <x:row ht="494.44720458984375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="574.95123291015625" customHeight="1" collapsed="0">
+    <x:row ht="551.9622802734375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>99749</x:v>
+        <x:v>29410</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>99749</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+    </x:row>
+    <x:row ht="655.455078125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>38556</x:v>
+        <x:v>52092</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="528.945068359375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>52092</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="666.935302734375" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
-    <x:row ht="551.96240234375" customHeight="1" collapsed="0">
+    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>29410</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
+    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>38556</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>559807</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 5:04 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:19 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>