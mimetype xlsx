--- v0 (2025-12-08)
+++ v1 (2025-12-16)
@@ -1,176 +1,176 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b2c6968713b431c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfef7e43c79c4ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf0cd0646d6924ed6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R84f28ccc6636488b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR82)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Trinity             </x:t>
-[...8 lines deleted...]
-    <x:t>5306231326</x:t>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mitchell Medeiros</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2092220390</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>2092220390</x:t>
   </x:si>
   <x:si>
     <x:t>llegal dumping is a pervasive problem in the state of California and Stanislaus County is not immune from this issue.  Rural in nature, farms and ranches dot the landscape of Stanislaus County and are frequently the prime targets for illegal dumping   Oftentimes, farmers wake up to debris and waste left by the public thinking that the farmer will remove these illegal eyesores.  The majority of dumpsites are located in the right-of-way of public roads adjacent to farms and ranches which offer the easiest access for illegal dumping.  Farmers lack the manpower, time and economical means to keep up with the cleanup of the illegal dumpsites which exacerbate the issues and contact the County for assistance.  The County clean-up crews are tasked with removing the illegal dumpsites and disposal of illegal dumpsite materials which incur a cost that is a burden by the County.
 The Farm and Ranch Solid Waste Clean-up and Abatement Grant program would allow Stanislaus County to administer a comprehensive illegal dumping cleanup program in agricultural zone areas. The Department of Environmental Resources is seeking funding for the labor, equipment, and material costs that County staff incur from the cleanup of illegal dumpsites located on the right-of-way of public roads adjacent to agriculturally zoned parcels.  The FR funds will also be used for the disposal fees of the illegal dumpsite materials from clean-up activities.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>The Yuba Resource Conservation District plans to remove waste from two privately-owned sites in Yuba County. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Marissa Juhler</x:t>
   </x:si>
   <x:si>
     <x:t>5306668813</x:t>
   </x:si>
   <x:si>
     <x:t>Yolo County is requesting funds to clean up four sites in the Tule Canal area along County Road 22 in unincorporated Woodland, and install surveillance cameras to provide ongoing monitoring to capture video of violators, enabling enforcement to take place. With a recent grant, Yolo County saw great success at the Babel Slough Road project in Clarksburg and would like to replicate this success. Cleanup services, conducted by Sacramento Regional Conservation Corps, will include disposal and recycling, and will partially be covered through in-kind contribution from Yolo County. 
 The agricultural sites along this corridor is of particular concern as it is near the Elkhorn and Tule Canal fishing access areas, which means illegal dumping leads to the pollution of the water. When there are heavy rains, water from the Delta watershed is released and floods the area. Garbage is pushed into the Delta and additionally can pollute the adjacent rice farm fields. All garbage that has not been removed washes downstream. 
 Yolo County has conducted one major cleanup of the area in the past year.  Additionally the Yolo County Roads Division occasionally picks up large abandoned items and Yolo County Integrated Waste Management Division is called out if hazardous waste is reported.  Due to limited staffing and funds the site does not get cleaned up regularly and is only compliant driven for cleanup action to occur.  In February 2024, Yolo County executed a multi-day cleanup effort to restore the Tule Canal area along County Road 22, from litter and illegal waste dumping. The cleanup effort yielded impressive results, with more than 3,900 pounds of waste collected. Among the waste were 29 tires, 4 televisions, a mattress, and 165 pounds of hazardous materials, including paint, fluorescent bulbs, and motor oil.
 Illegal dumping is an ongoing problem of great concern in Yolo County. A new concern is the dumping of wet asphalt. It is suspected that an asphalt company is doing this which is now more concerning since we have traditionally seen residential type dumping in this area and now are seeing business waste.
 As a member of the Northern California Illegal Dumping Taskforce, cleanup efforts are only temporary solutions. To mitigate illegal dumping, Yolo County offers free dumping of many materials at the county landfill including asphalt, mattresses, paint, e-waste, and scrap metal. Abatement via surveillance can be effective in keeping the area clean and dramatically reducing water pollution.</x:t>
   </x:si>
   <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dj Baker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303296207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Yuba Resource Conservation District plans to remove waste from two privately-owned sites in Yuba County. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Linda Rioux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308443364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sutter Resource Conservation District plans to remove waste from nine privately owned sites in Sutter County. The waste was illegally dumped onto parcels, main roads, between tree lines, in barns, a local community walking path, and it was beginning to roll over into waterways. Property owners conduct monthly cleanups but can no longer keep up with the increase in dumping. Illegally dumped waste includes but is not limited to common trash, appliances, furniture, mattresses, household waste, and metal. Sutter County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Diane Rader</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306231326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Trinity County experienced an explosion of both new, legal cannabis business owners, as well as a massive influx of illegal cannabis operations on both public and private lands. The illicit cannabis operations have left fertilizers, pesticides, plastic, greenhouses, soil, and household trash behind, contributing to severe and often detrimental ecological impacts. As one of the only organizations in Trinity County with the capacity and willingness to help, the WRTC has been approached by local landowners to assist in the cleanup and remediation of illicit cannabis operation refuse and infrastructure on private lands.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Shasta              </x:t>
   </x:si>
   <x:si>
     <x:t>Shasta County</x:t>
   </x:si>
   <x:si>
     <x:t> Annie Ernst</x:t>
   </x:si>
   <x:si>
     <x:t>5302255761</x:t>
   </x:si>
   <x:si>
     <x:t>Through its Department of Resource Management, Shasta County plans to use grant funds to remove illegally dumped solid waste from up to six privately owned properties within unincorporated Shasta County during the grant activity period fiscal years 2024-25 and 2025-26. These properties have received documented complaints from neighbors, law enforcement, and/or fire personnel. The illegally dumped waste on these properties, including appliances, furniture, tires, and common trash, poses a significant hazard to public health, safety, and the environment. If not remediated, it may attract homeless encampments or further dumping.</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>The Sutter Resource Conservation District plans to remove waste from nine privately owned sites in Sutter County. The waste was illegally dumped onto parcels, main roads, between tree lines, in barns, a local community walking path, and it was beginning to roll over into waterways. Property owners conduct monthly cleanups but can no longer keep up with the increase in dumping. Illegally dumped waste includes but is not limited to common trash, appliances, furniture, mattresses, household waste, and metal. Sutter County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -305,51 +305,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68cc90c8773f48e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf0cd0646d6924ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R821841f2486a4a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff498fd40ec9418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R84f28ccc6636488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4dca300721ca4348" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -397,214 +397,214 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.43780517578125" customHeight="1" collapsed="0">
+    <x:row ht="1241.886474609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>189243</x:v>
+        <x:v>139194</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1241.8865966796875" customHeight="1" collapsed="0">
+    <x:row ht="2207.820556640625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>139194</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.9449462890625" customHeight="1" collapsed="0">
+    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>44465</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2207.8203125" customHeight="1" collapsed="0">
+    <x:row ht="609.448974609375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>108969</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>189243</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>108969</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B12" s="10" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="10"/>
       <x:c r="D12" s="11" t="n">
         <x:v>731871</x:v>
       </x:c>
       <x:c r="E12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 5:20 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 7:51 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>