--- v1 (2025-12-16)
+++ v2 (2025-12-24)
@@ -1,176 +1,176 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfef7e43c79c4ba7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba91587343f74098" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R84f28ccc6636488b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R490a95596be544f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR82)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Trinity             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Diane Rader</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306231326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Trinity County experienced an explosion of both new, legal cannabis business owners, as well as a massive influx of illegal cannabis operations on both public and private lands. The illicit cannabis operations have left fertilizers, pesticides, plastic, greenhouses, soil, and household trash behind, contributing to severe and often detrimental ecological impacts. As one of the only organizations in Trinity County with the capacity and willingness to help, the WRTC has been approached by local landowners to assist in the cleanup and remediation of illicit cannabis operation refuse and infrastructure on private lands.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Mitchell Medeiros</x:t>
   </x:si>
   <x:si>
     <x:t>2092220390</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
     <x:t>llegal dumping is a pervasive problem in the state of California and Stanislaus County is not immune from this issue.  Rural in nature, farms and ranches dot the landscape of Stanislaus County and are frequently the prime targets for illegal dumping   Oftentimes, farmers wake up to debris and waste left by the public thinking that the farmer will remove these illegal eyesores.  The majority of dumpsites are located in the right-of-way of public roads adjacent to farms and ranches which offer the easiest access for illegal dumping.  Farmers lack the manpower, time and economical means to keep up with the cleanup of the illegal dumpsites which exacerbate the issues and contact the County for assistance.  The County clean-up crews are tasked with removing the illegal dumpsites and disposal of illegal dumpsite materials which incur a cost that is a burden by the County.
 The Farm and Ranch Solid Waste Clean-up and Abatement Grant program would allow Stanislaus County to administer a comprehensive illegal dumping cleanup program in agricultural zone areas. The Department of Environmental Resources is seeking funding for the labor, equipment, and material costs that County staff incur from the cleanup of illegal dumpsites located on the right-of-way of public roads adjacent to agriculturally zoned parcels.  The FR funds will also be used for the disposal fees of the illegal dumpsite materials from clean-up activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dj Baker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303296207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Yuba Resource Conservation District plans to remove waste from two privately-owned sites in Yuba County. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Marissa Juhler</x:t>
   </x:si>
   <x:si>
     <x:t>5306668813</x:t>
   </x:si>
   <x:si>
     <x:t>Yolo County is requesting funds to clean up four sites in the Tule Canal area along County Road 22 in unincorporated Woodland, and install surveillance cameras to provide ongoing monitoring to capture video of violators, enabling enforcement to take place. With a recent grant, Yolo County saw great success at the Babel Slough Road project in Clarksburg and would like to replicate this success. Cleanup services, conducted by Sacramento Regional Conservation Corps, will include disposal and recycling, and will partially be covered through in-kind contribution from Yolo County. 
 The agricultural sites along this corridor is of particular concern as it is near the Elkhorn and Tule Canal fishing access areas, which means illegal dumping leads to the pollution of the water. When there are heavy rains, water from the Delta watershed is released and floods the area. Garbage is pushed into the Delta and additionally can pollute the adjacent rice farm fields. All garbage that has not been removed washes downstream. 
 Yolo County has conducted one major cleanup of the area in the past year.  Additionally the Yolo County Roads Division occasionally picks up large abandoned items and Yolo County Integrated Waste Management Division is called out if hazardous waste is reported.  Due to limited staffing and funds the site does not get cleaned up regularly and is only compliant driven for cleanup action to occur.  In February 2024, Yolo County executed a multi-day cleanup effort to restore the Tule Canal area along County Road 22, from litter and illegal waste dumping. The cleanup effort yielded impressive results, with more than 3,900 pounds of waste collected. Among the waste were 29 tires, 4 televisions, a mattress, and 165 pounds of hazardous materials, including paint, fluorescent bulbs, and motor oil.
 Illegal dumping is an ongoing problem of great concern in Yolo County. A new concern is the dumping of wet asphalt. It is suspected that an asphalt company is doing this which is now more concerning since we have traditionally seen residential type dumping in this area and now are seeing business waste.
 As a member of the Northern California Illegal Dumping Taskforce, cleanup efforts are only temporary solutions. To mitigate illegal dumping, Yolo County offers free dumping of many materials at the county landfill including asphalt, mattresses, paint, e-waste, and scrap metal. Abatement via surveillance can be effective in keeping the area clean and dramatically reducing water pollution.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sutter              </x:t>
-[...14 lines deleted...]
-    <x:t>The Yuba Resource Conservation District plans to remove waste from two privately-owned sites in Yuba County. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Annie Ernst</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Through its Department of Resource Management, Shasta County plans to use grant funds to remove illegally dumped solid waste from up to six privately owned properties within unincorporated Shasta County during the grant activity period fiscal years 2024-25 and 2025-26. These properties have received documented complaints from neighbors, law enforcement, and/or fire personnel. The illegally dumped waste on these properties, including appliances, furniture, tires, and common trash, poses a significant hazard to public health, safety, and the environment. If not remediated, it may attract homeless encampments or further dumping.</x:t>
   </x:si>
   <x:si>
     <x:t>Sutter County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Linda Rioux</x:t>
   </x:si>
   <x:si>
     <x:t>5308443364</x:t>
   </x:si>
   <x:si>
     <x:t>The Sutter Resource Conservation District plans to remove waste from nine privately owned sites in Sutter County. The waste was illegally dumped onto parcels, main roads, between tree lines, in barns, a local community walking path, and it was beginning to roll over into waterways. Property owners conduct monthly cleanups but can no longer keep up with the increase in dumping. Illegally dumped waste includes but is not limited to common trash, appliances, furniture, mattresses, household waste, and metal. Sutter County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>Through its Department of Resource Management, Shasta County plans to use grant funds to remove illegally dumped solid waste from up to six privately owned properties within unincorporated Shasta County during the grant activity period fiscal years 2024-25 and 2025-26. These properties have received documented complaints from neighbors, law enforcement, and/or fire personnel. The illegally dumped waste on these properties, including appliances, furniture, tires, and common trash, poses a significant hazard to public health, safety, and the environment. If not remediated, it may attract homeless encampments or further dumping.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -305,51 +305,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff498fd40ec9418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R84f28ccc6636488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4dca300721ca4348" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4689c1b8422549c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R490a95596be544f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1e5a1878ce2e4999" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -397,214 +397,214 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1241.886474609375" customHeight="1" collapsed="0">
+    <x:row ht="632.43780517578125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>139194</x:v>
+        <x:v>189243</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2207.820556640625" customHeight="1" collapsed="0">
+    <x:row ht="1241.8865966796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>139194</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
+    <x:row ht="528.9449462890625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>44465</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.448974609375" customHeight="1" collapsed="0">
+    <x:row ht="2207.8203125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>108969</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4375" customHeight="1" collapsed="0">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>189243</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>108969</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B12" s="10" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="10"/>
       <x:c r="D12" s="11" t="n">
         <x:v>731871</x:v>
       </x:c>
       <x:c r="E12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 7:51 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:30 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>