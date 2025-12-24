--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba91587343f74098" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5d45a0685804322" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R490a95596be544f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6d0bcb2455f848d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR82)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -305,51 +305,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4689c1b8422549c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R490a95596be544f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1e5a1878ce2e4999" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d1342a876664e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6d0bcb2455f848d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7cceb33f79914529" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -582,29 +582,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:30 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:20 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>