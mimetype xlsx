--- v3 (2025-12-24)
+++ v4 (2026-01-15)
@@ -1,176 +1,176 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5d45a0685804322" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3a03d9787b1485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6d0bcb2455f848d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8765edfa3e03416a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR82)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Trinity             </x:t>
-[...8 lines deleted...]
-    <x:t>5306231326</x:t>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mitchell Medeiros</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2092220390</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>2092220390</x:t>
   </x:si>
   <x:si>
     <x:t>llegal dumping is a pervasive problem in the state of California and Stanislaus County is not immune from this issue.  Rural in nature, farms and ranches dot the landscape of Stanislaus County and are frequently the prime targets for illegal dumping   Oftentimes, farmers wake up to debris and waste left by the public thinking that the farmer will remove these illegal eyesores.  The majority of dumpsites are located in the right-of-way of public roads adjacent to farms and ranches which offer the easiest access for illegal dumping.  Farmers lack the manpower, time and economical means to keep up with the cleanup of the illegal dumpsites which exacerbate the issues and contact the County for assistance.  The County clean-up crews are tasked with removing the illegal dumpsites and disposal of illegal dumpsite materials which incur a cost that is a burden by the County.
 The Farm and Ranch Solid Waste Clean-up and Abatement Grant program would allow Stanislaus County to administer a comprehensive illegal dumping cleanup program in agricultural zone areas. The Department of Environmental Resources is seeking funding for the labor, equipment, and material costs that County staff incur from the cleanup of illegal dumpsites located on the right-of-way of public roads adjacent to agriculturally zoned parcels.  The FR funds will also be used for the disposal fees of the illegal dumpsite materials from clean-up activities.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>The Yuba Resource Conservation District plans to remove waste from two privately-owned sites in Yuba County. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Marissa Juhler</x:t>
   </x:si>
   <x:si>
     <x:t>5306668813</x:t>
   </x:si>
   <x:si>
     <x:t>Yolo County is requesting funds to clean up four sites in the Tule Canal area along County Road 22 in unincorporated Woodland, and install surveillance cameras to provide ongoing monitoring to capture video of violators, enabling enforcement to take place. With a recent grant, Yolo County saw great success at the Babel Slough Road project in Clarksburg and would like to replicate this success. Cleanup services, conducted by Sacramento Regional Conservation Corps, will include disposal and recycling, and will partially be covered through in-kind contribution from Yolo County. 
 The agricultural sites along this corridor is of particular concern as it is near the Elkhorn and Tule Canal fishing access areas, which means illegal dumping leads to the pollution of the water. When there are heavy rains, water from the Delta watershed is released and floods the area. Garbage is pushed into the Delta and additionally can pollute the adjacent rice farm fields. All garbage that has not been removed washes downstream. 
 Yolo County has conducted one major cleanup of the area in the past year.  Additionally the Yolo County Roads Division occasionally picks up large abandoned items and Yolo County Integrated Waste Management Division is called out if hazardous waste is reported.  Due to limited staffing and funds the site does not get cleaned up regularly and is only compliant driven for cleanup action to occur.  In February 2024, Yolo County executed a multi-day cleanup effort to restore the Tule Canal area along County Road 22, from litter and illegal waste dumping. The cleanup effort yielded impressive results, with more than 3,900 pounds of waste collected. Among the waste were 29 tires, 4 televisions, a mattress, and 165 pounds of hazardous materials, including paint, fluorescent bulbs, and motor oil.
 Illegal dumping is an ongoing problem of great concern in Yolo County. A new concern is the dumping of wet asphalt. It is suspected that an asphalt company is doing this which is now more concerning since we have traditionally seen residential type dumping in this area and now are seeing business waste.
 As a member of the Northern California Illegal Dumping Taskforce, cleanup efforts are only temporary solutions. To mitigate illegal dumping, Yolo County offers free dumping of many materials at the county landfill including asphalt, mattresses, paint, e-waste, and scrap metal. Abatement via surveillance can be effective in keeping the area clean and dramatically reducing water pollution.</x:t>
   </x:si>
   <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dj Baker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303296207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Yuba Resource Conservation District plans to remove waste from two privately-owned sites in Yuba County. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Linda Rioux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308443364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sutter Resource Conservation District plans to remove waste from nine privately owned sites in Sutter County. The waste was illegally dumped onto parcels, main roads, between tree lines, in barns, a local community walking path, and it was beginning to roll over into waterways. Property owners conduct monthly cleanups but can no longer keep up with the increase in dumping. Illegally dumped waste includes but is not limited to common trash, appliances, furniture, mattresses, household waste, and metal. Sutter County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Diane Rader</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306231326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Trinity County experienced an explosion of both new, legal cannabis business owners, as well as a massive influx of illegal cannabis operations on both public and private lands. The illicit cannabis operations have left fertilizers, pesticides, plastic, greenhouses, soil, and household trash behind, contributing to severe and often detrimental ecological impacts. As one of the only organizations in Trinity County with the capacity and willingness to help, the WRTC has been approached by local landowners to assist in the cleanup and remediation of illicit cannabis operation refuse and infrastructure on private lands.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Shasta              </x:t>
   </x:si>
   <x:si>
     <x:t>Shasta County</x:t>
   </x:si>
   <x:si>
     <x:t> Annie Ernst</x:t>
   </x:si>
   <x:si>
     <x:t>5302255761</x:t>
   </x:si>
   <x:si>
     <x:t>Through its Department of Resource Management, Shasta County plans to use grant funds to remove illegally dumped solid waste from up to six privately owned properties within unincorporated Shasta County during the grant activity period fiscal years 2024-25 and 2025-26. These properties have received documented complaints from neighbors, law enforcement, and/or fire personnel. The illegally dumped waste on these properties, including appliances, furniture, tires, and common trash, poses a significant hazard to public health, safety, and the environment. If not remediated, it may attract homeless encampments or further dumping.</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>The Sutter Resource Conservation District plans to remove waste from nine privately owned sites in Sutter County. The waste was illegally dumped onto parcels, main roads, between tree lines, in barns, a local community walking path, and it was beginning to roll over into waterways. Property owners conduct monthly cleanups but can no longer keep up with the increase in dumping. Illegally dumped waste includes but is not limited to common trash, appliances, furniture, mattresses, household waste, and metal. Sutter County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -305,51 +305,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d1342a876664e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6d0bcb2455f848d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7cceb33f79914529" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rede86f4c5e2f4ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8765edfa3e03416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7103df02975e4ac4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -397,214 +397,214 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.43780517578125" customHeight="1" collapsed="0">
+    <x:row ht="1241.886474609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>189243</x:v>
+        <x:v>139194</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1241.8865966796875" customHeight="1" collapsed="0">
+    <x:row ht="2207.820556640625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>139194</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.9449462890625" customHeight="1" collapsed="0">
+    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>44465</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2207.8203125" customHeight="1" collapsed="0">
+    <x:row ht="609.448974609375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>108969</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>189243</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>108969</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B12" s="10" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="10"/>
       <x:c r="D12" s="11" t="n">
         <x:v>731871</x:v>
       </x:c>
       <x:c r="E12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:20 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 15, 2026 8:59 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>