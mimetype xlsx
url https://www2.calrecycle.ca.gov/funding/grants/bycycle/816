--- v4 (2026-01-15)
+++ v5 (2026-02-27)
@@ -1,176 +1,176 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3a03d9787b1485a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4d4749e1b394ce0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8765edfa3e03416a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R658376070b844a40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR82)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Trinity             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Diane Rader</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306231326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Trinity County experienced an explosion of both new, legal cannabis business owners, as well as a massive influx of illegal cannabis operations on both public and private lands. The illicit cannabis operations have left fertilizers, pesticides, plastic, greenhouses, soil, and household trash behind, contributing to severe and often detrimental ecological impacts. As one of the only organizations in Trinity County with the capacity and willingness to help, the WRTC has been approached by local landowners to assist in the cleanup and remediation of illicit cannabis operation refuse and infrastructure on private lands.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Mitchell Medeiros</x:t>
   </x:si>
   <x:si>
     <x:t>2092220390</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
     <x:t>llegal dumping is a pervasive problem in the state of California and Stanislaus County is not immune from this issue.  Rural in nature, farms and ranches dot the landscape of Stanislaus County and are frequently the prime targets for illegal dumping   Oftentimes, farmers wake up to debris and waste left by the public thinking that the farmer will remove these illegal eyesores.  The majority of dumpsites are located in the right-of-way of public roads adjacent to farms and ranches which offer the easiest access for illegal dumping.  Farmers lack the manpower, time and economical means to keep up with the cleanup of the illegal dumpsites which exacerbate the issues and contact the County for assistance.  The County clean-up crews are tasked with removing the illegal dumpsites and disposal of illegal dumpsite materials which incur a cost that is a burden by the County.
 The Farm and Ranch Solid Waste Clean-up and Abatement Grant program would allow Stanislaus County to administer a comprehensive illegal dumping cleanup program in agricultural zone areas. The Department of Environmental Resources is seeking funding for the labor, equipment, and material costs that County staff incur from the cleanup of illegal dumpsites located on the right-of-way of public roads adjacent to agriculturally zoned parcels.  The FR funds will also be used for the disposal fees of the illegal dumpsite materials from clean-up activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dj Baker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303296207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Yuba Resource Conservation District plans to remove waste from two privately-owned sites in Yuba County. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Marissa Juhler</x:t>
   </x:si>
   <x:si>
     <x:t>5306668813</x:t>
   </x:si>
   <x:si>
     <x:t>Yolo County is requesting funds to clean up four sites in the Tule Canal area along County Road 22 in unincorporated Woodland, and install surveillance cameras to provide ongoing monitoring to capture video of violators, enabling enforcement to take place. With a recent grant, Yolo County saw great success at the Babel Slough Road project in Clarksburg and would like to replicate this success. Cleanup services, conducted by Sacramento Regional Conservation Corps, will include disposal and recycling, and will partially be covered through in-kind contribution from Yolo County. 
 The agricultural sites along this corridor is of particular concern as it is near the Elkhorn and Tule Canal fishing access areas, which means illegal dumping leads to the pollution of the water. When there are heavy rains, water from the Delta watershed is released and floods the area. Garbage is pushed into the Delta and additionally can pollute the adjacent rice farm fields. All garbage that has not been removed washes downstream. 
 Yolo County has conducted one major cleanup of the area in the past year.  Additionally the Yolo County Roads Division occasionally picks up large abandoned items and Yolo County Integrated Waste Management Division is called out if hazardous waste is reported.  Due to limited staffing and funds the site does not get cleaned up regularly and is only compliant driven for cleanup action to occur.  In February 2024, Yolo County executed a multi-day cleanup effort to restore the Tule Canal area along County Road 22, from litter and illegal waste dumping. The cleanup effort yielded impressive results, with more than 3,900 pounds of waste collected. Among the waste were 29 tires, 4 televisions, a mattress, and 165 pounds of hazardous materials, including paint, fluorescent bulbs, and motor oil.
 Illegal dumping is an ongoing problem of great concern in Yolo County. A new concern is the dumping of wet asphalt. It is suspected that an asphalt company is doing this which is now more concerning since we have traditionally seen residential type dumping in this area and now are seeing business waste.
 As a member of the Northern California Illegal Dumping Taskforce, cleanup efforts are only temporary solutions. To mitigate illegal dumping, Yolo County offers free dumping of many materials at the county landfill including asphalt, mattresses, paint, e-waste, and scrap metal. Abatement via surveillance can be effective in keeping the area clean and dramatically reducing water pollution.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sutter              </x:t>
-[...14 lines deleted...]
-    <x:t>The Yuba Resource Conservation District plans to remove waste from two privately-owned sites in Yuba County. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Annie Ernst</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Through its Department of Resource Management, Shasta County plans to use grant funds to remove illegally dumped solid waste from up to six privately owned properties within unincorporated Shasta County during the grant activity period fiscal years 2024-25 and 2025-26. These properties have received documented complaints from neighbors, law enforcement, and/or fire personnel. The illegally dumped waste on these properties, including appliances, furniture, tires, and common trash, poses a significant hazard to public health, safety, and the environment. If not remediated, it may attract homeless encampments or further dumping.</x:t>
   </x:si>
   <x:si>
     <x:t>Sutter County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Linda Rioux</x:t>
   </x:si>
   <x:si>
     <x:t>5308443364</x:t>
   </x:si>
   <x:si>
     <x:t>The Sutter Resource Conservation District plans to remove waste from nine privately owned sites in Sutter County. The waste was illegally dumped onto parcels, main roads, between tree lines, in barns, a local community walking path, and it was beginning to roll over into waterways. Property owners conduct monthly cleanups but can no longer keep up with the increase in dumping. Illegally dumped waste includes but is not limited to common trash, appliances, furniture, mattresses, household waste, and metal. Sutter County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, cameras, and signs to deter future illegal dumping.</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>Through its Department of Resource Management, Shasta County plans to use grant funds to remove illegally dumped solid waste from up to six privately owned properties within unincorporated Shasta County during the grant activity period fiscal years 2024-25 and 2025-26. These properties have received documented complaints from neighbors, law enforcement, and/or fire personnel. The illegally dumped waste on these properties, including appliances, furniture, tires, and common trash, poses a significant hazard to public health, safety, and the environment. If not remediated, it may attract homeless encampments or further dumping.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -305,51 +305,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rede86f4c5e2f4ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8765edfa3e03416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7103df02975e4ac4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35dfeee1ff4245fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R658376070b844a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5ce8bc6b560642ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -397,214 +397,214 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1241.886474609375" customHeight="1" collapsed="0">
+    <x:row ht="632.43780517578125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>139194</x:v>
+        <x:v>189243</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2207.820556640625" customHeight="1" collapsed="0">
+    <x:row ht="1241.8865966796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>139194</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
+    <x:row ht="528.9449462890625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>44465</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.448974609375" customHeight="1" collapsed="0">
+    <x:row ht="2207.8203125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>108969</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4375" customHeight="1" collapsed="0">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>189243</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>108969</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B12" s="10" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="10"/>
       <x:c r="D12" s="11" t="n">
         <x:v>731871</x:v>
       </x:c>
       <x:c r="E12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 15, 2026 8:59 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 27, 2026 7:07 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>