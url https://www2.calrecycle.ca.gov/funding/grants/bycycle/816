--- v5 (2026-02-27)
+++ v6 (2026-03-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4d4749e1b394ce0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87caf67376394e8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R658376070b844a40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc47c5d52faf24c40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR82)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -305,51 +305,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35dfeee1ff4245fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R658376070b844a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5ce8bc6b560642ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb749e0881c5748ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc47c5d52faf24c40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R63484bc28c704e4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -582,29 +582,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 27, 2026 7:07 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 7:54 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>