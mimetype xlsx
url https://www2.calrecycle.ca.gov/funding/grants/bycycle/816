--- v6 (2026-03-06)
+++ v7 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87caf67376394e8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce1a1fc920c64102" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc47c5d52faf24c40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re7c02265b1b44128"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR82)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -305,51 +305,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb749e0881c5748ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc47c5d52faf24c40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R63484bc28c704e4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb3d5944c86247b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re7c02265b1b44128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf6431d685d5c409a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -582,29 +582,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 7:54 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 11:28 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>