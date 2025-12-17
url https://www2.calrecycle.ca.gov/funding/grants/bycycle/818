--- v0 (2025-12-08)
+++ v1 (2025-12-17)
@@ -1,303 +1,303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf88b4ff92a114e7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8b5dfd278ad4dfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0ea18fb324e94e2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb3c73b512c0446cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Conservation Corps SB 1013 Grant Program (LCC1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Valladares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264288673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through funding received from the Department of Resources Recycling and Recovery (CalRecycle), Conservation Corps of Long Beach will engage in beverage container litter reduction and beverage container recycling. Recycling under this funding allocation will support efforts to collect and transfer beverage containers, operate an effective recycling center, conduct outreach and provide community education about the agency's recycling capacity and activities, as well as bring the recycling infrastructure to a more functional and efficient level of operations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Fresno EOC Local Conservation Corps (FLCC) will use funding under LCC1/SB 1013 to assist increase the capacity of the Corps to advertise its services, provide public education for local schools, businesses, and at special events, and to update an aging fleet of vehicles. The Recycling Department currently has a fleet of 15 vehicle, with 10 of the 15 between 12-29 years old. FLCC will use a mix of radio advertising to help recruit for the program and educate the public on wine bottles being added to the state's CRV program. LCC will also use funding to secure special containers to avoid wine bottles breaking for redemption purposes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Skillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132107620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The LA Conservation Corps will utilize SB1013 funding to expand its Beverage Container Collection Program under RLC 38. We will increase beverage containers by 15% compared to collections in FY 22-23 via collection routes and special events as measured by DORIIS.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services by addressing the detrimental impact of litter and waste on our communities and environment. Specifically, improperly discarded beverage containers create a significant strain on landfills, pollute our waterways, and endanger both wildlife and human health. To address this critical issue, we will implement comprehensive strategies to increase beverage container recycling and transition towards a more sustainable future.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elena Olzark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159287322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant RLC #39 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires, and used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SJCC aims to use LCC1 SB 1013 funding to expand our beverage container collection, improve waste diversion at 4 schools, and establish an accredited Zero Waste Vocational Certification. To increase beverage container collection, SJCC will purchase equipment to expand our collection capacity and sorting efficiency. To improve waste diversion at schools, SJCC will install clear recycling stations and signs and educate the schools on recycling. The ZW Vocational Certification will be developed internally, reviewed by Green Education, accredited by SJSU, and 20 corpsmembers will take the course.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Arturo Perzabal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192356884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Urban Corps will collect beverage containers at businesses, large venues, and other organizations as well as provide recycling services at special events throughout San Diego County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento Regional Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kala Dean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164176746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrea Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant funds will be used to expand SRCC's existing beverage container recovery and recycling program, focusing on glass collection.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>7077585417</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Blessing Badmus</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CCNB will use the funds awarded by this grant to purchase five vehicles (Compactor Truck, 2 Box Trucks, Stakeside Truck, and Passenger van) to sustain and/or expand our bottles &amp; cans programs, projects, and events.
 CCNB will also use the funds awarded by this grant to complete at least one construction project (as described in the Work Plan) at our new facility in Santa Rosa, CA that will be directly improve our ability to sustain and/or expand our bottles and cans programs and services.</x:t>
   </x:si>
   <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequoia Community Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Guzman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597324194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant SB 1013 Grant Program eligible expenses to include recycling programs and activities related to beverage container recycling education and collection within Tulare and Kings counties.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for grant LCC SB1013 eligible expenses to include recycling programs and activities related to beverage containers.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>Southern California Mountains Foundation</x:t>
   </x:si>
   <x:si>
     <x:t> Stacy Gorin</x:t>
   </x:si>
   <x:si>
     <x:t>5305594210</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: UCCIE will collect and recycle 8,000 lbs. of beverage containers per year and participate in events in Riverside and San Bernardino Counties LCC1 24-26.  UCCIE will continue expanding beverage container recycling services at our San Bernardino and Coachella Valley facilities by increasing the number of recycling events by 20% in which we participate. UCCIE will train a minimum of 10 Corpsmembers to participate in outreach and recycling education programs at a minimum of 20 community events During LCC1 24-26.</x:t>
-  </x:si>
-[...82 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Fresno EOC Local Conservation Corps (FLCC) will use funding under LCC1/SB 1013 to assist increase the capacity of the Corps to advertise its services, provide public education for local schools, businesses, and at special events, and to update an aging fleet of vehicles. The Recycling Department currently has a fleet of 15 vehicle, with 10 of the 15 between 12-29 years old. FLCC will use a mix of radio advertising to help recruit for the program and educate the public on wine bottles being added to the state's CRV program. LCC will also use funding to secure special containers to avoid wine bottles breaking for redemption purposes.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Greater Valley Conservation Corps (GVCC) will expand RLC38 beverage container objectives by 15% by increasing beverage container recycling to clients in unserved convenience zones in San Joaquin County Amador, Calaveras, Stanislaus, and Tuolumne counties, including tribal communities, schools, and local parks, through the following activities: 
 Adding infrastructure to the GVCC beverage container recycling program, including fleet vehicles (1 4500 crew cab box truck with liftgate, 1 4500 crew cab stakeside with liftgate, 1 diesel crew cab box truck with liftgate, 1 5,000 lb. capacity forklift with rotator) and recycling bins (200 96-gallon roller bins, 10 four-yard blue roll off bins, 50 big can recyclers,  200 7-gallon desk-side bins, signage for bins and dumpsters)
 Installing an evaporator exhaust system and indoor cameras at the GVCC Stockton facility to increase productivity, reduce contamination costs and water waste, and monitor recycling materials and equipment.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238826</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Cesar Chavez Environmental Corps, FIELD's certified local Conservation Corps proposes to use funds from SB 1013 to add 13 Corpsmember trainees, 8 Crew Leaders(Non-Supervisory), and 2 Crew Lead Specialists(Non-Supervisory), and up to 2 Crew Supervisors in order to help expand CCEC's service to the Kern County Public. CCEC proposes to purchase two passenger vans to provide transport of crews to recycling projects. CCEC would like to hire dedicated marketing/outreach staff to improve public knowledge of services provided by CCEC to the local community. Funding would also be used for administrative costs, supplies for events, and replacement/repair of recycling equipment. The total recruited corpsmembers is more than the number in the budget due to the fact that not all will be active corpsmembers during the full 24 month period.</x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Urban Corps will collect beverage containers at businesses, large venues, and other organizations as well as provide recycling services at special events throughout San Diego County.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -432,51 +432,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R590fe3e1f8de4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ea18fb324e94e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rca339936e5604cf7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re432def0842d4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb3c73b512c0446cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfd6aca05f82a4f75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -524,372 +524,372 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>798269</x:v>
+        <x:v>661900</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.46453857421875" customHeight="1" collapsed="0">
+    <x:row ht="620.95745849609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>619564</x:v>
+        <x:v>853608</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>725210</x:v>
+        <x:v>657400</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>871506</x:v>
+        <x:v>940286</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="241.483642578125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>657400</x:v>
+        <x:v>701259</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
+      <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>1143685</x:v>
+        <x:v>871506</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="229.97509765625" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>853608</x:v>
+        <x:v>689575</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="195.476806640625" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>654818</x:v>
+        <x:v>641383</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>641383</x:v>
+        <x:v>798269</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row ht="241.48388671875" customHeight="1" collapsed="0">
+    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>701259</x:v>
+        <x:v>725210</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A16" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>742796</x:v>
+        <x:v>1143685</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>940286</x:v>
+        <x:v>619564</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="1011.91162109375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>661900</x:v>
+        <x:v>654818</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.97509765625" customHeight="1" collapsed="0">
+    <x:row ht="804.92626953125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>689575</x:v>
+        <x:v>742796</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B20" s="10" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="10"/>
       <x:c r="D20" s="11" t="n">
         <x:v>10701259</x:v>
       </x:c>
@@ -909,29 +909,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 5:31 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:53 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>