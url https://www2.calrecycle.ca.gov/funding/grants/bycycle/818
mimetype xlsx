--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,303 +1,303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8b5dfd278ad4dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raea6325112c54dcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb3c73b512c0446cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra91909aa5b2542aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Conservation Corps SB 1013 Grant Program (LCC1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...26 lines deleted...]
-    <x:t>5592641048</x:t>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps North Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Kyle Larue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077585417</x:t>
   </x:si>
   <x:si>
     <x:t>Blessing Badmus</x:t>
-  </x:si>
-[...109 lines deleted...]
-    <x:t>7077585417</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CCNB will use the funds awarded by this grant to purchase five vehicles (Compactor Truck, 2 Box Trucks, Stakeside Truck, and Passenger van) to sustain and/or expand our bottles &amp; cans programs, projects, and events.
 CCNB will also use the funds awarded by this grant to complete at least one construction project (as described in the Work Plan) at our new facility in Santa Rosa, CA that will be directly improve our ability to sustain and/or expand our bottles and cans programs and services.</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Mountains Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gorin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: UCCIE will collect and recycle 8,000 lbs. of beverage containers per year and participate in events in Riverside and San Bernardino Counties LCC1 24-26.  UCCIE will continue expanding beverage container recycling services at our San Bernardino and Coachella Valley facilities by increasing the number of recycling events by 20% in which we participate. UCCIE will train a minimum of 10 Corpsmembers to participate in outreach and recycling education programs at a minimum of 20 community events During LCC1 24-26.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Teresa Guzman</x:t>
   </x:si>
   <x:si>
     <x:t>5597324194</x:t>
   </x:si>
   <x:si>
+    <x:t>Andrea Smith</x:t>
+  </x:si>
+  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant SB 1013 Grant Program eligible expenses to include recycling programs and activities related to beverage container recycling education and collection within Tulare and Kings counties.</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SJCC aims to use LCC1 SB 1013 funding to expand our beverage container collection, improve waste diversion at 4 schools, and establish an accredited Zero Waste Vocational Certification. To increase beverage container collection, SJCC will purchase equipment to expand our collection capacity and sorting efficiency. To improve waste diversion at schools, SJCC will install clear recycling stations and signs and educate the schools on recycling. The ZW Vocational Certification will be developed internally, reviewed by Green Education, accredited by SJSU, and 20 corpsmembers will take the course.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Skillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132107620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The LA Conservation Corps will utilize SB1013 funding to expand its Beverage Container Collection Program under RLC 38. We will increase beverage containers by 15% compared to collections in FY 22-23 via collection routes and special events as measured by DORIIS.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>Civicorps Schools</x:t>
   </x:si>
   <x:si>
     <x:t> Brian Hickey</x:t>
   </x:si>
   <x:si>
     <x:t>5109927838</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for grant LCC SB1013 eligible expenses to include recycling programs and activities related to beverage containers.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: UCCIE will collect and recycle 8,000 lbs. of beverage containers per year and participate in events in Riverside and San Bernardino Counties LCC1 24-26.  UCCIE will continue expanding beverage container recycling services at our San Bernardino and Coachella Valley facilities by increasing the number of recycling events by 20% in which we participate. UCCIE will train a minimum of 10 Corpsmembers to participate in outreach and recycling education programs at a minimum of 20 community events During LCC1 24-26.</x:t>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Fresno EOC Local Conservation Corps (FLCC) will use funding under LCC1/SB 1013 to assist increase the capacity of the Corps to advertise its services, provide public education for local schools, businesses, and at special events, and to update an aging fleet of vehicles. The Recycling Department currently has a fleet of 15 vehicle, with 10 of the 15 between 12-29 years old. FLCC will use a mix of radio advertising to help recruit for the program and educate the public on wine bottles being added to the state's CRV program. LCC will also use funding to secure special containers to avoid wine bottles breaking for redemption purposes.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Greater Valley Conservation Corps (GVCC) will expand RLC38 beverage container objectives by 15% by increasing beverage container recycling to clients in unserved convenience zones in San Joaquin County Amador, Calaveras, Stanislaus, and Tuolumne counties, including tribal communities, schools, and local parks, through the following activities: 
 Adding infrastructure to the GVCC beverage container recycling program, including fleet vehicles (1 4500 crew cab box truck with liftgate, 1 4500 crew cab stakeside with liftgate, 1 diesel crew cab box truck with liftgate, 1 5,000 lb. capacity forklift with rotator) and recycling bins (200 96-gallon roller bins, 10 four-yard blue roll off bins, 50 big can recyclers,  200 7-gallon desk-side bins, signage for bins and dumpsters)
 Installing an evaporator exhaust system and indoor cameras at the GVCC Stockton facility to increase productivity, reduce contamination costs and water waste, and monitor recycling materials and equipment.</x:t>
   </x:si>
   <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento Regional Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kala Dean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164176746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant funds will be used to expand SRCC's existing beverage container recovery and recycling program, focusing on glass collection.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elena Olzark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159287322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant RLC #39 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires, and used oil.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238826</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Cesar Chavez Environmental Corps, FIELD's certified local Conservation Corps proposes to use funds from SB 1013 to add 13 Corpsmember trainees, 8 Crew Leaders(Non-Supervisory), and 2 Crew Lead Specialists(Non-Supervisory), and up to 2 Crew Supervisors in order to help expand CCEC's service to the Kern County Public. CCEC proposes to purchase two passenger vans to provide transport of crews to recycling projects. CCEC would like to hire dedicated marketing/outreach staff to improve public knowledge of services provided by CCEC to the local community. Funding would also be used for administrative costs, supplies for events, and replacement/repair of recycling equipment. The total recruited corpsmembers is more than the number in the budget due to the fact that not all will be active corpsmembers during the full 24 month period.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services by addressing the detrimental impact of litter and waste on our communities and environment. Specifically, improperly discarded beverage containers create a significant strain on landfills, pollute our waterways, and endanger both wildlife and human health. To address this critical issue, we will implement comprehensive strategies to increase beverage container recycling and transition towards a more sustainable future.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Valladares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264288673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through funding received from the Department of Resources Recycling and Recovery (CalRecycle), Conservation Corps of Long Beach will engage in beverage container litter reduction and beverage container recycling. Recycling under this funding allocation will support efforts to collect and transfer beverage containers, operate an effective recycling center, conduct outreach and provide community education about the agency's recycling capacity and activities, as well as bring the recycling infrastructure to a more functional and efficient level of operations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Arturo Perzabal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192356884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Urban Corps will collect beverage containers at businesses, large venues, and other organizations as well as provide recycling services at special events throughout San Diego County.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -432,51 +432,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re432def0842d4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb3c73b512c0446cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfd6aca05f82a4f75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dc7be66a156451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra91909aa5b2542aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7b4ec5965f094e26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -524,372 +524,372 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>661900</x:v>
+        <x:v>798269</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.95745849609375" customHeight="1" collapsed="0">
+    <x:row ht="517.46453857421875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>853608</x:v>
+        <x:v>619564</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>657400</x:v>
+        <x:v>725210</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.9464111328125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>940286</x:v>
+        <x:v>871506</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.483642578125" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>701259</x:v>
+        <x:v>657400</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>871506</x:v>
+        <x:v>1143685</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.97509765625" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.957763671875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>689575</x:v>
+        <x:v>853608</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.476806640625" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1011.91162109375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>641383</x:v>
+        <x:v>654818</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>798269</x:v>
+        <x:v>641383</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
+    <x:row ht="241.48388671875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>725210</x:v>
+        <x:v>701259</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.92578125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>1143685</x:v>
+        <x:v>742796</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.9619140625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>619564</x:v>
+        <x:v>940286</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-    <x:row ht="1011.91162109375" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>654818</x:v>
+        <x:v>661900</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.92626953125" customHeight="1" collapsed="0">
+    <x:row ht="229.97509765625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>742796</x:v>
+        <x:v>689575</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B20" s="10" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="10"/>
       <x:c r="D20" s="11" t="n">
         <x:v>10701259</x:v>
       </x:c>
@@ -909,29 +909,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:53 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:17 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>