--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raea6325112c54dcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6061adad4d7437b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra91909aa5b2542aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3e485a4ba5bd4576"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Conservation Corps SB 1013 Grant Program (LCC1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -432,51 +432,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dc7be66a156451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra91909aa5b2542aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7b4ec5965f094e26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf4136eed4f84a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3e485a4ba5bd4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc412bac6f3e841ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -909,29 +909,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:17 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>