--- v3 (2025-12-24)
+++ v4 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6061adad4d7437b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R516da4d6612d4727" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3e485a4ba5bd4576"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd3bf211bb81544af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Conservation Corps SB 1013 Grant Program (LCC1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -432,51 +432,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf4136eed4f84a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3e485a4ba5bd4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc412bac6f3e841ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ae70e4afd7422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd3bf211bb81544af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3b5d7bbf58534fc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -909,29 +909,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:20 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>