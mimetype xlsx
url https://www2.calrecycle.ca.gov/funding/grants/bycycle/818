--- v4 (2025-12-24)
+++ v5 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R516da4d6612d4727" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb7ec42ce5e94183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd3bf211bb81544af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7872ad99296146a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Conservation Corps SB 1013 Grant Program (LCC1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -432,51 +432,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ae70e4afd7422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd3bf211bb81544af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3b5d7bbf58534fc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7ca8f2c02604286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7872ad99296146a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1dd1e62949b7430d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -909,29 +909,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:20 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 12:21 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>