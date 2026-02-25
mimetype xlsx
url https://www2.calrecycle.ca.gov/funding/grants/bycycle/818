--- v5 (2026-01-19)
+++ v6 (2026-02-25)
@@ -1,303 +1,303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb7ec42ce5e94183" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72f2b20ad04429c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7872ad99296146a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R87e2b6aa8dad4c76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Conservation Corps SB 1013 Grant Program (LCC1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Valladares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264288673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through funding received from the Department of Resources Recycling and Recovery (CalRecycle), Conservation Corps of Long Beach will engage in beverage container litter reduction and beverage container recycling. Recycling under this funding allocation will support efforts to collect and transfer beverage containers, operate an effective recycling center, conduct outreach and provide community education about the agency's recycling capacity and activities, as well as bring the recycling infrastructure to a more functional and efficient level of operations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Fresno EOC Local Conservation Corps (FLCC) will use funding under LCC1/SB 1013 to assist increase the capacity of the Corps to advertise its services, provide public education for local schools, businesses, and at special events, and to update an aging fleet of vehicles. The Recycling Department currently has a fleet of 15 vehicle, with 10 of the 15 between 12-29 years old. FLCC will use a mix of radio advertising to help recruit for the program and educate the public on wine bottles being added to the state's CRV program. LCC will also use funding to secure special containers to avoid wine bottles breaking for redemption purposes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Skillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132107620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The LA Conservation Corps will utilize SB1013 funding to expand its Beverage Container Collection Program under RLC 38. We will increase beverage containers by 15% compared to collections in FY 22-23 via collection routes and special events as measured by DORIIS.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services by addressing the detrimental impact of litter and waste on our communities and environment. Specifically, improperly discarded beverage containers create a significant strain on landfills, pollute our waterways, and endanger both wildlife and human health. To address this critical issue, we will implement comprehensive strategies to increase beverage container recycling and transition towards a more sustainable future.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elena Olzark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159287322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant RLC #39 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires, and used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SJCC aims to use LCC1 SB 1013 funding to expand our beverage container collection, improve waste diversion at 4 schools, and establish an accredited Zero Waste Vocational Certification. To increase beverage container collection, SJCC will purchase equipment to expand our collection capacity and sorting efficiency. To improve waste diversion at schools, SJCC will install clear recycling stations and signs and educate the schools on recycling. The ZW Vocational Certification will be developed internally, reviewed by Green Education, accredited by SJSU, and 20 corpsmembers will take the course.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Arturo Perzabal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192356884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Urban Corps will collect beverage containers at businesses, large venues, and other organizations as well as provide recycling services at special events throughout San Diego County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento Regional Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kala Dean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164176746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrea Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant funds will be used to expand SRCC's existing beverage container recovery and recycling program, focusing on glass collection.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>7077585417</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Blessing Badmus</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CCNB will use the funds awarded by this grant to purchase five vehicles (Compactor Truck, 2 Box Trucks, Stakeside Truck, and Passenger van) to sustain and/or expand our bottles &amp; cans programs, projects, and events.
 CCNB will also use the funds awarded by this grant to complete at least one construction project (as described in the Work Plan) at our new facility in Santa Rosa, CA that will be directly improve our ability to sustain and/or expand our bottles and cans programs and services.</x:t>
   </x:si>
   <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequoia Community Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Guzman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597324194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant SB 1013 Grant Program eligible expenses to include recycling programs and activities related to beverage container recycling education and collection within Tulare and Kings counties.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for grant LCC SB1013 eligible expenses to include recycling programs and activities related to beverage containers.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>Southern California Mountains Foundation</x:t>
   </x:si>
   <x:si>
     <x:t> Stacy Gorin</x:t>
   </x:si>
   <x:si>
     <x:t>5305594210</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: UCCIE will collect and recycle 8,000 lbs. of beverage containers per year and participate in events in Riverside and San Bernardino Counties LCC1 24-26.  UCCIE will continue expanding beverage container recycling services at our San Bernardino and Coachella Valley facilities by increasing the number of recycling events by 20% in which we participate. UCCIE will train a minimum of 10 Corpsmembers to participate in outreach and recycling education programs at a minimum of 20 community events During LCC1 24-26.</x:t>
-  </x:si>
-[...82 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Fresno EOC Local Conservation Corps (FLCC) will use funding under LCC1/SB 1013 to assist increase the capacity of the Corps to advertise its services, provide public education for local schools, businesses, and at special events, and to update an aging fleet of vehicles. The Recycling Department currently has a fleet of 15 vehicle, with 10 of the 15 between 12-29 years old. FLCC will use a mix of radio advertising to help recruit for the program and educate the public on wine bottles being added to the state's CRV program. LCC will also use funding to secure special containers to avoid wine bottles breaking for redemption purposes.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Greater Valley Conservation Corps (GVCC) will expand RLC38 beverage container objectives by 15% by increasing beverage container recycling to clients in unserved convenience zones in San Joaquin County Amador, Calaveras, Stanislaus, and Tuolumne counties, including tribal communities, schools, and local parks, through the following activities: 
 Adding infrastructure to the GVCC beverage container recycling program, including fleet vehicles (1 4500 crew cab box truck with liftgate, 1 4500 crew cab stakeside with liftgate, 1 diesel crew cab box truck with liftgate, 1 5,000 lb. capacity forklift with rotator) and recycling bins (200 96-gallon roller bins, 10 four-yard blue roll off bins, 50 big can recyclers,  200 7-gallon desk-side bins, signage for bins and dumpsters)
 Installing an evaporator exhaust system and indoor cameras at the GVCC Stockton facility to increase productivity, reduce contamination costs and water waste, and monitor recycling materials and equipment.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238826</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Cesar Chavez Environmental Corps, FIELD's certified local Conservation Corps proposes to use funds from SB 1013 to add 13 Corpsmember trainees, 8 Crew Leaders(Non-Supervisory), and 2 Crew Lead Specialists(Non-Supervisory), and up to 2 Crew Supervisors in order to help expand CCEC's service to the Kern County Public. CCEC proposes to purchase two passenger vans to provide transport of crews to recycling projects. CCEC would like to hire dedicated marketing/outreach staff to improve public knowledge of services provided by CCEC to the local community. Funding would also be used for administrative costs, supplies for events, and replacement/repair of recycling equipment. The total recruited corpsmembers is more than the number in the budget due to the fact that not all will be active corpsmembers during the full 24 month period.</x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Urban Corps will collect beverage containers at businesses, large venues, and other organizations as well as provide recycling services at special events throughout San Diego County.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -432,51 +432,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7ca8f2c02604286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7872ad99296146a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1dd1e62949b7430d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca2f9ca16c384d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R87e2b6aa8dad4c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9af1c019e56648d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -524,372 +524,372 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>798269</x:v>
+        <x:v>661900</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.46453857421875" customHeight="1" collapsed="0">
+    <x:row ht="620.95745849609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>619564</x:v>
+        <x:v>853608</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>725210</x:v>
+        <x:v>657400</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>871506</x:v>
+        <x:v>940286</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="241.483642578125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>657400</x:v>
+        <x:v>701259</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
+      <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>1143685</x:v>
+        <x:v>871506</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="229.97509765625" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>853608</x:v>
+        <x:v>689575</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="195.476806640625" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>654818</x:v>
+        <x:v>641383</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>641383</x:v>
+        <x:v>798269</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row ht="241.48388671875" customHeight="1" collapsed="0">
+    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>701259</x:v>
+        <x:v>725210</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A16" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>742796</x:v>
+        <x:v>1143685</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>940286</x:v>
+        <x:v>619564</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="1011.91162109375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>661900</x:v>
+        <x:v>654818</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.97509765625" customHeight="1" collapsed="0">
+    <x:row ht="804.92626953125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>689575</x:v>
+        <x:v>742796</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B20" s="10" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="10"/>
       <x:c r="D20" s="11" t="n">
         <x:v>10701259</x:v>
       </x:c>
@@ -909,29 +909,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 12:21 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 24, 2026 10:43 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>