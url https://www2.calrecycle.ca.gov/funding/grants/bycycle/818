--- v6 (2026-02-25)
+++ v7 (2026-03-07)
@@ -1,303 +1,303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72f2b20ad04429c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80047873411645da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R87e2b6aa8dad4c76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3a869b3b00f64efa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Conservation Corps SB 1013 Grant Program (LCC1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...26 lines deleted...]
-    <x:t>5592641048</x:t>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps North Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Kyle Larue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077585417</x:t>
   </x:si>
   <x:si>
     <x:t>Blessing Badmus</x:t>
-  </x:si>
-[...109 lines deleted...]
-    <x:t>7077585417</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CCNB will use the funds awarded by this grant to purchase five vehicles (Compactor Truck, 2 Box Trucks, Stakeside Truck, and Passenger van) to sustain and/or expand our bottles &amp; cans programs, projects, and events.
 CCNB will also use the funds awarded by this grant to complete at least one construction project (as described in the Work Plan) at our new facility in Santa Rosa, CA that will be directly improve our ability to sustain and/or expand our bottles and cans programs and services.</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Mountains Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gorin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: UCCIE will collect and recycle 8,000 lbs. of beverage containers per year and participate in events in Riverside and San Bernardino Counties LCC1 24-26.  UCCIE will continue expanding beverage container recycling services at our San Bernardino and Coachella Valley facilities by increasing the number of recycling events by 20% in which we participate. UCCIE will train a minimum of 10 Corpsmembers to participate in outreach and recycling education programs at a minimum of 20 community events During LCC1 24-26.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Teresa Guzman</x:t>
   </x:si>
   <x:si>
     <x:t>5597324194</x:t>
   </x:si>
   <x:si>
+    <x:t>Andrea Smith</x:t>
+  </x:si>
+  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant SB 1013 Grant Program eligible expenses to include recycling programs and activities related to beverage container recycling education and collection within Tulare and Kings counties.</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SJCC aims to use LCC1 SB 1013 funding to expand our beverage container collection, improve waste diversion at 4 schools, and establish an accredited Zero Waste Vocational Certification. To increase beverage container collection, SJCC will purchase equipment to expand our collection capacity and sorting efficiency. To improve waste diversion at schools, SJCC will install clear recycling stations and signs and educate the schools on recycling. The ZW Vocational Certification will be developed internally, reviewed by Green Education, accredited by SJSU, and 20 corpsmembers will take the course.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Skillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132107620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The LA Conservation Corps will utilize SB1013 funding to expand its Beverage Container Collection Program under RLC 38. We will increase beverage containers by 15% compared to collections in FY 22-23 via collection routes and special events as measured by DORIIS.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>Civicorps Schools</x:t>
   </x:si>
   <x:si>
     <x:t> Brian Hickey</x:t>
   </x:si>
   <x:si>
     <x:t>5109927838</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for grant LCC SB1013 eligible expenses to include recycling programs and activities related to beverage containers.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: UCCIE will collect and recycle 8,000 lbs. of beverage containers per year and participate in events in Riverside and San Bernardino Counties LCC1 24-26.  UCCIE will continue expanding beverage container recycling services at our San Bernardino and Coachella Valley facilities by increasing the number of recycling events by 20% in which we participate. UCCIE will train a minimum of 10 Corpsmembers to participate in outreach and recycling education programs at a minimum of 20 community events During LCC1 24-26.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Greater Valley Conservation Corps (GVCC) will expand RLC38 beverage container objectives by 15% by increasing beverage container recycling to clients in unserved convenience zones in San Joaquin County Amador, Calaveras, Stanislaus, and Tuolumne counties, including tribal communities, schools, and local parks, through the following activities: 
 Adding infrastructure to the GVCC beverage container recycling program, including fleet vehicles (1 4500 crew cab box truck with liftgate, 1 4500 crew cab stakeside with liftgate, 1 diesel crew cab box truck with liftgate, 1 5,000 lb. capacity forklift with rotator) and recycling bins (200 96-gallon roller bins, 10 four-yard blue roll off bins, 50 big can recyclers,  200 7-gallon desk-side bins, signage for bins and dumpsters)
 Installing an evaporator exhaust system and indoor cameras at the GVCC Stockton facility to increase productivity, reduce contamination costs and water waste, and monitor recycling materials and equipment.</x:t>
   </x:si>
   <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento Regional Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kala Dean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164176746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant funds will be used to expand SRCC's existing beverage container recovery and recycling program, focusing on glass collection.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elena Olzark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159287322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant RLC #39 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires, and used oil.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238826</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Cesar Chavez Environmental Corps, FIELD's certified local Conservation Corps proposes to use funds from SB 1013 to add 13 Corpsmember trainees, 8 Crew Leaders(Non-Supervisory), and 2 Crew Lead Specialists(Non-Supervisory), and up to 2 Crew Supervisors in order to help expand CCEC's service to the Kern County Public. CCEC proposes to purchase two passenger vans to provide transport of crews to recycling projects. CCEC would like to hire dedicated marketing/outreach staff to improve public knowledge of services provided by CCEC to the local community. Funding would also be used for administrative costs, supplies for events, and replacement/repair of recycling equipment. The total recruited corpsmembers is more than the number in the budget due to the fact that not all will be active corpsmembers during the full 24 month period.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services by addressing the detrimental impact of litter and waste on our communities and environment. Specifically, improperly discarded beverage containers create a significant strain on landfills, pollute our waterways, and endanger both wildlife and human health. To address this critical issue, we will implement comprehensive strategies to increase beverage container recycling and transition towards a more sustainable future.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Valladares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264288673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through funding received from the Department of Resources Recycling and Recovery (CalRecycle), Conservation Corps of Long Beach will engage in beverage container litter reduction and beverage container recycling. Recycling under this funding allocation will support efforts to collect and transfer beverage containers, operate an effective recycling center, conduct outreach and provide community education about the agency's recycling capacity and activities, as well as bring the recycling infrastructure to a more functional and efficient level of operations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Arturo Perzabal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192356884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Urban Corps will collect beverage containers at businesses, large venues, and other organizations as well as provide recycling services at special events throughout San Diego County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patrick Turner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Fresno EOC Local Conservation Corps (FLCC) will use funding under LCC1/SB 1013 to assist increase the capacity of the Corps to advertise its services, provide public education for local schools, businesses, and at special events, and to update an aging fleet of vehicles. The Recycling Department currently has a fleet of 15 vehicle, with 10 of the 15 between 12-29 years old. FLCC will use a mix of radio advertising to help recruit for the program and educate the public on wine bottles being added to the state's CRV program. LCC will also use funding to secure special containers to avoid wine bottles breaking for redemption purposes.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -432,51 +432,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca2f9ca16c384d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R87e2b6aa8dad4c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9af1c019e56648d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef95853fb53467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3a869b3b00f64efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R044dbccfbb144c0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -524,414 +524,414 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>661900</x:v>
+        <x:v>798269</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.95745849609375" customHeight="1" collapsed="0">
+    <x:row ht="517.46453857421875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>853608</x:v>
+        <x:v>619564</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>657400</x:v>
+        <x:v>725210</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.9464111328125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>940286</x:v>
+        <x:v>871506</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.483642578125" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>701259</x:v>
+        <x:v>657400</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>871506</x:v>
+        <x:v>1143685</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.97509765625" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>689575</x:v>
+        <x:v>654818</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.476806640625" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>641383</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>798269</x:v>
+        <x:v>701259</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>58</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>725210</x:v>
+        <x:v>742796</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.96240234375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>1143685</x:v>
+        <x:v>940286</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.45947265625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>619564</x:v>
+        <x:v>661900</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1011.91162109375" customHeight="1" collapsed="0">
+    <x:row ht="229.97509765625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>654818</x:v>
+        <x:v>689575</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.92626953125" customHeight="1" collapsed="0">
+    <x:row ht="620.95703125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>742796</x:v>
+        <x:v>853608</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B20" s="10" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="10"/>
       <x:c r="D20" s="11" t="n">
         <x:v>10701259</x:v>
       </x:c>
       <x:c r="E20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 24, 2026 10:43 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 5:04 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>