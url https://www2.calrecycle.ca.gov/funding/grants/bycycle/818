--- v7 (2026-03-07)
+++ v8 (2026-03-09)
@@ -1,303 +1,303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80047873411645da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R798e4912e2284146" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3a869b3b00f64efa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb373e81c59b94e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Conservation Corps SB 1013 Grant Program (LCC1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Valladares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264288673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through funding received from the Department of Resources Recycling and Recovery (CalRecycle), Conservation Corps of Long Beach will engage in beverage container litter reduction and beverage container recycling. Recycling under this funding allocation will support efforts to collect and transfer beverage containers, operate an effective recycling center, conduct outreach and provide community education about the agency's recycling capacity and activities, as well as bring the recycling infrastructure to a more functional and efficient level of operations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patrick Turner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Fresno EOC Local Conservation Corps (FLCC) will use funding under LCC1/SB 1013 to assist increase the capacity of the Corps to advertise its services, provide public education for local schools, businesses, and at special events, and to update an aging fleet of vehicles. The Recycling Department currently has a fleet of 15 vehicle, with 10 of the 15 between 12-29 years old. FLCC will use a mix of radio advertising to help recruit for the program and educate the public on wine bottles being added to the state's CRV program. LCC will also use funding to secure special containers to avoid wine bottles breaking for redemption purposes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Skillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132107620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The LA Conservation Corps will utilize SB1013 funding to expand its Beverage Container Collection Program under RLC 38. We will increase beverage containers by 15% compared to collections in FY 22-23 via collection routes and special events as measured by DORIIS.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services by addressing the detrimental impact of litter and waste on our communities and environment. Specifically, improperly discarded beverage containers create a significant strain on landfills, pollute our waterways, and endanger both wildlife and human health. To address this critical issue, we will implement comprehensive strategies to increase beverage container recycling and transition towards a more sustainable future.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elena Olzark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159287322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant RLC #39 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires, and used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SJCC aims to use LCC1 SB 1013 funding to expand our beverage container collection, improve waste diversion at 4 schools, and establish an accredited Zero Waste Vocational Certification. To increase beverage container collection, SJCC will purchase equipment to expand our collection capacity and sorting efficiency. To improve waste diversion at schools, SJCC will install clear recycling stations and signs and educate the schools on recycling. The ZW Vocational Certification will be developed internally, reviewed by Green Education, accredited by SJSU, and 20 corpsmembers will take the course.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Arturo Perzabal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192356884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Urban Corps will collect beverage containers at businesses, large venues, and other organizations as well as provide recycling services at special events throughout San Diego County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento Regional Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kala Dean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164176746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrea Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant funds will be used to expand SRCC's existing beverage container recovery and recycling program, focusing on glass collection.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>7077585417</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Blessing Badmus</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CCNB will use the funds awarded by this grant to purchase five vehicles (Compactor Truck, 2 Box Trucks, Stakeside Truck, and Passenger van) to sustain and/or expand our bottles &amp; cans programs, projects, and events.
 CCNB will also use the funds awarded by this grant to complete at least one construction project (as described in the Work Plan) at our new facility in Santa Rosa, CA that will be directly improve our ability to sustain and/or expand our bottles and cans programs and services.</x:t>
   </x:si>
   <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequoia Community Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Guzman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597324194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for Grant SB 1013 Grant Program eligible expenses to include recycling programs and activities related to beverage container recycling education and collection within Tulare and Kings counties.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for grant LCC SB1013 eligible expenses to include recycling programs and activities related to beverage containers.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>Southern California Mountains Foundation</x:t>
   </x:si>
   <x:si>
     <x:t> Stacy Gorin</x:t>
   </x:si>
   <x:si>
     <x:t>5305594210</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: UCCIE will collect and recycle 8,000 lbs. of beverage containers per year and participate in events in Riverside and San Bernardino Counties LCC1 24-26.  UCCIE will continue expanding beverage container recycling services at our San Bernardino and Coachella Valley facilities by increasing the number of recycling events by 20% in which we participate. UCCIE will train a minimum of 10 Corpsmembers to participate in outreach and recycling education programs at a minimum of 20 community events During LCC1 24-26.</x:t>
-  </x:si>
-[...67 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: For reimbursement for grant LCC SB1013 eligible expenses to include recycling programs and activities related to beverage containers.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Greater Valley Conservation Corps (GVCC) will expand RLC38 beverage container objectives by 15% by increasing beverage container recycling to clients in unserved convenience zones in San Joaquin County Amador, Calaveras, Stanislaus, and Tuolumne counties, including tribal communities, schools, and local parks, through the following activities: 
 Adding infrastructure to the GVCC beverage container recycling program, including fleet vehicles (1 4500 crew cab box truck with liftgate, 1 4500 crew cab stakeside with liftgate, 1 diesel crew cab box truck with liftgate, 1 5,000 lb. capacity forklift with rotator) and recycling bins (200 96-gallon roller bins, 10 four-yard blue roll off bins, 50 big can recyclers,  200 7-gallon desk-side bins, signage for bins and dumpsters)
 Installing an evaporator exhaust system and indoor cameras at the GVCC Stockton facility to increase productivity, reduce contamination costs and water waste, and monitor recycling materials and equipment.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238826</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Cesar Chavez Environmental Corps, FIELD's certified local Conservation Corps proposes to use funds from SB 1013 to add 13 Corpsmember trainees, 8 Crew Leaders(Non-Supervisory), and 2 Crew Lead Specialists(Non-Supervisory), and up to 2 Crew Supervisors in order to help expand CCEC's service to the Kern County Public. CCEC proposes to purchase two passenger vans to provide transport of crews to recycling projects. CCEC would like to hire dedicated marketing/outreach staff to improve public knowledge of services provided by CCEC to the local community. Funding would also be used for administrative costs, supplies for events, and replacement/repair of recycling equipment. The total recruited corpsmembers is more than the number in the budget due to the fact that not all will be active corpsmembers during the full 24 month period.</x:t>
-  </x:si>
-[...55 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Fresno EOC Local Conservation Corps (FLCC) will use funding under LCC1/SB 1013 to assist increase the capacity of the Corps to advertise its services, provide public education for local schools, businesses, and at special events, and to update an aging fleet of vehicles. The Recycling Department currently has a fleet of 15 vehicle, with 10 of the 15 between 12-29 years old. FLCC will use a mix of radio advertising to help recruit for the program and educate the public on wine bottles being added to the state's CRV program. LCC will also use funding to secure special containers to avoid wine bottles breaking for redemption purposes.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -432,51 +432,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef95853fb53467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3a869b3b00f64efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R044dbccfbb144c0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d3ebc01a820438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb373e81c59b94e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0aa94ebd45784fbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -524,414 +524,414 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>798269</x:v>
+        <x:v>661900</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.46453857421875" customHeight="1" collapsed="0">
+    <x:row ht="620.95745849609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>619564</x:v>
+        <x:v>853608</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>725210</x:v>
+        <x:v>657400</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>871506</x:v>
+        <x:v>940286</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="241.483642578125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>657400</x:v>
+        <x:v>701259</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
+      <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>1143685</x:v>
+        <x:v>871506</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="229.97509765625" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>654818</x:v>
+        <x:v>689575</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="195.476806640625" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>641383</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>701259</x:v>
+        <x:v>798269</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>742796</x:v>
+        <x:v>725210</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A16" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>940286</x:v>
+        <x:v>1143685</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>661900</x:v>
+        <x:v>619564</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.97509765625" customHeight="1" collapsed="0">
+    <x:row ht="1011.91162109375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>689575</x:v>
+        <x:v>654818</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.95703125" customHeight="1" collapsed="0">
+    <x:row ht="804.92626953125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>853608</x:v>
+        <x:v>742796</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B20" s="10" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="10"/>
       <x:c r="D20" s="11" t="n">
         <x:v>10701259</x:v>
       </x:c>
       <x:c r="E20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H20" s="10" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 5:04 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:32 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>