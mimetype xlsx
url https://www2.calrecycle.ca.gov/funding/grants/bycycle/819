--- v0 (2025-12-07)
+++ v1 (2025-12-17)
@@ -1,435 +1,435 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4841e41892734393" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35441f64cb634bb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6261cab195cf4fc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdc29e264b9f44d70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Redemption Innovation Grant Program (RIG1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps North Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Kyle LaRue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077585417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raju Payuran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CCNB is requesting CalRecycle Grant funding to acquire and install new sorting line technology to both expedite and improve our recycling sorting methodologies. This Industrial Reverse Vending Machine Sorter technology automatically identifies and sorts materials deposited into the machine by community members, determines if is CRV qualifying, and sorts it accordingly by material type. This whole process is completed automatically through the recognition unit to be acquired using CalRecycle grant funding, if awarded. These materials are then collected by CCNB corpsmembers and taken to a local Recycling Center for processing.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>J&amp;D Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Marixa Ramos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506851901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: J&amp;D Recycling intends to revolutionize the redemption experience by deploying state-of-the-art Recycletek EcoMobile XP machines, creating express lanes that drastically reduce customer wait times and improve service efficiency. This phase will also introduce a manned Bag Drop Collection Program in 2 strategically chosen locations using electronic payments methods, aiming to provide easily accessible recycling options for areas lacking adequate facilities. Community members can return their CRV containers in bulk using specially designed Smart EcoSacks, thus ensuring a smooth and user-friendly recycling process. This phase is crucial for laying the foundational infrastructure to handle increased recycling volumes and to prepare the community for a more extensive recycling program. J&amp;D Recycling will also engage in comprehensive community outreach and education campaigns to raise awareness about the new recycling options and to encourage widespread participation, thereby fostering a culture of recycling and sustainability within the community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pros Recycling LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Johnnie Ward Jr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609104770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tiffany Morris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through mobile recycling we look to present a more convent way to recycle to our residents. We look to alleviate the obstacles that are presented, whether it be extreme tempters, terrain, or just scheduling conflicts. With us being the only recycling option within 30 miles of the city we look forward to easing the customers various obstacles and offer recycling to all.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergreen Recycling &amp; Waste Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Krikor (Koko) Balian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238737105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stephanie Livingston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Evergreen Recycling and Waste Inc. plans to implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in our underserved community and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing two state-of-the-art “urban recycling kiosks” that offer both bag drop and reverse vending machine technology to offer consumers a new, refined recycling experience at the following locations in the community, 1. 730 E. 1st Ave, Oxnard, CA and 2. 280 E. Harvard Blvd, Santa Paula, CA 93060.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Cal Pac Recycling, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Gabriel Lopez</x:t>
   </x:si>
   <x:si>
     <x:t>7605503296</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Stephanie Livingston</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Cal Pac Recycling has operated as a trusted, and valued Recycling Operator in Calexico for many years. As we look to the future, and long-term sustainability, Cal Pac Recycling recognizes the need to innovate with technology for long-term success. We are applying to bring an industrial reverse vending machine and cash machine into our Calexico facility. The integration of this technology will provide the consumer with ease of recycling, and multiple choices for redemption. If the consumer does not want to sort material, they can utilize the reverse vending machine. On the backend, we gain efficiencies of the technology sorting the material by commodity type. This facility will continue to be staffed as it is today during operating hours and all CRV items will be accepted and redeemed within the center.
 Today the current site redeems over 600 tons of recyclable materials annually, with the proposed technology upgrades we anticipate an additional 15% increase in the total materials able to be recycled which amounts to an additional 90 tons of recycled materials each year.</x:t>
   </x:si>
   <x:si>
-    <x:t>Marin               </x:t>
-[...108 lines deleted...]
-Our goal is to make sure there are no more Unserved CZs’ or Disadvantaged Communities without a clean, convenient, and a readily available location to recycle their CRV.  The truly innovative equipment, systems, and processes that will be implemented using AI and our existing prototypes will build an overall program that positions this RIG funding as the basis for the future of how CRV can be collected and processed in California.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The proposed project includes the creation of a new recycling center in El Centro, Cal Pac has also teamed up with San Diego State University to offer Reverse Vending machines at their satellite campuses, San Diego State University Imperial Valley Campus at 720 Heber Avenue, Calexico, CA 92231 and San Diego State University Imperial Valley 560 CA-78, Brawley, CA 92227. Each campus will host RVM’s that will provide ease of redemption and access to students and college personnel.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lassen              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Water Recycling Corporation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Garrett Ingram</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302334896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Blue Water Recycling has operated as a trusted, and valued Recycling Operator in Northern California for many years. As we look to the future, and long-term sustainability, Blue Water Recycling recognizes the need to innovate with technology for long-term success. We are applying to construct and new recycling center equipped with an industrial reverse vending machine in the rural City of Susanville, in Lassen County. The integration of this technology will provide the consumer with ease of recycling, and multiple choices for redemption. If the consumer does not want to sort material, they can utilize the reverse vending machine technology. On the backend, we gain efficiencies of the technology sorting the material by commodity type. This facility will be staffed during operating hours and all CRV items will be accepted and redeemed within the center. The recycling center will be located at 702185 Johnstonville Road, Susanville, CA 96130, which is currently an unserved convenience zone in a rural area.</x:t>
   </x:si>
   <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo Employment Services</x:t>
   </x:si>
   <x:si>
     <x:t> Martin Grosso</x:t>
   </x:si>
   <x:si>
     <x:t>5306628616</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Yolo Employment Services (YES!), a non-profit, community service program that trains and employs people with developmental disabilities, seeks to expand its Certified Recycling Center via a mobile operation.  This operation will be mobile in that it will be set up and taken down each weekday at the same location.
 Beverage containers collected from the mobile operation will be transported back to the YES! Recycling Center and added to respective loads (Aluminum, Plastic, and Glass) for future shipment to respective recyclers.</x:t>
   </x:si>
   <x:si>
-    <x:t>Collective REMAKE: Art, Business, Education, Jobs, News, People and Recycling for Sustainability</x:t>
-[...69 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant request will be used to pay for the installation and purchase of 56 RVMs to be installed in 36 Save Mart Company stores. These stores are under our banners Lucky, Lucky California, Save Mart and FoodMaxx and are located in various counties in California. The grant request also includes the necessary software fees to run the equipment until the end of the grant cycle.</x:t>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivan's Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ivan Pislar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167904960</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Project Summary: Beverage Container Innovation Grant Fund Utilization
 Description:
 This project proposes the utilization of the Beverage Container Innovation Grant Fund to upgrade our current center with advanced features aimed at enhancing customer convenience, improving operational efficiency, and contributing to sustainability efforts within our community.
 The key components of this project include:
 Upgrade of Kiosk: The grant funds will be used to replace our existing center with an advanced kiosk featuring innovative functionalities:
 Bag Drop: Customers will have the convenience of dropping off their beverage containers directly at the kiosk, simplifying the recycling process.
 Reverse Vending Machine (RVM) Technology: Integration of RVM technology will automate identification, sorting, and processing of beverage containers, reducing manual labor and increasing efficiency.
 Weigh and Pay System: The kiosk will be equipped with a weigh and pay system, allowing customers to receive instant compensation for their recycled materials based on weight.
 Placement of Bag Drop: In addition to the upgraded kiosk, we plan to place a bag drop pod for after hours redemption in our Citrus Heights location. The bag drops will complement our services by offering additional points of convenience for consumers after hours, encouraging greater participation in recycling initiatives.
 Objectives:
 Enhance Customer Experience: The upgraded kiosk and placement of the bag drop will make recycling more convenient and accessible for customers, thereby increasing participation in recycling efforts.
 Improve Operational Efficiency: Implementation of RVM technology and weigh and pay system will streamline our recycling operations, reducing processing time and labor costs.
 Contribute to Sustainability: By investing in advanced recycling infrastructure and promoting recycling awareness, we aim to contribute to environmental sustainability and conservation efforts within our community.
 Conclusion:
 The utilization of the Beverage Container Innovation Grant Fund will enable us to transform our recycling center into a modern, efficient, and customer-centric facility. Through the implementation of innovative technologies and strategic investments, we anticipate making a positive impact on the environment and the community at large.</x:t>
   </x:si>
   <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Ivan’s Recycling is proposing to implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in our underserved community and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing state-of-the-art Urban Kiosks, Reverse Vending Machines (RVM), and Bag Drop Express Kiosks across 4 unserved convenience zones to offer consumers a new, refined recycling experience at the following locations in our community, 1. 2765 E. Bidwell St., Folsom, CA 95630, 8595 Auburn Folsom Road, Granite Bay, CA 95746, 4249 Elverta Road, Antelope, CA 95843, 7000 Sunrise Blvd, Citrus Heights, CA 95610.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collective REMAKE: Art, Business, Education, Jobs, News, People and Recycling for Sustainability</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mary Sutton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2136135949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Collective REMAKE will support the The Green Halcones, a social co-operative, to advance an innovative CRV mobile project in South Los Angeles. This project supports the state to remove recyclables from waterways and landfills and implement local environmental education. Cash is generated by turning in CRV containers that are picked up from a diverse customer base on organized schedules and routes. 
+The project supports individuals who are impacted by the carceral system and economically marginalized to participate in inclusive and co-learning work space to build dignity, generate revenue, and protect the environment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Education and Leadership Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cecelia Jimmeye</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592915428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Education and Leadership Foundation has proposed the installation of reverse vending machines in communities across Fresno. These machines will operate seven days a week and will also be scaled to other neighboring communities. The primary objective of this initiative is to target underserved communities, including those with limited English proficiency, low-income households, immigrant populations, and minority communities. These communities often experience difficulties accessing recycling centers and resources. The Education and Leadership Foundation has a strong relationship with the community, which has been established through various services like immigration legal services, educational tutoring, fellowship programs, special projects, and outreach events. Our aim is to make recycling beverage containers more accessible to the communities we serve by promoting equity and removing any obstacles in their way. Our program is designed to educate and raise awareness about environmental practices while making significant contributions towards the cause. We believe that by doing so, we can empower the communities to make conscious decisions about the environment and participate actively in the beverage container recycling program through the use of reverse vending machines.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596333170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Education and Leadership Foundation proposes implementing a Bag Drop program that will operate seven days a week in the communities it serves in Central California. This program will initially start in the City of Fresno and eventually scale to neighboring communities. The primary focus of this initiative is to target underserved communities, such as immigrant, non-English speakers, low-income, and minority communities, who face barriers to accessing recycling practices. The goal is to leverage the multitude of services offered by ELF, such as Immigration legal services, educational tutoring and fellowship programs, and various special projects, to eliminate barriers for clients to engage in green practices of recycling and learning about environmental practices.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Cerebral Palsy of the North Bay, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christine Isetta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077320202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Our New RC/Bag Drop Project will allow us to work towards two important goals: (1) We will be able to fabricate, install, and maintain numerous automated BD Mini Recycling Centers (MRC’s) for Sonoma County’s unserved and disadvantaged CZ’s and (2) We will be able to fund some of the facility expansion and equipment purchases that are needed to process the inevitable increased volumes of CRV materials that would result from our BD Project.
+Our goal is to make sure there are no more Unserved CZs’ or Disadvantaged Communities without a clean, convenient, and a readily available location to recycle their CRV.  The truly innovative equipment, systems, and processes that will be implemented using AI and our existing prototypes will build an overall program that positions this RIG funding as the basis for the future of how CRV can be collected and processed in California.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Socal EcoSolutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anthony St John Jr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6199227646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Our initiative aims to introduce a convenient and innovative recycling solution to underserved areas, particularly focusing on disadvantaged communities in Southern California.
+Our strategy involves acquiring property within San Diego County to establish a central Recycling Center serving as the operational base for our mobile recycling units. These units will be deployed across various underserved and disadvantaged communities throughout Southern California.
+To implement our business plan effectively, we require essential resources including a Roll Off truck, Two Box trucks, compacting/transfer equipment, scales, roll off containers, collection receptacles, POS systems, as well as allocations for public education and administrative expenses.
+Our project draws inspiration from successful models of mobile recycling programs and seeks to replicate their effectiveness in our targeted regions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olyns, Inc. Doing Business in California as Olyns Tech.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Buchowski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084429261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the support of this grant, Olyns Inc. proposes to install 39 RVMs across Santa Clara, San Mateo, and Santa Cruz counties in 26 unserved convenience zones. This represents a 82% increase in served zones for the project area (from 119 to 145). 13 of the busiest project locations will have multiple RVMs for improved consumer experience and greater capacity. Each RVM will be registered as a certified Recycling Center (RC) or, if appropriate, as a Mobile Recycler.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr John Buchowski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the support of this grant, Olyns Inc. proposes to install 53 RVMs across Alameda and Marin counties in 43 unserved convenience zones. This represents a 50% increase in served zones for the project area (from 43 to 86). 10 of the busiest project locations will have multiple RVMs for improved consumer experience and greater capacity. Each RVM location will be registered as a certified Recycling Center (RC).</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>Feevon, Inc. DBA JADO Recycling</x:t>
   </x:si>
   <x:si>
     <x:t> Salma Aghmane</x:t>
   </x:si>
   <x:si>
     <x:t>5107548596</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Feevon, operating as JADO Recycling, is dedicated to offering comprehensive CRV (California Redemption Value) Redemption services to the residents of California. Leveraging a trifecta of cutting-edge technologies including Bag-Drop, Bulk RVM (Reverse Vending Machines), and Mobile Redemption, we ensure convenient and efficient recycling solutions. Our commitment lies in facilitating seamless redemption experiences, fostering environmental sustainability, and contributing to the circular economy in California.</x:t>
   </x:si>
   <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: blah</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Save Mart Companies LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shellie Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2092367557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant request will be used to pay for the installation and purchase of 56 RVMs to be installed in 36 Save Mart Company stores. These stores are under our banners Lucky, Lucky California, Save Mart and FoodMaxx and are located in various counties in California. The grant request also includes the necessary software fees to run the equipment until the end of the grant cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRV Recycle Center Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Khachiyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054047221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CRV Recycle Center Inc. is committed to providing Californian residents with comprehensive CRV (California Redemption Value) Redemption services. By harnessing advanced technologies such as Mobile Redemption via the EcoMobile XP system, Bag Drop Collection through EcoPods, and Bulk RVMs through the EcoCount3, we prioritize convenience and efficiency in recycling solutions. Our dedication is centered on facilitating seamless redemption experiences, advancing environmental sustainability, and actively contributing to the circular economy throughout California.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smart &amp; Final Stores LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Rizzi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238697588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This application is to request funding from the Beverage Container Redemption Innovation Grant Program to support our installation of Reverse Vending Machines (RVM) into our stores. By installing RVMs, we aim not only to elevate the consumer CRV redemption experience, but also to enable better employee focus on core business and to reinforce our brand's commitment to sustainability.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G.E. Recycling Co, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alex Sarkisyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185238778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G E Recycling Co, Inc. (GE), located at 19320 Vanowen Street, Reseda, CA 91335 #RC13704 plans to launch an innovative project under the CalRecycle RIG Program, focused on expanding CRV recycling in Los Angeles County (LAC) targeting Unserved Convenience Zones (UCZs). GE plans to significantly boost recycling rates by increasing accessibility to CRV recycling services through a detailed 2 Stage approach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Green Earth Recycling (GR), located at 5926 Monterey Rd, Los Angeles, CA 90042 #RC12262 and 13107 Valley Blvd, City of Industry, CA 91746 #RC13269 plans to launch an innovative project under the CalRecycle RIG Program, focused on expanding CRV recycling in Los Angeles County (LAC) targeting Unserved Convenience Zones (UCZs). GR plans to significantly boost recycling rates by increasing accessibility to CRV recycling services through a detailed 2 Stage approach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simple &amp; Green, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jordan Watson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3236676649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Simple and Clean plans to create three new recycling centers in San Luis Obispo, Arroyo Grande, and Paso Robles California, respectively. The project will implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in unserved convenience zones and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing three state-of-the-art “urban recycling kiosks” that offer both bag drop and reverse vending machine technology to offer consumers a new, refined recycling experience at the following locations in the community, 1. 3985 S Higuera St, San Luis Obispo, CA 93401, 2. 1132 W Branch St, Arroyo Grande, CA 93420, 3. 2800 Riverside Ave, Paso Robles, CA 93446.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corner X Recycling</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Hayk Avetisyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514277113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Mobile Recycling Beverage Container Redemption Project</x:t>
+  </x:si>
+  <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>Healing Rhythms</x:t>
   </x:si>
   <x:si>
     <x:t> Lacey Williams</x:t>
   </x:si>
   <x:si>
     <x:t>6199172101</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Bag Drop Recycle Program, spear headed by Healing Rhythms, is a community-driven initiative aimed at promoting environmental sustainability and community involvement in Desert Hot Springs. Through strategic collection site placement and robust outreach efforts, the program seeks to encourage residents, businesses, and organizations to participate in recycling efforts by conveniently disposing of recyclable materials at designated collection sites. With the support of dedicated staff, volunteers, and essential resources, including commercial vehicles and collection infrastructure, the program aims to streamline material collection and processing while fostering a sense of collective responsibility for the environment. By providing educational opportunities, engaging in outreach events, and maintaining transparent communication channels, the Bag Drop Recycle Program aspires to create a cleaner, greener, and more sustainable community for generations to come.</x:t>
-  </x:si>
-[...88 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Mobile Recycling Beverage Container Redemption Project</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 27</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -564,51 +564,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08eb8124c11d47f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6261cab195cf4fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf1f22f03ba69455e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a89c2b45274060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdc29e264b9f44d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd3f1feebf72643c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -656,691 +656,691 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.9007568359375" customHeight="1" collapsed="0">
+    <x:row ht="620.95745849609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>1506968</x:v>
+        <x:v>296127</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.9573974609375" customHeight="1" collapsed="0">
+    <x:row ht="1046.409423828125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>296127</x:v>
+        <x:v>772177</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="390.9544677734375" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>1675734</x:v>
+        <x:v>717597</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+    <x:row ht="770.42822265625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1675734</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1034.90087890625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>1094000</x:v>
+        <x:v>1506968</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.971435546875" customHeight="1" collapsed="0">
+    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>2415554</x:v>
+        <x:v>2949296</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.90576171875" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>2482464</x:v>
+        <x:v>2770231</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G13" s="8"/>
+      <x:c r="H13" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2299.80517578125" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>860421</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="G14" s="8"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G14" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.43798828125" customHeight="1" collapsed="0">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>258084</x:v>
+        <x:v>2482464</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-    <x:row ht="1264.90380859375" customHeight="1" collapsed="0">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4365234375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>258084</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-    <x:row ht="954.42578125" customHeight="1" collapsed="0">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1264.904296875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>2000000</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.970703125" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>2502039</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.4638671875" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.4130859375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>2156665</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>80</x:v>
-[...2 lines deleted...]
-    <x:row ht="2299.8046875" customHeight="1" collapsed="0">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="954.423828125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>860421</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.9609375" customHeight="1" collapsed="0">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.97265625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>1057000</x:v>
+        <x:v>2415554</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-    <x:row ht="1000.404296875" customHeight="1" collapsed="0">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>138600</x:v>
+        <x:v>2999658</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.962890625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>1052704</x:v>
+        <x:v>1057000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G23" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.5029296875" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+      <x:c r="B24" s="8" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>1035000</x:v>
+        <x:v>1052704</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>2999658</x:v>
+        <x:v>2156665</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>2770231</x:v>
+        <x:v>1035000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.4560546875" customHeight="1" collapsed="0">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>1212000</x:v>
+        <x:v>2502039</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-    <x:row ht="1046.41015625" customHeight="1" collapsed="0">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>772177</x:v>
+        <x:v>1212000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>1094000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.955078125" customHeight="1" collapsed="0">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.41796875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>11</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>2949296</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>12</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>13</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.955078125" customHeight="1" collapsed="0">
+    <x:row ht="137.9921875" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B31" s="8" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>717597</x:v>
+        <x:v>2938000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+      <x:c r="G31" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="G31" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H31" s="8" t="s">
+    </x:row>
+    <x:row ht="1000.40234375" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>2938000</x:v>
+        <x:v>138600</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3984375" customHeight="1" collapsed="0">
       <x:c r="A33" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B33" s="10" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C33" s="10"/>
       <x:c r="D33" s="11" t="n">
         <x:v>41990319</x:v>
       </x:c>
       <x:c r="E33" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F33" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G33" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -1364,29 +1364,29 @@
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 4:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 10:04 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>