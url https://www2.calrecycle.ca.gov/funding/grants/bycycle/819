--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,435 +1,435 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35441f64cb634bb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref3bfd30cc194212" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdc29e264b9f44d70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdf61f29aee4e42f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Redemption Innovation Grant Program (RIG1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Marin               </x:t>
-[...59 lines deleted...]
-    <x:t>3238737105</x:t>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cal Pac Recycling, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gabriel Lopez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605503296</x:t>
   </x:si>
   <x:si>
     <x:t>Stephanie Livingston</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>7605503296</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Cal Pac Recycling has operated as a trusted, and valued Recycling Operator in Calexico for many years. As we look to the future, and long-term sustainability, Cal Pac Recycling recognizes the need to innovate with technology for long-term success. We are applying to bring an industrial reverse vending machine and cash machine into our Calexico facility. The integration of this technology will provide the consumer with ease of recycling, and multiple choices for redemption. If the consumer does not want to sort material, they can utilize the reverse vending machine. On the backend, we gain efficiencies of the technology sorting the material by commodity type. This facility will continue to be staffed as it is today during operating hours and all CRV items will be accepted and redeemed within the center.
 Today the current site redeems over 600 tons of recyclable materials annually, with the proposed technology upgrades we anticipate an additional 15% increase in the total materials able to be recycled which amounts to an additional 90 tons of recycled materials each year.</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The proposed project includes the creation of a new recycling center in El Centro, Cal Pac has also teamed up with San Diego State University to offer Reverse Vending machines at their satellite campuses, San Diego State University Imperial Valley Campus at 720 Heber Avenue, Calexico, CA 92231 and San Diego State University Imperial Valley 560 CA-78, Brawley, CA 92227. Each campus will host RVM’s that will provide ease of redemption and access to students and college personnel.</x:t>
-[...14 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Blue Water Recycling has operated as a trusted, and valued Recycling Operator in Northern California for many years. As we look to the future, and long-term sustainability, Blue Water Recycling recognizes the need to innovate with technology for long-term success. We are applying to construct and new recycling center equipped with an industrial reverse vending machine in the rural City of Susanville, in Lassen County. The integration of this technology will provide the consumer with ease of recycling, and multiple choices for redemption. If the consumer does not want to sort material, they can utilize the reverse vending machine technology. On the backend, we gain efficiencies of the technology sorting the material by commodity type. This facility will be staffed during operating hours and all CRV items will be accepted and redeemed within the center. The recycling center will be located at 702185 Johnstonville Road, Susanville, CA 96130, which is currently an unserved convenience zone in a rural area.</x:t>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps North Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Kyle LaRue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077585417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raju Payuran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CCNB is requesting CalRecycle Grant funding to acquire and install new sorting line technology to both expedite and improve our recycling sorting methodologies. This Industrial Reverse Vending Machine Sorter technology automatically identifies and sorts materials deposited into the machine by community members, determines if is CRV qualifying, and sorts it accordingly by material type. This whole process is completed automatically through the recognition unit to be acquired using CalRecycle grant funding, if awarded. These materials are then collected by CCNB corpsmembers and taken to a local Recycling Center for processing.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergreen Recycling &amp; Waste Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Krikor (Koko) Balian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238737105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Evergreen Recycling and Waste Inc. plans to implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in our underserved community and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing two state-of-the-art “urban recycling kiosks” that offer both bag drop and reverse vending machine technology to offer consumers a new, refined recycling experience at the following locations in the community, 1. 730 E. 1st Ave, Oxnard, CA and 2. 280 E. Harvard Blvd, Santa Paula, CA 93060.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simple &amp; Green, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jordan Watson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3236676649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Simple and Clean plans to create three new recycling centers in San Luis Obispo, Arroyo Grande, and Paso Robles California, respectively. The project will implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in unserved convenience zones and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing three state-of-the-art “urban recycling kiosks” that offer both bag drop and reverse vending machine technology to offer consumers a new, refined recycling experience at the following locations in the community, 1. 3985 S Higuera St, San Luis Obispo, CA 93401, 2. 1132 W Branch St, Arroyo Grande, CA 93420, 3. 2800 Riverside Ave, Paso Robles, CA 93446.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>G.E. Recycling Co, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alex Sarkisyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185238778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tiffany Morris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Green Earth Recycling (GR), located at 5926 Monterey Rd, Los Angeles, CA 90042 #RC12262 and 13107 Valley Blvd, City of Industry, CA 91746 #RC13269 plans to launch an innovative project under the CalRecycle RIG Program, focused on expanding CRV recycling in Los Angeles County (LAC) targeting Unserved Convenience Zones (UCZs). GR plans to significantly boost recycling rates by increasing accessibility to CRV recycling services through a detailed 2 Stage approach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olyns, Inc. Doing Business in California as Olyns Tech.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Buchowski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084429261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the support of this grant, Olyns Inc. proposes to install 39 RVMs across Santa Clara, San Mateo, and Santa Cruz counties in 26 unserved convenience zones. This represents a 82% increase in served zones for the project area (from 119 to 145). 13 of the busiest project locations will have multiple RVMs for improved consumer experience and greater capacity. Each RVM will be registered as a certified Recycling Center (RC) or, if appropriate, as a Mobile Recycler.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivan's Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ivan Pislar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167904960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Ivan’s Recycling is proposing to implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in our underserved community and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing state-of-the-art Urban Kiosks, Reverse Vending Machines (RVM), and Bag Drop Express Kiosks across 4 unserved convenience zones to offer consumers a new, refined recycling experience at the following locations in our community, 1. 2765 E. Bidwell St., Folsom, CA 95630, 8595 Auburn Folsom Road, Granite Bay, CA 95746, 4249 Elverta Road, Antelope, CA 95843, 7000 Sunrise Blvd, Citrus Heights, CA 95610.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Cerebral Palsy of the North Bay, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christine Isetta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077320202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Our New RC/Bag Drop Project will allow us to work towards two important goals: (1) We will be able to fabricate, install, and maintain numerous automated BD Mini Recycling Centers (MRC’s) for Sonoma County’s unserved and disadvantaged CZ’s and (2) We will be able to fund some of the facility expansion and equipment purchases that are needed to process the inevitable increased volumes of CRV materials that would result from our BD Project.
+Our goal is to make sure there are no more Unserved CZs’ or Disadvantaged Communities without a clean, convenient, and a readily available location to recycle their CRV.  The truly innovative equipment, systems, and processes that will be implemented using AI and our existing prototypes will build an overall program that positions this RIG funding as the basis for the future of how CRV can be collected and processed in California.</x:t>
   </x:si>
   <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo Employment Services</x:t>
   </x:si>
   <x:si>
     <x:t> Martin Grosso</x:t>
   </x:si>
   <x:si>
     <x:t>5306628616</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Yolo Employment Services (YES!), a non-profit, community service program that trains and employs people with developmental disabilities, seeks to expand its Certified Recycling Center via a mobile operation.  This operation will be mobile in that it will be set up and taken down each weekday at the same location.
 Beverage containers collected from the mobile operation will be transported back to the YES! Recycling Center and added to respective loads (Aluminum, Plastic, and Glass) for future shipment to respective recyclers.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...8 lines deleted...]
-    <x:t>9167904960</x:t>
+    <x:t>Collective REMAKE: Art, Business, Education, Jobs, News, People and Recycling for Sustainability</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mary Sutton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2136135949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Collective REMAKE will support the The Green Halcones, a social co-operative, to advance an innovative CRV mobile project in South Los Angeles. This project supports the state to remove recyclables from waterways and landfills and implement local environmental education. Cash is generated by turning in CRV containers that are picked up from a diverse customer base on organized schedules and routes. 
+The project supports individuals who are impacted by the carceral system and economically marginalized to participate in inclusive and co-learning work space to build dignity, generate revenue, and protect the environment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Education and Leadership Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cecelia Jimmeye</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592915428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Education and Leadership Foundation has proposed the installation of reverse vending machines in communities across Fresno. These machines will operate seven days a week and will also be scaled to other neighboring communities. The primary objective of this initiative is to target underserved communities, including those with limited English proficiency, low-income households, immigrant populations, and minority communities. These communities often experience difficulties accessing recycling centers and resources. The Education and Leadership Foundation has a strong relationship with the community, which has been established through various services like immigration legal services, educational tutoring, fellowship programs, special projects, and outreach events. Our aim is to make recycling beverage containers more accessible to the communities we serve by promoting equity and removing any obstacles in their way. Our program is designed to educate and raise awareness about environmental practices while making significant contributions towards the cause. We believe that by doing so, we can empower the communities to make conscious decisions about the environment and participate actively in the beverage container recycling program through the use of reverse vending machines.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Socal EcoSolutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anthony St John Jr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6199227646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Our initiative aims to introduce a convenient and innovative recycling solution to underserved areas, particularly focusing on disadvantaged communities in Southern California.
+Our strategy involves acquiring property within San Diego County to establish a central Recycling Center serving as the operational base for our mobile recycling units. These units will be deployed across various underserved and disadvantaged communities throughout Southern California.
+To implement our business plan effectively, we require essential resources including a Roll Off truck, Two Box trucks, compacting/transfer equipment, scales, roll off containers, collection receptacles, POS systems, as well as allocations for public education and administrative expenses.
+Our project draws inspiration from successful models of mobile recycling programs and seeks to replicate their effectiveness in our targeted regions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smart &amp; Final Stores LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Rizzi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238697588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This application is to request funding from the Beverage Container Redemption Innovation Grant Program to support our installation of Reverse Vending Machines (RVM) into our stores. By installing RVMs, we aim not only to elevate the consumer CRV redemption experience, but also to enable better employee focus on core business and to reinforce our brand's commitment to sustainability.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Save Mart Companies LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shellie Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2092367557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant request will be used to pay for the installation and purchase of 56 RVMs to be installed in 36 Save Mart Company stores. These stores are under our banners Lucky, Lucky California, Save Mart and FoodMaxx and are located in various counties in California. The grant request also includes the necessary software fees to run the equipment until the end of the grant cycle.</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Project Summary: Beverage Container Innovation Grant Fund Utilization
 Description:
 This project proposes the utilization of the Beverage Container Innovation Grant Fund to upgrade our current center with advanced features aimed at enhancing customer convenience, improving operational efficiency, and contributing to sustainability efforts within our community.
 The key components of this project include:
 Upgrade of Kiosk: The grant funds will be used to replace our existing center with an advanced kiosk featuring innovative functionalities:
 Bag Drop: Customers will have the convenience of dropping off their beverage containers directly at the kiosk, simplifying the recycling process.
 Reverse Vending Machine (RVM) Technology: Integration of RVM technology will automate identification, sorting, and processing of beverage containers, reducing manual labor and increasing efficiency.
 Weigh and Pay System: The kiosk will be equipped with a weigh and pay system, allowing customers to receive instant compensation for their recycled materials based on weight.
 Placement of Bag Drop: In addition to the upgraded kiosk, we plan to place a bag drop pod for after hours redemption in our Citrus Heights location. The bag drops will complement our services by offering additional points of convenience for consumers after hours, encouraging greater participation in recycling initiatives.
 Objectives:
 Enhance Customer Experience: The upgraded kiosk and placement of the bag drop will make recycling more convenient and accessible for customers, thereby increasing participation in recycling efforts.
 Improve Operational Efficiency: Implementation of RVM technology and weigh and pay system will streamline our recycling operations, reducing processing time and labor costs.
 Contribute to Sustainability: By investing in advanced recycling infrastructure and promoting recycling awareness, we aim to contribute to environmental sustainability and conservation efforts within our community.
 Conclusion:
 The utilization of the Beverage Container Innovation Grant Fund will enable us to transform our recycling center into a modern, efficient, and customer-centric facility. Through the implementation of innovative technologies and strategic investments, we anticipate making a positive impact on the environment and the community at large.</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Ivan’s Recycling is proposing to implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in our underserved community and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing state-of-the-art Urban Kiosks, Reverse Vending Machines (RVM), and Bag Drop Express Kiosks across 4 unserved convenience zones to offer consumers a new, refined recycling experience at the following locations in our community, 1. 2765 E. Bidwell St., Folsom, CA 95630, 8595 Auburn Folsom Road, Granite Bay, CA 95746, 4249 Elverta Road, Antelope, CA 95843, 7000 Sunrise Blvd, Citrus Heights, CA 95610.</x:t>
-[...30 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Education and Leadership Foundation has proposed the installation of reverse vending machines in communities across Fresno. These machines will operate seven days a week and will also be scaled to other neighboring communities. The primary objective of this initiative is to target underserved communities, including those with limited English proficiency, low-income households, immigrant populations, and minority communities. These communities often experience difficulties accessing recycling centers and resources. The Education and Leadership Foundation has a strong relationship with the community, which has been established through various services like immigration legal services, educational tutoring, fellowship programs, special projects, and outreach events. Our aim is to make recycling beverage containers more accessible to the communities we serve by promoting equity and removing any obstacles in their way. Our program is designed to educate and raise awareness about environmental practices while making significant contributions towards the cause. We believe that by doing so, we can empower the communities to make conscious decisions about the environment and participate actively in the beverage container recycling program through the use of reverse vending machines.</x:t>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Feevon, Inc. DBA JADO Recycling</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Salma Aghmane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107548596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Feevon, operating as JADO Recycling, is dedicated to offering comprehensive CRV (California Redemption Value) Redemption services to the residents of California. Leveraging a trifecta of cutting-edge technologies including Bag-Drop, Bulk RVM (Reverse Vending Machines), and Mobile Redemption, we ensure convenient and efficient recycling solutions. Our commitment lies in facilitating seamless redemption experiences, fostering environmental sustainability, and contributing to the circular economy in California.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Healing Rhythms</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lacey Williams</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6199172101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Bag Drop Recycle Program, spear headed by Healing Rhythms, is a community-driven initiative aimed at promoting environmental sustainability and community involvement in Desert Hot Springs. Through strategic collection site placement and robust outreach efforts, the program seeks to encourage residents, businesses, and organizations to participate in recycling efforts by conveniently disposing of recyclable materials at designated collection sites. With the support of dedicated staff, volunteers, and essential resources, including commercial vehicles and collection infrastructure, the program aims to streamline material collection and processing while fostering a sense of collective responsibility for the environment. By providing educational opportunities, engaging in outreach events, and maintaining transparent communication channels, the Bag Drop Recycle Program aspires to create a cleaner, greener, and more sustainable community for generations to come.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: blah</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRV Recycle Center Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Khachiyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054047221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CRV Recycle Center Inc. is committed to providing Californian residents with comprehensive CRV (California Redemption Value) Redemption services. By harnessing advanced technologies such as Mobile Redemption via the EcoMobile XP system, Bag Drop Collection through EcoPods, and Bulk RVMs through the EcoCount3, we prioritize convenience and efficiency in recycling solutions. Our dedication is centered on facilitating seamless redemption experiences, advancing environmental sustainability, and actively contributing to the circular economy throughout California.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr John Buchowski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the support of this grant, Olyns Inc. proposes to install 53 RVMs across Alameda and Marin counties in 43 unserved convenience zones. This represents a 50% increase in served zones for the project area (from 43 to 86). 10 of the busiest project locations will have multiple RVMs for improved consumer experience and greater capacity. Each RVM location will be registered as a certified Recycling Center (RC).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lassen              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Water Recycling Corporation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Garrett Ingram</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302334896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Blue Water Recycling has operated as a trusted, and valued Recycling Operator in Northern California for many years. As we look to the future, and long-term sustainability, Blue Water Recycling recognizes the need to innovate with technology for long-term success. We are applying to construct and new recycling center equipped with an industrial reverse vending machine in the rural City of Susanville, in Lassen County. The integration of this technology will provide the consumer with ease of recycling, and multiple choices for redemption. If the consumer does not want to sort material, they can utilize the reverse vending machine technology. On the backend, we gain efficiencies of the technology sorting the material by commodity type. This facility will be staffed during operating hours and all CRV items will be accepted and redeemed within the center. The recycling center will be located at 702185 Johnstonville Road, Susanville, CA 96130, which is currently an unserved convenience zone in a rural area.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G E Recycling Co, Inc. (GE), located at 19320 Vanowen Street, Reseda, CA 91335 #RC13704 plans to launch an innovative project under the CalRecycle RIG Program, focused on expanding CRV recycling in Los Angeles County (LAC) targeting Unserved Convenience Zones (UCZs). GE plans to significantly boost recycling rates by increasing accessibility to CRV recycling services through a detailed 2 Stage approach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>J&amp;D Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Marixa Ramos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506851901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: J&amp;D Recycling intends to revolutionize the redemption experience by deploying state-of-the-art Recycletek EcoMobile XP machines, creating express lanes that drastically reduce customer wait times and improve service efficiency. This phase will also introduce a manned Bag Drop Collection Program in 2 strategically chosen locations using electronic payments methods, aiming to provide easily accessible recycling options for areas lacking adequate facilities. Community members can return their CRV containers in bulk using specially designed Smart EcoSacks, thus ensuring a smooth and user-friendly recycling process. This phase is crucial for laying the foundational infrastructure to handle increased recycling volumes and to prepare the community for a more extensive recycling program. J&amp;D Recycling will also engage in comprehensive community outreach and education campaigns to raise awareness about the new recycling options and to encourage widespread participation, thereby fostering a culture of recycling and sustainability within the community.</x:t>
   </x:si>
   <x:si>
     <x:t>5596333170</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Education and Leadership Foundation proposes implementing a Bag Drop program that will operate seven days a week in the communities it serves in Central California. This program will initially start in the City of Fresno and eventually scale to neighboring communities. The primary focus of this initiative is to target underserved communities, such as immigrant, non-English speakers, low-income, and minority communities, who face barriers to accessing recycling practices. The goal is to leverage the multitude of services offered by ELF, such as Immigration legal services, educational tutoring and fellowship programs, and various special projects, to eliminate barriers for clients to engage in green practices of recycling and learning about environmental practices.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sonoma              </x:t>
-[...138 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Simple and Clean plans to create three new recycling centers in San Luis Obispo, Arroyo Grande, and Paso Robles California, respectively. The project will implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in unserved convenience zones and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing three state-of-the-art “urban recycling kiosks” that offer both bag drop and reverse vending machine technology to offer consumers a new, refined recycling experience at the following locations in the community, 1. 3985 S Higuera St, San Luis Obispo, CA 93401, 2. 1132 W Branch St, Arroyo Grande, CA 93420, 3. 2800 Riverside Ave, Paso Robles, CA 93446.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The proposed project includes the creation of a new recycling center in El Centro, Cal Pac has also teamed up with San Diego State University to offer Reverse Vending machines at their satellite campuses, San Diego State University Imperial Valley Campus at 720 Heber Avenue, Calexico, CA 92231 and San Diego State University Imperial Valley 560 CA-78, Brawley, CA 92227. Each campus will host RVM’s that will provide ease of redemption and access to students and college personnel.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pros Recycling LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Johnnie Ward Jr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609104770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through mobile recycling we look to present a more convent way to recycle to our residents. We look to alleviate the obstacles that are presented, whether it be extreme tempters, terrain, or just scheduling conflicts. With us being the only recycling option within 30 miles of the city we look forward to easing the customers various obstacles and offer recycling to all.</x:t>
   </x:si>
   <x:si>
     <x:t>Corner X Recycling</x:t>
   </x:si>
   <x:si>
     <x:t> Hayk Avetisyan</x:t>
   </x:si>
   <x:si>
     <x:t>9514277113</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Mobile Recycling Beverage Container Redemption Project</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Bag Drop Recycle Program, spear headed by Healing Rhythms, is a community-driven initiative aimed at promoting environmental sustainability and community involvement in Desert Hot Springs. Through strategic collection site placement and robust outreach efforts, the program seeks to encourage residents, businesses, and organizations to participate in recycling efforts by conveniently disposing of recyclable materials at designated collection sites. With the support of dedicated staff, volunteers, and essential resources, including commercial vehicles and collection infrastructure, the program aims to streamline material collection and processing while fostering a sense of collective responsibility for the environment. By providing educational opportunities, engaging in outreach events, and maintaining transparent communication channels, the Bag Drop Recycle Program aspires to create a cleaner, greener, and more sustainable community for generations to come.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 27</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -564,51 +564,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a89c2b45274060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdc29e264b9f44d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd3f1feebf72643c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b52d0f8b89a4847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdf61f29aee4e42f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4229c689f18c4e6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -656,691 +656,691 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.95745849609375" customHeight="1" collapsed="0">
+    <x:row ht="1034.9007568359375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>296127</x:v>
+        <x:v>1506968</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1046.409423828125" customHeight="1" collapsed="0">
+    <x:row ht="620.9573974609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>772177</x:v>
+        <x:v>296127</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.9544677734375" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.428466796875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>717597</x:v>
+        <x:v>1675734</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="770.42822265625" customHeight="1" collapsed="0">
+    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>1675734</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>1506968</x:v>
+        <x:v>1094000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
+    <x:row ht="413.971435546875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>2949296</x:v>
+        <x:v>2415554</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.90576171875" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>2770231</x:v>
+        <x:v>2482464</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="G13" s="8"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G13" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>48</x:v>
-[...2 lines deleted...]
-    <x:row ht="2299.80517578125" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>860421</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G14" s="8"/>
       <x:c r="H14" s="8" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.423828125" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.43798828125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>2482464</x:v>
+        <x:v>258084</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4365234375" customHeight="1" collapsed="0">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1264.90380859375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>258084</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-    <x:row ht="1264.904296875" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="954.42578125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.970703125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>2502039</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.4130859375" customHeight="1" collapsed="0">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.4638671875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>2156665</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-    <x:row ht="954.423828125" customHeight="1" collapsed="0">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2299.8046875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>2000000</x:v>
+        <x:v>860421</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>76</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.97265625" customHeight="1" collapsed="0">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.9609375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>2415554</x:v>
+        <x:v>1057000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1000.404296875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>2999658</x:v>
+        <x:v>138600</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
-[...5 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+      <x:c r="B23" s="8" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>1057000</x:v>
+        <x:v>1052704</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.5029296875" customHeight="1" collapsed="0">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.939453125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>1052704</x:v>
+        <x:v>1035000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>89</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>2156665</x:v>
+        <x:v>2999658</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>1035000</x:v>
+        <x:v>2770231</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.4560546875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>2502039</x:v>
+        <x:v>1212000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1046.41015625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>1212000</x:v>
+        <x:v>772177</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>1094000</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.41796875" customHeight="1" collapsed="0">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.955078125" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>2949296</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
-    <x:row ht="137.9921875" customHeight="1" collapsed="0">
+    <x:row ht="390.955078125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>2938000</x:v>
+        <x:v>717597</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>116</x:v>
-[...2 lines deleted...]
-    <x:row ht="1000.40234375" customHeight="1" collapsed="0">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>138600</x:v>
+        <x:v>2938000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3984375" customHeight="1" collapsed="0">
       <x:c r="A33" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B33" s="10" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C33" s="10"/>
       <x:c r="D33" s="11" t="n">
         <x:v>41990319</x:v>
       </x:c>
       <x:c r="E33" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F33" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G33" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -1364,29 +1364,29 @@
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 10:04 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:39 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>