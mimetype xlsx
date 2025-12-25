--- v2 (2025-12-24)
+++ v3 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref3bfd30cc194212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a7c3e1e6e9440f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdf61f29aee4e42f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R61ed4f32e1424213"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Redemption Innovation Grant Program (RIG1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -564,51 +564,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b52d0f8b89a4847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdf61f29aee4e42f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4229c689f18c4e6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda7706f80ff04f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R61ed4f32e1424213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf3e414dce2714d49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1364,29 +1364,29 @@
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:39 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:35 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>