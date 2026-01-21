--- v3 (2025-12-25)
+++ v4 (2026-01-21)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a7c3e1e6e9440f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc4fe33355454d55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R61ed4f32e1424213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7d2058bb7ff544be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Redemption Innovation Grant Program (RIG1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
@@ -62,51 +62,51 @@
     <x:t> Gabriel Lopez</x:t>
   </x:si>
   <x:si>
     <x:t>7605503296</x:t>
   </x:si>
   <x:si>
     <x:t>Stephanie Livingston</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Cal Pac Recycling has operated as a trusted, and valued Recycling Operator in Calexico for many years. As we look to the future, and long-term sustainability, Cal Pac Recycling recognizes the need to innovate with technology for long-term success. We are applying to bring an industrial reverse vending machine and cash machine into our Calexico facility. The integration of this technology will provide the consumer with ease of recycling, and multiple choices for redemption. If the consumer does not want to sort material, they can utilize the reverse vending machine. On the backend, we gain efficiencies of the technology sorting the material by commodity type. This facility will continue to be staffed as it is today during operating hours and all CRV items will be accepted and redeemed within the center.
 Today the current site redeems over 600 tons of recyclable materials annually, with the proposed technology upgrades we anticipate an additional 15% increase in the total materials able to be recycled which amounts to an additional 90 tons of recycled materials each year.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle LaRue</x:t>
   </x:si>
   <x:si>
     <x:t>7077585417</x:t>
   </x:si>
   <x:si>
-    <x:t>Raju Payuran</x:t>
+    <x:t>Danbaki Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CCNB is requesting CalRecycle Grant funding to acquire and install new sorting line technology to both expedite and improve our recycling sorting methodologies. This Industrial Reverse Vending Machine Sorter technology automatically identifies and sorts materials deposited into the machine by community members, determines if is CRV qualifying, and sorts it accordingly by material type. This whole process is completed automatically through the recognition unit to be acquired using CalRecycle grant funding, if awarded. These materials are then collected by CCNB corpsmembers and taken to a local Recycling Center for processing.</x:t>
   </x:si>
   <x:si>
     <x:t>Ventura             </x:t>
   </x:si>
   <x:si>
     <x:t>Evergreen Recycling &amp; Waste Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Krikor (Koko) Balian</x:t>
   </x:si>
   <x:si>
     <x:t>3238737105</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Evergreen Recycling and Waste Inc. plans to implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in our underserved community and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing two state-of-the-art “urban recycling kiosks” that offer both bag drop and reverse vending machine technology to offer consumers a new, refined recycling experience at the following locations in the community, 1. 730 E. 1st Ave, Oxnard, CA and 2. 280 E. Harvard Blvd, Santa Paula, CA 93060.</x:t>
   </x:si>
   <x:si>
     <x:t>San Luis Obispo     </x:t>
   </x:si>
   <x:si>
     <x:t>Simple &amp; Green, LLC</x:t>
   </x:si>
@@ -187,64 +187,70 @@
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo Employment Services</x:t>
   </x:si>
   <x:si>
     <x:t> Martin Grosso</x:t>
   </x:si>
   <x:si>
     <x:t>5306628616</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Yolo Employment Services (YES!), a non-profit, community service program that trains and employs people with developmental disabilities, seeks to expand its Certified Recycling Center via a mobile operation.  This operation will be mobile in that it will be set up and taken down each weekday at the same location.
 Beverage containers collected from the mobile operation will be transported back to the YES! Recycling Center and added to respective loads (Aluminum, Plastic, and Glass) for future shipment to respective recyclers.</x:t>
   </x:si>
   <x:si>
     <x:t>Collective REMAKE: Art, Business, Education, Jobs, News, People and Recycling for Sustainability</x:t>
   </x:si>
   <x:si>
     <x:t> Mary Sutton</x:t>
   </x:si>
   <x:si>
     <x:t>2136135949</x:t>
   </x:si>
   <x:si>
+    <x:t>Justine Taylor</x:t>
+  </x:si>
+  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Collective REMAKE will support the The Green Halcones, a social co-operative, to advance an innovative CRV mobile project in South Los Angeles. This project supports the state to remove recyclables from waterways and landfills and implement local environmental education. Cash is generated by turning in CRV containers that are picked up from a diverse customer base on organized schedules and routes. 
 The project supports individuals who are impacted by the carceral system and economically marginalized to participate in inclusive and co-learning work space to build dignity, generate revenue, and protect the environment</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>Education and Leadership Foundation</x:t>
   </x:si>
   <x:si>
     <x:t> Cecelia Jimmeye</x:t>
   </x:si>
   <x:si>
     <x:t>5592915428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Le</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Education and Leadership Foundation has proposed the installation of reverse vending machines in communities across Fresno. These machines will operate seven days a week and will also be scaled to other neighboring communities. The primary objective of this initiative is to target underserved communities, including those with limited English proficiency, low-income households, immigrant populations, and minority communities. These communities often experience difficulties accessing recycling centers and resources. The Education and Leadership Foundation has a strong relationship with the community, which has been established through various services like immigration legal services, educational tutoring, fellowship programs, special projects, and outreach events. Our aim is to make recycling beverage containers more accessible to the communities we serve by promoting equity and removing any obstacles in their way. Our program is designed to educate and raise awareness about environmental practices while making significant contributions towards the cause. We believe that by doing so, we can empower the communities to make conscious decisions about the environment and participate actively in the beverage container recycling program through the use of reverse vending machines.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>Socal EcoSolutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t> Anthony St John Jr</x:t>
   </x:si>
   <x:si>
     <x:t>6199227646</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Our initiative aims to introduce a convenient and innovative recycling solution to underserved areas, particularly focusing on disadvantaged communities in Southern California.
 Our strategy involves acquiring property within San Diego County to establish a central Recycling Center serving as the operational base for our mobile recycling units. These units will be deployed across various underserved and disadvantaged communities throughout Southern California.
 To implement our business plan effectively, we require essential resources including a Roll Off truck, Two Box trucks, compacting/transfer equipment, scales, roll off containers, collection receptacles, POS systems, as well as allocations for public education and administrative expenses.
 Our project draws inspiration from successful models of mobile recycling programs and seeks to replicate their effectiveness in our targeted regions.</x:t>
   </x:si>
   <x:si>
     <x:t>Smart &amp; Final Stores LLC</x:t>
   </x:si>
@@ -564,51 +570,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda7706f80ff04f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R61ed4f32e1424213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf3e414dce2714d49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racfb2296404c40a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7d2058bb7ff544be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf22f880784924d17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -842,551 +848,551 @@
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row ht="862.41259765625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>500000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8"/>
       <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row ht="632.43798828125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>258084</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row ht="1264.90380859375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row ht="954.42578125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>2000000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row ht="413.970703125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>2502039</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row ht="402.4638671875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>2156665</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row ht="2299.8046875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>860421</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="551.9609375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
         <x:v>1057000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row ht="1000.404296875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
         <x:v>138600</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
         <x:v>1052704</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row ht="597.939453125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
         <x:v>1035000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row ht="367.9658203125" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
         <x:v>2999658</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row ht="965.9052734375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
         <x:v>2770231</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row ht="356.4560546875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
         <x:v>1212000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row ht="1046.41015625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
         <x:v>772177</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row ht="505.955078125" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
         <x:v>2949296</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row ht="390.955078125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
         <x:v>717597</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row ht="137.990234375" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
         <x:v>2938000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3984375" customHeight="1" collapsed="0">
       <x:c r="A33" s="10" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B33" s="10" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C33" s="10"/>
       <x:c r="D33" s="11" t="n">
         <x:v>41990319</x:v>
       </x:c>
       <x:c r="E33" s="10" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F33" s="10" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G33" s="10" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H33" s="10" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:35 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 21, 2026 7:08 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>