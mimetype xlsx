--- v4 (2026-01-21)
+++ v5 (2026-02-10)
@@ -1,441 +1,441 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc4fe33355454d55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc326b9ea685c43af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7d2058bb7ff544be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf076e4a1c5244f59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Redemption Innovation Grant Program (RIG1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps North Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Kyle LaRue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077585417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danbaki Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CCNB is requesting CalRecycle Grant funding to acquire and install new sorting line technology to both expedite and improve our recycling sorting methodologies. This Industrial Reverse Vending Machine Sorter technology automatically identifies and sorts materials deposited into the machine by community members, determines if is CRV qualifying, and sorts it accordingly by material type. This whole process is completed automatically through the recognition unit to be acquired using CalRecycle grant funding, if awarded. These materials are then collected by CCNB corpsmembers and taken to a local Recycling Center for processing.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>J&amp;D Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Marixa Ramos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506851901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stephanie Livingston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: J&amp;D Recycling intends to revolutionize the redemption experience by deploying state-of-the-art Recycletek EcoMobile XP machines, creating express lanes that drastically reduce customer wait times and improve service efficiency. This phase will also introduce a manned Bag Drop Collection Program in 2 strategically chosen locations using electronic payments methods, aiming to provide easily accessible recycling options for areas lacking adequate facilities. Community members can return their CRV containers in bulk using specially designed Smart EcoSacks, thus ensuring a smooth and user-friendly recycling process. This phase is crucial for laying the foundational infrastructure to handle increased recycling volumes and to prepare the community for a more extensive recycling program. J&amp;D Recycling will also engage in comprehensive community outreach and education campaigns to raise awareness about the new recycling options and to encourage widespread participation, thereby fostering a culture of recycling and sustainability within the community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pros Recycling LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Johnnie Ward Jr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609104770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tiffany Morris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through mobile recycling we look to present a more convent way to recycle to our residents. We look to alleviate the obstacles that are presented, whether it be extreme tempters, terrain, or just scheduling conflicts. With us being the only recycling option within 30 miles of the city we look forward to easing the customers various obstacles and offer recycling to all.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergreen Recycling &amp; Waste Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Krikor (Koko) Balian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238737105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Evergreen Recycling and Waste Inc. plans to implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in our underserved community and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing two state-of-the-art “urban recycling kiosks” that offer both bag drop and reverse vending machine technology to offer consumers a new, refined recycling experience at the following locations in the community, 1. 730 E. 1st Ave, Oxnard, CA and 2. 280 E. Harvard Blvd, Santa Paula, CA 93060.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Cal Pac Recycling, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Gabriel Lopez</x:t>
   </x:si>
   <x:si>
     <x:t>7605503296</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Stephanie Livingston</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Cal Pac Recycling has operated as a trusted, and valued Recycling Operator in Calexico for many years. As we look to the future, and long-term sustainability, Cal Pac Recycling recognizes the need to innovate with technology for long-term success. We are applying to bring an industrial reverse vending machine and cash machine into our Calexico facility. The integration of this technology will provide the consumer with ease of recycling, and multiple choices for redemption. If the consumer does not want to sort material, they can utilize the reverse vending machine. On the backend, we gain efficiencies of the technology sorting the material by commodity type. This facility will continue to be staffed as it is today during operating hours and all CRV items will be accepted and redeemed within the center.
 Today the current site redeems over 600 tons of recyclable materials annually, with the proposed technology upgrades we anticipate an additional 15% increase in the total materials able to be recycled which amounts to an additional 90 tons of recycled materials each year.</x:t>
   </x:si>
   <x:si>
-    <x:t>Marin               </x:t>
-[...108 lines deleted...]
-Our goal is to make sure there are no more Unserved CZs’ or Disadvantaged Communities without a clean, convenient, and a readily available location to recycle their CRV.  The truly innovative equipment, systems, and processes that will be implemented using AI and our existing prototypes will build an overall program that positions this RIG funding as the basis for the future of how CRV can be collected and processed in California.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The proposed project includes the creation of a new recycling center in El Centro, Cal Pac has also teamed up with San Diego State University to offer Reverse Vending machines at their satellite campuses, San Diego State University Imperial Valley Campus at 720 Heber Avenue, Calexico, CA 92231 and San Diego State University Imperial Valley 560 CA-78, Brawley, CA 92227. Each campus will host RVM’s that will provide ease of redemption and access to students and college personnel.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lassen              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Water Recycling Corporation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Garrett Ingram</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302334896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Blue Water Recycling has operated as a trusted, and valued Recycling Operator in Northern California for many years. As we look to the future, and long-term sustainability, Blue Water Recycling recognizes the need to innovate with technology for long-term success. We are applying to construct and new recycling center equipped with an industrial reverse vending machine in the rural City of Susanville, in Lassen County. The integration of this technology will provide the consumer with ease of recycling, and multiple choices for redemption. If the consumer does not want to sort material, they can utilize the reverse vending machine technology. On the backend, we gain efficiencies of the technology sorting the material by commodity type. This facility will be staffed during operating hours and all CRV items will be accepted and redeemed within the center. The recycling center will be located at 702185 Johnstonville Road, Susanville, CA 96130, which is currently an unserved convenience zone in a rural area.</x:t>
   </x:si>
   <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo Employment Services</x:t>
   </x:si>
   <x:si>
     <x:t> Martin Grosso</x:t>
   </x:si>
   <x:si>
     <x:t>5306628616</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Yolo Employment Services (YES!), a non-profit, community service program that trains and employs people with developmental disabilities, seeks to expand its Certified Recycling Center via a mobile operation.  This operation will be mobile in that it will be set up and taken down each weekday at the same location.
 Beverage containers collected from the mobile operation will be transported back to the YES! Recycling Center and added to respective loads (Aluminum, Plastic, and Glass) for future shipment to respective recyclers.</x:t>
   </x:si>
   <x:si>
-    <x:t>Collective REMAKE: Art, Business, Education, Jobs, News, People and Recycling for Sustainability</x:t>
-[...75 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant request will be used to pay for the installation and purchase of 56 RVMs to be installed in 36 Save Mart Company stores. These stores are under our banners Lucky, Lucky California, Save Mart and FoodMaxx and are located in various counties in California. The grant request also includes the necessary software fees to run the equipment until the end of the grant cycle.</x:t>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivan's Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ivan Pislar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167904960</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Project Summary: Beverage Container Innovation Grant Fund Utilization
 Description:
 This project proposes the utilization of the Beverage Container Innovation Grant Fund to upgrade our current center with advanced features aimed at enhancing customer convenience, improving operational efficiency, and contributing to sustainability efforts within our community.
 The key components of this project include:
 Upgrade of Kiosk: The grant funds will be used to replace our existing center with an advanced kiosk featuring innovative functionalities:
 Bag Drop: Customers will have the convenience of dropping off their beverage containers directly at the kiosk, simplifying the recycling process.
 Reverse Vending Machine (RVM) Technology: Integration of RVM technology will automate identification, sorting, and processing of beverage containers, reducing manual labor and increasing efficiency.
 Weigh and Pay System: The kiosk will be equipped with a weigh and pay system, allowing customers to receive instant compensation for their recycled materials based on weight.
 Placement of Bag Drop: In addition to the upgraded kiosk, we plan to place a bag drop pod for after hours redemption in our Citrus Heights location. The bag drops will complement our services by offering additional points of convenience for consumers after hours, encouraging greater participation in recycling initiatives.
 Objectives:
 Enhance Customer Experience: The upgraded kiosk and placement of the bag drop will make recycling more convenient and accessible for customers, thereby increasing participation in recycling efforts.
 Improve Operational Efficiency: Implementation of RVM technology and weigh and pay system will streamline our recycling operations, reducing processing time and labor costs.
 Contribute to Sustainability: By investing in advanced recycling infrastructure and promoting recycling awareness, we aim to contribute to environmental sustainability and conservation efforts within our community.
 Conclusion:
 The utilization of the Beverage Container Innovation Grant Fund will enable us to transform our recycling center into a modern, efficient, and customer-centric facility. Through the implementation of innovative technologies and strategic investments, we anticipate making a positive impact on the environment and the community at large.</x:t>
   </x:si>
   <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Ivan’s Recycling is proposing to implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in our underserved community and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing state-of-the-art Urban Kiosks, Reverse Vending Machines (RVM), and Bag Drop Express Kiosks across 4 unserved convenience zones to offer consumers a new, refined recycling experience at the following locations in our community, 1. 2765 E. Bidwell St., Folsom, CA 95630, 8595 Auburn Folsom Road, Granite Bay, CA 95746, 4249 Elverta Road, Antelope, CA 95843, 7000 Sunrise Blvd, Citrus Heights, CA 95610.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collective REMAKE: Art, Business, Education, Jobs, News, People and Recycling for Sustainability</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mary Sutton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2136135949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Justine Taylor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Collective REMAKE will support the The Green Halcones, a social co-operative, to advance an innovative CRV mobile project in South Los Angeles. This project supports the state to remove recyclables from waterways and landfills and implement local environmental education. Cash is generated by turning in CRV containers that are picked up from a diverse customer base on organized schedules and routes. 
+The project supports individuals who are impacted by the carceral system and economically marginalized to participate in inclusive and co-learning work space to build dignity, generate revenue, and protect the environment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Education and Leadership Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cecelia Jimmeye</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592915428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Le</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Education and Leadership Foundation has proposed the installation of reverse vending machines in communities across Fresno. These machines will operate seven days a week and will also be scaled to other neighboring communities. The primary objective of this initiative is to target underserved communities, including those with limited English proficiency, low-income households, immigrant populations, and minority communities. These communities often experience difficulties accessing recycling centers and resources. The Education and Leadership Foundation has a strong relationship with the community, which has been established through various services like immigration legal services, educational tutoring, fellowship programs, special projects, and outreach events. Our aim is to make recycling beverage containers more accessible to the communities we serve by promoting equity and removing any obstacles in their way. Our program is designed to educate and raise awareness about environmental practices while making significant contributions towards the cause. We believe that by doing so, we can empower the communities to make conscious decisions about the environment and participate actively in the beverage container recycling program through the use of reverse vending machines.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596333170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Education and Leadership Foundation proposes implementing a Bag Drop program that will operate seven days a week in the communities it serves in Central California. This program will initially start in the City of Fresno and eventually scale to neighboring communities. The primary focus of this initiative is to target underserved communities, such as immigrant, non-English speakers, low-income, and minority communities, who face barriers to accessing recycling practices. The goal is to leverage the multitude of services offered by ELF, such as Immigration legal services, educational tutoring and fellowship programs, and various special projects, to eliminate barriers for clients to engage in green practices of recycling and learning about environmental practices.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Cerebral Palsy of the North Bay, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christine Isetta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077320202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Our New RC/Bag Drop Project will allow us to work towards two important goals: (1) We will be able to fabricate, install, and maintain numerous automated BD Mini Recycling Centers (MRC’s) for Sonoma County’s unserved and disadvantaged CZ’s and (2) We will be able to fund some of the facility expansion and equipment purchases that are needed to process the inevitable increased volumes of CRV materials that would result from our BD Project.
+Our goal is to make sure there are no more Unserved CZs’ or Disadvantaged Communities without a clean, convenient, and a readily available location to recycle their CRV.  The truly innovative equipment, systems, and processes that will be implemented using AI and our existing prototypes will build an overall program that positions this RIG funding as the basis for the future of how CRV can be collected and processed in California.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Socal EcoSolutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anthony St John Jr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6199227646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Our initiative aims to introduce a convenient and innovative recycling solution to underserved areas, particularly focusing on disadvantaged communities in Southern California.
+Our strategy involves acquiring property within San Diego County to establish a central Recycling Center serving as the operational base for our mobile recycling units. These units will be deployed across various underserved and disadvantaged communities throughout Southern California.
+To implement our business plan effectively, we require essential resources including a Roll Off truck, Two Box trucks, compacting/transfer equipment, scales, roll off containers, collection receptacles, POS systems, as well as allocations for public education and administrative expenses.
+Our project draws inspiration from successful models of mobile recycling programs and seeks to replicate their effectiveness in our targeted regions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olyns, Inc. Doing Business in California as Olyns Tech.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Buchowski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084429261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the support of this grant, Olyns Inc. proposes to install 39 RVMs across Santa Clara, San Mateo, and Santa Cruz counties in 26 unserved convenience zones. This represents a 82% increase in served zones for the project area (from 119 to 145). 13 of the busiest project locations will have multiple RVMs for improved consumer experience and greater capacity. Each RVM will be registered as a certified Recycling Center (RC) or, if appropriate, as a Mobile Recycler.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr John Buchowski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the support of this grant, Olyns Inc. proposes to install 53 RVMs across Alameda and Marin counties in 43 unserved convenience zones. This represents a 50% increase in served zones for the project area (from 43 to 86). 10 of the busiest project locations will have multiple RVMs for improved consumer experience and greater capacity. Each RVM location will be registered as a certified Recycling Center (RC).</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>Feevon, Inc. DBA JADO Recycling</x:t>
   </x:si>
   <x:si>
     <x:t> Salma Aghmane</x:t>
   </x:si>
   <x:si>
     <x:t>5107548596</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Feevon, operating as JADO Recycling, is dedicated to offering comprehensive CRV (California Redemption Value) Redemption services to the residents of California. Leveraging a trifecta of cutting-edge technologies including Bag-Drop, Bulk RVM (Reverse Vending Machines), and Mobile Redemption, we ensure convenient and efficient recycling solutions. Our commitment lies in facilitating seamless redemption experiences, fostering environmental sustainability, and contributing to the circular economy in California.</x:t>
   </x:si>
   <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: blah</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Save Mart Companies LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shellie Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2092367557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant request will be used to pay for the installation and purchase of 56 RVMs to be installed in 36 Save Mart Company stores. These stores are under our banners Lucky, Lucky California, Save Mart and FoodMaxx and are located in various counties in California. The grant request also includes the necessary software fees to run the equipment until the end of the grant cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRV Recycle Center Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Khachiyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054047221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CRV Recycle Center Inc. is committed to providing Californian residents with comprehensive CRV (California Redemption Value) Redemption services. By harnessing advanced technologies such as Mobile Redemption via the EcoMobile XP system, Bag Drop Collection through EcoPods, and Bulk RVMs through the EcoCount3, we prioritize convenience and efficiency in recycling solutions. Our dedication is centered on facilitating seamless redemption experiences, advancing environmental sustainability, and actively contributing to the circular economy throughout California.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smart &amp; Final Stores LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Rizzi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238697588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This application is to request funding from the Beverage Container Redemption Innovation Grant Program to support our installation of Reverse Vending Machines (RVM) into our stores. By installing RVMs, we aim not only to elevate the consumer CRV redemption experience, but also to enable better employee focus on core business and to reinforce our brand's commitment to sustainability.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G.E. Recycling Co, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alex Sarkisyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185238778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G E Recycling Co, Inc. (GE), located at 19320 Vanowen Street, Reseda, CA 91335 #RC13704 plans to launch an innovative project under the CalRecycle RIG Program, focused on expanding CRV recycling in Los Angeles County (LAC) targeting Unserved Convenience Zones (UCZs). GE plans to significantly boost recycling rates by increasing accessibility to CRV recycling services through a detailed 2 Stage approach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Green Earth Recycling (GR), located at 5926 Monterey Rd, Los Angeles, CA 90042 #RC12262 and 13107 Valley Blvd, City of Industry, CA 91746 #RC13269 plans to launch an innovative project under the CalRecycle RIG Program, focused on expanding CRV recycling in Los Angeles County (LAC) targeting Unserved Convenience Zones (UCZs). GR plans to significantly boost recycling rates by increasing accessibility to CRV recycling services through a detailed 2 Stage approach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simple &amp; Green, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jordan Watson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3236676649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Simple and Clean plans to create three new recycling centers in San Luis Obispo, Arroyo Grande, and Paso Robles California, respectively. The project will implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in unserved convenience zones and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing three state-of-the-art “urban recycling kiosks” that offer both bag drop and reverse vending machine technology to offer consumers a new, refined recycling experience at the following locations in the community, 1. 3985 S Higuera St, San Luis Obispo, CA 93401, 2. 1132 W Branch St, Arroyo Grande, CA 93420, 3. 2800 Riverside Ave, Paso Robles, CA 93446.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corner X Recycling</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Hayk Avetisyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514277113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Mobile Recycling Beverage Container Redemption Project</x:t>
+  </x:si>
+  <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>Healing Rhythms</x:t>
   </x:si>
   <x:si>
     <x:t> Lacey Williams</x:t>
   </x:si>
   <x:si>
     <x:t>6199172101</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Bag Drop Recycle Program, spear headed by Healing Rhythms, is a community-driven initiative aimed at promoting environmental sustainability and community involvement in Desert Hot Springs. Through strategic collection site placement and robust outreach efforts, the program seeks to encourage residents, businesses, and organizations to participate in recycling efforts by conveniently disposing of recyclable materials at designated collection sites. With the support of dedicated staff, volunteers, and essential resources, including commercial vehicles and collection infrastructure, the program aims to streamline material collection and processing while fostering a sense of collective responsibility for the environment. By providing educational opportunities, engaging in outreach events, and maintaining transparent communication channels, the Bag Drop Recycle Program aspires to create a cleaner, greener, and more sustainable community for generations to come.</x:t>
-  </x:si>
-[...88 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Mobile Recycling Beverage Container Redemption Project</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 27</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -570,51 +570,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racfb2296404c40a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7d2058bb7ff544be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf22f880784924d17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7a304903467417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf076e4a1c5244f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R939ca38342954637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -662,691 +662,691 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.9007568359375" customHeight="1" collapsed="0">
+    <x:row ht="620.95745849609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>1506968</x:v>
+        <x:v>296127</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.9573974609375" customHeight="1" collapsed="0">
+    <x:row ht="1046.409423828125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>296127</x:v>
+        <x:v>772177</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="770.428466796875" customHeight="1" collapsed="0">
+    <x:row ht="390.9544677734375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>1675734</x:v>
+        <x:v>717597</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.42822265625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1675734</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1034.90087890625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>1094000</x:v>
+        <x:v>1506968</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.971435546875" customHeight="1" collapsed="0">
+    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>2415554</x:v>
+        <x:v>2949296</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.90576171875" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>2482464</x:v>
+        <x:v>2770231</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B13" s="8" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G13" s="8"/>
+      <x:c r="H13" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2299.80517578125" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>860421</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="G14" s="8"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G14" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.43798828125" customHeight="1" collapsed="0">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>258084</x:v>
+        <x:v>2482464</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-    <x:row ht="1264.90380859375" customHeight="1" collapsed="0">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4365234375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>258084</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="954.42578125" customHeight="1" collapsed="0">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1264.904296875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>2000000</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.970703125" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>2502039</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.4638671875" customHeight="1" collapsed="0">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.4130859375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>2156665</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-    <x:row ht="2299.8046875" customHeight="1" collapsed="0">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="954.423828125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>860421</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>83</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.9609375" customHeight="1" collapsed="0">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.97265625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>1057000</x:v>
+        <x:v>2415554</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-    <x:row ht="1000.404296875" customHeight="1" collapsed="0">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>138600</x:v>
+        <x:v>2999658</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.962890625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>1052704</x:v>
+        <x:v>1057000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G23" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.5029296875" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+      <x:c r="B24" s="8" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>1035000</x:v>
+        <x:v>1052704</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>2999658</x:v>
+        <x:v>2156665</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>2770231</x:v>
+        <x:v>1035000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>105</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.4560546875" customHeight="1" collapsed="0">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>1212000</x:v>
+        <x:v>2502039</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-    <x:row ht="1046.41015625" customHeight="1" collapsed="0">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>772177</x:v>
+        <x:v>1212000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>1094000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>113</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.955078125" customHeight="1" collapsed="0">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.41796875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>11</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>2949296</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>12</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>13</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.955078125" customHeight="1" collapsed="0">
+    <x:row ht="137.9921875" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B31" s="8" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>717597</x:v>
+        <x:v>2938000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+      <x:c r="G31" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="G31" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H31" s="8" t="s">
+    </x:row>
+    <x:row ht="1000.40234375" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>2938000</x:v>
+        <x:v>138600</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3984375" customHeight="1" collapsed="0">
       <x:c r="A33" s="10" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B33" s="10" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C33" s="10"/>
       <x:c r="D33" s="11" t="n">
         <x:v>41990319</x:v>
       </x:c>
       <x:c r="E33" s="10" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F33" s="10" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G33" s="10" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -1370,29 +1370,29 @@
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 21, 2026 7:08 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:34 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>