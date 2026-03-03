--- v5 (2026-02-10)
+++ v6 (2026-03-03)
@@ -1,441 +1,441 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc326b9ea685c43af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0718db65a40d45cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf076e4a1c5244f59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R47084dc775a14c3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Redemption Innovation Grant Program (RIG1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Marin               </x:t>
-[...26 lines deleted...]
-    <x:t>6506851901</x:t>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cal Pac Recycling, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gabriel Lopez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605503296</x:t>
   </x:si>
   <x:si>
     <x:t>Stephanie Livingston</x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>7605503296</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Cal Pac Recycling has operated as a trusted, and valued Recycling Operator in Calexico for many years. As we look to the future, and long-term sustainability, Cal Pac Recycling recognizes the need to innovate with technology for long-term success. We are applying to bring an industrial reverse vending machine and cash machine into our Calexico facility. The integration of this technology will provide the consumer with ease of recycling, and multiple choices for redemption. If the consumer does not want to sort material, they can utilize the reverse vending machine. On the backend, we gain efficiencies of the technology sorting the material by commodity type. This facility will continue to be staffed as it is today during operating hours and all CRV items will be accepted and redeemed within the center.
 Today the current site redeems over 600 tons of recyclable materials annually, with the proposed technology upgrades we anticipate an additional 15% increase in the total materials able to be recycled which amounts to an additional 90 tons of recycled materials each year.</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The proposed project includes the creation of a new recycling center in El Centro, Cal Pac has also teamed up with San Diego State University to offer Reverse Vending machines at their satellite campuses, San Diego State University Imperial Valley Campus at 720 Heber Avenue, Calexico, CA 92231 and San Diego State University Imperial Valley 560 CA-78, Brawley, CA 92227. Each campus will host RVM’s that will provide ease of redemption and access to students and college personnel.</x:t>
-[...14 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Blue Water Recycling has operated as a trusted, and valued Recycling Operator in Northern California for many years. As we look to the future, and long-term sustainability, Blue Water Recycling recognizes the need to innovate with technology for long-term success. We are applying to construct and new recycling center equipped with an industrial reverse vending machine in the rural City of Susanville, in Lassen County. The integration of this technology will provide the consumer with ease of recycling, and multiple choices for redemption. If the consumer does not want to sort material, they can utilize the reverse vending machine technology. On the backend, we gain efficiencies of the technology sorting the material by commodity type. This facility will be staffed during operating hours and all CRV items will be accepted and redeemed within the center. The recycling center will be located at 702185 Johnstonville Road, Susanville, CA 96130, which is currently an unserved convenience zone in a rural area.</x:t>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps North Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Kyle LaRue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077585417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danbaki Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CCNB is requesting CalRecycle Grant funding to acquire and install new sorting line technology to both expedite and improve our recycling sorting methodologies. This Industrial Reverse Vending Machine Sorter technology automatically identifies and sorts materials deposited into the machine by community members, determines if is CRV qualifying, and sorts it accordingly by material type. This whole process is completed automatically through the recognition unit to be acquired using CalRecycle grant funding, if awarded. These materials are then collected by CCNB corpsmembers and taken to a local Recycling Center for processing.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergreen Recycling &amp; Waste Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Krikor (Koko) Balian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238737105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Evergreen Recycling and Waste Inc. plans to implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in our underserved community and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing two state-of-the-art “urban recycling kiosks” that offer both bag drop and reverse vending machine technology to offer consumers a new, refined recycling experience at the following locations in the community, 1. 730 E. 1st Ave, Oxnard, CA and 2. 280 E. Harvard Blvd, Santa Paula, CA 93060.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simple &amp; Green, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jordan Watson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3236676649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Simple and Clean plans to create three new recycling centers in San Luis Obispo, Arroyo Grande, and Paso Robles California, respectively. The project will implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in unserved convenience zones and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing three state-of-the-art “urban recycling kiosks” that offer both bag drop and reverse vending machine technology to offer consumers a new, refined recycling experience at the following locations in the community, 1. 3985 S Higuera St, San Luis Obispo, CA 93401, 2. 1132 W Branch St, Arroyo Grande, CA 93420, 3. 2800 Riverside Ave, Paso Robles, CA 93446.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>G.E. Recycling Co, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alex Sarkisyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185238778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tiffany Morris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Green Earth Recycling (GR), located at 5926 Monterey Rd, Los Angeles, CA 90042 #RC12262 and 13107 Valley Blvd, City of Industry, CA 91746 #RC13269 plans to launch an innovative project under the CalRecycle RIG Program, focused on expanding CRV recycling in Los Angeles County (LAC) targeting Unserved Convenience Zones (UCZs). GR plans to significantly boost recycling rates by increasing accessibility to CRV recycling services through a detailed 2 Stage approach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olyns, Inc. Doing Business in California as Olyns Tech.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Buchowski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084429261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the support of this grant, Olyns Inc. proposes to install 39 RVMs across Santa Clara, San Mateo, and Santa Cruz counties in 26 unserved convenience zones. This represents a 82% increase in served zones for the project area (from 119 to 145). 13 of the busiest project locations will have multiple RVMs for improved consumer experience and greater capacity. Each RVM will be registered as a certified Recycling Center (RC) or, if appropriate, as a Mobile Recycler.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivan's Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ivan Pislar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167904960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Ivan’s Recycling is proposing to implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in our underserved community and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing state-of-the-art Urban Kiosks, Reverse Vending Machines (RVM), and Bag Drop Express Kiosks across 4 unserved convenience zones to offer consumers a new, refined recycling experience at the following locations in our community, 1. 2765 E. Bidwell St., Folsom, CA 95630, 8595 Auburn Folsom Road, Granite Bay, CA 95746, 4249 Elverta Road, Antelope, CA 95843, 7000 Sunrise Blvd, Citrus Heights, CA 95610.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Cerebral Palsy of the North Bay, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christine Isetta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077320202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Our New RC/Bag Drop Project will allow us to work towards two important goals: (1) We will be able to fabricate, install, and maintain numerous automated BD Mini Recycling Centers (MRC’s) for Sonoma County’s unserved and disadvantaged CZ’s and (2) We will be able to fund some of the facility expansion and equipment purchases that are needed to process the inevitable increased volumes of CRV materials that would result from our BD Project.
+Our goal is to make sure there are no more Unserved CZs’ or Disadvantaged Communities without a clean, convenient, and a readily available location to recycle their CRV.  The truly innovative equipment, systems, and processes that will be implemented using AI and our existing prototypes will build an overall program that positions this RIG funding as the basis for the future of how CRV can be collected and processed in California.</x:t>
   </x:si>
   <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo Employment Services</x:t>
   </x:si>
   <x:si>
     <x:t> Martin Grosso</x:t>
   </x:si>
   <x:si>
     <x:t>5306628616</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Yolo Employment Services (YES!), a non-profit, community service program that trains and employs people with developmental disabilities, seeks to expand its Certified Recycling Center via a mobile operation.  This operation will be mobile in that it will be set up and taken down each weekday at the same location.
 Beverage containers collected from the mobile operation will be transported back to the YES! Recycling Center and added to respective loads (Aluminum, Plastic, and Glass) for future shipment to respective recyclers.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...8 lines deleted...]
-    <x:t>9167904960</x:t>
+    <x:t>Collective REMAKE: Art, Business, Education, Jobs, News, People and Recycling for Sustainability</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mary Sutton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2136135949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Justine Taylor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Collective REMAKE will support the The Green Halcones, a social co-operative, to advance an innovative CRV mobile project in South Los Angeles. This project supports the state to remove recyclables from waterways and landfills and implement local environmental education. Cash is generated by turning in CRV containers that are picked up from a diverse customer base on organized schedules and routes. 
+The project supports individuals who are impacted by the carceral system and economically marginalized to participate in inclusive and co-learning work space to build dignity, generate revenue, and protect the environment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Education and Leadership Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cecelia Jimmeye</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592915428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Le</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Education and Leadership Foundation has proposed the installation of reverse vending machines in communities across Fresno. These machines will operate seven days a week and will also be scaled to other neighboring communities. The primary objective of this initiative is to target underserved communities, including those with limited English proficiency, low-income households, immigrant populations, and minority communities. These communities often experience difficulties accessing recycling centers and resources. The Education and Leadership Foundation has a strong relationship with the community, which has been established through various services like immigration legal services, educational tutoring, fellowship programs, special projects, and outreach events. Our aim is to make recycling beverage containers more accessible to the communities we serve by promoting equity and removing any obstacles in their way. Our program is designed to educate and raise awareness about environmental practices while making significant contributions towards the cause. We believe that by doing so, we can empower the communities to make conscious decisions about the environment and participate actively in the beverage container recycling program through the use of reverse vending machines.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Socal EcoSolutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anthony St John Jr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6199227646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Our initiative aims to introduce a convenient and innovative recycling solution to underserved areas, particularly focusing on disadvantaged communities in Southern California.
+Our strategy involves acquiring property within San Diego County to establish a central Recycling Center serving as the operational base for our mobile recycling units. These units will be deployed across various underserved and disadvantaged communities throughout Southern California.
+To implement our business plan effectively, we require essential resources including a Roll Off truck, Two Box trucks, compacting/transfer equipment, scales, roll off containers, collection receptacles, POS systems, as well as allocations for public education and administrative expenses.
+Our project draws inspiration from successful models of mobile recycling programs and seeks to replicate their effectiveness in our targeted regions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smart &amp; Final Stores LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Rizzi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238697588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This application is to request funding from the Beverage Container Redemption Innovation Grant Program to support our installation of Reverse Vending Machines (RVM) into our stores. By installing RVMs, we aim not only to elevate the consumer CRV redemption experience, but also to enable better employee focus on core business and to reinforce our brand's commitment to sustainability.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Save Mart Companies LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shellie Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2092367557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant request will be used to pay for the installation and purchase of 56 RVMs to be installed in 36 Save Mart Company stores. These stores are under our banners Lucky, Lucky California, Save Mart and FoodMaxx and are located in various counties in California. The grant request also includes the necessary software fees to run the equipment until the end of the grant cycle.</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Project Summary: Beverage Container Innovation Grant Fund Utilization
 Description:
 This project proposes the utilization of the Beverage Container Innovation Grant Fund to upgrade our current center with advanced features aimed at enhancing customer convenience, improving operational efficiency, and contributing to sustainability efforts within our community.
 The key components of this project include:
 Upgrade of Kiosk: The grant funds will be used to replace our existing center with an advanced kiosk featuring innovative functionalities:
 Bag Drop: Customers will have the convenience of dropping off their beverage containers directly at the kiosk, simplifying the recycling process.
 Reverse Vending Machine (RVM) Technology: Integration of RVM technology will automate identification, sorting, and processing of beverage containers, reducing manual labor and increasing efficiency.
 Weigh and Pay System: The kiosk will be equipped with a weigh and pay system, allowing customers to receive instant compensation for their recycled materials based on weight.
 Placement of Bag Drop: In addition to the upgraded kiosk, we plan to place a bag drop pod for after hours redemption in our Citrus Heights location. The bag drops will complement our services by offering additional points of convenience for consumers after hours, encouraging greater participation in recycling initiatives.
 Objectives:
 Enhance Customer Experience: The upgraded kiosk and placement of the bag drop will make recycling more convenient and accessible for customers, thereby increasing participation in recycling efforts.
 Improve Operational Efficiency: Implementation of RVM technology and weigh and pay system will streamline our recycling operations, reducing processing time and labor costs.
 Contribute to Sustainability: By investing in advanced recycling infrastructure and promoting recycling awareness, we aim to contribute to environmental sustainability and conservation efforts within our community.
 Conclusion:
 The utilization of the Beverage Container Innovation Grant Fund will enable us to transform our recycling center into a modern, efficient, and customer-centric facility. Through the implementation of innovative technologies and strategic investments, we anticipate making a positive impact on the environment and the community at large.</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Ivan’s Recycling is proposing to implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in our underserved community and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing state-of-the-art Urban Kiosks, Reverse Vending Machines (RVM), and Bag Drop Express Kiosks across 4 unserved convenience zones to offer consumers a new, refined recycling experience at the following locations in our community, 1. 2765 E. Bidwell St., Folsom, CA 95630, 8595 Auburn Folsom Road, Granite Bay, CA 95746, 4249 Elverta Road, Antelope, CA 95843, 7000 Sunrise Blvd, Citrus Heights, CA 95610.</x:t>
-[...36 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Education and Leadership Foundation has proposed the installation of reverse vending machines in communities across Fresno. These machines will operate seven days a week and will also be scaled to other neighboring communities. The primary objective of this initiative is to target underserved communities, including those with limited English proficiency, low-income households, immigrant populations, and minority communities. These communities often experience difficulties accessing recycling centers and resources. The Education and Leadership Foundation has a strong relationship with the community, which has been established through various services like immigration legal services, educational tutoring, fellowship programs, special projects, and outreach events. Our aim is to make recycling beverage containers more accessible to the communities we serve by promoting equity and removing any obstacles in their way. Our program is designed to educate and raise awareness about environmental practices while making significant contributions towards the cause. We believe that by doing so, we can empower the communities to make conscious decisions about the environment and participate actively in the beverage container recycling program through the use of reverse vending machines.</x:t>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Feevon, Inc. DBA JADO Recycling</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Salma Aghmane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107548596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Feevon, operating as JADO Recycling, is dedicated to offering comprehensive CRV (California Redemption Value) Redemption services to the residents of California. Leveraging a trifecta of cutting-edge technologies including Bag-Drop, Bulk RVM (Reverse Vending Machines), and Mobile Redemption, we ensure convenient and efficient recycling solutions. Our commitment lies in facilitating seamless redemption experiences, fostering environmental sustainability, and contributing to the circular economy in California.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Healing Rhythms</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lacey Williams</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6199172101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Bag Drop Recycle Program, spear headed by Healing Rhythms, is a community-driven initiative aimed at promoting environmental sustainability and community involvement in Desert Hot Springs. Through strategic collection site placement and robust outreach efforts, the program seeks to encourage residents, businesses, and organizations to participate in recycling efforts by conveniently disposing of recyclable materials at designated collection sites. With the support of dedicated staff, volunteers, and essential resources, including commercial vehicles and collection infrastructure, the program aims to streamline material collection and processing while fostering a sense of collective responsibility for the environment. By providing educational opportunities, engaging in outreach events, and maintaining transparent communication channels, the Bag Drop Recycle Program aspires to create a cleaner, greener, and more sustainable community for generations to come.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: blah</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRV Recycle Center Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Khachiyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054047221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CRV Recycle Center Inc. is committed to providing Californian residents with comprehensive CRV (California Redemption Value) Redemption services. By harnessing advanced technologies such as Mobile Redemption via the EcoMobile XP system, Bag Drop Collection through EcoPods, and Bulk RVMs through the EcoCount3, we prioritize convenience and efficiency in recycling solutions. Our dedication is centered on facilitating seamless redemption experiences, advancing environmental sustainability, and actively contributing to the circular economy throughout California.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr John Buchowski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the support of this grant, Olyns Inc. proposes to install 53 RVMs across Alameda and Marin counties in 43 unserved convenience zones. This represents a 50% increase in served zones for the project area (from 43 to 86). 10 of the busiest project locations will have multiple RVMs for improved consumer experience and greater capacity. Each RVM location will be registered as a certified Recycling Center (RC).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lassen              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Water Recycling Corporation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Garrett Ingram</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302334896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Blue Water Recycling has operated as a trusted, and valued Recycling Operator in Northern California for many years. As we look to the future, and long-term sustainability, Blue Water Recycling recognizes the need to innovate with technology for long-term success. We are applying to construct and new recycling center equipped with an industrial reverse vending machine in the rural City of Susanville, in Lassen County. The integration of this technology will provide the consumer with ease of recycling, and multiple choices for redemption. If the consumer does not want to sort material, they can utilize the reverse vending machine technology. On the backend, we gain efficiencies of the technology sorting the material by commodity type. This facility will be staffed during operating hours and all CRV items will be accepted and redeemed within the center. The recycling center will be located at 702185 Johnstonville Road, Susanville, CA 96130, which is currently an unserved convenience zone in a rural area.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G E Recycling Co, Inc. (GE), located at 19320 Vanowen Street, Reseda, CA 91335 #RC13704 plans to launch an innovative project under the CalRecycle RIG Program, focused on expanding CRV recycling in Los Angeles County (LAC) targeting Unserved Convenience Zones (UCZs). GE plans to significantly boost recycling rates by increasing accessibility to CRV recycling services through a detailed 2 Stage approach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>J&amp;D Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Marixa Ramos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506851901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: J&amp;D Recycling intends to revolutionize the redemption experience by deploying state-of-the-art Recycletek EcoMobile XP machines, creating express lanes that drastically reduce customer wait times and improve service efficiency. This phase will also introduce a manned Bag Drop Collection Program in 2 strategically chosen locations using electronic payments methods, aiming to provide easily accessible recycling options for areas lacking adequate facilities. Community members can return their CRV containers in bulk using specially designed Smart EcoSacks, thus ensuring a smooth and user-friendly recycling process. This phase is crucial for laying the foundational infrastructure to handle increased recycling volumes and to prepare the community for a more extensive recycling program. J&amp;D Recycling will also engage in comprehensive community outreach and education campaigns to raise awareness about the new recycling options and to encourage widespread participation, thereby fostering a culture of recycling and sustainability within the community.</x:t>
   </x:si>
   <x:si>
     <x:t>5596333170</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Education and Leadership Foundation proposes implementing a Bag Drop program that will operate seven days a week in the communities it serves in Central California. This program will initially start in the City of Fresno and eventually scale to neighboring communities. The primary focus of this initiative is to target underserved communities, such as immigrant, non-English speakers, low-income, and minority communities, who face barriers to accessing recycling practices. The goal is to leverage the multitude of services offered by ELF, such as Immigration legal services, educational tutoring and fellowship programs, and various special projects, to eliminate barriers for clients to engage in green practices of recycling and learning about environmental practices.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sonoma              </x:t>
-[...138 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Simple and Clean plans to create three new recycling centers in San Luis Obispo, Arroyo Grande, and Paso Robles California, respectively. The project will implement multiple new innovative methods of technologies to increase the total tons of bottles and cans being recycled in unserved convenience zones and provide ease of access to Californians. If funded this project will dramatically increase the capacity of our organization to be able to work directly with members of the public to collect California Redemption Value beverage containers and provide CRV directly to consumers. The project proposes installing three state-of-the-art “urban recycling kiosks” that offer both bag drop and reverse vending machine technology to offer consumers a new, refined recycling experience at the following locations in the community, 1. 3985 S Higuera St, San Luis Obispo, CA 93401, 2. 1132 W Branch St, Arroyo Grande, CA 93420, 3. 2800 Riverside Ave, Paso Robles, CA 93446.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The proposed project includes the creation of a new recycling center in El Centro, Cal Pac has also teamed up with San Diego State University to offer Reverse Vending machines at their satellite campuses, San Diego State University Imperial Valley Campus at 720 Heber Avenue, Calexico, CA 92231 and San Diego State University Imperial Valley 560 CA-78, Brawley, CA 92227. Each campus will host RVM’s that will provide ease of redemption and access to students and college personnel.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pros Recycling LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Johnnie Ward Jr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609104770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through mobile recycling we look to present a more convent way to recycle to our residents. We look to alleviate the obstacles that are presented, whether it be extreme tempters, terrain, or just scheduling conflicts. With us being the only recycling option within 30 miles of the city we look forward to easing the customers various obstacles and offer recycling to all.</x:t>
   </x:si>
   <x:si>
     <x:t>Corner X Recycling</x:t>
   </x:si>
   <x:si>
     <x:t> Hayk Avetisyan</x:t>
   </x:si>
   <x:si>
     <x:t>9514277113</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Mobile Recycling Beverage Container Redemption Project</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Bag Drop Recycle Program, spear headed by Healing Rhythms, is a community-driven initiative aimed at promoting environmental sustainability and community involvement in Desert Hot Springs. Through strategic collection site placement and robust outreach efforts, the program seeks to encourage residents, businesses, and organizations to participate in recycling efforts by conveniently disposing of recyclable materials at designated collection sites. With the support of dedicated staff, volunteers, and essential resources, including commercial vehicles and collection infrastructure, the program aims to streamline material collection and processing while fostering a sense of collective responsibility for the environment. By providing educational opportunities, engaging in outreach events, and maintaining transparent communication channels, the Bag Drop Recycle Program aspires to create a cleaner, greener, and more sustainable community for generations to come.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 27</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -570,51 +570,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7a304903467417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf076e4a1c5244f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R939ca38342954637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1ce3c9471e54ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47084dc775a14c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4a25a4da7ab84ba2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -662,691 +662,691 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.95745849609375" customHeight="1" collapsed="0">
+    <x:row ht="1034.9007568359375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>296127</x:v>
+        <x:v>1506968</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1046.409423828125" customHeight="1" collapsed="0">
+    <x:row ht="620.9573974609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>772177</x:v>
+        <x:v>296127</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.9544677734375" customHeight="1" collapsed="0">
+    <x:row ht="770.428466796875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>717597</x:v>
+        <x:v>1675734</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>1675734</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>1506968</x:v>
+        <x:v>1094000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
+    <x:row ht="413.971435546875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>2949296</x:v>
+        <x:v>2415554</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.90576171875" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>2770231</x:v>
+        <x:v>2482464</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="G13" s="8"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G13" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>48</x:v>
-[...2 lines deleted...]
-    <x:row ht="2299.80517578125" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>860421</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G14" s="8"/>
       <x:c r="H14" s="8" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.423828125" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.43798828125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>2482464</x:v>
+        <x:v>258084</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4365234375" customHeight="1" collapsed="0">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1264.90380859375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>258084</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-    <x:row ht="1264.904296875" customHeight="1" collapsed="0">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="954.42578125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.970703125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>2502039</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.4130859375" customHeight="1" collapsed="0">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.4638671875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>2156665</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-    <x:row ht="954.423828125" customHeight="1" collapsed="0">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2299.8046875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>2000000</x:v>
+        <x:v>860421</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.97265625" customHeight="1" collapsed="0">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.9609375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>2415554</x:v>
+        <x:v>1057000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>83</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1000.404296875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>2999658</x:v>
+        <x:v>138600</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
-[...5 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+      <x:c r="B23" s="8" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>1057000</x:v>
+        <x:v>1052704</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.5029296875" customHeight="1" collapsed="0">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.939453125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>1052704</x:v>
+        <x:v>1035000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>2156665</x:v>
+        <x:v>2999658</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>1035000</x:v>
+        <x:v>2770231</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+        <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.4560546875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>2502039</x:v>
+        <x:v>1212000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1046.41015625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>1212000</x:v>
+        <x:v>772177</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>1094000</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.41796875" customHeight="1" collapsed="0">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.955078125" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>2949296</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row ht="137.9921875" customHeight="1" collapsed="0">
+    <x:row ht="390.955078125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>2938000</x:v>
+        <x:v>717597</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-    <x:row ht="1000.40234375" customHeight="1" collapsed="0">
+        <x:v>119</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>138600</x:v>
+        <x:v>2938000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3984375" customHeight="1" collapsed="0">
       <x:c r="A33" s="10" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B33" s="10" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C33" s="10"/>
       <x:c r="D33" s="11" t="n">
         <x:v>41990319</x:v>
       </x:c>
       <x:c r="E33" s="10" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F33" s="10" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G33" s="10" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -1370,29 +1370,29 @@
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:34 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 3, 2026 10:21 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>