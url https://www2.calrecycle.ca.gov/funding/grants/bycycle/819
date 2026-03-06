--- v6 (2026-03-03)
+++ v7 (2026-03-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0718db65a40d45cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94bea665a3f24b19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R47084dc775a14c3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7f08bae6353147d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Redemption Innovation Grant Program (RIG1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -570,51 +570,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1ce3c9471e54ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47084dc775a14c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4a25a4da7ab84ba2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R129c8bd36bc44026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7f08bae6353147d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4bac31c131ef41ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1370,29 +1370,29 @@
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 3, 2026 10:21 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 2:05 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>