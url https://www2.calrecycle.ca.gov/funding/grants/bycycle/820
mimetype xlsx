--- v0 (2025-12-08)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R695346c8abec4a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3821dae998214303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf639c2dce91547f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R00bf6492a8544415"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Workforce Development Grant Program (WFD1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -244,51 +244,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4701a93852654597" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf639c2dce91547f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc4390422a00949eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf6178237dac4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R00bf6492a8544415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbbedc5ca33074176" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -421,29 +421,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 8:03 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:05 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>