--- v1 (2025-12-24)
+++ v2 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3821dae998214303" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4abd784ca0b744fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R00bf6492a8544415"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re1e0a6330a9e450b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Workforce Development Grant Program (WFD1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -244,51 +244,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf6178237dac4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R00bf6492a8544415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbbedc5ca33074176" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R378a4755d3434a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re1e0a6330a9e450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc0ba29cdb7ac4b3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -421,29 +421,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:05 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 2:25 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>