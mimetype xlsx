--- v2 (2026-01-19)
+++ v3 (2026-02-10)
@@ -1,115 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4abd784ca0b744fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd4dcba080be42b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re1e0a6330a9e450b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc03c6d1566c9488e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Workforce Development Grant Program (WFD1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Retail Marketing Services, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Heather Dougherty</x:t>
   </x:si>
   <x:si>
     <x:t>2162009439</x:t>
   </x:si>
   <x:si>
     <x:t>Stephanie Livingston</x:t>
   </x:si>
   <x:si>
     <x:t>Retail Marketing Services, Inc. (RMS), is pleased to submit a Workforce Development project application for consideration by CalRecycle.  If awarded, RMS is prepared to launch a program in partnership with Dealers, local food banks, and other community businesses in select areas of Los Angeles County.  We plan to develop a trained workforce of California Refund Value (CRV) Subject Matter Experts (SME) that will help educate consumers about new innovative methods of redemption.  
 Our business platform will create jobs focused on community engagement, local city governance, website design, marketing, leadership, logistics planning, and technical maintenance of sophisticated recycling equipment. We believe that RMS can work with stakeholders to create excitement and buy-in in the communities where we will operate.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pink Recycling California LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nallely Zuñiga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9498762307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tiffany Morris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Establish a leading and innovative recycling program in California that not only transforms the way consumers participate in CRV container recycling through the use of QR code bags and advanced technology but also improves environmental sustainability and promotes socio economic development through continuous training, employment development, and staff hiring. This program commits to enriching the recycling industry by strengthening the workforce through professional development opportunities, including specific certifications and job training, to ensure sustained and equitable growth for all involved, highlighting the importance of education and continuous training as fundamental pillars for the success and sustainability of the program in the long term. This formulation of the goal and general objective summarizes the purpose and strategic direction of the project, establishing a clear vision for its development and implementation.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -244,51 +244,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R378a4755d3434a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re1e0a6330a9e450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc0ba29cdb7ac4b3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43da493c8b174a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc03c6d1566c9488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra8b1739b33384c93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -336,84 +336,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="850.93231201171875" customHeight="1" collapsed="0">
+    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>1385061</x:v>
+        <x:v>2500000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
+    <x:row ht="850.93231201171875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>2500000</x:v>
+        <x:v>1385061</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>3885061</x:v>
       </x:c>
@@ -421,29 +421,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 2:25 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 7:38 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>