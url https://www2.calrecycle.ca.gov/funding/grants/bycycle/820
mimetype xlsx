--- v3 (2026-02-10)
+++ v4 (2026-03-10)
@@ -1,115 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd4dcba080be42b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda09d44b91342d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc03c6d1566c9488e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9da834dc35134325"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Workforce Development Grant Program (WFD1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pink Recycling California LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nallely Zuñiga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9498762307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tiffany Morris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Establish a leading and innovative recycling program in California that not only transforms the way consumers participate in CRV container recycling through the use of QR code bags and advanced technology but also improves environmental sustainability and promotes socio economic development through continuous training, employment development, and staff hiring. This program commits to enriching the recycling industry by strengthening the workforce through professional development opportunities, including specific certifications and job training, to ensure sustained and equitable growth for all involved, highlighting the importance of education and continuous training as fundamental pillars for the success and sustainability of the program in the long term. This formulation of the goal and general objective summarizes the purpose and strategic direction of the project, establishing a clear vision for its development and implementation.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Retail Marketing Services, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Heather Dougherty</x:t>
   </x:si>
   <x:si>
     <x:t>2162009439</x:t>
   </x:si>
   <x:si>
     <x:t>Stephanie Livingston</x:t>
   </x:si>
   <x:si>
     <x:t>Retail Marketing Services, Inc. (RMS), is pleased to submit a Workforce Development project application for consideration by CalRecycle.  If awarded, RMS is prepared to launch a program in partnership with Dealers, local food banks, and other community businesses in select areas of Los Angeles County.  We plan to develop a trained workforce of California Refund Value (CRV) Subject Matter Experts (SME) that will help educate consumers about new innovative methods of redemption.  
 Our business platform will create jobs focused on community engagement, local city governance, website design, marketing, leadership, logistics planning, and technical maintenance of sophisticated recycling equipment. We believe that RMS can work with stakeholders to create excitement and buy-in in the communities where we will operate.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Establish a leading and innovative recycling program in California that not only transforms the way consumers participate in CRV container recycling through the use of QR code bags and advanced technology but also improves environmental sustainability and promotes socio economic development through continuous training, employment development, and staff hiring. This program commits to enriching the recycling industry by strengthening the workforce through professional development opportunities, including specific certifications and job training, to ensure sustained and equitable growth for all involved, highlighting the importance of education and continuous training as fundamental pillars for the success and sustainability of the program in the long term. This formulation of the goal and general objective summarizes the purpose and strategic direction of the project, establishing a clear vision for its development and implementation.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -244,51 +244,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43da493c8b174a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc03c6d1566c9488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra8b1739b33384c93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R870bbcfb7a654046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9da834dc35134325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re3c015d893b14c1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -336,84 +336,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
+    <x:row ht="850.93231201171875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>2500000</x:v>
+        <x:v>1385061</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="850.93231201171875" customHeight="1" collapsed="0">
+    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>1385061</x:v>
+        <x:v>2500000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>3885061</x:v>
       </x:c>
@@ -421,29 +421,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 7:38 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 7:04 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>