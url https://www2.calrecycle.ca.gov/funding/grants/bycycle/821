--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,389 +1,389 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd800430342da4729" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e5a0876c9644b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R19efcd13947c4704"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R771d85cf0d1946fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Gov`t Waste Tire Cleanup Grant (TCU20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Stanislaus          </x:t>
-[...8 lines deleted...]
-    <x:t>2095256741</x:t>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Renee Taylor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263427</x:t>
   </x:si>
   <x:si>
     <x:t>Cathy Aggergaard</x:t>
-  </x:si>
-[...100 lines deleted...]
-    <x:t>6613263427</x:t>
   </x:si>
   <x:si>
     <x:t>The main objective of this proposal is to remove illegally dumped tires from several locations throughout the City of Bakersfield and to restore the area to their original state. Illegally dumped tires create blight, vector control and other health and safety hazards to the public and the environment. Illegal dumpsites not abated in a timely manner potentially contributes to the accumulation of waste tires.
 The City of Bakersfield cleanup projects/events are intended to mitigate potential fire and health risks posed by these piles of tires within our jurisdiction.
 The City of Bakersfield Solid Waste Division currently responds to citizens’ complaints of illegal tire dumping which has occurred along the public right-of-way, or on their private property. The city regularly organizes waste tire drop off amnesty events. It has drop off locations where individuals drop off used tires on designated dates. 
 The City of Bakersfield also organizes tire recycling pop up events every year to reduce health and environmental risks posed by illegal dumping of tires within our jurisdiction. 
 All waste tires collected are transported to the City of Bakersfield’s Corporation yard or Recycling and Composting facility. The City of Bakersfield Solid Waste Division drivers will deliver large and car passenger tires from its city truck/trailer combination to Kern County Bena Landfill for the purpose of recycling disposal.
 An estimated 16,000 tires are to be removed and recycled through the city’s waste tire amnesty events</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fontana</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leslie Graciano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9094288819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The city of Fontana would like to request funds for tire clean up within the City to help off set the costs of safety equipment, such as safety vests/jackets, glasses, gloves and steel toed shoes. PPE purchases will ensure City staff is safe to clean illegal dumping sites of waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hemet</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Nolasco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517652450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Over the last few years the City of Hemet has seen an increase in the number and size of illegal dumps. We have identified a problem area due to its remoteness. APN Parcels #454-090-003, #454-060-034, 454-060-014, 454-060-010 and #454-060-013 have an excessive amount of illegally dumped trash, predominately tires. The areas cover a residential area and is adjacent to Diamond Valley Lake which is one California's largest water reservoirs. The sites  include tires strewn on the roads sides of Natalie Joy and A St and a single family residence. The property owners have been victims of illegal dumping on these undeveloped parcels. As cleaning and dump fees increase citizens are finding it more difficult to pay for the legal removal of trash and tires. Code Enforcement has fielded many complaints of illegal dumping but most recently has experienced a huge increase in illegally dumped tires. The cost of disposing of unwanted used tires has gone up. These tires are only accepted in certified landfill that are designated for hazardous waste. Due to these restrictions in disposing of used tires, tire haulers, and clean-up contractors have found it easier and a cost savings to discard their unwanted tires on vacant lots that are isolated from the general public. With grant funding the City will contract with our local trash collection service, CR&amp;R and the Local Conservation Corp (verbal agreement has been made, awaiting Letter of Agreement from LCC), for the clean-up, transportation and legal disposal of the tires at a certified landfill.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tammy Pelayes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia covers nearly 75 square miles of developed and vacant open desert land. With these geographical features, illegal dumping of waste tires is a major problem for the City resulting in significant social, health, environmental and economic impacts for our citizens. Areas used for illegal dumping, often times near schools or residential neighborhoods, are easily accessible to people, especially children, who are vulnerable to the physical hazards posed by waste tires. Some locations are also near the City water storage tanks or Mojave River causing a serious threat to the
+City's drinking water.
+City staff attempts to remove illegally dumped tires quickly to alleviate the threat to public health and safety, maintain a clean environment and to discourage further illegal dumping. Code Enforcement Officers are available 7-days a week to clean-up City areas littered with waste tires. To assist in the cleanup efforts, the City's Code Enforcement Department contracts with the Work Release Program through the County of San Bernardino Criminal Justice System. Under the supervision of a Code Enforcement Officer, work release crews and City Code Enforcement Officers pick-up the waste
+tires and deliver to the grant Contractor for proper disposal. In addition to Code Enforcement Officers collecting waste tires, the City's Public Works personnel may also pick up tires that are located along City right-of-way. The Contractor will transport the waste tires to an approved end-use facility for recycling or for supplementary fuel to provide heat in a cement kiln.
+To offset the cost of recycling waste tires, the City is requesting reimbursement of $9,454 for Code Enforcement Officer's salaries and benefits when actual time is spent on grant-related activities.  Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout the City of Hesperia.  Staff acts upon complaints of abandoned tires in specific areas.  It is anticipated that passenger car, light truck and medium truck tires are expected to be the majority based on the tires collected during previous grant cycles.  Pictures of the waste tires illegally dumped are included for your convenience.  The City is requesting Waste Tire Cleanup grant funds of $10,600     to offset the collection, disposal and hauling cost of approximately 2,900 waste tires anticipated to be illegally dumped during the 2-year grant term.  As part of grant reporting, the City is requesting reimbursement of $1,708 for staff to prepare payment requests and final report.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tina Bitten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Long Beach proposes to continue the cleanup efforts around the Los Angeles River area north of the Long Beach Harbor Basin.  This area remains a high priority for the City due to the level of illegal dumping that occurs. 
+The first area is east of the LA River between 5th Street and Willow Street (East Project Area), to Magnolia Avenue as the west boundary. The East project area is residential and commercial, including Drake Park and Thomas Edison Elementary School.  Golden Park, Cesar Chavez Park and Seaside Park are also nearby.  The Los Angeles River runs directly west of the project area, with the Long Beach Harbor and Downtown Long Beach less than one mile from the project area. 
+The second area is west of the Los Angeles River between 9th Street and Willow Street (West Project Area), to Santa Fe Avenue as the east boundary. The West project area includes industrial and residential areas, including Garfield Elementary School and with Cabrillo High School nearby. Nearby parks include Hudson and Admiral Kidd Parks. The Los Angeles River runs directly east, the Dominguez Channel is about one-half mile to the west and the waters of the Port of Long Beach are directly south. 
+In both areas, clean-ups are necessary to keep dumped items off the streets.  Most illegal dumping of tires occurs in alleys and other City right-of-ways, however, occasional dumping does happen on private property.  Local businesses and neighborhood associations continue to coordinate clean-up efforts in the impacted area, but still need assistance as the responsibility has outgrown their resources. Grant funds would ensure that tires are regularly collected, and that the east and west project areas remain clean and safe for residents and businesses. All tires collected by City crews will be taken to a facility that recycles tires into crumb rubber that is used in asphalt paving surfaces and synthetic athletic surfaces.  “No Dumping” signs will be posted in areas most impacted by illegal dumping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jody Strait</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095276416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto has an estimated population of 218 thousand people who currently occupy an estimated 37 square miles. Within that area, there are 3,050 streets, 1,400 alleys, 78 parks and 3 main waterways. It is our intent to utilize grant funding to remove illegally dumped waste tires from these areas by assigning a city employee maintenance worker to actively search designated areas as well as respond to any citizen reports of waste tire dumping and document for disposal. In addition to the labor component, the City of Modesto is requesting funding to contract Bertolotti Services to transport waste tires for recycling. The City of Modesto owns a storage container to store waste tires until removal is required for transportation to an end-use facility. The current location is in a secure site at the City of Modesto's Waste Water Treatment Facility located at 1221 Sutter Avenue in Modesto. Note, the City of Modesto will be responsible for providing a 1/2 ton pickup truck with a lift gate, safety equipment and any additional materials necessary to complete the job safely and efficiently. Historically, the City of Modesto has collected 1400-1900 illegally dumped tires per year through the grant program.  The City of Modesto is estimating that we will collect approximately 1,875 illegally dumped tires per year for recycling through a permitted recycler and hauler for an estimated total of 3,750 tires during the entire grant cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oroville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Oroville's is a rural community situation at the base of Oroville dam that feeds the Feather River. The City has a natural trail system, various open overfill channels, and vacant lots within the City limits that are common areas for illegal dumping. We have approximately 9 ongoing illegal dumping sites that City staff cleans up weekly, with an average collection of 30-50 tires per week (See Attachment 1_pictures of illegal dump sites).  Each illegal dump site is within 1,000 feet of a combination of residential homes, schools, recreational areas, waterways, public walkways, commercial or industrial centers, electrical transmission lines or an environmentally sensitive area.  
+To combat illegal dumping our Code Enforcement Department has developed a Work Program to clean up illegal dump sites on a weekly basis. Although this program is successful the amount of illegal dumping continues unfettered as our community continues to struggle with homelessness, and an understaffed police force. In 2023 we collected over 2,000 tires from various illegal dump site within the City. The disposal cost of tires ranges from $10 to $200 for each tire, depending on size and/or condition (cut and stripped tires have the highest rate; collection these tires conditions to grow as people look to remove the copper inside). 
+In 2023 the City picked up a total of 370 tons of illegal dumping each year, of which 70 tons was tires. This grant will go a long way toward helping to offset the disposal costs for tires. The City sends all tires to our local Tire Recyclers Waste Tire Products. All rims  go to our local scrap metal recycler Crown Metals.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alex Byrne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168752286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sacramento County Department of Waste Management and Recycling (DWMR) provides service to all metropolitan, residential, industrial, and rural areas of unincorporated Sacramento County. Illegally dumped tires are reported in many areas of the County including public walkways and roadways including Mayhew Road and Roseville Road, commercial and industrial areas of Connector Street and 51st Ave, Sacramento International Airport property on E Levee Road, environmentally sensitive areas including wetlands near Eagles Nest Road, designated County Parks such as Rainbow Park on Martin Luther King Jr. Blvd, and well within 1,000 feet of residential neighborhoods including 45th Ave. 
+In 2023 DWMR removed and safely recycled approximately 11 tons of illegally dumped tires which is expected to increase in 2024. The process includes the use of one dedicated operator and knuckle boom truck. This operator will remove and separate tires from illegally dumped general waste and deliver the tires to one of the County operated disposal facilities. Kiefer Landfill and North Area Recovery Station both contract with Castle Tire Disposal and Recycling for safe reuse of rubber tires through a process creating tire-derived fuels, civil engineering applications and ground rubber applications or rubberized asphalt.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Deleon Luna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093832115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Code Enforcement will utilize Waste Tire Cleanup Grant funds to abate waste tire dump sites throughout its large jurisdictional area. The deserts of San Bernardino County in some areas of the valley and mountains are frequently utilized as a dumping ground for the illegal disposal of waste tires and other materials. The County actively combats these activities with an Illegal Dumping program, and we look forward to a continued partnership with CalRecycle to carry on our efforts in identifying and abating illegal waste tire dump sites.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Debbie Reagan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095335588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to properly collect, transport and dispose of waste tires found in the public right-of-way of roads maintained by the Tuolumne County Public Works Department. Tuolumne County road crews collect, on average, 25-30 illegally dumped tires every month. The grant will cover the cost of disposing of the tires at franchised and permitted solid waste transfer stations within the county.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Valley Resource Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maricela Galarza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609960972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County is a unique community of seven cities and the Imperial County-unincorporated areas/cities. The City of Mexicali with a population of well over a million residents, borders the City of Calexico. The yearly crossing is over 1.2 million. Imperial County generates approximately 80,000 used and waste tires annually. The County cities and unincorporated communities comprise less than two percent of the land and this provides ample desolated, isolated, and observable areas where individuals could illegally dump tires.
+Even one of the following factors would substantially contribute to the number of illegally dumped and discarded tires but taken together it creates a formidable environment of unsightly and disease-bearing discarded illegally dumped tires. Close proximity to the Mexico border crossing, Imperial Valley inherits many tires rejected by the Mexican Recycling Industry: a large number of seasonal visitors attracting recreational vehicle owners with vehicles in tow, off-road visitors to the Imperial Sand Dunes (each of these licensed vehicles paying admission to BLM land is approximately 501,264 street-legal vehicles for 2022, typically hauls an average of three off-road vehicles) high usage of passengers, truck, semi-truck and equipment tires in the Imperial County agricultural industry: and lack of financial resources, and irrigation canals (canals are cleaned quarterly and illegally disposed of tires are removed)
+All Imperial Valley Resource Management Agency (IVRMA) collected tires are properly recycled/disposed via current contractor Rubio Tires Inc. Nothing goes to the landfill. The tires transported to our current vendor are either reused, or repurposed, or crumbed/shredded into recyclable materials and sold to interested suppliers/vendors interested in material by IVRMA contractor. All contractors will sign an agreement to take all collected tires to a recycling facility.
+Community support for the Tire Cleanup Program is provided  which include  the Local Enforcement Agency (LEA) and Elected Officials. Imperial County has developed an Illegally Dumping Task Force in 2009, which has brought awareness to the residents of Imperial County of the problems associated with illegally dumping. We now have enforcement provided by Imperial County Sheriff Department, Highway Patrol, and the local enforcement agency (LEA). In 2008, the Imperial County Board of Supervisors passed ordinance #1436, chapter 8.73,Unlawful and Unauthorized Dumping of Solid Waste. Illegal Dumping of tires is a serious threat to Public Health and Safety in the proximity of densely populated areas to residential homes, schools, and commercial locations.
+Imperial County covers approximately 4,597 square miles of predominately agricultural land with many schools in Imperial County in remote areas where tires are frequently illegally dumped.  For example, San Pasqual Valley Unified School District is located 90 miles from a populated area. Pine Elementary School, Magnolia Union Elementary School district, Mulberry Elementary School District and Meadows Union School District are all schools that are in rural and agricultural areas in Imperial County are in agricultural areas where illegally dumping of tires are commonly seen. 
+Illegally dumping tires is common in rural, secluded agricultural areas. Pesticide residue has been found in tires. Physical injuries can also result from sharp or pointed objects inside discarded tires. Tire collection crews have reported finding needles, broken glass, and dangerous objects. Piles of illegally discarded tires that contain trash or dry brush are a potential fire hazard. When tires burn, toxic chemicals are released directly into the atmosphere. This can cause both short- and long-term health hazards to residents. Compounds from melted tires can also pollute soil, surface water, and groundwater. A tremendous health hazard is created when illegally discarded tires accumulate on roads that run through farmland, and the pile of tires ignites.
+Over 600,000 illegally dumped tires have been collected and recycled from Imperial County roadways and other public areas with grants from CalRecycle /CIWMB. IVRMA has exhibited wise and judicious use of CalRecycle Grant funds, which will continue. IVRMA has developed significant experience and has managed to keep the cost of collections down on the recycling of illegally discarded tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Tire Cleanup Grant will be used in areas where illegally dumped tires are normally found including alleys and sites within 1000 feet to residential homes, waterways, and commercial/industrial businesses. An estimated total of 6,800 tires are expected to be collected. Funds will be used for the costs associated to tire trailer services for illegally dumped tires. Member jurisdictions remove the tires and bring them over to both the Highway 59 (Merced) and Billy Wright (Los Banos) landfills. Tire haulers then pick them up from both landfills and recycle them.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Michelle Frick</x:t>
   </x:si>
   <x:si>
     <x:t>6192367080</x:t>
   </x:si>
   <x:si>
     <x:t>478 tires from the Tijuana River Valley split among at least two agencies.
 230 tires from San Diego Open Space clean-ups.
 4,584 tires to be collected by Code Compliance from public rights-of-way.
 303 tires from the City of Chula Vista public rights-of-way.
 173 tires from Skibbe Ranch.
 This results in a projected clean-up cost of $8.62/tire.
 Tijuana River Valley:  
 It is an estuary of national importance with a multi-agency approach to restoring and protecting the sensitive ecosystem. Tires from Mexico are washed downstream during rain events and have significant impact on the watershed.  Tires are plucked from the sediment and trash removed during dredging of river channels and sediment basins.  Large truck tires can sometimes be recycled however passenger tires are too contaminated with sediments and are transported to the landfill for disposal.
 City of San Diego Open Space: 
 Tires dumped in open spaces, parks and canyons are collected by park rangers and stored at this location until a pick-up is arranged.
 City of San Diego Code Compliance Division: 
 Actively collects tires from the Public Rights-of Way throughout the City and stores them until a pick-up can be arranged.
 City of Chula Vista Code Compliance Division: 
 Actively collects tires from the Public Rights-of Ways throughout the city.  The tires are stored at a site called “City of Chula Vista/Olympic Parkway Pump Station” until they are picked up. 
 Skibbe Ranch: 
 It is a part of the Tijuana River Valley (TVR) but is a single location to collect small amounts of tires found in the TRV by the ranchers.
 The Tire enforcement Program also refers tire piles on public property to Code Compliance for remediation.  Detailed logs are provided of these activities.  When possible, the Tire Enforcement Program utilizes surveillance cameras to catch perpetrators and deter dumping. Other than the contaminated tires from the Tijuana River Valley, every attempt is made to recycle the tires at BAS recycling, our closest tire recycling facility, located 100 miles away in Moreno Valley.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...93 lines deleted...]
-To offset the cost of recycling waste tires, the City is requesting reimbursement of $9,454 for Code Enforcement Officer's salaries and benefits when actual time is spent on grant-related activities.  Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout the City of Hesperia.  Staff acts upon complaints of abandoned tires in specific areas.  It is anticipated that passenger car, light truck and medium truck tires are expected to be the majority based on the tires collected during previous grant cycles.  Pictures of the waste tires illegally dumped are included for your convenience.  The City is requesting Waste Tire Cleanup grant funds of $10,600     to offset the collection, disposal and hauling cost of approximately 2,900 waste tires anticipated to be illegally dumped during the 2-year grant term.  As part of grant reporting, the City is requesting reimbursement of $1,708 for staff to prepare payment requests and final report.</x:t>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Pasillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno is in the center of the State of California in the central San Joaquin Valley. Fresno’s current population is approximately 544,510. The City of Fresno has two dedicated staff members who remove the illegally dumped tires throughout the city. The tires are transported by the staff using a stake-side truck owned by the city and placed in a trailer for a removal by a registered hauler. The hauler takes the trailer to a waste tire recycling facility. Illegally dumped tires are continually dumped in alleys, street curbs, along canal banks, on vacant lots, near freeway, and on other public rights-of-way areas. The Clean-Up grant allows the City of Fresno to remove these waste tires therefore preventing blight, fire hazards and environmental issues.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dustin Ragsdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596000467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Fresno has an ongoing waste tire cleanup program managed by the County's Department of Public Works and Planning, Road Maintenance and Operations (RMO) Division. Illegally dumped tires are removed by RMO personnel from County roads, and right-of-way, in the rural and unincorporated areas throughout Fresno County. It is estimated that for the TCU20 grant cycle, the tires collected by personnel from the Road Maintenance and Operations (RMO) division, will be approximately 13,000. RMO personnel collect and deliver tires to storage areas at the County's various Road Maintenance Yards and other appropriate storage sites. Waste tires will be removed by permitted tire hauling companies including American Refuse, Inc. (dba American Tire Tec.), and West Coast Rubber Recycling, Inc., and other hauling companies as available and established through County- vendor procurement agreements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Myhrvold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Shasta County, acting as Lead Participant in a Regional Application with the cities of Shasta Lake and Anderson as Non-Lead Participants, seeks to utilize the CalRecycle Tire Cleanup Grant (TCU20) to remove illegally dumped tires on private or public properties or rights-of-way throughout unincorporated Shasta County and the cities of Shasta Lake and Anderson. The goal is to establish a program to identify and remediate tire piles as soon as possible to prevent blighted conditions and a harborage for insects and vermin and mitigate potential fire and health risks within Shasta County. Shasta County, through its Department of Resource Management (SCDRM), will administer it and work with local agencies, including the District Attorney, Public Works, and Code Enforcement, to identify waste tire piles. SCDRM will also coordinate the scheduling of tire pickup locations and oversee the pickup and disposal of tires. Based on previously reported and documented illegal tire dumping cases, Shasta County anticipates that approximately 15,000 waste tires will be transported by a CalRecycle-approved hauling company established through a county vendor procurement agreement to a tire recycling facility. The total grant application will not exceed $125,120, and the cost per tire will be at or below $8.34 per tire. Our estimated per-tire cost is higher due to a lack of certified tire haulers willing to service Shasta County, retrieval issues such as buried tires in ravines and hillsides, and no local CCC assistance. Efforts will be made to reduce the cost per tire amount whenever possible by maximizing efficiency.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268616005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project provides for the cleanup of an estimated 60,000 tires illegally dumped within the road right-of-way and abandoned properties at various locations in the Los Angeles Basin and Antelope Valley.  These areas include many alleys and streets within 1,000 feet of schools, residences, offices, parks, and environmentally sensitive areas. Grant funds will be used to cover the cost for collecting, loading, transporting, and recycling/disposing of waste tires.  Public Works will oversee the grant and provide contract hauling and recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wallace Low</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the funding requested, Stanislaus County Department of Environmental Resources estimates picking up approximately 7,000 waste tires that have been illegally dumped either on private property or along the county unincorporated roadways.  The goal is to remediate small tire piles as soon as possible to prevent blighted conditions and to prevent a harborage for insects and vermin.  All car and truck tires will be recycled.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County</x:t>
   </x:si>
   <x:si>
     <x:t> Sarita Wati</x:t>
   </x:si>
   <x:si>
     <x:t>2094683066</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County requests $42,250 to continue with the tire cleanup and education campaign. The campaign aims to reduce the illegal dumping of waste tires from residential and rural neighborhoods through education and waste tire cleanups. Education is used to inform residents of the impact that illegally dumped tires have on the environment and the quick removal of illegally dumped tires helps to prevent additional tires from being dumped at existing sites. Illegally dumped tires will be removed throughout San Joaquin County using Public Works staff and the Greater Valley Conservation Corps.</x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t>Over the last few years the City of Hemet has seen an increase in the number and size of illegal dumps. We have identified a problem area due to its remoteness. APN Parcels #454-090-003, #454-060-034, 454-060-014, 454-060-010 and #454-060-013 have an excessive amount of illegally dumped trash, predominately tires. The areas cover a residential area and is adjacent to Diamond Valley Lake which is one California's largest water reservoirs. The sites  include tires strewn on the roads sides of Natalie Joy and A St and a single family residence. The property owners have been victims of illegal dumping on these undeveloped parcels. As cleaning and dump fees increase citizens are finding it more difficult to pay for the legal removal of trash and tires. Code Enforcement has fielded many complaints of illegal dumping but most recently has experienced a huge increase in illegally dumped tires. The cost of disposing of unwanted used tires has gone up. These tires are only accepted in certified landfill that are designated for hazardous waste. Due to these restrictions in disposing of used tires, tire haulers, and clean-up contractors have found it easier and a cost savings to discard their unwanted tires on vacant lots that are isolated from the general public. With grant funding the City will contract with our local trash collection service, CR&amp;R and the Local Conservation Corp (verbal agreement has been made, awaiting Letter of Agreement from LCC), for the clean-up, transportation and legal disposal of the tires at a certified landfill.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 19</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -518,51 +518,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fb00631be65429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R19efcd13947c4704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd04e6e3967674d2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e991d6d37e7486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R771d85cf0d1946fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R96b70074b1f24f41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -610,492 +610,492 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.4739990234375" customHeight="1" collapsed="0">
+    <x:row ht="1333.899169921875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>59070</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.97479248046875" customHeight="1" collapsed="0">
+    <x:row ht="229.974853515625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>15000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
+    <x:row ht="1333.899169921875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>69000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.458251953125" customHeight="1" collapsed="0">
+    <x:row ht="2242.31787109375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>16000</x:v>
+        <x:v>21762</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="1713.34521484375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>58375</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="1207.388671875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>37325</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1713.3447265625" customHeight="1" collapsed="0">
+    <x:row ht="1425.8837890625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>58375</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-    <x:row ht="1333.8994140625" customHeight="1" collapsed="0">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1218.8974609375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>25185</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>48</x:v>
-[...2 lines deleted...]
-    <x:row ht="1851.33544921875" customHeight="1" collapsed="0">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>57169</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1218.8974609375" customHeight="1" collapsed="0">
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>25185</x:v>
+        <x:v>5530</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row ht="3898.17578125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1425.8837890625" customHeight="1" collapsed="0">
+    <x:row ht="471.458984375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>16000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
+    <x:row ht="1851.3349609375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>57169</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9775390625" customHeight="1" collapsed="0">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>5530</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="2242.3173828125" customHeight="1" collapsed="0">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.435546875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>21762</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1448.873046875" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>42250</x:v>
+        <x:v>125120</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-    <x:row ht="1448.87109375" customHeight="1" collapsed="0">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>125120</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1207.390625" customHeight="1" collapsed="0">
+    <x:row ht="379.47265625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>37325</x:v>
+        <x:v>59070</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1333.8984375" customHeight="1" collapsed="0">
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>69000</x:v>
+        <x:v>42250</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A25" s="10" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="10" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="10"/>
       <x:c r="D25" s="11" t="n">
         <x:v>1471786</x:v>
       </x:c>
@@ -1120,29 +1120,29 @@
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 1:47 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:30 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>