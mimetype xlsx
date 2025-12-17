--- v1 (2025-12-16)
+++ v2 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e5a0876c9644b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c18a0e043a4e84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R771d85cf0d1946fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R852cb8bf75a141c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Gov`t Waste Tire Cleanup Grant (TCU20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -518,51 +518,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e991d6d37e7486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R771d85cf0d1946fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R96b70074b1f24f41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff8a2d70f5004fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R852cb8bf75a141c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re3bd0815be4b4178" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1120,29 +1120,29 @@
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:30 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:38 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>