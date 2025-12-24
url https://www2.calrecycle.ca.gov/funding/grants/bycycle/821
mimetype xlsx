--- v2 (2025-12-17)
+++ v3 (2025-12-24)
@@ -1,389 +1,389 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c18a0e043a4e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6866a1a49274da8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R852cb8bf75a141c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R672ec09b01574c5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Gov`t Waste Tire Cleanup Grant (TCU20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wallace Low</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cathy Aggergaard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the funding requested, Stanislaus County Department of Environmental Resources estimates picking up approximately 7,000 waste tires that have been illegally dumped either on private property or along the county unincorporated roadways.  The goal is to remediate small tire piles as soon as possible to prevent blighted conditions and to prevent a harborage for insects and vermin.  All car and truck tires will be recycled.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fontana</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leslie Graciano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9094288819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The city of Fontana would like to request funds for tire clean up within the City to help off set the costs of safety equipment, such as safety vests/jackets, glasses, gloves and steel toed shoes. PPE purchases will ensure City staff is safe to clean illegal dumping sites of waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268616005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project provides for the cleanup of an estimated 60,000 tires illegally dumped within the road right-of-way and abandoned properties at various locations in the Los Angeles Basin and Antelope Valley.  These areas include many alleys and streets within 1,000 feet of schools, residences, offices, parks, and environmentally sensitive areas. Grant funds will be used to cover the cost for collecting, loading, transporting, and recycling/disposing of waste tires.  Public Works will oversee the grant and provide contract hauling and recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Tire Cleanup Grant will be used in areas where illegally dumped tires are normally found including alleys and sites within 1000 feet to residential homes, waterways, and commercial/industrial businesses. An estimated total of 6,800 tires are expected to be collected. Funds will be used for the costs associated to tire trailer services for illegally dumped tires. Member jurisdictions remove the tires and bring them over to both the Highway 59 (Merced) and Billy Wright (Los Banos) landfills. Tire haulers then pick them up from both landfills and recycle them.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Pasillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno is in the center of the State of California in the central San Joaquin Valley. Fresno’s current population is approximately 544,510. The City of Fresno has two dedicated staff members who remove the illegally dumped tires throughout the city. The tires are transported by the staff using a stake-side truck owned by the city and placed in a trailer for a removal by a registered hauler. The hauler takes the trailer to a waste tire recycling facility. Illegally dumped tires are continually dumped in alleys, street curbs, along canal banks, on vacant lots, near freeway, and on other public rights-of-way areas. The Clean-Up grant allows the City of Fresno to remove these waste tires therefore preventing blight, fire hazards and environmental issues.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dustin Ragsdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596000467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Fresno has an ongoing waste tire cleanup program managed by the County's Department of Public Works and Planning, Road Maintenance and Operations (RMO) Division. Illegally dumped tires are removed by RMO personnel from County roads, and right-of-way, in the rural and unincorporated areas throughout Fresno County. It is estimated that for the TCU20 grant cycle, the tires collected by personnel from the Road Maintenance and Operations (RMO) division, will be approximately 13,000. RMO personnel collect and deliver tires to storage areas at the County's various Road Maintenance Yards and other appropriate storage sites. Waste tires will be removed by permitted tire hauling companies including American Refuse, Inc. (dba American Tire Tec.), and West Coast Rubber Recycling, Inc., and other hauling companies as available and established through County- vendor procurement agreements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tina Bitten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Long Beach proposes to continue the cleanup efforts around the Los Angeles River area north of the Long Beach Harbor Basin.  This area remains a high priority for the City due to the level of illegal dumping that occurs. 
+The first area is east of the LA River between 5th Street and Willow Street (East Project Area), to Magnolia Avenue as the west boundary. The East project area is residential and commercial, including Drake Park and Thomas Edison Elementary School.  Golden Park, Cesar Chavez Park and Seaside Park are also nearby.  The Los Angeles River runs directly west of the project area, with the Long Beach Harbor and Downtown Long Beach less than one mile from the project area. 
+The second area is west of the Los Angeles River between 9th Street and Willow Street (West Project Area), to Santa Fe Avenue as the east boundary. The West project area includes industrial and residential areas, including Garfield Elementary School and with Cabrillo High School nearby. Nearby parks include Hudson and Admiral Kidd Parks. The Los Angeles River runs directly east, the Dominguez Channel is about one-half mile to the west and the waters of the Port of Long Beach are directly south. 
+In both areas, clean-ups are necessary to keep dumped items off the streets.  Most illegal dumping of tires occurs in alleys and other City right-of-ways, however, occasional dumping does happen on private property.  Local businesses and neighborhood associations continue to coordinate clean-up efforts in the impacted area, but still need assistance as the responsibility has outgrown their resources. Grant funds would ensure that tires are regularly collected, and that the east and west project areas remain clean and safe for residents and businesses. All tires collected by City crews will be taken to a facility that recycles tires into crumb rubber that is used in asphalt paving surfaces and synthetic athletic surfaces.  “No Dumping” signs will be posted in areas most impacted by illegal dumping.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Bakersfield</x:t>
   </x:si>
   <x:si>
     <x:t> Renee Taylor</x:t>
   </x:si>
   <x:si>
     <x:t>6613263427</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Cathy Aggergaard</x:t>
   </x:si>
   <x:si>
     <x:t>The main objective of this proposal is to remove illegally dumped tires from several locations throughout the City of Bakersfield and to restore the area to their original state. Illegally dumped tires create blight, vector control and other health and safety hazards to the public and the environment. Illegal dumpsites not abated in a timely manner potentially contributes to the accumulation of waste tires.
 The City of Bakersfield cleanup projects/events are intended to mitigate potential fire and health risks posed by these piles of tires within our jurisdiction.
 The City of Bakersfield Solid Waste Division currently responds to citizens’ complaints of illegal tire dumping which has occurred along the public right-of-way, or on their private property. The city regularly organizes waste tire drop off amnesty events. It has drop off locations where individuals drop off used tires on designated dates. 
 The City of Bakersfield also organizes tire recycling pop up events every year to reduce health and environmental risks posed by illegal dumping of tires within our jurisdiction. 
 All waste tires collected are transported to the City of Bakersfield’s Corporation yard or Recycling and Composting facility. The City of Bakersfield Solid Waste Division drivers will deliver large and car passenger tires from its city truck/trailer combination to Kern County Bena Landfill for the purpose of recycling disposal.
 An estimated 16,000 tires are to be removed and recycled through the city’s waste tire amnesty events</x:t>
-  </x:si>
-[...173 lines deleted...]
-    <x:t>The Tire Cleanup Grant will be used in areas where illegally dumped tires are normally found including alleys and sites within 1000 feet to residential homes, waterways, and commercial/industrial businesses. An estimated total of 6,800 tires are expected to be collected. Funds will be used for the costs associated to tire trailer services for illegally dumped tires. Member jurisdictions remove the tires and bring them over to both the Highway 59 (Merced) and Billy Wright (Los Banos) landfills. Tire haulers then pick them up from both landfills and recycle them.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Michelle Frick</x:t>
   </x:si>
   <x:si>
     <x:t>6192367080</x:t>
   </x:si>
   <x:si>
     <x:t>478 tires from the Tijuana River Valley split among at least two agencies.
 230 tires from San Diego Open Space clean-ups.
 4,584 tires to be collected by Code Compliance from public rights-of-way.
 303 tires from the City of Chula Vista public rights-of-way.
 173 tires from Skibbe Ranch.
 This results in a projected clean-up cost of $8.62/tire.
 Tijuana River Valley:  
 It is an estuary of national importance with a multi-agency approach to restoring and protecting the sensitive ecosystem. Tires from Mexico are washed downstream during rain events and have significant impact on the watershed.  Tires are plucked from the sediment and trash removed during dredging of river channels and sediment basins.  Large truck tires can sometimes be recycled however passenger tires are too contaminated with sediments and are transported to the landfill for disposal.
 City of San Diego Open Space: 
 Tires dumped in open spaces, parks and canyons are collected by park rangers and stored at this location until a pick-up is arranged.
 City of San Diego Code Compliance Division: 
 Actively collects tires from the Public Rights-of Way throughout the City and stores them until a pick-up can be arranged.
 City of Chula Vista Code Compliance Division: 
 Actively collects tires from the Public Rights-of Ways throughout the city.  The tires are stored at a site called “City of Chula Vista/Olympic Parkway Pump Station” until they are picked up. 
 Skibbe Ranch: 
 It is a part of the Tijuana River Valley (TVR) but is a single location to collect small amounts of tires found in the TRV by the ranchers.
 The Tire enforcement Program also refers tire piles on public property to Code Compliance for remediation.  Detailed logs are provided of these activities.  When possible, the Tire Enforcement Program utilizes surveillance cameras to catch perpetrators and deter dumping. Other than the contaminated tires from the Tijuana River Valley, every attempt is made to recycle the tires at BAS recycling, our closest tire recycling facility, located 100 miles away in Moreno Valley.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno              </x:t>
-[...23 lines deleted...]
-    <x:t>The County of Fresno has an ongoing waste tire cleanup program managed by the County's Department of Public Works and Planning, Road Maintenance and Operations (RMO) Division. Illegally dumped tires are removed by RMO personnel from County roads, and right-of-way, in the rural and unincorporated areas throughout Fresno County. It is estimated that for the TCU20 grant cycle, the tires collected by personnel from the Road Maintenance and Operations (RMO) division, will be approximately 13,000. RMO personnel collect and deliver tires to storage areas at the County's various Road Maintenance Yards and other appropriate storage sites. Waste tires will be removed by permitted tire hauling companies including American Refuse, Inc. (dba American Tire Tec.), and West Coast Rubber Recycling, Inc., and other hauling companies as available and established through County- vendor procurement agreements.</x:t>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alex Byrne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168752286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sacramento County Department of Waste Management and Recycling (DWMR) provides service to all metropolitan, residential, industrial, and rural areas of unincorporated Sacramento County. Illegally dumped tires are reported in many areas of the County including public walkways and roadways including Mayhew Road and Roseville Road, commercial and industrial areas of Connector Street and 51st Ave, Sacramento International Airport property on E Levee Road, environmentally sensitive areas including wetlands near Eagles Nest Road, designated County Parks such as Rainbow Park on Martin Luther King Jr. Blvd, and well within 1,000 feet of residential neighborhoods including 45th Ave. 
+In 2023 DWMR removed and safely recycled approximately 11 tons of illegally dumped tires which is expected to increase in 2024. The process includes the use of one dedicated operator and knuckle boom truck. This operator will remove and separate tires from illegally dumped general waste and deliver the tires to one of the County operated disposal facilities. Kiefer Landfill and North Area Recovery Station both contract with Castle Tire Disposal and Recycling for safe reuse of rubber tires through a process creating tire-derived fuels, civil engineering applications and ground rubber applications or rubberized asphalt.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Valley Resource Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maricela Galarza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609960972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County is a unique community of seven cities and the Imperial County-unincorporated areas/cities. The City of Mexicali with a population of well over a million residents, borders the City of Calexico. The yearly crossing is over 1.2 million. Imperial County generates approximately 80,000 used and waste tires annually. The County cities and unincorporated communities comprise less than two percent of the land and this provides ample desolated, isolated, and observable areas where individuals could illegally dump tires.
+Even one of the following factors would substantially contribute to the number of illegally dumped and discarded tires but taken together it creates a formidable environment of unsightly and disease-bearing discarded illegally dumped tires. Close proximity to the Mexico border crossing, Imperial Valley inherits many tires rejected by the Mexican Recycling Industry: a large number of seasonal visitors attracting recreational vehicle owners with vehicles in tow, off-road visitors to the Imperial Sand Dunes (each of these licensed vehicles paying admission to BLM land is approximately 501,264 street-legal vehicles for 2022, typically hauls an average of three off-road vehicles) high usage of passengers, truck, semi-truck and equipment tires in the Imperial County agricultural industry: and lack of financial resources, and irrigation canals (canals are cleaned quarterly and illegally disposed of tires are removed)
+All Imperial Valley Resource Management Agency (IVRMA) collected tires are properly recycled/disposed via current contractor Rubio Tires Inc. Nothing goes to the landfill. The tires transported to our current vendor are either reused, or repurposed, or crumbed/shredded into recyclable materials and sold to interested suppliers/vendors interested in material by IVRMA contractor. All contractors will sign an agreement to take all collected tires to a recycling facility.
+Community support for the Tire Cleanup Program is provided  which include  the Local Enforcement Agency (LEA) and Elected Officials. Imperial County has developed an Illegally Dumping Task Force in 2009, which has brought awareness to the residents of Imperial County of the problems associated with illegally dumping. We now have enforcement provided by Imperial County Sheriff Department, Highway Patrol, and the local enforcement agency (LEA). In 2008, the Imperial County Board of Supervisors passed ordinance #1436, chapter 8.73,Unlawful and Unauthorized Dumping of Solid Waste. Illegal Dumping of tires is a serious threat to Public Health and Safety in the proximity of densely populated areas to residential homes, schools, and commercial locations.
+Imperial County covers approximately 4,597 square miles of predominately agricultural land with many schools in Imperial County in remote areas where tires are frequently illegally dumped.  For example, San Pasqual Valley Unified School District is located 90 miles from a populated area. Pine Elementary School, Magnolia Union Elementary School district, Mulberry Elementary School District and Meadows Union School District are all schools that are in rural and agricultural areas in Imperial County are in agricultural areas where illegally dumping of tires are commonly seen. 
+Illegally dumping tires is common in rural, secluded agricultural areas. Pesticide residue has been found in tires. Physical injuries can also result from sharp or pointed objects inside discarded tires. Tire collection crews have reported finding needles, broken glass, and dangerous objects. Piles of illegally discarded tires that contain trash or dry brush are a potential fire hazard. When tires burn, toxic chemicals are released directly into the atmosphere. This can cause both short- and long-term health hazards to residents. Compounds from melted tires can also pollute soil, surface water, and groundwater. A tremendous health hazard is created when illegally discarded tires accumulate on roads that run through farmland, and the pile of tires ignites.
+Over 600,000 illegally dumped tires have been collected and recycled from Imperial County roadways and other public areas with grants from CalRecycle /CIWMB. IVRMA has exhibited wise and judicious use of CalRecycle Grant funds, which will continue. IVRMA has developed significant experience and has managed to keep the cost of collections down on the recycling of illegally discarded tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oroville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Oroville's is a rural community situation at the base of Oroville dam that feeds the Feather River. The City has a natural trail system, various open overfill channels, and vacant lots within the City limits that are common areas for illegal dumping. We have approximately 9 ongoing illegal dumping sites that City staff cleans up weekly, with an average collection of 30-50 tires per week (See Attachment 1_pictures of illegal dump sites).  Each illegal dump site is within 1,000 feet of a combination of residential homes, schools, recreational areas, waterways, public walkways, commercial or industrial centers, electrical transmission lines or an environmentally sensitive area.  
+To combat illegal dumping our Code Enforcement Department has developed a Work Program to clean up illegal dump sites on a weekly basis. Although this program is successful the amount of illegal dumping continues unfettered as our community continues to struggle with homelessness, and an understaffed police force. In 2023 we collected over 2,000 tires from various illegal dump site within the City. The disposal cost of tires ranges from $10 to $200 for each tire, depending on size and/or condition (cut and stripped tires have the highest rate; collection these tires conditions to grow as people look to remove the copper inside). 
+In 2023 the City picked up a total of 370 tons of illegal dumping each year, of which 70 tons was tires. This grant will go a long way toward helping to offset the disposal costs for tires. The City sends all tires to our local Tire Recyclers Waste Tire Products. All rims  go to our local scrap metal recycler Crown Metals.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Deleon Luna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093832115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Code Enforcement will utilize Waste Tire Cleanup Grant funds to abate waste tire dump sites throughout its large jurisdictional area. The deserts of San Bernardino County in some areas of the valley and mountains are frequently utilized as a dumping ground for the illegal disposal of waste tires and other materials. The County actively combats these activities with an Illegal Dumping program, and we look forward to a continued partnership with CalRecycle to carry on our efforts in identifying and abating illegal waste tire dump sites.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Debbie Reagan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095335588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to properly collect, transport and dispose of waste tires found in the public right-of-way of roads maintained by the Tuolumne County Public Works Department. Tuolumne County road crews collect, on average, 25-30 illegally dumped tires every month. The grant will cover the cost of disposing of the tires at franchised and permitted solid waste transfer stations within the county.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tammy Pelayes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia covers nearly 75 square miles of developed and vacant open desert land. With these geographical features, illegal dumping of waste tires is a major problem for the City resulting in significant social, health, environmental and economic impacts for our citizens. Areas used for illegal dumping, often times near schools or residential neighborhoods, are easily accessible to people, especially children, who are vulnerable to the physical hazards posed by waste tires. Some locations are also near the City water storage tanks or Mojave River causing a serious threat to the
+City's drinking water.
+City staff attempts to remove illegally dumped tires quickly to alleviate the threat to public health and safety, maintain a clean environment and to discourage further illegal dumping. Code Enforcement Officers are available 7-days a week to clean-up City areas littered with waste tires. To assist in the cleanup efforts, the City's Code Enforcement Department contracts with the Work Release Program through the County of San Bernardino Criminal Justice System. Under the supervision of a Code Enforcement Officer, work release crews and City Code Enforcement Officers pick-up the waste
+tires and deliver to the grant Contractor for proper disposal. In addition to Code Enforcement Officers collecting waste tires, the City's Public Works personnel may also pick up tires that are located along City right-of-way. The Contractor will transport the waste tires to an approved end-use facility for recycling or for supplementary fuel to provide heat in a cement kiln.
+To offset the cost of recycling waste tires, the City is requesting reimbursement of $9,454 for Code Enforcement Officer's salaries and benefits when actual time is spent on grant-related activities.  Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout the City of Hesperia.  Staff acts upon complaints of abandoned tires in specific areas.  It is anticipated that passenger car, light truck and medium truck tires are expected to be the majority based on the tires collected during previous grant cycles.  Pictures of the waste tires illegally dumped are included for your convenience.  The City is requesting Waste Tire Cleanup grant funds of $10,600     to offset the collection, disposal and hauling cost of approximately 2,900 waste tires anticipated to be illegally dumped during the 2-year grant term.  As part of grant reporting, the City is requesting reimbursement of $1,708 for staff to prepare payment requests and final report.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sarita Wati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County requests $42,250 to continue with the tire cleanup and education campaign. The campaign aims to reduce the illegal dumping of waste tires from residential and rural neighborhoods through education and waste tire cleanups. Education is used to inform residents of the impact that illegally dumped tires have on the environment and the quick removal of illegally dumped tires helps to prevent additional tires from being dumped at existing sites. Illegally dumped tires will be removed throughout San Joaquin County using Public Works staff and the Greater Valley Conservation Corps.</x:t>
   </x:si>
   <x:si>
     <x:t>Shasta              </x:t>
   </x:si>
   <x:si>
     <x:t>Shasta County</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Myhrvold</x:t>
   </x:si>
   <x:si>
     <x:t>5302255789</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Shasta County, acting as Lead Participant in a Regional Application with the cities of Shasta Lake and Anderson as Non-Lead Participants, seeks to utilize the CalRecycle Tire Cleanup Grant (TCU20) to remove illegally dumped tires on private or public properties or rights-of-way throughout unincorporated Shasta County and the cities of Shasta Lake and Anderson. The goal is to establish a program to identify and remediate tire piles as soon as possible to prevent blighted conditions and a harborage for insects and vermin and mitigate potential fire and health risks within Shasta County. Shasta County, through its Department of Resource Management (SCDRM), will administer it and work with local agencies, including the District Attorney, Public Works, and Code Enforcement, to identify waste tire piles. SCDRM will also coordinate the scheduling of tire pickup locations and oversee the pickup and disposal of tires. Based on previously reported and documented illegal tire dumping cases, Shasta County anticipates that approximately 15,000 waste tires will be transported by a CalRecycle-approved hauling company established through a county vendor procurement agreement to a tire recycling facility. The total grant application will not exceed $125,120, and the cost per tire will be at or below $8.34 per tire. Our estimated per-tire cost is higher due to a lack of certified tire haulers willing to service Shasta County, retrieval issues such as buried tires in ravines and hillsides, and no local CCC assistance. Efforts will be made to reduce the cost per tire amount whenever possible by maximizing efficiency.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles County</x:t>
-[...35 lines deleted...]
-    <x:t>San Joaquin County requests $42,250 to continue with the tire cleanup and education campaign. The campaign aims to reduce the illegal dumping of waste tires from residential and rural neighborhoods through education and waste tire cleanups. Education is used to inform residents of the impact that illegally dumped tires have on the environment and the quick removal of illegally dumped tires helps to prevent additional tires from being dumped at existing sites. Illegally dumped tires will be removed throughout San Joaquin County using Public Works staff and the Greater Valley Conservation Corps.</x:t>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jody Strait</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095276416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto has an estimated population of 218 thousand people who currently occupy an estimated 37 square miles. Within that area, there are 3,050 streets, 1,400 alleys, 78 parks and 3 main waterways. It is our intent to utilize grant funding to remove illegally dumped waste tires from these areas by assigning a city employee maintenance worker to actively search designated areas as well as respond to any citizen reports of waste tire dumping and document for disposal. In addition to the labor component, the City of Modesto is requesting funding to contract Bertolotti Services to transport waste tires for recycling. The City of Modesto owns a storage container to store waste tires until removal is required for transportation to an end-use facility. The current location is in a secure site at the City of Modesto's Waste Water Treatment Facility located at 1221 Sutter Avenue in Modesto. Note, the City of Modesto will be responsible for providing a 1/2 ton pickup truck with a lift gate, safety equipment and any additional materials necessary to complete the job safely and efficiently. Historically, the City of Modesto has collected 1400-1900 illegally dumped tires per year through the grant program.  The City of Modesto is estimating that we will collect approximately 1,875 illegally dumped tires per year for recycling through a permitted recycler and hauler for an estimated total of 3,750 tires during the entire grant cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hemet</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Nolasco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517652450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Over the last few years the City of Hemet has seen an increase in the number and size of illegal dumps. We have identified a problem area due to its remoteness. APN Parcels #454-090-003, #454-060-034, 454-060-014, 454-060-010 and #454-060-013 have an excessive amount of illegally dumped trash, predominately tires. The areas cover a residential area and is adjacent to Diamond Valley Lake which is one California's largest water reservoirs. The sites  include tires strewn on the roads sides of Natalie Joy and A St and a single family residence. The property owners have been victims of illegal dumping on these undeveloped parcels. As cleaning and dump fees increase citizens are finding it more difficult to pay for the legal removal of trash and tires. Code Enforcement has fielded many complaints of illegal dumping but most recently has experienced a huge increase in illegally dumped tires. The cost of disposing of unwanted used tires has gone up. These tires are only accepted in certified landfill that are designated for hazardous waste. Due to these restrictions in disposing of used tires, tire haulers, and clean-up contractors have found it easier and a cost savings to discard their unwanted tires on vacant lots that are isolated from the general public. With grant funding the City will contract with our local trash collection service, CR&amp;R and the Local Conservation Corp (verbal agreement has been made, awaiting Letter of Agreement from LCC), for the clean-up, transportation and legal disposal of the tires at a certified landfill.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 19</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -518,51 +518,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff8a2d70f5004fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R852cb8bf75a141c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re3bd0815be4b4178" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a7a9a15bad44d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R672ec09b01574c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb87f9a5ac6914621" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -610,492 +610,492 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1333.899169921875" customHeight="1" collapsed="0">
+    <x:row ht="379.4739990234375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>59070</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.974853515625" customHeight="1" collapsed="0">
+    <x:row ht="229.97479248046875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>15000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1333.899169921875" customHeight="1" collapsed="0">
+    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>69000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2242.31787109375" customHeight="1" collapsed="0">
+    <x:row ht="471.458251953125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>21762</x:v>
+        <x:v>16000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="1713.34521484375" customHeight="1" collapsed="0">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>58375</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-    <x:row ht="1207.388671875" customHeight="1" collapsed="0">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.4345703125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>37325</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1425.8837890625" customHeight="1" collapsed="0">
+    <x:row ht="1713.3447265625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>58375</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="1333.8994140625" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>25185</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="1851.33544921875" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>57169</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+    <x:row ht="1218.8974609375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>5530</x:v>
+        <x:v>25185</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row ht="3898.17578125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.458984375" customHeight="1" collapsed="0">
+    <x:row ht="1425.8837890625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>16000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1851.3349609375" customHeight="1" collapsed="0">
+    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B18" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>57169</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+    </x:row>
+    <x:row ht="344.9775390625" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A19" s="8" t="s">
+      <x:c r="B19" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>5530</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="G19" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="2242.3173828125" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B20" s="8" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>21762</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="G20" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A21" s="8" t="s">
+      <x:c r="B21" s="8" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>125120</x:v>
+        <x:v>42250</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="G21" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+    </x:row>
+    <x:row ht="1448.87109375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>125120</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.47265625" customHeight="1" collapsed="0">
+    <x:row ht="1207.390625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>59070</x:v>
+        <x:v>37325</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+    <x:row ht="1333.8984375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>42250</x:v>
+        <x:v>69000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A25" s="10" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="10" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="10"/>
       <x:c r="D25" s="11" t="n">
         <x:v>1471786</x:v>
       </x:c>
@@ -1120,29 +1120,29 @@
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:38 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>