--- v3 (2025-12-24)
+++ v4 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6866a1a49274da8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b1841f7d8e7478e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R672ec09b01574c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4a1c8df02c3c4d79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Gov`t Waste Tire Cleanup Grant (TCU20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -518,51 +518,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a7a9a15bad44d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R672ec09b01574c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb87f9a5ac6914621" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4f8d23687b6404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4a1c8df02c3c4d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R969a2651d1234f9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1120,29 +1120,29 @@
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:22 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>