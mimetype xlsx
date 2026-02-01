--- v4 (2025-12-24)
+++ v5 (2026-02-01)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b1841f7d8e7478e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfba3dd866c164af9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4a1c8df02c3c4d79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4415a0f074d54d5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Gov`t Waste Tire Cleanup Grant (TCU20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -518,51 +518,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4f8d23687b6404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4a1c8df02c3c4d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R969a2651d1234f9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e61845256db4e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4415a0f074d54d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re276b5c18d21419d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1120,29 +1120,29 @@
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:22 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 1, 2026 1:35 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>