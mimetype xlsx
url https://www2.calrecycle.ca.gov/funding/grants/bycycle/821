--- v5 (2026-02-01)
+++ v6 (2026-03-07)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfba3dd866c164af9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e77d1917a4d4df2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4415a0f074d54d5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R07e958e6125d4904"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Gov`t Waste Tire Cleanup Grant (TCU20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -518,51 +518,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e61845256db4e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4415a0f074d54d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re276b5c18d21419d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R076e69ac82dd47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07e958e6125d4904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfb3fa7bf83b74f15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1120,29 +1120,29 @@
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 1, 2026 1:35 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 9:33 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>