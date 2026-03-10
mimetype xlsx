--- v6 (2026-03-07)
+++ v7 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e77d1917a4d4df2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c6eb06492c3450a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R07e958e6125d4904"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1a553f97256149bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Gov`t Waste Tire Cleanup Grant (TCU20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -518,51 +518,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R076e69ac82dd47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07e958e6125d4904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfb3fa7bf83b74f15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102033c5dbb14cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a553f97256149bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0a07acc4f0db45ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1120,29 +1120,29 @@
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 9:33 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:33 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>