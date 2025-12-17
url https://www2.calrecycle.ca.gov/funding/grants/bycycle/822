--- v0 (2025-12-14)
+++ v1 (2025-12-17)
@@ -1,366 +1,366 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49fbb9adf31c45a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree1886648d784068" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf34d98eacdf34f8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf875a9ca555a4e86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Conservation Corps Grant Program (RLC39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Valladares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264288673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and
+Multi-Family complexes. CCLB will expand e waste collections and handling, by partnering with local
+schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits,
+Dockwalker Boat kit and oil collection pan distribution. We will continue to work with our local
+jurisdictions, government agencies to expand our Tire collection events and outreach efforts as it relates
+to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno EOC Local Conservation Corps will continue to serve clients in the City of Fresno and Madera, concentrating on the collection of CRV bottles and cans, e-waste, used tires, and by providing used oil education. LCC will staff a Certified Recycling Center in the rural community of Friant, while also serving clients at largely attended events. Young adults enrolled in the LCC program will also attend our onsite Charter High School, working on their high school diploma.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Skillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132107620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The LA Conservation Corps will carry out the following programs in FY 24-25.
+Beverage Container: 
+-Increase collection of beverage containers by 4% compared to collections in FY 23-24 via collection routes and special events as measured by DORIIS
+-Perform litter abatement and open space litter abatement clean-up services on an as-needed basis 
+Waste Tire: 
+-Take FY 23-24 totals and increase illegally dumped tire collections by 6% as measured by CTL/receipt forms and haul away and properly dispose of/recycle the tires
+-Provide event/labor staff resources for collection/hauling waste tires in partnership with the City of LA 
+E-waste: 
+-Take FY 23-24 totals and increase E-waste collections by 4% through curbside/drop off events as measured by collection logs/CEWIS reports and provide outreach/marketing for each event 
+-Partner with Homeboy Recycling to implement an internship for Corpsmembers 
+Used Oil: 
+-Conduct CCC signage inspections at assigned locations 
+-Conduct surveys and hand out boater kits under the Dockwalker Program
+-Provide outreach and canvasing in support of LA County Public Works Used Oil Filter Exchange Events</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elena Olzark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153500507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The San Francisco Conservation Corps (SFCC) provides on-the-job training to at-risk, young adults through Recycling and Waste-Management: Recycling, waste diversion, Zero Waste Special Events, removal and recycling of beverage containers, E-Waste, Waste tires, and Used Oil filters through the Cities and Counties of San Francisco and San Mateo. SFCC will provide outreach and education to Corpsmembers and our local communities; provide collection, hauling, and recycling services for all waste streams solely and in collaboration with established and new partners; and develop career ladder opportunities for Corpsmembers through internships and other placement opportunities in conjunction with local partners. SFCC will meet these objectives through commitments outlined in the Grant Project Summary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SJCC+CS will collect recyclables in accordance with the Grant Work Plan for RLC39.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arturo Perzabal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192356684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento Regional Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kala Dean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164176746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrea Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beverage container: Service events, businesses, operate material recovery facility, provide education/outreach to Northern California.
+E-waste: Collect E-waste at drop-off events, curbside collections with community partners in Northern California. Provide education/outreach.
+Used oil: Ensure Certified Collection Centers are signed. Provide education/outreach at waterways &amp; public events. Label storm drains to reduce illegal dumping of used oil. 
+Waste tire: Collect &amp; haul waste tires from public lands, provide labor for tire amnesty events in Northern California, as well as education/outreach.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>7077585417</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Blessing Badmus</x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties and other local counties.
 Outreach and education will be provided to the public on why recycling is important.
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma, Solano, Napa and other local counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Clara         </x:t>
-[...14 lines deleted...]
-    <x:t>SJCC+CS will collect recyclables in accordance with the Grant Work Plan for RLC39.</x:t>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequoia Community Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Guzman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597324194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequoia Community Corps (SCC) is a state-certified and federally recognized 21CSC (21st Century Service Corps) local conservation corps. SCC engages local young adults from racially and socially diverse backgrounds within Tulare and Kings Counties, ages 18 to 26, in on-the-job project-based training, structured education, leadership development, and environmental awareness through conservation work projects.
+The SCC will continue to help local jurisdictions reduce GHG emissions in our communities by diverting recyclable materials, which include Beverage Containers, E-Waste, Used Oil, and Waste Tires.  By working collaboratively with local jurisdictions and other partners, SCC will continue to play a key role in minimize our waste stream by expanding recycling opportunities for local businesses and residents Tulare and Kings Counties.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For reimbursement for Grant #RLC39 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires and used oil.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>Southern California Mountains Foundation</x:t>
   </x:si>
   <x:si>
     <x:t> Stacy Gorin</x:t>
   </x:si>
   <x:si>
     <x:t>5305594210</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
     <x:t>UCCIE was approved for a fund exchange between UCCIE and CCLB of $100,000 with an even exchange decreasing our E-waste funds and increasing our Tire funds.
 Reports and Evaluation:
 The Corps will collect, analyze, and report data using CalRecycle progress report.
 Education, Outreach and Marketing:
 During FY 24-25, UCC will train Corpsmembers to participate in outreach and recycling education programs.
 Partnerships and Collaboration:
 By June 30, 2025, the SCMF-UCC will increase recycling-related partnerships.
 Common Objectives:
 By June 30, 2025, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2024-25 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 115,000 lbs. of beverage container materials 
 • Schedule and participate in 19 community cleanup events
 Waste Tires
 GVCC will:
 • Collect 5,000 tires through amnesty events, community cleanups, and tire events for illegally dumped tires.
 • Increase community waste tire collection events to 19, including community cleanups
 • Conduct 14 Waste Tire Amnesty Collection events
 E-Waste
 GVCC will:
 • Collect 285,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Provide E-waste Handling Procedure training in accordance with compliance regulations
 • Increase offsite E-waste drop-off collection events to 19
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 275 to 375 oil recycling kits to partners at various events and collection routes</x:t>
   </x:si>
   <x:si>
-    <x:t>Tulare              </x:t>
-[...57 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238826</x:t>
   </x:si>
   <x:si>
     <x:t>Our recycling program, supported by the Ceasar Chavez Environmental Corps (CCEC) and funded through the Local Conservation Corps Grant Program RLC 39, aims to establish two new recycling centers. This funding will be utilized to secure suitable locations, staff the centers, outfit them with necessary equipment and supplies and conduct community, partner, and stakeholder outreach. Our commitment to sustainability, bolstered by CCEC and the funding provided by the Local Conservation Corps Grant Program RLC 39, drives us to expand our reach and impact in waste management. We need this outreach to promote the visibility of the new centers and engage with the community, partners, and stakeholders to ensure their success.</x:t>
-  </x:si>
-[...96 lines deleted...]
-    <x:t>Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -495,51 +495,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50714bce76f84fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf34d98eacdf34f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf20713c75bd345ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42dc7f11164f4c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf875a9ca555a4e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rde88a04b5daa45fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -587,363 +587,363 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1345.3795166015625" customHeight="1" collapsed="0">
+    <x:row ht="482.96697998046875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="68.9952392578125" customHeight="1" collapsed="0">
+    <x:row ht="413.97161865234375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+    <x:row ht="1115.40478515625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="712.94189453125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>2140356</x:v>
+        <x:v>2064004</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="839.424072265625" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>2140356</x:v>
+        <x:v>2140382</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+    <x:row ht="1345.37890625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>2140382</x:v>
+        <x:v>2140356</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
-    <x:row ht="712.94189453125" customHeight="1" collapsed="0">
+    <x:row ht="172.48779296875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>2064004</x:v>
+        <x:v>2140356</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="1230.40576171875" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.4228515625" customHeight="1" collapsed="0">
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
@@ -972,29 +972,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 14, 2025 6:26 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>