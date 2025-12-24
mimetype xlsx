--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,366 +1,366 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree1886648d784068" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9314234cc2a474f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf875a9ca555a4e86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6b5e97760e684453"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Conservation Corps Grant Program (RLC39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...31 lines deleted...]
-    <x:t>5592641048</x:t>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps North Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Kyle Larue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077585417</x:t>
   </x:si>
   <x:si>
     <x:t>Blessing Badmus</x:t>
-  </x:si>
-[...125 lines deleted...]
-    <x:t>7077585417</x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties and other local counties.
 Outreach and education will be provided to the public on why recycling is important.
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma, Solano, Napa and other local counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tulare              </x:t>
-[...27 lines deleted...]
-    <x:t>For reimbursement for Grant #RLC39 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires and used oil.</x:t>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SJCC+CS will collect recyclables in accordance with the Grant Work Plan for RLC39.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>Southern California Mountains Foundation</x:t>
   </x:si>
   <x:si>
     <x:t> Stacy Gorin</x:t>
   </x:si>
   <x:si>
     <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
     <x:t>UCCIE was approved for a fund exchange between UCCIE and CCLB of $100,000 with an even exchange decreasing our E-waste funds and increasing our Tire funds.
 Reports and Evaluation:
 The Corps will collect, analyze, and report data using CalRecycle progress report.
 Education, Outreach and Marketing:
 During FY 24-25, UCC will train Corpsmembers to participate in outreach and recycling education programs.
 Partnerships and Collaboration:
 By June 30, 2025, the SCMF-UCC will increase recycling-related partnerships.
 Common Objectives:
 By June 30, 2025, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2024-25 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 115,000 lbs. of beverage container materials 
 • Schedule and participate in 19 community cleanup events
 Waste Tires
 GVCC will:
 • Collect 5,000 tires through amnesty events, community cleanups, and tire events for illegally dumped tires.
 • Increase community waste tire collection events to 19, including community cleanups
 • Conduct 14 Waste Tire Amnesty Collection events
 E-Waste
 GVCC will:
 • Collect 285,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Provide E-waste Handling Procedure training in accordance with compliance regulations
 • Increase offsite E-waste drop-off collection events to 19
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 275 to 375 oil recycling kits to partners at various events and collection routes</x:t>
   </x:si>
   <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequoia Community Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Guzman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597324194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequoia Community Corps (SCC) is a state-certified and federally recognized 21CSC (21st Century Service Corps) local conservation corps. SCC engages local young adults from racially and socially diverse backgrounds within Tulare and Kings Counties, ages 18 to 26, in on-the-job project-based training, structured education, leadership development, and environmental awareness through conservation work projects.
+The SCC will continue to help local jurisdictions reduce GHG emissions in our communities by diverting recyclable materials, which include Beverage Containers, E-Waste, Used Oil, and Waste Tires.  By working collaboratively with local jurisdictions and other partners, SCC will continue to play a key role in minimize our waste stream by expanding recycling opportunities for local businesses and residents Tulare and Kings Counties.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Skillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132107620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The LA Conservation Corps will carry out the following programs in FY 24-25.
+Beverage Container: 
+-Increase collection of beverage containers by 4% compared to collections in FY 23-24 via collection routes and special events as measured by DORIIS
+-Perform litter abatement and open space litter abatement clean-up services on an as-needed basis 
+Waste Tire: 
+-Take FY 23-24 totals and increase illegally dumped tire collections by 6% as measured by CTL/receipt forms and haul away and properly dispose of/recycle the tires
+-Provide event/labor staff resources for collection/hauling waste tires in partnership with the City of LA 
+E-waste: 
+-Take FY 23-24 totals and increase E-waste collections by 4% through curbside/drop off events as measured by collection logs/CEWIS reports and provide outreach/marketing for each event 
+-Partner with Homeboy Recycling to implement an internship for Corpsmembers 
+Used Oil: 
+-Conduct CCC signage inspections at assigned locations 
+-Conduct surveys and hand out boater kits under the Dockwalker Program
+-Provide outreach and canvasing in support of LA County Public Works Used Oil Filter Exchange Events</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For reimbursement for Grant #RLC39 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires and used oil.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238826</x:t>
   </x:si>
   <x:si>
     <x:t>Our recycling program, supported by the Ceasar Chavez Environmental Corps (CCEC) and funded through the Local Conservation Corps Grant Program RLC 39, aims to establish two new recycling centers. This funding will be utilized to secure suitable locations, staff the centers, outfit them with necessary equipment and supplies and conduct community, partner, and stakeholder outreach. Our commitment to sustainability, bolstered by CCEC and the funding provided by the Local Conservation Corps Grant Program RLC 39, drives us to expand our reach and impact in waste management. We need this outreach to promote the visibility of the new centers and engage with the community, partners, and stakeholders to ensure their success.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno EOC Local Conservation Corps will continue to serve clients in the City of Fresno and Madera, concentrating on the collection of CRV bottles and cans, e-waste, used tires, and by providing used oil education. LCC will staff a Certified Recycling Center in the rural community of Friant, while also serving clients at largely attended events. Young adults enrolled in the LCC program will also attend our onsite Charter High School, working on their high school diploma.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento Regional Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kala Dean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164176746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beverage container: Service events, businesses, operate material recovery facility, provide education/outreach to Northern California.
+E-waste: Collect E-waste at drop-off events, curbside collections with community partners in Northern California. Provide education/outreach.
+Used oil: Ensure Certified Collection Centers are signed. Provide education/outreach at waterways &amp; public events. Label storm drains to reduce illegal dumping of used oil. 
+Waste tire: Collect &amp; haul waste tires from public lands, provide labor for tire amnesty events in Northern California, as well as education/outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elena Olzark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153500507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The San Francisco Conservation Corps (SFCC) provides on-the-job training to at-risk, young adults through Recycling and Waste-Management: Recycling, waste diversion, Zero Waste Special Events, removal and recycling of beverage containers, E-Waste, Waste tires, and Used Oil filters through the Cities and Counties of San Francisco and San Mateo. SFCC will provide outreach and education to Corpsmembers and our local communities; provide collection, hauling, and recycling services for all waste streams solely and in collaboration with established and new partners; and develop career ladder opportunities for Corpsmembers through internships and other placement opportunities in conjunction with local partners. SFCC will meet these objectives through commitments outlined in the Grant Project Summary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Valladares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264288673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and
+Multi-Family complexes. CCLB will expand e waste collections and handling, by partnering with local
+schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits,
+Dockwalker Boat kit and oil collection pan distribution. We will continue to work with our local
+jurisdictions, government agencies to expand our Tire collection events and outreach efforts as it relates
+to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arturo Perzabal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192356684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -495,51 +495,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42dc7f11164f4c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf875a9ca555a4e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rde88a04b5daa45fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e8b75eb5b914084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6b5e97760e684453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R88a05a617e7b43bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -587,363 +587,363 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.96697998046875" customHeight="1" collapsed="0">
+    <x:row ht="1345.3795166015625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.97161865234375" customHeight="1" collapsed="0">
+    <x:row ht="68.9952392578125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1115.40478515625" customHeight="1" collapsed="0">
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1230.406005859375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.94189453125" customHeight="1" collapsed="0">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.937255859375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>2064004</x:v>
+        <x:v>2140356</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1115.40478515625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.424072265625" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.93505859375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>2140382</x:v>
+        <x:v>2140356</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1345.37890625" customHeight="1" collapsed="0">
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>2140356</x:v>
+        <x:v>2140382</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.48779296875" customHeight="1" collapsed="0">
+    <x:row ht="712.94189453125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>2140356</x:v>
+        <x:v>2064004</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.94677734375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-    <x:row ht="1230.40576171875" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+    <x:row ht="839.4228515625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
@@ -972,29 +972,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>