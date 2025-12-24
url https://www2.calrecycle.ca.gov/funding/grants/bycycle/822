--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9314234cc2a474f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3926765764244a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6b5e97760e684453"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R264a70fb92eb4984"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Conservation Corps Grant Program (RLC39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -495,51 +495,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e8b75eb5b914084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6b5e97760e684453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R88a05a617e7b43bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e60e5a3a2043f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R264a70fb92eb4984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc70d088c43504273" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -972,29 +972,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:27 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>