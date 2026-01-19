--- v3 (2025-12-24)
+++ v4 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3926765764244a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ae7107c4094541" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R264a70fb92eb4984"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R48315e153caa444f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Conservation Corps Grant Program (RLC39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -495,51 +495,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e60e5a3a2043f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R264a70fb92eb4984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc70d088c43504273" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81e3aedfa14a4060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48315e153caa444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R68aea5ceb98a4491" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -972,29 +972,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:27 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 12:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>