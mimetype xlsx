--- v4 (2026-01-19)
+++ v5 (2026-02-25)
@@ -1,366 +1,366 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ae7107c4094541" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra62d1d1f326e4beb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R48315e153caa444f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb727a6fb1b674e41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Conservation Corps Grant Program (RLC39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Valladares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264288673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and
+Multi-Family complexes. CCLB will expand e waste collections and handling, by partnering with local
+schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits,
+Dockwalker Boat kit and oil collection pan distribution. We will continue to work with our local
+jurisdictions, government agencies to expand our Tire collection events and outreach efforts as it relates
+to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno EOC Local Conservation Corps will continue to serve clients in the City of Fresno and Madera, concentrating on the collection of CRV bottles and cans, e-waste, used tires, and by providing used oil education. LCC will staff a Certified Recycling Center in the rural community of Friant, while also serving clients at largely attended events. Young adults enrolled in the LCC program will also attend our onsite Charter High School, working on their high school diploma.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Skillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132107620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The LA Conservation Corps will carry out the following programs in FY 24-25.
+Beverage Container: 
+-Increase collection of beverage containers by 4% compared to collections in FY 23-24 via collection routes and special events as measured by DORIIS
+-Perform litter abatement and open space litter abatement clean-up services on an as-needed basis 
+Waste Tire: 
+-Take FY 23-24 totals and increase illegally dumped tire collections by 6% as measured by CTL/receipt forms and haul away and properly dispose of/recycle the tires
+-Provide event/labor staff resources for collection/hauling waste tires in partnership with the City of LA 
+E-waste: 
+-Take FY 23-24 totals and increase E-waste collections by 4% through curbside/drop off events as measured by collection logs/CEWIS reports and provide outreach/marketing for each event 
+-Partner with Homeboy Recycling to implement an internship for Corpsmembers 
+Used Oil: 
+-Conduct CCC signage inspections at assigned locations 
+-Conduct surveys and hand out boater kits under the Dockwalker Program
+-Provide outreach and canvasing in support of LA County Public Works Used Oil Filter Exchange Events</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elena Olzark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153500507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The San Francisco Conservation Corps (SFCC) provides on-the-job training to at-risk, young adults through Recycling and Waste-Management: Recycling, waste diversion, Zero Waste Special Events, removal and recycling of beverage containers, E-Waste, Waste tires, and Used Oil filters through the Cities and Counties of San Francisco and San Mateo. SFCC will provide outreach and education to Corpsmembers and our local communities; provide collection, hauling, and recycling services for all waste streams solely and in collaboration with established and new partners; and develop career ladder opportunities for Corpsmembers through internships and other placement opportunities in conjunction with local partners. SFCC will meet these objectives through commitments outlined in the Grant Project Summary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SJCC+CS will collect recyclables in accordance with the Grant Work Plan for RLC39.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arturo Perzabal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192356684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento Regional Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kala Dean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164176746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrea Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beverage container: Service events, businesses, operate material recovery facility, provide education/outreach to Northern California.
+E-waste: Collect E-waste at drop-off events, curbside collections with community partners in Northern California. Provide education/outreach.
+Used oil: Ensure Certified Collection Centers are signed. Provide education/outreach at waterways &amp; public events. Label storm drains to reduce illegal dumping of used oil. 
+Waste tire: Collect &amp; haul waste tires from public lands, provide labor for tire amnesty events in Northern California, as well as education/outreach.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>7077585417</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Blessing Badmus</x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties and other local counties.
 Outreach and education will be provided to the public on why recycling is important.
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma, Solano, Napa and other local counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Clara         </x:t>
-[...14 lines deleted...]
-    <x:t>SJCC+CS will collect recyclables in accordance with the Grant Work Plan for RLC39.</x:t>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequoia Community Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Guzman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597324194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequoia Community Corps (SCC) is a state-certified and federally recognized 21CSC (21st Century Service Corps) local conservation corps. SCC engages local young adults from racially and socially diverse backgrounds within Tulare and Kings Counties, ages 18 to 26, in on-the-job project-based training, structured education, leadership development, and environmental awareness through conservation work projects.
+The SCC will continue to help local jurisdictions reduce GHG emissions in our communities by diverting recyclable materials, which include Beverage Containers, E-Waste, Used Oil, and Waste Tires.  By working collaboratively with local jurisdictions and other partners, SCC will continue to play a key role in minimize our waste stream by expanding recycling opportunities for local businesses and residents Tulare and Kings Counties.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For reimbursement for Grant #RLC39 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires and used oil.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>Southern California Mountains Foundation</x:t>
   </x:si>
   <x:si>
     <x:t> Stacy Gorin</x:t>
   </x:si>
   <x:si>
     <x:t>5305594210</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
     <x:t>UCCIE was approved for a fund exchange between UCCIE and CCLB of $100,000 with an even exchange decreasing our E-waste funds and increasing our Tire funds.
 Reports and Evaluation:
 The Corps will collect, analyze, and report data using CalRecycle progress report.
 Education, Outreach and Marketing:
 During FY 24-25, UCC will train Corpsmembers to participate in outreach and recycling education programs.
 Partnerships and Collaboration:
 By June 30, 2025, the SCMF-UCC will increase recycling-related partnerships.
 Common Objectives:
 By June 30, 2025, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2024-25 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 115,000 lbs. of beverage container materials 
 • Schedule and participate in 19 community cleanup events
 Waste Tires
 GVCC will:
 • Collect 5,000 tires through amnesty events, community cleanups, and tire events for illegally dumped tires.
 • Increase community waste tire collection events to 19, including community cleanups
 • Conduct 14 Waste Tire Amnesty Collection events
 E-Waste
 GVCC will:
 • Collect 285,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Provide E-waste Handling Procedure training in accordance with compliance regulations
 • Increase offsite E-waste drop-off collection events to 19
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 275 to 375 oil recycling kits to partners at various events and collection routes</x:t>
   </x:si>
   <x:si>
-    <x:t>Tulare              </x:t>
-[...57 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238826</x:t>
   </x:si>
   <x:si>
     <x:t>Our recycling program, supported by the Ceasar Chavez Environmental Corps (CCEC) and funded through the Local Conservation Corps Grant Program RLC 39, aims to establish two new recycling centers. This funding will be utilized to secure suitable locations, staff the centers, outfit them with necessary equipment and supplies and conduct community, partner, and stakeholder outreach. Our commitment to sustainability, bolstered by CCEC and the funding provided by the Local Conservation Corps Grant Program RLC 39, drives us to expand our reach and impact in waste management. We need this outreach to promote the visibility of the new centers and engage with the community, partners, and stakeholders to ensure their success.</x:t>
-  </x:si>
-[...96 lines deleted...]
-    <x:t>Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -495,51 +495,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81e3aedfa14a4060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48315e153caa444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R68aea5ceb98a4491" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0aa3ca85f994e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb727a6fb1b674e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R02cb055db0d04e8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -587,363 +587,363 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1345.3795166015625" customHeight="1" collapsed="0">
+    <x:row ht="482.96697998046875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="68.9952392578125" customHeight="1" collapsed="0">
+    <x:row ht="413.97161865234375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+    <x:row ht="1115.40478515625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="712.94189453125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>2140356</x:v>
+        <x:v>2064004</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="839.424072265625" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>2140356</x:v>
+        <x:v>2140382</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+    <x:row ht="1345.37890625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>2140382</x:v>
+        <x:v>2140356</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
-    <x:row ht="712.94189453125" customHeight="1" collapsed="0">
+    <x:row ht="172.48779296875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>2064004</x:v>
+        <x:v>2140356</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="1230.40576171875" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.4228515625" customHeight="1" collapsed="0">
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
@@ -972,29 +972,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 12:31 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 24, 2026 10:42 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>