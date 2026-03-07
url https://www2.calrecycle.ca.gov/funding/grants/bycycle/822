--- v5 (2026-02-25)
+++ v6 (2026-03-07)
@@ -1,366 +1,366 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra62d1d1f326e4beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f105b6fe4948ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb727a6fb1b674e41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rea7b5b0749c44623"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Conservation Corps Grant Program (RLC39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...31 lines deleted...]
-    <x:t>5592641048</x:t>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps North Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Kyle Larue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077585417</x:t>
   </x:si>
   <x:si>
     <x:t>Blessing Badmus</x:t>
-  </x:si>
-[...125 lines deleted...]
-    <x:t>7077585417</x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties and other local counties.
 Outreach and education will be provided to the public on why recycling is important.
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma, Solano, Napa and other local counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tulare              </x:t>
-[...27 lines deleted...]
-    <x:t>For reimbursement for Grant #RLC39 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires and used oil.</x:t>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SJCC+CS will collect recyclables in accordance with the Grant Work Plan for RLC39.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>Southern California Mountains Foundation</x:t>
   </x:si>
   <x:si>
     <x:t> Stacy Gorin</x:t>
   </x:si>
   <x:si>
     <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
     <x:t>UCCIE was approved for a fund exchange between UCCIE and CCLB of $100,000 with an even exchange decreasing our E-waste funds and increasing our Tire funds.
 Reports and Evaluation:
 The Corps will collect, analyze, and report data using CalRecycle progress report.
 Education, Outreach and Marketing:
 During FY 24-25, UCC will train Corpsmembers to participate in outreach and recycling education programs.
 Partnerships and Collaboration:
 By June 30, 2025, the SCMF-UCC will increase recycling-related partnerships.
 Common Objectives:
 By June 30, 2025, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2024-25 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 115,000 lbs. of beverage container materials 
 • Schedule and participate in 19 community cleanup events
 Waste Tires
 GVCC will:
 • Collect 5,000 tires through amnesty events, community cleanups, and tire events for illegally dumped tires.
 • Increase community waste tire collection events to 19, including community cleanups
 • Conduct 14 Waste Tire Amnesty Collection events
 E-Waste
 GVCC will:
 • Collect 285,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Provide E-waste Handling Procedure training in accordance with compliance regulations
 • Increase offsite E-waste drop-off collection events to 19
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 275 to 375 oil recycling kits to partners at various events and collection routes</x:t>
   </x:si>
   <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequoia Community Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Guzman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597324194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequoia Community Corps (SCC) is a state-certified and federally recognized 21CSC (21st Century Service Corps) local conservation corps. SCC engages local young adults from racially and socially diverse backgrounds within Tulare and Kings Counties, ages 18 to 26, in on-the-job project-based training, structured education, leadership development, and environmental awareness through conservation work projects.
+The SCC will continue to help local jurisdictions reduce GHG emissions in our communities by diverting recyclable materials, which include Beverage Containers, E-Waste, Used Oil, and Waste Tires.  By working collaboratively with local jurisdictions and other partners, SCC will continue to play a key role in minimize our waste stream by expanding recycling opportunities for local businesses and residents Tulare and Kings Counties.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Skillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132107620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The LA Conservation Corps will carry out the following programs in FY 24-25.
+Beverage Container: 
+-Increase collection of beverage containers by 4% compared to collections in FY 23-24 via collection routes and special events as measured by DORIIS
+-Perform litter abatement and open space litter abatement clean-up services on an as-needed basis 
+Waste Tire: 
+-Take FY 23-24 totals and increase illegally dumped tire collections by 6% as measured by CTL/receipt forms and haul away and properly dispose of/recycle the tires
+-Provide event/labor staff resources for collection/hauling waste tires in partnership with the City of LA 
+E-waste: 
+-Take FY 23-24 totals and increase E-waste collections by 4% through curbside/drop off events as measured by collection logs/CEWIS reports and provide outreach/marketing for each event 
+-Partner with Homeboy Recycling to implement an internship for Corpsmembers 
+Used Oil: 
+-Conduct CCC signage inspections at assigned locations 
+-Conduct surveys and hand out boater kits under the Dockwalker Program
+-Provide outreach and canvasing in support of LA County Public Works Used Oil Filter Exchange Events</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For reimbursement for Grant #RLC39 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires and used oil.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238826</x:t>
   </x:si>
   <x:si>
     <x:t>Our recycling program, supported by the Ceasar Chavez Environmental Corps (CCEC) and funded through the Local Conservation Corps Grant Program RLC 39, aims to establish two new recycling centers. This funding will be utilized to secure suitable locations, staff the centers, outfit them with necessary equipment and supplies and conduct community, partner, and stakeholder outreach. Our commitment to sustainability, bolstered by CCEC and the funding provided by the Local Conservation Corps Grant Program RLC 39, drives us to expand our reach and impact in waste management. We need this outreach to promote the visibility of the new centers and engage with the community, partners, and stakeholders to ensure their success.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento Regional Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kala Dean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164176746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beverage container: Service events, businesses, operate material recovery facility, provide education/outreach to Northern California.
+E-waste: Collect E-waste at drop-off events, curbside collections with community partners in Northern California. Provide education/outreach.
+Used oil: Ensure Certified Collection Centers are signed. Provide education/outreach at waterways &amp; public events. Label storm drains to reduce illegal dumping of used oil. 
+Waste tire: Collect &amp; haul waste tires from public lands, provide labor for tire amnesty events in Northern California, as well as education/outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elena Olzark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153500507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The San Francisco Conservation Corps (SFCC) provides on-the-job training to at-risk, young adults through Recycling and Waste-Management: Recycling, waste diversion, Zero Waste Special Events, removal and recycling of beverage containers, E-Waste, Waste tires, and Used Oil filters through the Cities and Counties of San Francisco and San Mateo. SFCC will provide outreach and education to Corpsmembers and our local communities; provide collection, hauling, and recycling services for all waste streams solely and in collaboration with established and new partners; and develop career ladder opportunities for Corpsmembers through internships and other placement opportunities in conjunction with local partners. SFCC will meet these objectives through commitments outlined in the Grant Project Summary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Valladares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264288673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and
+Multi-Family complexes. CCLB will expand e waste collections and handling, by partnering with local
+schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits,
+Dockwalker Boat kit and oil collection pan distribution. We will continue to work with our local
+jurisdictions, government agencies to expand our Tire collection events and outreach efforts as it relates
+to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arturo Perzabal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192356684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patrick Turner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno EOC Local Conservation Corps will continue to serve clients in the City of Fresno and Madera, concentrating on the collection of CRV bottles and cans, e-waste, used tires, and by providing used oil education. LCC will staff a Certified Recycling Center in the rural community of Friant, while also serving clients at largely attended events. Young adults enrolled in the LCC program will also attend our onsite Charter High School, working on their high school diploma.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -495,51 +495,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0aa3ca85f994e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb727a6fb1b674e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R02cb055db0d04e8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fdf4fade9384abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rea7b5b0749c44623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6e80d5b8ad164a62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -587,363 +587,363 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.96697998046875" customHeight="1" collapsed="0">
+    <x:row ht="1345.3795166015625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.97161865234375" customHeight="1" collapsed="0">
+    <x:row ht="68.9952392578125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1115.40478515625" customHeight="1" collapsed="0">
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1230.406005859375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.94189453125" customHeight="1" collapsed="0">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.937255859375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>2064004</x:v>
+        <x:v>2140356</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1115.40478515625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.424072265625" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.93505859375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>2140382</x:v>
+        <x:v>2140356</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1345.37890625" customHeight="1" collapsed="0">
+    <x:row ht="540.453125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>2140356</x:v>
+        <x:v>2140382</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+    <x:row ht="712.9423828125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>2140356</x:v>
+        <x:v>2064004</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.48779296875" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.96728515625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1230.40576171875" customHeight="1" collapsed="0">
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+    <x:row ht="413.970703125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
@@ -972,29 +972,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 24, 2026 10:42 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 11:30 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>