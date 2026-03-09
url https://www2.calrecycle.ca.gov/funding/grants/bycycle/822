--- v6 (2026-03-07)
+++ v7 (2026-03-09)
@@ -1,366 +1,366 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f105b6fe4948ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c08a2a30424de1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rea7b5b0749c44623"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re1cf897ce90e4ddc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Conservation Corps Grant Program (RLC39)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Valladares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264288673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and
+Multi-Family complexes. CCLB will expand e waste collections and handling, by partnering with local
+schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits,
+Dockwalker Boat kit and oil collection pan distribution. We will continue to work with our local
+jurisdictions, government agencies to expand our Tire collection events and outreach efforts as it relates
+to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patrick Turner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno EOC Local Conservation Corps will continue to serve clients in the City of Fresno and Madera, concentrating on the collection of CRV bottles and cans, e-waste, used tires, and by providing used oil education. LCC will staff a Certified Recycling Center in the rural community of Friant, while also serving clients at largely attended events. Young adults enrolled in the LCC program will also attend our onsite Charter High School, working on their high school diploma.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Skillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132107620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The LA Conservation Corps will carry out the following programs in FY 24-25.
+Beverage Container: 
+-Increase collection of beverage containers by 4% compared to collections in FY 23-24 via collection routes and special events as measured by DORIIS
+-Perform litter abatement and open space litter abatement clean-up services on an as-needed basis 
+Waste Tire: 
+-Take FY 23-24 totals and increase illegally dumped tire collections by 6% as measured by CTL/receipt forms and haul away and properly dispose of/recycle the tires
+-Provide event/labor staff resources for collection/hauling waste tires in partnership with the City of LA 
+E-waste: 
+-Take FY 23-24 totals and increase E-waste collections by 4% through curbside/drop off events as measured by collection logs/CEWIS reports and provide outreach/marketing for each event 
+-Partner with Homeboy Recycling to implement an internship for Corpsmembers 
+Used Oil: 
+-Conduct CCC signage inspections at assigned locations 
+-Conduct surveys and hand out boater kits under the Dockwalker Program
+-Provide outreach and canvasing in support of LA County Public Works Used Oil Filter Exchange Events</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elena Olzark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153500507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Derek Link</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The San Francisco Conservation Corps (SFCC) provides on-the-job training to at-risk, young adults through Recycling and Waste-Management: Recycling, waste diversion, Zero Waste Special Events, removal and recycling of beverage containers, E-Waste, Waste tires, and Used Oil filters through the Cities and Counties of San Francisco and San Mateo. SFCC will provide outreach and education to Corpsmembers and our local communities; provide collection, hauling, and recycling services for all waste streams solely and in collaboration with established and new partners; and develop career ladder opportunities for Corpsmembers through internships and other placement opportunities in conjunction with local partners. SFCC will meet these objectives through commitments outlined in the Grant Project Summary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SJCC+CS will collect recyclables in accordance with the Grant Work Plan for RLC39.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arturo Perzabal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192356684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento Regional Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kala Dean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164176746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrea Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beverage container: Service events, businesses, operate material recovery facility, provide education/outreach to Northern California.
+E-waste: Collect E-waste at drop-off events, curbside collections with community partners in Northern California. Provide education/outreach.
+Used oil: Ensure Certified Collection Centers are signed. Provide education/outreach at waterways &amp; public events. Label storm drains to reduce illegal dumping of used oil. 
+Waste tire: Collect &amp; haul waste tires from public lands, provide labor for tire amnesty events in Northern California, as well as education/outreach.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>7077585417</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Blessing Badmus</x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties and other local counties.
 Outreach and education will be provided to the public on why recycling is important.
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma, Solano, Napa and other local counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Clara         </x:t>
-[...14 lines deleted...]
-    <x:t>SJCC+CS will collect recyclables in accordance with the Grant Work Plan for RLC39.</x:t>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequoia Community Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Guzman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597324194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequoia Community Corps (SCC) is a state-certified and federally recognized 21CSC (21st Century Service Corps) local conservation corps. SCC engages local young adults from racially and socially diverse backgrounds within Tulare and Kings Counties, ages 18 to 26, in on-the-job project-based training, structured education, leadership development, and environmental awareness through conservation work projects.
+The SCC will continue to help local jurisdictions reduce GHG emissions in our communities by diverting recyclable materials, which include Beverage Containers, E-Waste, Used Oil, and Waste Tires.  By working collaboratively with local jurisdictions and other partners, SCC will continue to play a key role in minimize our waste stream by expanding recycling opportunities for local businesses and residents Tulare and Kings Counties.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For reimbursement for Grant #RLC39 eligible expenses to include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires and used oil.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>Southern California Mountains Foundation</x:t>
   </x:si>
   <x:si>
     <x:t> Stacy Gorin</x:t>
   </x:si>
   <x:si>
     <x:t>5305594210</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
     <x:t>UCCIE was approved for a fund exchange between UCCIE and CCLB of $100,000 with an even exchange decreasing our E-waste funds and increasing our Tire funds.
 Reports and Evaluation:
 The Corps will collect, analyze, and report data using CalRecycle progress report.
 Education, Outreach and Marketing:
 During FY 24-25, UCC will train Corpsmembers to participate in outreach and recycling education programs.
 Partnerships and Collaboration:
 By June 30, 2025, the SCMF-UCC will increase recycling-related partnerships.
 Common Objectives:
 By June 30, 2025, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2024-25 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 115,000 lbs. of beverage container materials 
 • Schedule and participate in 19 community cleanup events
 Waste Tires
 GVCC will:
 • Collect 5,000 tires through amnesty events, community cleanups, and tire events for illegally dumped tires.
 • Increase community waste tire collection events to 19, including community cleanups
 • Conduct 14 Waste Tire Amnesty Collection events
 E-Waste
 GVCC will:
 • Collect 285,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Provide E-waste Handling Procedure training in accordance with compliance regulations
 • Increase offsite E-waste drop-off collection events to 19
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 275 to 375 oil recycling kits to partners at various events and collection routes</x:t>
   </x:si>
   <x:si>
-    <x:t>Tulare              </x:t>
-[...57 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238826</x:t>
   </x:si>
   <x:si>
     <x:t>Our recycling program, supported by the Ceasar Chavez Environmental Corps (CCEC) and funded through the Local Conservation Corps Grant Program RLC 39, aims to establish two new recycling centers. This funding will be utilized to secure suitable locations, staff the centers, outfit them with necessary equipment and supplies and conduct community, partner, and stakeholder outreach. Our commitment to sustainability, bolstered by CCEC and the funding provided by the Local Conservation Corps Grant Program RLC 39, drives us to expand our reach and impact in waste management. We need this outreach to promote the visibility of the new centers and engage with the community, partners, and stakeholders to ensure their success.</x:t>
-  </x:si>
-[...96 lines deleted...]
-    <x:t>Fresno EOC Local Conservation Corps will continue to serve clients in the City of Fresno and Madera, concentrating on the collection of CRV bottles and cans, e-waste, used tires, and by providing used oil education. LCC will staff a Certified Recycling Center in the rural community of Friant, while also serving clients at largely attended events. Young adults enrolled in the LCC program will also attend our onsite Charter High School, working on their high school diploma.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -495,51 +495,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fdf4fade9384abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rea7b5b0749c44623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6e80d5b8ad164a62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ea7d349dffc476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re1cf897ce90e4ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1e6a63eae7144692" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -587,363 +587,363 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1345.3795166015625" customHeight="1" collapsed="0">
+    <x:row ht="482.96697998046875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="68.9952392578125" customHeight="1" collapsed="0">
+    <x:row ht="413.97161865234375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+    <x:row ht="1115.40478515625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="712.94189453125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>2140356</x:v>
+        <x:v>2064004</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="839.424072265625" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>2140356</x:v>
+        <x:v>2140382</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.453125" customHeight="1" collapsed="0">
+    <x:row ht="1345.37890625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>2140382</x:v>
+        <x:v>2140356</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row ht="712.9423828125" customHeight="1" collapsed="0">
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>2064004</x:v>
+        <x:v>2140356</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="172.48779296875" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A16" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.423828125" customHeight="1" collapsed="0">
+    <x:row ht="1230.40576171875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.970703125" customHeight="1" collapsed="0">
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>2140356</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
@@ -972,29 +972,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 11:30 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:18 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>