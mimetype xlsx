--- v0 (2025-12-18)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f61ce977c8415a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13e3a0fa98db4d01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R091d2b7664ea4469"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9ffe7961bab14244"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="302">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Enforcement Agency Grants (EA35)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1096,51 +1096,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R278808886701498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R091d2b7664ea4469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R41bd47ac22f94881" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcad9ec6a0fe7494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9ffe7961bab14244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R95351c4e45204a97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2698,29 +2698,29 @@
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 9:10 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:30 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>