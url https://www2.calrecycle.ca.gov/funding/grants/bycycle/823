--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13e3a0fa98db4d01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb74e745f534b79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9ffe7961bab14244"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R418844029bfb46fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="302">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Enforcement Agency Grants (EA35)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1096,51 +1096,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcad9ec6a0fe7494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9ffe7961bab14244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R95351c4e45204a97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f1eb6da35644e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R418844029bfb46fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1185ada589a34f58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2698,29 +2698,29 @@
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:30 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:20 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>