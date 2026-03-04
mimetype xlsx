--- v2 (2025-12-24)
+++ v3 (2026-03-04)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb74e745f534b79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a7d9a0ec59b4fb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R418844029bfb46fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5700c446f2d840a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="302">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Enforcement Agency Grants (EA35)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1096,51 +1096,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f1eb6da35644e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R418844029bfb46fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1185ada589a34f58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b5728d2b9b4408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5700c446f2d840a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rff4db5f8b8e94c51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2698,29 +2698,29 @@
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:20 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 2:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>