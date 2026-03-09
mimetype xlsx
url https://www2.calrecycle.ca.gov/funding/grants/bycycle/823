--- v3 (2026-03-04)
+++ v4 (2026-03-09)
@@ -1,967 +1,967 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a7d9a0ec59b4fb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R631f18cc2aa74cc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5700c446f2d840a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re2f2883f896e470c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="302">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Enforcement Agency Grants (EA35)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Siskiyou            </x:t>
-[...8 lines deleted...]
-    <x:t>5308412150</x:t>
+    <x:t>Alpine              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpine County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dennis Lampson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306942235</x:t>
   </x:si>
   <x:si>
     <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
-    <x:t>We will be using this grant to over the LEA program for Siskiyou County through inspections at each participating facility.</x:t>
-[...11 lines deleted...]
-    <x:t>2094680338</x:t>
+    <x:t>Funds will be used to conduct inspection and permitting and enforcement of the solid waste facilities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kim Haas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305223859</x:t>
   </x:si>
   <x:si>
     <x:t>Blessing Badmus</x:t>
   </x:si>
   <x:si>
-    <x:t>The goal of the San Joaquin County Environmental Health Department Solid Waste Program is to protect public health, safety, and environment with regard to solid waste facilities within our jurisdiction. The San Joaquin County Environmental Health Department intends to use the FY 2024-2025 LEA grant fund for new safety, field and the office equipment; medical monitoring (annual check-up and tests for enforcement staff who perform inspection at solid waste facilities); staff training; and facility inspection. Any interest earned will be spent on copy machine lease.</x:t>
-[...11 lines deleted...]
-    <x:t>8053467348</x:t>
+    <x:t>The goal of Butte County Environmental Health regarding the solid waste program is to protect public health, safety and the environment specifically concerning solid waste facilities within our jurisdictions.  LEA Enforcement Grant funds will be used primarily to maintain inspection frequencies for non-fee supported solid waste sites (SWIS), enforcement activities including participation in LEA and CalRecycle coordination activities to assure program uniformity and compliance with applicable state regulatory requirements.  Any interest accrued will be used to cover the cost of existing solid waste program staffing.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Hany Benjamin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097546690</x:t>
   </x:si>
   <x:si>
     <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
-    <x:t>The goal of the Solid Waste Program is to protect public health, safety, and the environment as it relates to the operation of solid waste facilities in Santa Barbara County. The Enforcement Assistance Grant will be used to augment funds for staffing the Local Enforcement Agency which resides within the Environmental Health Services Division of the Santa Barbara County Public Health Department.</x:t>
-[...14 lines deleted...]
-    <x:t>The Placer County LEA will use grant funds to augment staff funding to allow the solid waste program staff to spend additional time on unfunded solid waste inspections and enforcement activities such as illegal dumping/land application and illegal/un-permitted solid waste facilities. The grant funding will also allow for more solid waste staff time at solid waste specific training to increase our effectiveness as a program.</x:t>
+    <x:t>The LEA's goal is to regulate proper storage, collection, and disposal of residential, commercial, and industrial solid waste. This is accomplished through education, inspections, and enforcement activities. The grant will be used for REHS salary to perform inspections, investigate complaints, training, maintain computer equipment, software, copy machine, purchasing safety equipment, vehicle maintenance, and fuel costs. Any interest earned will be used towards inspections and vehicle fuel.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Kraus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256085549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds to be used for personnel salaries.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miss Heidi Kunstal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074647254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds will be used for personnel costs, vehicle fuel, and maintenance for vehicles associated with the Environmental Health Division's role as the LEA for Del Norte County.  The majority of the funds will be allocated to the personnel costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kevin Backus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5309346102</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The enforcement assistance grant will be utilized to directly support the Glenn County Local Enforcement Agency in inspecting and monitoring the Glenn County Landfill, Transfer Station and other solid waste inspection and permitting activities. The grants funds will be maintained in a separate account within the Glenn County Planning and Community Development Services Agency budget, as required in the Enforcement Assistance Grants Program Financial Control Mechanisms document. Expenditures will be divided between equipment, training, professional and consulting services and LEA staff salaries.</x:t>
   </x:si>
   <x:si>
     <x:t>Kings               </x:t>
   </x:si>
   <x:si>
     <x:t>Kings County</x:t>
   </x:si>
   <x:si>
     <x:t> Troy Hommerding</x:t>
   </x:si>
   <x:si>
     <x:t>5595841411</x:t>
   </x:si>
   <x:si>
     <x:t>Grant Monies will be used for personnel costs, equipment, and training to provide solid waste services within Kings County, California</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t> The goal of the Alameda County Environmental Health Department - Local Enforcement Agency (LEA) is to protect the health, safety, and well-being of the public through promotion of environmental quality with regard to solid waste activities within our jurisdiction. The Alameda County LEA continues to have increases in solid waste activities including conducting three-part tests at potential solid waste site and new post-closure land use activities at existing solid waste sites. LEA staff conduct periodic and focused inspections of solid waste facilities, review new and existing post-closure land use activities, and conduct Solid Waste Facility Permit revisions, 5-year permit reviews, and RFI amendments. The LEA ensures that all these activities meet, Public Resources Code and Title 14 and 27 regulatory requirements. The Alameda County LEA intends to utilize FY2024-2025 EA Grant 35 funds towards a portion of salaries of staff directly involved in the Alameda County Environmental Health Department Solid Waste LEA program.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t> Megan Lee</x:t>
   </x:si>
   <x:si>
     <x:t>2132523344</x:t>
   </x:si>
   <x:si>
     <x:t>The LEA is applying for the 2024-25 Enforcement Assistance Grant to further assist our program in reinforcing its goal and achieve efficiency.  
 The LEA would like to use part of the grant for a consultant contract, which is primarily utilized for engineering review of Reports of Facility Information, closure plans, and other technical documents.  The LEA would like to use the remainder for staff training, attendance of conferences and associated travel, office supplies, professional certification, and membership fees and field and safety equipment and its maintenance.</x:t>
   </x:si>
   <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Diane Robarge</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097420953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our Solid Waste Program is to protect public health, safety and the environment with regard to solid waste facilities within our jurisdiction.
+Funds obtained from the grant program will be used to support the Local Enforcement Agency‘s (LEA) ability to inspect, permit and monitor the landfill and compost facility. These funds will be set up in a separate interest bearing account and appropriate records will be maintained. Any interest earned will be used to enhance Personnel costs.
+The Solid Waste Program in Mariposa County continues to benefit from enforcement training workshops/seminars offered by the CalRecycle and other worthwhile organizations. These training sessions assist in the standardization of LEA functions and provide opportunity to network with other jurisdictions.
+Additionally, the LEA Program will continue the inspections of closed, illegal, and abandoned sites throughout the County. Additionally, the LEA will be assisting (and permitting) tree debris operations to facilitate the proper handling of the dead trees as part of the declared state of emergency.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gary Leonard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072346649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino County Environmental Health intends to use LEA EA34 grant funds towards a staff salary. With this grant and permit fees we are able to have one full time position that conducts inspections at solid waste facilities throughout our county.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modoc               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modoc County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chris Murray</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302336310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>All grant funds and incurred interest will be used for LEA program personnel cost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louis Molina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609241845</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The Mono County LEA plans to spend the entire grant money on LEA staff salary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Simpson-Vandam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072534095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Napa County Solid Waste Local Enforcement Agency is to protect the public health, safety, and the environment with regard to all solid waste facilities and operations within Napa County. 
+Napa County intends to use the FY 2024-25 LEA Grant funds for the purpose of assisting personnel salary associated within the solid waste facility inspection and permitting program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amy Irani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5032651464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Nevada County Environmental Health Department, as the LEA, intends to utilize EA 35 Funds for the continued enhancement of the CIA disposal site program, support for unrecoverable solid waste enforcement and investigation costs, training of LEA REHS staff via conferences and/or seminars, and support of personnel costs related to LEA activities per approved CalRecycle methodology.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pittsburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Zuna Barker Portillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252524129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant serves to pay for LEA's personnel time, training and equipment purchase.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jason Gaitan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307452311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Placer County LEA will use grant funds to augment staff funding to allow the solid waste program staff to spend additional time on unfunded solid waste inspections and enforcement activities such as illegal dumping/land application and illegal/un-permitted solid waste facilities. The grant funding will also allow for more solid waste staff time at solid waste specific training to increase our effectiveness as a program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plumas              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plumas County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mary Arcangeli</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302836355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. To support personnel salaries for solid waste landfill permits and activities in the LEA program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Gillis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168767279</x:t>
+  </x:si>
+  <x:si>
+    <x:t> LEA Grant will be used to off-set personnel costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mel Fores</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4085357416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Local Enforcement Agency (LEA) Program is to protect health, safety and the environment with regard to the effects of solid waste at recycling, waste handling facilities, and illegal disposal (blight, etc.) sites. The City of San Jose Department of Planning, Building and Code Enforcement Division intends to use the LEA EA35 Grant Funding for the ongoing duties and responsibilities of permitting, inspecting, and enforcement of permitted Solid Waste Facilities. To adequately fulfill the duties of the LEA the following are needed: consulting services, staff training and related travel costs, continuing education (REHS) and professional memberships (CEHA, NEHA, etc.), and maintenance and/or upgrade of equipment. LEA grant expenditures, needs, and focus may be altered during the term of this grant cycle which may necessitate a reallocation of some of the grant funds. If this is necessary, the LEA Manager will provide the proposed changes for CalRecycle staff review.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> AJ Sekhon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089182787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the solid waste program is to protect public health, safety, and the environment with regard to the safe storage, transport and disposal of solid waste within our jurisdiction. The County of Santa Clara Department of Environmental Health intends to use FY 2024/2025 LEA grant funds for activities directly related to implementation and administration costs of the solid waste facilities permit and inspection programs as outlined in the procedures and requirements and application guidelines for this grant. This may include, but not be limited to, new safety and computer equipment, medical monitoring (annual check-up and tests for enforcement staff who perform inspections at solid waste facilities, personnel costs, and maintenance on vehicles assigned to the LEA Solid Waste Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sierra              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sierra County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elizabeth Morgan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5309936716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With one FTE Environmental Health Specialists and one extra help Environmental Health Specialist, Sierra County currently has one (1) closing landfill and five (5) operating transfer stations that are permitted and inspected. In addition, there are thirteen (13) closed/ inactive/ abandoned (CIA) sites that are also inspected. These solid waste facilities are located throughout an area covering approximately 1,000 square miles. Additionally, the Environment Health Specialists respond to solid waste complaints. The Local Enforcement Agency (LEA) intends to use grant funds to cover personnel, equipment, training, and transportation expenses to implement the solid waste program. The LEA is responsible to assure that solid waste is collected, treated, handled, reclaimed and/or recycled in such a manner as to prevent the spread of pollution of waters, the creation of nuisances of safety hazards, and the environmental degradation of any kind. This is achieved by ensuring the correct operation and closure of solid waste facilities, along with verifying the proper storage and transportation of solid wastes in Sierra County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lisa Flagg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308412150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be using this grant to over the LEA program for Siskiyou County through inspections at each participating facility.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Trey Strickland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077846765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Solano County Environmental Health will utilize EA35 grant funding to implement the LEA Program in accordance with CalRecycle's expectations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lori Mueller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305278020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>health, safety and the environment with regard to solid waste facilities in Tehama County. Tehama County Department of Environmental Health intends to use FY 2024-25 LEA Grant funds for new safety and computer equipment, maintenance on vehicles assigned to the solid waste program and for staffing, training within the state.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kristalynne Anderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306231459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INSPECTION AND ENFORCEMENT OF SOLID WASTE REGULATIONS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Bell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095335612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEA Staff Salaries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Genelle Guzman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056542433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To protect public health, safety, and the environment with regard to solid waste facilities and operations within our jurisdiction. Ventura County EHD/LEA intends to use EA35 grant funds to perform inspections, purchase new equipment as needed, and training and education for staff members.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of West Covina</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Cervantes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269398425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect the health, safety, and environment with regard to the solid waste facility in the City‘s jurisdiction, namely BKK landfill. The City of West Covina intends to use the 2024-25 LEA Grant Fund to supplement their LEA Solid Waste Program for grant eligible expenses including contractual waste management enforcement/inspection services, staff training, and office supplies.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Suzie Dawley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County intends to use EA35 grant funds for FY2024-2025 for personnel time spent on solid waste related activities that is not reimbursable by fees.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Clark Pickell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307495450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reimburse of personnel costs at the applied labor rate for solid waste inspection and enforcement for the following jurisdictions: City of Live Oak, City of Marysville, City of Wheatland, City of Yuba City, Sutter County and Yuba County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kuljeet Mundi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5304580883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding will be used to cover the cost of staffing.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sunshine Canyon Landfill</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of our solid waste program is to protect public health, safety and the environment with regard to solid waste facilities within our jurisdiction.
 The Sunshine Canyon Landfill Local Enforcement Agency intends to use EA 35 FY 2024-25 LEA grant funds for new safety and field equipment, staff training and attendance of conferences and associated travel, office supplies, professional certification and membership fees, and field equipment and its maintenance.</x:t>
   </x:si>
   <x:si>
-    <x:t>Shasta              </x:t>
-[...41 lines deleted...]
-    <x:t>The funds will be used for personnel costs, vehicle fuel, and maintenance for vehicles associated with the Environmental Health Division's role as the LEA for Del Norte County.  The majority of the funds will be allocated to the personnel costs.</x:t>
+    <x:t>Lassen              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lassen County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara Chandler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302518269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. The Lassen County Environmental Health Division intends to use FY 2024-2025 Local Enforcement Agency (LEA) grant funds for personnel expenses directly related to administering the LEA program. Staff will review permits, perform inspections, assign compliance statuses, and conduct enforcement measures as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Lake                </x:t>
   </x:si>
   <x:si>
     <x:t>Lake County</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Craig Wetherbee</x:t>
   </x:si>
   <x:si>
     <x:t>7072631164</x:t>
   </x:si>
   <x:si>
     <x:t> Grant will be used to fund PERSONNEL (Administrative staff and field staff salaries).</x:t>
   </x:si>
   <x:si>
     <x:t>Merced              </x:t>
   </x:si>
   <x:si>
     <x:t>Merced County</x:t>
   </x:si>
   <x:si>
     <x:t> Andres Rodriguez</x:t>
   </x:si>
   <x:si>
     <x:t>2093857686</x:t>
   </x:si>
   <x:si>
     <x:t>Solid Waste Local Enforcement Agency activities</x:t>
   </x:si>
   <x:si>
-    <x:t>Tehama              </x:t>
-[...26 lines deleted...]
-    <x:t>Funding will be used to cover the cost of staffing.</x:t>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chad San Juan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618628701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Division intends to use FY 2024–2025 LEA grant funds to purchase new equipment such as landfill gas monitoring equipment purchase of new safety and computer equipment, conduct medical monitoring (annual check-up and tests for enforcement staff who perform inspections at solid waste facilities), and for maintenance on vehicles assigned to the LEA Solid Waste Program. Any interest earned will be used for training and education.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
-    <x:t>San Diego County</x:t>
-[...145 lines deleted...]
-  <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Michelle Frick</x:t>
   </x:si>
   <x:si>
     <x:t>6192367080</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the City of San Diego Solid Waste Local Enforcement Agency (LEA) is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction.  The LEA intends to use EA35 grant funds for medical monitoring, personnel costs, and equipment for enforcement staff to perform inspections at solid waste facilities.  Grant funds will support the LEA’s existing staff personnel costs related to the administration of the solid waste facilities permit and inspection programs, including training and equipment.</x:t>
-  </x:si>
-[...85 lines deleted...]
-    <x:t>This grant will be used to properly carry out all LEA requirements by providing LEA staff with proper equipment and training for the protection of public health, safety, and the environment.</x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo           </x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Milen Ortega</x:t>
   </x:si>
   <x:si>
     <x:t>6502071945</x:t>
   </x:si>
   <x:si>
     <x:t>EA35 funds will be used for:
 1. Staffing and training.
 2. Expenses related to hosting round table and other solid waste meetings.
 3. Equipment maintenance and equipment needs such as instrument calibration, computers, cameras,etc.
 4. Vehicle mileage and travel expenses.
 5. Staffing and miscellaneous expenses such as safety gear.</x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...88 lines deleted...]
-  <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>Monterey County</x:t>
   </x:si>
   <x:si>
     <x:t> Andrea Sanchez</x:t>
   </x:si>
   <x:si>
     <x:t>8317554936</x:t>
   </x:si>
   <x:si>
     <x:t>Local Enforcement Agency Grant Program EA32 funds will supplement personnel, training, equipment, supplies, and other program-related costs of operating the Monterey County's Solid Waste Management Services. Grant monies will be used to achieve the following goals: 
 1. To inspect and monitor all regulated solid waste facilities at required frequencies.
 2. To enhance program efficiently by increasing specialists' knowledge and capacity through key training opportunities. 
 3. To ensure safety and effectiveness while enforcing solid waste statues and regulations by providing staff with the necessary tools and equipment to carry out program activities.</x:t>
   </x:si>
   <x:si>
-    <x:t>Mariposa            </x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>City of Vernon</x:t>
   </x:si>
   <x:si>
     <x:t> Veronica Petrosyan</x:t>
   </x:si>
   <x:si>
     <x:t>3238261448</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the City of Vernon Health and Environmental Control Department is to maintain a strong solid waste management program and to protect the environment with regard to solid waste facilities within the city's jurisdiction. The City of Vernon Health and Environmental Control Department intends to use the funds from the FY 2024-2025 LEA Grant EA35 to improve the effectiveness of compliance and enforcement measures of the solid waste program, facilitate solid waste educational and collaborative events for stakeholders, participate in solid waste training sessions to build program capacity as well as purchase equipment for the program.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tulare              </x:t>
-[...140 lines deleted...]
-    <x:t>Division intends to use FY 2024–2025 LEA grant funds to purchase new equipment such as landfill gas monitoring equipment purchase of new safety and computer equipment, conduct medical monitoring (annual check-up and tests for enforcement staff who perform inspections at solid waste facilities), and for maintenance on vehicles assigned to the LEA Solid Waste Program. Any interest earned will be used for training and education.</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mayra Barcenas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093611037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County, Department of Public Health, Environmental Health Services intends to use FY 2024-2025 LEA Grant (EA35) funds to supplement the local enforcement program budget for personnel costs. The department is confident funds will be fully expended for said purposes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Natalia Subbotnikova</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094680338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the San Joaquin County Environmental Health Department Solid Waste Program is to protect public health, safety, and environment with regard to solid waste facilities within our jurisdiction. The San Joaquin County Environmental Health Department intends to use the FY 2024-2025 LEA grant fund for new safety, field and the office equipment; medical monitoring (annual check-up and tests for enforcement staff who perform inspection at solid waste facilities); staff training; and facility inspection. Any interest earned will be spent on copy machine lease.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Juliet Buch-Tran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6193180535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County‘s Solid Waste Local Enforcement Agency (LEA) has a developed program to protect public health and safety and the environment that encompasses a wide variety of solid waste activities, including permitting, inspection, investigation, enforcement, regulatory streamlining, operator training, agency outreach, agency coordination and customer outreach.  Funds from the EA35 grant would be used by San Diego County's LEA to enhance the LEA program by providing funds to purchase additional and updated equipment, computer equipment and software, office equipment and supplies, perform equipment maintenance and calibration, for training, personnel costs, hiring outside professionals, reference materials, communications equipment, professional memberships, laboratory services, health and safety equipment and medical monitoring for staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Monica Roath</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Solid Waste Program is to protect public health, safety, and the environment as it relates to the operation of solid waste facilities in Madera County. The Enforcement Assistance Grant will be used to augment funds for staffing, equipment and necessary tools to adequately perform Local Enforcement Agency duties within the Environmental Health Division.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arthur Surdilla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105676868</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The goal of the Alameda County Environmental Health Department - Local Enforcement Agency (LEA) is to protect the health, safety, and well-being of the public through promotion of environmental quality with regard to solid waste activities within our jurisdiction. The Alameda County LEA continues to have increases in solid waste activities including conducting three-part tests at potential solid waste site and new post-closure land use activities at existing solid waste sites. LEA staff conduct periodic and focused inspections of solid waste facilities, review new and existing post-closure land use activities, and conduct Solid Waste Facility Permit revisions, 5-year permit reviews, and RFI amendments. The LEA ensures that all these activities meet, Public Resources Code and Title 14 and 27 regulatory requirements. The Alameda County LEA intends to utilize FY2024-2025 EA Grant 35 funds towards a portion of salaries of staff directly involved in the Alameda County Environmental Health Department Solid Waste LEA program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lauren Robinson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7144336011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of Orange County's (OC) Solid Waste Program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. OC's Environmental Health Division intends to use FY 2024-2025 LEA grant funds to perform inspections, purchase new testing and other equipment, conduct staff training, and for maintenance on vehicles assigned to the LEA Solid Waste Program. Any interest earned will be used for more training and education.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tara Erfani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154736917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funds will support the inspection and enforcement program of the Solid Waste Enforcement Agency in Marin County.  The LEA carries out the work described in the PRC and CCR Title 14 and 27 at the active landfill, active transfer station, numerous closed landfills, numerous postclosure sites, and several compost sites.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jerrold Oser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608788485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will use this grant for personnel expenses for inspections. Inyo is a big county, and it takes us 4 hours, one way, to get to the landfills for monthly inspections in the southern part of the county.</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>Fresno County</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Sukhdeep Sidhu</x:t>
   </x:si>
   <x:si>
     <x:t>5596003271</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the solid waste program is to promote compliance with State and Local regulations as it 
 pertains to the collection, handling, storage and disposal of residential, commercial and industrial waste in an effort to protect the air, water, and land from pollution and to ensure public health, safety and the environment. The Fresno County Department of Public Health, Environmental Health Division, 
 intends to utilize the FY 2024-25 Enforcement Grant funds for staffing needs directly related to 
 the County of Fresno Enforcement Program. Remaining grant funds will be utilized to attend 
 training to maintain program certification, fund office expenses, and purchase and maintain 
 equipment.</x:t>
   </x:si>
   <x:si>
-    <x:t>Nevada              </x:t>
-[...11 lines deleted...]
-    <x:t>The Nevada County Environmental Health Department, as the LEA, intends to utilize EA 35 Funds for the continued enhancement of the CIA disposal site program, support for unrecoverable solid waste enforcement and investigation costs, training of LEA REHS staff via conferences and/or seminars, and support of personnel costs related to LEA activities per approved CalRecycle methodology.</x:t>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nathaniel Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. Shasta County's Environmental Health Division intends to use FY 2024–25 LEA grant funds to cover the costs associated with staff time working in Solid Waste program. Any accrued interested will be used for staff training.</x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma County</x:t>
   </x:si>
   <x:si>
     <x:t> Leslye Choate</x:t>
   </x:si>
   <x:si>
     <x:t>7075656546</x:t>
   </x:si>
   <x:si>
     <x:t>Local Enforcement Agency Grant Program- Cycle EA35(24-25)</x:t>
   </x:si>
   <x:si>
-    <x:t>City of San Jose</x:t>
-[...39 lines deleted...]
-    <x:t>To protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. To support personnel salaries for solid waste landfill permits and activities in the LEA program.</x:t>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Byrne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County, Health and Human Services Agency is the Local Enforcement Agency (LEA) responsible for permitting, inspection and enforcement duties to oversee solid waste laws.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jorge Perez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be used to properly carry out all LEA requirements by providing LEA staff with proper equipment and training for the protection of public health, safety, and the environment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Estevan Padilla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264305234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the program is to protect public health and safety and the environment of the residents of Los Angeles County with respect to solid waste-related issues within the Los Angeles County LEA's jurisdiction.  The Local Enforcement Grant funds will be used for the management of the grant, solid waste inspections, and enforcement action. It will also be used to provide technical training to LEA staff on permitting, inspection, and enforcement.  In addition, the funds can assist in the purchase of personal protective equipment, methane gas equipment, inspection supplies, and additional field equipment for inspectors. Funds can also provide solid waste educational materials as needed during outreach and education and membership and subscription to professional solid waste associations. Funds will also be used to contract outside technical experts or consultants for more complex solid waste issues.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sandi Salas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9519558980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Riverside County LEA will use the grant funds to augment staff funding to allow the solid waste program staff to spend additional time on unfunded solid waste inspections and enforcement activities such as illegal dumping/land application and illegal/un-permitted solid waste facilities. The grant funding will also allow for more solid waste staff time at solid waste specific training to increase our effectiveness as a program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Selene Roman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596247441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare County will use FY 24/25 Local Enforcement Agency Funds to benefits it's program regulating solid waste processing and disposal activities. Funds will provide partial funding for a Registered Environmental Health Specialist to preform routine facility inspections, process permit applications, and respond to solid waste complaints.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joselyn Dunklee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2092236439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>All Grant Funds will be placed into salaries to cover cost of inspections and administration of the LEA Program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jason Johnston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053467348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Solid Waste Program is to protect public health, safety, and the environment as it relates to the operation of solid waste facilities in Santa Barbara County. The Enforcement Assistance Grant will be used to augment funds for staffing the Local Enforcement Agency which resides within the Environmental Health Services Division of the Santa Barbara County Public Health Department.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patrick Owen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072682120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect public health, safety and the environment with regard to solid waste facilities within our jurisdiction.  Funds will be used to supplement the Local Enforcement Agency activities.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 59</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -1096,51 +1096,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b5728d2b9b4408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5700c446f2d840a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rff4db5f8b8e94c51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d86ce28542641ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re2f2883f896e470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdecf795a1c5c4224" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1188,1461 +1188,1461 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.00157928466797" customHeight="1" collapsed="0">
+    <x:row ht="80.503944396972656" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>16335</x:v>
+        <x:v>15066</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+    <x:row ht="563.4425048828125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>22830</x:v>
+        <x:v>18972</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.45660400390625" customHeight="1" collapsed="0">
+    <x:row ht="459.9495849609375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>22715</x:v>
+        <x:v>19966</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.9764404296875" customHeight="1" collapsed="0">
+    <x:row ht="46.00634765625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>23502</x:v>
+        <x:v>26128</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>32</x:v>
-[...2 lines deleted...]
-    <x:row ht="115.0015869140625" customHeight="1" collapsed="0">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>19666</x:v>
+        <x:v>15704</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-    <x:row ht="919.9276123046875" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4425048828125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>32741</x:v>
+        <x:v>16231</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+    <x:row ht="115.0015869140625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>60911</x:v>
+        <x:v>19666</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>15516</x:v>
+        <x:v>60911</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>50</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.47900390625" customHeight="1" collapsed="0">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.905517578125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>18309</x:v>
+        <x:v>16151</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.00634765625" customHeight="1" collapsed="0">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.494140625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>32043</x:v>
+        <x:v>19240</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.985595703125" customHeight="1" collapsed="0">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.99560546875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>15704</x:v>
+        <x:v>16094</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.995361328125" customHeight="1" collapsed="0">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>17015</x:v>
+        <x:v>16643</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.486572265625" customHeight="1" collapsed="0">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>19023</x:v>
+        <x:v>18005</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>16481</x:v>
+        <x:v>16730</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>80</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.005859375" customHeight="1" collapsed="0">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>16184</x:v>
+        <x:v>16033</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.44580078125" customHeight="1" collapsed="0">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>39009</x:v>
+        <x:v>23502</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>16094</x:v>
+        <x:v>17199</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="91.984375" customHeight="1" collapsed="0">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.005859375" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>16311</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>16231</x:v>
+        <x:v>30506</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G24" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.95263671875" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
-[...12 lines deleted...]
-      </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>34349</x:v>
+        <x:v>26484</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1011.91259765625" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>42086</x:v>
+        <x:v>15021</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>115</x:v>
-[...2 lines deleted...]
-    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.00146484375" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>15021</x:v>
+        <x:v>16335</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>120</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>49696</x:v>
+        <x:v>21695</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.95849609375" customHeight="1" collapsed="0">
+        <x:v>126</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>18150</x:v>
+        <x:v>16481</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.99267578125" customHeight="1" collapsed="0">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>23315</x:v>
+        <x:v>16144</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>135</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>136</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="22.98828125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>27552</x:v>
+        <x:v>16414</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-    <x:row ht="689.9521484375" customHeight="1" collapsed="0">
+        <x:v>141</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>26484</x:v>
+        <x:v>23315</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>144</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
+        <x:v>146</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>145</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>46562</x:v>
+        <x:v>15743</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>149</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>150</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>78024</x:v>
+        <x:v>18589</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>153</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>155</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>18972</x:v>
+        <x:v>34349</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
-        <x:v>158</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+        <x:v>160</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.0078125" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>16308</x:v>
+        <x:v>16184</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
-        <x:v>163</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+        <x:v>165</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>164</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>21406</x:v>
+        <x:v>15516</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>166</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G37" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H37" s="8" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="G37" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H37" s="8" t="s">
+    </x:row>
+    <x:row ht="425.451171875" customHeight="1" collapsed="0">
+      <x:c r="A38" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A38" s="8" t="s">
+      <x:c r="B38" s="8" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>22186</x:v>
+        <x:v>17277</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="F38" s="8" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F38" s="8" t="s">
+      <x:c r="G38" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H38" s="8" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="G38" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H38" s="8" t="s">
+    </x:row>
+    <x:row ht="68.99609375" customHeight="1" collapsed="0">
+      <x:c r="A39" s="8" t="s">
         <x:v>173</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A39" s="8" t="s">
+      <x:c r="B39" s="8" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>26128</x:v>
+        <x:v>17015</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F39" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="F39" s="8" t="s">
+      <x:c r="G39" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H39" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="G39" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H39" s="8" t="s">
+    </x:row>
+    <x:row ht="57.486328125" customHeight="1" collapsed="0">
+      <x:c r="A40" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A40" s="8" t="s">
+      <x:c r="B40" s="8" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>16414</x:v>
+        <x:v>19023</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F40" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="F40" s="8" t="s">
+      <x:c r="G40" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H40" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="G40" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H40" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+      <x:c r="A41" s="8" t="s">
         <x:v>183</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A41" s="8" t="s">
+      <x:c r="B41" s="8" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>21695</x:v>
+        <x:v>35740</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="F41" s="8" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="F41" s="8" t="s">
+      <x:c r="G41" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H41" s="8" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="G41" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H41" s="8" t="s">
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+      <x:c r="A42" s="8" t="s">
         <x:v>188</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A42" s="8" t="s">
+      <x:c r="B42" s="8" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>16643</x:v>
+        <x:v>27552</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="F42" s="8" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="F42" s="8" t="s">
+      <x:c r="G42" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H42" s="8" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="G42" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H42" s="8" t="s">
+    </x:row>
+    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
+      <x:c r="A43" s="8" t="s">
         <x:v>193</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A43" s="8" t="s">
+      <x:c r="B43" s="8" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>17717</x:v>
+        <x:v>22186</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="F43" s="8" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F43" s="8" t="s">
+      <x:c r="G43" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H43" s="8" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="G43" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H43" s="8" t="s">
+    </x:row>
+    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
+      <x:c r="A44" s="8" t="s">
         <x:v>198</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A44" s="8" t="s">
+      <x:c r="B44" s="8" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>18836</x:v>
+        <x:v>23154</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F44" s="8" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="F44" s="8" t="s">
+      <x:c r="G44" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H44" s="8" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="G44" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H44" s="8" t="s">
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+      <x:c r="A45" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B45" s="8" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>23154</x:v>
+        <x:v>15518</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="F45" s="8" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="G45" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H45" s="8" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="F45" s="8" t="s">
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+      <x:c r="A46" s="8" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="G45" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H45" s="8" t="s">
+      <x:c r="B46" s="8" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>16151</x:v>
+        <x:v>49696</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="F46" s="8" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="G46" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H46" s="8" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="F46" s="8" t="s">
+    </x:row>
+    <x:row ht="517.4638671875" customHeight="1" collapsed="0">
+      <x:c r="A47" s="8" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="G46" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H46" s="8" t="s">
+      <x:c r="B47" s="8" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>19966</x:v>
+        <x:v>22830</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F47" s="8" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="G47" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H47" s="8" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="F47" s="8" t="s">
+    </x:row>
+    <x:row ht="793.4453125" customHeight="1" collapsed="0">
+      <x:c r="A48" s="8" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B48" s="8" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>15518</x:v>
+        <x:v>39009</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F48" s="8" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="G48" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H48" s="8" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="F48" s="8" t="s">
+    </x:row>
+    <x:row ht="321.9599609375" customHeight="1" collapsed="0">
+      <x:c r="A49" s="8" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="G48" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H48" s="8" t="s">
+      <x:c r="B49" s="8" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>25508</x:v>
+        <x:v>18150</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="F49" s="8" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="G49" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H49" s="8" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="F49" s="8" t="s">
+    </x:row>
+    <x:row ht="919.927734375" customHeight="1" collapsed="0">
+      <x:c r="A50" s="8" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="G49" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H49" s="8" t="s">
+      <x:c r="B50" s="8" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>18589</x:v>
+        <x:v>32741</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="F50" s="8" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="G50" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H50" s="8" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="F50" s="8" t="s">
+    </x:row>
+    <x:row ht="425.451171875" customHeight="1" collapsed="0">
+      <x:c r="A51" s="8" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="G50" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H50" s="8" t="s">
+      <x:c r="B51" s="8" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
       <x:c r="C51" s="8"/>
       <x:c r="D51" s="9" t="n">
-        <x:v>16033</x:v>
+        <x:v>46562</x:v>
       </x:c>
       <x:c r="E51" s="8" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="F51" s="8" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
       <x:c r="G51" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H51" s="8" t="s">
+        <x:v>235</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.982421875" customHeight="1" collapsed="0">
+      <x:c r="A52" s="8" t="s">
         <x:v>236</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A52" s="8" t="s">
+      <x:c r="B52" s="8" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
       <x:c r="C52" s="8"/>
       <x:c r="D52" s="9" t="n">
-        <x:v>19033</x:v>
+        <x:v>18836</x:v>
       </x:c>
       <x:c r="E52" s="8" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="F52" s="8" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="F52" s="8" t="s">
+      <x:c r="G52" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H52" s="8" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="G52" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H52" s="8" t="s">
+    </x:row>
+    <x:row ht="183.99609375" customHeight="1" collapsed="0">
+      <x:c r="A53" s="8" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="B53" s="8" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C53" s="8"/>
       <x:c r="D53" s="9" t="n">
-        <x:v>15743</x:v>
+        <x:v>17717</x:v>
       </x:c>
       <x:c r="E53" s="8" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F53" s="8" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="G53" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H53" s="8" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+    <x:row ht="609.44921875" customHeight="1" collapsed="0">
       <x:c r="A54" s="8" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B54" s="8" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C54" s="8"/>
       <x:c r="D54" s="9" t="n">
-        <x:v>15066</x:v>
+        <x:v>28675</x:v>
       </x:c>
       <x:c r="E54" s="8" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="F54" s="8" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="G54" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H54" s="8" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
-    <x:row ht="68.99609375" customHeight="1" collapsed="0">
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A55" s="8" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B55" s="8" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C55" s="8"/>
       <x:c r="D55" s="9" t="n">
-        <x:v>16144</x:v>
+        <x:v>18309</x:v>
       </x:c>
       <x:c r="E55" s="8" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="F55" s="8" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="G55" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H55" s="8" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.451171875" customHeight="1" collapsed="0">
+    <x:row ht="57.486328125" customHeight="1" collapsed="0">
       <x:c r="A56" s="8" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B56" s="8" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C56" s="8"/>
       <x:c r="D56" s="9" t="n">
-        <x:v>17277</x:v>
+        <x:v>25559</x:v>
       </x:c>
       <x:c r="E56" s="8" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="F56" s="8" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="G56" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H56" s="8" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row ht="218.494140625" customHeight="1" collapsed="0">
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A57" s="8" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B57" s="8" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C57" s="8"/>
       <x:c r="D57" s="9" t="n">
-        <x:v>19240</x:v>
+        <x:v>16308</x:v>
       </x:c>
       <x:c r="E57" s="8" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="F57" s="8" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="G57" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H57" s="8" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
-    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+    <x:row ht="149.498046875" customHeight="1" collapsed="0">
       <x:c r="A58" s="8" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B58" s="8" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C58" s="8"/>
       <x:c r="D58" s="9" t="n">
-        <x:v>35740</x:v>
+        <x:v>21406</x:v>
       </x:c>
       <x:c r="E58" s="8" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="F58" s="8" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="G58" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H58" s="8" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.44921875" customHeight="1" collapsed="0">
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A59" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B59" s="8" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
       <x:c r="C59" s="8"/>
       <x:c r="D59" s="9" t="n">
-        <x:v>28675</x:v>
+        <x:v>78024</x:v>
       </x:c>
       <x:c r="E59" s="8" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="F59" s="8" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="F59" s="8" t="s">
+      <x:c r="G59" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H59" s="8" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="G59" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H59" s="8" t="s">
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+      <x:c r="A60" s="8" t="s">
         <x:v>275</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A60" s="8" t="s">
+      <x:c r="B60" s="8" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="C60" s="8"/>
       <x:c r="D60" s="9" t="n">
-        <x:v>16730</x:v>
+        <x:v>42086</x:v>
       </x:c>
       <x:c r="E60" s="8" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="F60" s="8" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
       <x:c r="G60" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H60" s="8" t="s">
+        <x:v>279</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+      <x:c r="A61" s="8" t="s">
         <x:v>280</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A61" s="8" t="s">
+      <x:c r="B61" s="8" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
       <x:c r="C61" s="8"/>
       <x:c r="D61" s="9" t="n">
-        <x:v>25559</x:v>
+        <x:v>25508</x:v>
       </x:c>
       <x:c r="E61" s="8" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="F61" s="8" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
       <x:c r="G61" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H61" s="8" t="s">
+        <x:v>284</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="91.984375" customHeight="1" collapsed="0">
+      <x:c r="A62" s="8" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="B62" s="8" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C62" s="8"/>
       <x:c r="D62" s="9" t="n">
-        <x:v>30506</x:v>
+        <x:v>16311</x:v>
       </x:c>
       <x:c r="E62" s="8" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="F62" s="8" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="G62" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H62" s="8" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A63" s="8" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B63" s="8" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C63" s="8"/>
       <x:c r="D63" s="9" t="n">
-        <x:v>18005</x:v>
+        <x:v>22715</x:v>
       </x:c>
       <x:c r="E63" s="8" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="F63" s="8" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="G63" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H63" s="8" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+    <x:row ht="206.984375" customHeight="1" collapsed="0">
       <x:c r="A64" s="8" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B64" s="8" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C64" s="8"/>
       <x:c r="D64" s="9" t="n">
-        <x:v>17199</x:v>
+        <x:v>19033</x:v>
       </x:c>
       <x:c r="E64" s="8" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="F64" s="8" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G64" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H64" s="8" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A65" s="10" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B65" s="10" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C65" s="10"/>
       <x:c r="D65" s="11" t="n">
         <x:v>1404000</x:v>
       </x:c>
       <x:c r="E65" s="10" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="F65" s="10" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="G65" s="10" t="s">
         <x:v>300</x:v>
       </x:c>
@@ -2698,29 +2698,29 @@
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 2:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:32 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>