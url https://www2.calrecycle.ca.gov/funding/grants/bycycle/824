--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb958442f53d84eb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9fb78b96aa749b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re49b673dd3494532"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2d7c0bdfcfdd43dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Community Composting for Green Spaces (CCG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -49,81 +49,81 @@
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Kings               </x:t>
   </x:si>
   <x:si>
     <x:t>Santa Rosa Indian Community of the Santa Rosa Rancheria</x:t>
   </x:si>
   <x:si>
     <x:t> ROEL TAFOLLA</x:t>
   </x:si>
   <x:si>
     <x:t>7079241278</x:t>
   </x:si>
   <x:si>
     <x:t>Vandhana Dharan</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Santa Rosa Indian Community of the Santa Rosa Rancheria proposes implementation of the Tachi Yokut Community Composting Program at multiple sites to make a high-quality soil amendment that supports food sovereignty. The project will divert food scraps from local residents and green waste from the Tribe’s Maintenance Department to support planting and maintenance of fruit trees and culturally important plants. This project will fund collection containers, composting equipment, E-trikes for transporting feedstock and compost, educational materials, and supplement three part-time positions.  </x:t>
   </x:si>
   <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chicken Ranch Rancheria of Me-Wuk Indians Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joanna Portillo-Hsu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099849066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Chicken Ranch Rancheria proposes improvement and expansion of their community composting program, and creation of a composting system at the Chicken Ranch Rancheria Cultural Center. The project will divert food waste from the Tribe’s casino and other tribal buildings to create a high-quality soil amendment for the Tribe’s community garden. This project will fund a tractor, a shed for the tractor, well repairs to bring water to the compost site, composting and vermicomposting equipment, educational materials, and two part-time positions.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Tolowa Dee-ni' Nation</x:t>
   </x:si>
   <x:si>
     <x:t> Monica Hiner</x:t>
   </x:si>
   <x:si>
     <x:t>7074879255</x:t>
   </x:si>
   <x:si>
     <x:t>Shaina Meiners</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Tolowa Dee-ni' Nation proposes improvement and expansion of community-scale composting at the Tribe’s Native Plant Nursery location near Gilbert Creek. The project will divert food scraps and green waste materials from the tribal community and facilities owned and operated by the Tribe.  This project will fund building supplies for compost site creation and set-up, education materials, transportation of composting feedstocks, and one full-time position and two part-time positions.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Chicken Ranch Rancheria proposes improvement and expansion of their community composting program, and creation of a composting system at the Chicken Ranch Rancheria Cultural Center. The project will divert food waste from the Tribe’s casino and other tribal buildings to create a high-quality soil amendment for the Tribe’s community garden. This project will fund a tractor, a shed for the tractor, well repairs to bring water to the compost site, composting and vermicomposting equipment, educational materials, and two part-time positions.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -258,51 +258,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aa2b801d43f43d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re49b673dd3494532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd54854c5b9474eb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd27d77c658b54157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2d7c0bdfcfdd43dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R336d39356f2a4b62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -374,115 +374,115 @@
     </x:row>
     <x:row ht="632.43780517578125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>48406</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>99846</x:v>
+        <x:v>97398</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>97398</x:v>
+        <x:v>99846</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>245650</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 4:28 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:40 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>