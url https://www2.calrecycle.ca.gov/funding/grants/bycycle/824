--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9fb78b96aa749b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R156fd7b1f2fe4655" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2d7c0bdfcfdd43dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9a34238fe5264493"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Community Composting for Green Spaces (CCG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -49,81 +49,81 @@
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Kings               </x:t>
   </x:si>
   <x:si>
     <x:t>Santa Rosa Indian Community of the Santa Rosa Rancheria</x:t>
   </x:si>
   <x:si>
     <x:t> ROEL TAFOLLA</x:t>
   </x:si>
   <x:si>
     <x:t>7079241278</x:t>
   </x:si>
   <x:si>
     <x:t>Vandhana Dharan</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Santa Rosa Indian Community of the Santa Rosa Rancheria proposes implementation of the Tachi Yokut Community Composting Program at multiple sites to make a high-quality soil amendment that supports food sovereignty. The project will divert food scraps from local residents and green waste from the Tribe’s Maintenance Department to support planting and maintenance of fruit trees and culturally important plants. This project will fund collection containers, composting equipment, E-trikes for transporting feedstock and compost, educational materials, and supplement three part-time positions.  </x:t>
   </x:si>
   <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tolowa Dee-ni' Nation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monica Hiner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074879255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Tolowa Dee-ni' Nation proposes improvement and expansion of community-scale composting at the Tribe’s Native Plant Nursery location near Gilbert Creek. The project will divert food scraps and green waste materials from the tribal community and facilities owned and operated by the Tribe.  This project will fund building supplies for compost site creation and set-up, education materials, transportation of composting feedstocks, and one full-time position and two part-time positions.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tuolumne            </x:t>
   </x:si>
   <x:si>
     <x:t>Chicken Ranch Rancheria of Me-Wuk Indians Tribe</x:t>
   </x:si>
   <x:si>
     <x:t> Joanna Portillo-Hsu</x:t>
   </x:si>
   <x:si>
     <x:t>2099849066</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Chicken Ranch Rancheria proposes improvement and expansion of their community composting program, and creation of a composting system at the Chicken Ranch Rancheria Cultural Center. The project will divert food waste from the Tribe’s casino and other tribal buildings to create a high-quality soil amendment for the Tribe’s community garden. This project will fund a tractor, a shed for the tractor, well repairs to bring water to the compost site, composting and vermicomposting equipment, educational materials, and two part-time positions.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Tolowa Dee-ni' Nation proposes improvement and expansion of community-scale composting at the Tribe’s Native Plant Nursery location near Gilbert Creek. The project will divert food scraps and green waste materials from the tribal community and facilities owned and operated by the Tribe.  This project will fund building supplies for compost site creation and set-up, education materials, transportation of composting feedstocks, and one full-time position and two part-time positions.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -258,51 +258,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd27d77c658b54157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2d7c0bdfcfdd43dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R336d39356f2a4b62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb5df6352f54efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9a34238fe5264493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R543586fb2b6a4426" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -374,115 +374,115 @@
     </x:row>
     <x:row ht="632.43780517578125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>48406</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>97398</x:v>
+        <x:v>99846</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>99846</x:v>
+        <x:v>97398</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>245650</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:40 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 11:39 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>