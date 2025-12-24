--- v2 (2025-12-18)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R156fd7b1f2fe4655" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e31d204228a4096" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9a34238fe5264493"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc079879b79f24541"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Community Composting for Green Spaces (CCG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -258,51 +258,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb5df6352f54efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9a34238fe5264493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R543586fb2b6a4426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra825636f52764389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc079879b79f24541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3f7560e2c98440c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -460,29 +460,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 11:39 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:55 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>