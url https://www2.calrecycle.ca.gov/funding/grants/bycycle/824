--- v3 (2025-12-24)
+++ v4 (2026-02-01)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e31d204228a4096" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8d7dc9684f4f17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc079879b79f24541"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3d71dabf031d43d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Community Composting for Green Spaces (CCG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -258,51 +258,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra825636f52764389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc079879b79f24541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3f7560e2c98440c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcac14a23f2845d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3d71dabf031d43d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5209c40804f0478d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -460,29 +460,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:55 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 1, 2026 3:21 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>