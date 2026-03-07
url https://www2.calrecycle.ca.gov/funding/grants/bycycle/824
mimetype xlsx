--- v4 (2026-02-01)
+++ v5 (2026-03-07)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8d7dc9684f4f17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f36dc67a63b4f75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3d71dabf031d43d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb2515092b2d743f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Community Composting for Green Spaces (CCG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -258,51 +258,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcac14a23f2845d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3d71dabf031d43d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5209c40804f0478d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc72e618c68e542a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb2515092b2d743f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0a619a1e6edb4d4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -460,29 +460,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 1, 2026 3:21 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 3:18 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>