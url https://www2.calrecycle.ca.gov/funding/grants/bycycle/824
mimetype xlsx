--- v5 (2026-03-07)
+++ v6 (2026-03-09)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f36dc67a63b4f75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd131bd957f4035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb2515092b2d743f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfa5692992f4440a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Community Composting for Green Spaces (CCG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -49,81 +49,81 @@
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Kings               </x:t>
   </x:si>
   <x:si>
     <x:t>Santa Rosa Indian Community of the Santa Rosa Rancheria</x:t>
   </x:si>
   <x:si>
     <x:t> ROEL TAFOLLA</x:t>
   </x:si>
   <x:si>
     <x:t>7079241278</x:t>
   </x:si>
   <x:si>
     <x:t>Vandhana Dharan</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Santa Rosa Indian Community of the Santa Rosa Rancheria proposes implementation of the Tachi Yokut Community Composting Program at multiple sites to make a high-quality soil amendment that supports food sovereignty. The project will divert food scraps from local residents and green waste from the Tribe’s Maintenance Department to support planting and maintenance of fruit trees and culturally important plants. This project will fund collection containers, composting equipment, E-trikes for transporting feedstock and compost, educational materials, and supplement three part-time positions.  </x:t>
   </x:si>
   <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chicken Ranch Rancheria of Me-Wuk Indians Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joanna Portillo-Hsu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099849066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Chicken Ranch Rancheria proposes improvement and expansion of their community composting program, and creation of a composting system at the Chicken Ranch Rancheria Cultural Center. The project will divert food waste from the Tribe’s casino and other tribal buildings to create a high-quality soil amendment for the Tribe’s community garden. This project will fund a tractor, a shed for the tractor, well repairs to bring water to the compost site, composting and vermicomposting equipment, educational materials, and two part-time positions.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Tolowa Dee-ni' Nation</x:t>
   </x:si>
   <x:si>
     <x:t> Monica Hiner</x:t>
   </x:si>
   <x:si>
     <x:t>7074879255</x:t>
   </x:si>
   <x:si>
     <x:t>Shaina Meiners</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Tolowa Dee-ni' Nation proposes improvement and expansion of community-scale composting at the Tribe’s Native Plant Nursery location near Gilbert Creek. The project will divert food scraps and green waste materials from the tribal community and facilities owned and operated by the Tribe.  This project will fund building supplies for compost site creation and set-up, education materials, transportation of composting feedstocks, and one full-time position and two part-time positions.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Chicken Ranch Rancheria proposes improvement and expansion of their community composting program, and creation of a composting system at the Chicken Ranch Rancheria Cultural Center. The project will divert food waste from the Tribe’s casino and other tribal buildings to create a high-quality soil amendment for the Tribe’s community garden. This project will fund a tractor, a shed for the tractor, well repairs to bring water to the compost site, composting and vermicomposting equipment, educational materials, and two part-time positions.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -258,51 +258,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc72e618c68e542a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb2515092b2d743f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0a619a1e6edb4d4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d1c9c3fef0b44f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa5692992f4440a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra34588b229074e70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -374,115 +374,115 @@
     </x:row>
     <x:row ht="632.43780517578125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>48406</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>99846</x:v>
+        <x:v>97398</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>97398</x:v>
+        <x:v>99846</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>245650</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 3:18 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:19 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>