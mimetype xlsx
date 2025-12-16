--- v0 (2025-12-08)
+++ v1 (2025-12-16)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326369f978094813" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74874d6083d3496c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1a1bfae2a20041ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf89fed5b00224356"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR83)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bf150ad659a448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a1bfae2a20041ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R856c0c8718054b15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7398cf6d2e034245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf89fed5b00224356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rae8f4d28b81243c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,29 +422,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 5:20 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 7:53 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>