--- v1 (2025-12-16)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74874d6083d3496c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94698902c73d4cc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf89fed5b00224356"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3ccea2fb65ab4b4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR83)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7398cf6d2e034245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf89fed5b00224356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rae8f4d28b81243c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147c7189fb4641c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3ccea2fb65ab4b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R55d425c7fa8048b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,29 +422,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 7:53 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>