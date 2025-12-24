--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94698902c73d4cc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7869107ed5544422" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3ccea2fb65ab4b4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R92830b87804b43e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR83)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147c7189fb4641c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3ccea2fb65ab4b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R55d425c7fa8048b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72890295a4754f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R92830b87804b43e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R447b1631cca94ef6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,29 +422,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:21 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>