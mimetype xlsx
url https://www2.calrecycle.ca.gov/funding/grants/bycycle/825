--- v3 (2025-12-24)
+++ v4 (2026-01-15)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7869107ed5544422" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4c5ac319a0c4476" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R92830b87804b43e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Raabf4415797746c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR83)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72890295a4754f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R92830b87804b43e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R447b1631cca94ef6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re77eb70d117f4d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raabf4415797746c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8a1a9b24464f4933" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,29 +422,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:21 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 15, 2026 8:59 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>