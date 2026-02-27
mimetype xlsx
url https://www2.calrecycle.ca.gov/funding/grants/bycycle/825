--- v4 (2026-01-15)
+++ v5 (2026-02-27)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4c5ac319a0c4476" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ae6bd93b5a42d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Raabf4415797746c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0177d7b7265a4a43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR83)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re77eb70d117f4d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raabf4415797746c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8a1a9b24464f4933" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e8bddf32c8240bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0177d7b7265a4a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R725fc1ea512b4d2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,29 +422,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 15, 2026 8:59 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 27, 2026 7:05 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>