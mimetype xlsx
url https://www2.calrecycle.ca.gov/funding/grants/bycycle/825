--- v5 (2026-02-27)
+++ v6 (2026-03-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ae6bd93b5a42d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b41b0e1e7aa4af9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0177d7b7265a4a43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R824d5d33d8964ca6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR83)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e8bddf32c8240bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0177d7b7265a4a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R725fc1ea512b4d2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84330c1b35b24431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R824d5d33d8964ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R69edbce3482645dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,29 +422,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 27, 2026 7:05 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 10:43 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>