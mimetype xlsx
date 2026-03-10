--- v6 (2026-03-06)
+++ v7 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b41b0e1e7aa4af9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc4cf89a44134356" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R824d5d33d8964ca6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra4073e1810214fa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR83)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84330c1b35b24431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R824d5d33d8964ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R69edbce3482645dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R851fa08ad7654bce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra4073e1810214fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R95f56c528fa24acf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,29 +422,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 10:43 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 11:29 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>