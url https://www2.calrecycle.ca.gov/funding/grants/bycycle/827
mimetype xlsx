--- v0 (2025-12-08)
+++ v1 (2025-12-16)
@@ -1,108 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb999f392f9b4c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5227d5723e2b4659" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R36d0309ca5214008"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re0843ae6d12e48c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR85)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Sutter              </x:t>
   </x:si>
   <x:si>
+    <x:t>Yuba County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dj Baker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303296207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yuba Resource Conservation District plans to remove waste from one privately-owned site in Yuba County and one in Butte county with the permission from Butte County RCD. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sutter County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Rajvir Sahota</x:t>
   </x:si>
   <x:si>
     <x:t>5308443364</x:t>
   </x:si>
   <x:si>
-    <x:t>Mai Andrews</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sutter County Resource Conservation District is seeking funding for cleanup of illegal refuse on eight sites in the county. Most farmers expect illegal dumping occurs at night and on the weekends. Piles are often dumped on main dirt roads but can also be found between tree lines and tree rows. The proposed sites are close enough to town but rural enough where there is a lack of people present makes this type of land an ideal target. Areas with the easiest access are more prone to getting dumped upon. Grant funds will also be used to install necessary gates, locks, signs to deter future illegal dumping on these parcels. </x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yuba Resource Conservation District plans to remove waste from one privately-owned site in Yuba County and one in Butte county with the permission from Butte County RCD. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -237,51 +237,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc0616eb20104ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R36d0309ca5214008" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R77f2b7a931d946ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5fe55394ec64ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re0843ae6d12e48c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R36b7f11dc7244fb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -329,84 +329,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
+    <x:row ht="655.45513916015625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>197591</x:v>
+        <x:v>99577</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="655.45513916015625" customHeight="1" collapsed="0">
+    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>99577</x:v>
+        <x:v>197591</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>297168</x:v>
       </x:c>
@@ -414,29 +414,29 @@
         <x:v>20</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 5:19 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:38 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>