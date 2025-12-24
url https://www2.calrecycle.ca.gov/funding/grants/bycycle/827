--- v1 (2025-12-16)
+++ v2 (2025-12-24)
@@ -1,108 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5227d5723e2b4659" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf74b104720034159" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re0843ae6d12e48c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R856c2741df8f40fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR85)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Sutter              </x:t>
   </x:si>
   <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rajvir Sahota</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308443364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sutter County Resource Conservation District is seeking funding for cleanup of illegal refuse on eight sites in the county. Most farmers expect illegal dumping occurs at night and on the weekends. Piles are often dumped on main dirt roads but can also be found between tree lines and tree rows. The proposed sites are close enough to town but rural enough where there is a lack of people present makes this type of land an ideal target. Areas with the easiest access are more prone to getting dumped upon. Grant funds will also be used to install necessary gates, locks, signs to deter future illegal dumping on these parcels. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Yuba County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Dj Baker</x:t>
   </x:si>
   <x:si>
     <x:t>5303296207</x:t>
   </x:si>
   <x:si>
-    <x:t>Mai Andrews</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yuba Resource Conservation District plans to remove waste from one privately-owned site in Yuba County and one in Butte county with the permission from Butte County RCD. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sutter County Resource Conservation District is seeking funding for cleanup of illegal refuse on eight sites in the county. Most farmers expect illegal dumping occurs at night and on the weekends. Piles are often dumped on main dirt roads but can also be found between tree lines and tree rows. The proposed sites are close enough to town but rural enough where there is a lack of people present makes this type of land an ideal target. Areas with the easiest access are more prone to getting dumped upon. Grant funds will also be used to install necessary gates, locks, signs to deter future illegal dumping on these parcels. </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -237,51 +237,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5fe55394ec64ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re0843ae6d12e48c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R36b7f11dc7244fb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74223fb2c19b489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R856c2741df8f40fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R653b5189900b46e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -329,84 +329,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="655.45513916015625" customHeight="1" collapsed="0">
+    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>99577</x:v>
+        <x:v>197591</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
+    <x:row ht="655.45513916015625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>197591</x:v>
+        <x:v>99577</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>297168</x:v>
       </x:c>
@@ -414,29 +414,29 @@
         <x:v>20</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:38 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>