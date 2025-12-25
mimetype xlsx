--- v2 (2025-12-24)
+++ v3 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf74b104720034159" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5395c3e6789e4901" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R856c2741df8f40fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7c0cdb2c72fc4b82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR85)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -237,51 +237,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74223fb2c19b489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R856c2741df8f40fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R653b5189900b46e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34116c4d79084709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c0cdb2c72fc4b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R46e226ef487e4b49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -414,29 +414,29 @@
         <x:v>20</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:11 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>