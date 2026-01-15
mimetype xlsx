--- v3 (2025-12-25)
+++ v4 (2026-01-15)
@@ -1,108 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5395c3e6789e4901" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c665505b7ab4193" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7c0cdb2c72fc4b82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4dec2140d2cc43eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR85)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Sutter              </x:t>
   </x:si>
   <x:si>
+    <x:t>Yuba County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dj Baker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303296207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yuba Resource Conservation District plans to remove waste from one privately-owned site in Yuba County and one in Butte county with the permission from Butte County RCD. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sutter County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Rajvir Sahota</x:t>
   </x:si>
   <x:si>
     <x:t>5308443364</x:t>
   </x:si>
   <x:si>
-    <x:t>Mai Andrews</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sutter County Resource Conservation District is seeking funding for cleanup of illegal refuse on eight sites in the county. Most farmers expect illegal dumping occurs at night and on the weekends. Piles are often dumped on main dirt roads but can also be found between tree lines and tree rows. The proposed sites are close enough to town but rural enough where there is a lack of people present makes this type of land an ideal target. Areas with the easiest access are more prone to getting dumped upon. Grant funds will also be used to install necessary gates, locks, signs to deter future illegal dumping on these parcels. </x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yuba Resource Conservation District plans to remove waste from one privately-owned site in Yuba County and one in Butte county with the permission from Butte County RCD. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -237,51 +237,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34116c4d79084709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c0cdb2c72fc4b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R46e226ef487e4b49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R555b2c85bd5249a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4dec2140d2cc43eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re08bcac2d6fe4e93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -329,84 +329,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
+    <x:row ht="655.45513916015625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>197591</x:v>
+        <x:v>99577</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="655.45513916015625" customHeight="1" collapsed="0">
+    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>99577</x:v>
+        <x:v>197591</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>297168</x:v>
       </x:c>
@@ -414,29 +414,29 @@
         <x:v>20</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:11 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 15, 2026 8:59 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>