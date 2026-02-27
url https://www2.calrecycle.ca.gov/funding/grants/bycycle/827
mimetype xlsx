--- v4 (2026-01-15)
+++ v5 (2026-02-27)
@@ -1,108 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c665505b7ab4193" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3714b18ae49d48c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4dec2140d2cc43eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Reb525ed158d14f5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR85)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Sutter              </x:t>
   </x:si>
   <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rajvir Sahota</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308443364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sutter County Resource Conservation District is seeking funding for cleanup of illegal refuse on eight sites in the county. Most farmers expect illegal dumping occurs at night and on the weekends. Piles are often dumped on main dirt roads but can also be found between tree lines and tree rows. The proposed sites are close enough to town but rural enough where there is a lack of people present makes this type of land an ideal target. Areas with the easiest access are more prone to getting dumped upon. Grant funds will also be used to install necessary gates, locks, signs to deter future illegal dumping on these parcels. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Yuba County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Dj Baker</x:t>
   </x:si>
   <x:si>
     <x:t>5303296207</x:t>
   </x:si>
   <x:si>
-    <x:t>Mai Andrews</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yuba Resource Conservation District plans to remove waste from one privately-owned site in Yuba County and one in Butte county with the permission from Butte County RCD. The waste was illegally dumped onto parcels, and it impedes property owners’ ability to successfully operate their orchards. Property owners conduct cleanups but can no longer keep up with the increase of dumping. Illegally dumped waste includes, but is not limited to, common trash, appliances, furniture, tires, and vehicles. Yuba County Resource Conservation District is also seeking funding for prevention measures including, but not limited to, gates, locks, and signs, etc., to deter future illegal dumping.</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sutter County Resource Conservation District is seeking funding for cleanup of illegal refuse on eight sites in the county. Most farmers expect illegal dumping occurs at night and on the weekends. Piles are often dumped on main dirt roads but can also be found between tree lines and tree rows. The proposed sites are close enough to town but rural enough where there is a lack of people present makes this type of land an ideal target. Areas with the easiest access are more prone to getting dumped upon. Grant funds will also be used to install necessary gates, locks, signs to deter future illegal dumping on these parcels. </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -237,51 +237,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R555b2c85bd5249a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4dec2140d2cc43eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re08bcac2d6fe4e93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb134e7c2c31f433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reb525ed158d14f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0cbd70e04ada42e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -329,84 +329,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="655.45513916015625" customHeight="1" collapsed="0">
+    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>99577</x:v>
+        <x:v>197591</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
+    <x:row ht="655.45513916015625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>197591</x:v>
+        <x:v>99577</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>297168</x:v>
       </x:c>
@@ -414,29 +414,29 @@
         <x:v>20</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 15, 2026 8:59 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 27, 2026 7:02 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>