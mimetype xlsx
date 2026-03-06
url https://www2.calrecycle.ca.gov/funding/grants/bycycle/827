--- v5 (2026-02-27)
+++ v6 (2026-03-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3714b18ae49d48c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbc12d34efb843f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Reb525ed158d14f5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdc34a5eec32f4832"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR85)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -237,51 +237,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb134e7c2c31f433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reb525ed158d14f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0cbd70e04ada42e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bb443f3d8f142c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdc34a5eec32f4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Refc567a714134d25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -414,29 +414,29 @@
         <x:v>20</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 27, 2026 7:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 8:25 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>