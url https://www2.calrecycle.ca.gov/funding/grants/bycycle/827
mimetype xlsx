--- v6 (2026-03-06)
+++ v7 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbc12d34efb843f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda8ba454276b4d8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdc34a5eec32f4832"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2a610cf53d2e44fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR85)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -237,51 +237,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bb443f3d8f142c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdc34a5eec32f4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Refc567a714134d25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b20c4a27b674dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2a610cf53d2e44fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra8314a7e328f4732" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -414,29 +414,29 @@
         <x:v>20</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 8:25 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 11:30 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>