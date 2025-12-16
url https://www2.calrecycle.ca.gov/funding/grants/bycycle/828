--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde88e4b7ee2243c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R894d40ccedbe42e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3f5b3eeb93a14fb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf0b9472b5c984879"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Tire Incentive Program (TIP12)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -299,51 +299,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46b7b8d3427e4137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3f5b3eeb93a14fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd33856b4001e44df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87bb0b0637ea419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf0b9472b5c984879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1d11cb182f844e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -576,29 +576,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:14 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:29 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>