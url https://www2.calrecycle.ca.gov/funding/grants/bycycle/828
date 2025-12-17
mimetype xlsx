--- v1 (2025-12-16)
+++ v2 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R894d40ccedbe42e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51adf011d26b4765" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf0b9472b5c984879"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra2d1683c867b4cb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Tire Incentive Program (TIP12)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -299,51 +299,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87bb0b0637ea419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf0b9472b5c984879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1d11cb182f844e02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a9463ca66564610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2d1683c867b4cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc9386696869d41ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -576,29 +576,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:29 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:52 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>