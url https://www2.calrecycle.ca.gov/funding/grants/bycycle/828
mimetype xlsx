--- v2 (2025-12-17)
+++ v3 (2026-01-28)
@@ -1,170 +1,170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51adf011d26b4765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d23ad9347fc4ff5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra2d1683c867b4cb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R43b8d5cc80f84942"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Tire Incentive Program (TIP12)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Three D Plastics, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Dvoracek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238491316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics uses grant funds to help us and our customers to be competitive in markets here in the U.S. and in Canada. Our extensive line of rubber bases are used to provide ballast for traffic safety devices in the traffic safety and construction industry which we serve thru sales to governmental agencies, commercial and retail outlets. It is because of past CalRecycle grant programs that we were able to mold utility conduit support blocks from 10 mesh crumb for a company in the Mid-West at competitive pricing. Because of their continued growth and our own ongoing operations, we propose using 2,000,000 lbs. or more of crumb rubber for TIP12 within the New/Existing TDP category totaling $200,000.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Rubber Recycling, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> David Starr</x:t>
   </x:si>
   <x:si>
     <x:t>7145014571</x:t>
   </x:si>
   <x:si>
-    <x:t>Christopher Henderson</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Company is in the business of manufacturing products mostly flooring from crumb rubber.  These products are used mainly in commercial flooring and underlayment for sound mitigation.  The company expects to use 3,250,000 lbs. of crumb rubber within the New/Existing TDP incentive category next year.  We are requesting $650,000 grant award amount.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Duerr Industries, Inc. dba SafePath Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t> kelly morabito</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308931596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: As a manufacturer of recycled waste tire rubber producing products for the building industry and ADA compliance, we plan to use 1,000,000 lbs. of 10/20 mesh crumb rubber for the TDP/New Existing product category totaling $100,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>EM Concepts, a DBA of Lakin Tire West, LLC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Denise Parra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512146590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: EM Concepts is requesting $373,560. For the New/Existing TDP category we anticipate using 50,050 pounds for our 1 3/8 Decktop - top portion. We  anticipate using 363,550 pounds in the fine (&lt;50) mesh category for our .50 Tile, 0.75 Tile, 1 3/8 DeckTop, 1.00 Ramp and SportPlay.
+Following program review, recommendation made to award applicant $100,000 based on the projected use of annual crumb rubber totaling 221,439.99 lbs. from revised sales and calculation.</x:t>
   </x:si>
   <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
     <x:t>TrafFix Devices Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Cobus Conradie</x:t>
   </x:si>
   <x:si>
     <x:t>9493615663</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The products we will be using for this Grant will be crumb rubber bases for highway traffic delineators such as cones, tubes and drums. Other products are used for temporary highway signage.  The category of Grant we will be applying for is the new existing/TDP for the Tire Incentive using California Recycled tires.  We estimate we will use more than 6,500,000 pounds of recycled crumb for this Grant and therefore we are requesting $650,000.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Herbert Malarkey Roofing Company, dba Malarkey Roofing Products</x:t>
   </x:si>
   <x:si>
     <x:t> Eileen Dutton</x:t>
   </x:si>
   <x:si>
     <x:t>5032407850</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We will use a fine mesh rubber (50 mesh) in our process of manufacturing shingle and roll goods for roofing materials. The crumb rubber usage will contain 1,733,333.32 pounds for a total amount of $650,000. The crumb rubber will be incorporated in the asphalt rubber blend, replacing a portion of the primer rubber (SBS) that is used as the binder for the roofing materials.</x:t>
-  </x:si>
-[...41 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics uses grant funds to help us and our customers to be competitive in markets here in the U.S. and in Canada. Our extensive line of rubber bases are used to provide ballast for traffic safety devices in the traffic safety and construction industry which we serve thru sales to governmental agencies, commercial and retail outlets. It is because of past CalRecycle grant programs that we were able to mold utility conduit support blocks from 10 mesh crumb for a company in the Mid-West at competitive pricing. Because of their continued growth and our own ongoing operations, we propose using 2,000,000 lbs. or more of crumb rubber for TIP12 within the New/Existing TDP category totaling $200,000.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -299,51 +299,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a9463ca66564610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2d1683c867b4cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc9386696869d41ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb22bd0c44e74d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R43b8d5cc80f84942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb7d0fb04ad934b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -391,214 +391,214 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="367.96536254882813" customHeight="1" collapsed="0">
+    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.45828247070313" customHeight="1" collapsed="0">
+    <x:row ht="367.96539306640625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>650000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+    <x:row ht="482.9669189453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
+    <x:row ht="471.4583740234375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
+    <x:row ht="413.971435546875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="10"/>
       <x:c r="D12" s="11" t="n">
         <x:v>2350000</x:v>
       </x:c>
       <x:c r="E12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:52 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 8:24 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>