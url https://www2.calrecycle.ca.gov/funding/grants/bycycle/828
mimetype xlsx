--- v3 (2026-01-28)
+++ v4 (2026-02-21)
@@ -1,93 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d23ad9347fc4ff5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae10ab458874478" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R43b8d5cc80f84942"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R140d88a9a7d04b30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Tire Incentive Program (TIP12)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Three D Plastics, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Frank Dvoracek</x:t>
   </x:si>
   <x:si>
     <x:t>3238491316</x:t>
   </x:si>
   <x:si>
-    <x:t>Christopher Henderson</x:t>
+    <x:t>Phanessa Fong</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics uses grant funds to help us and our customers to be competitive in markets here in the U.S. and in Canada. Our extensive line of rubber bases are used to provide ballast for traffic safety devices in the traffic safety and construction industry which we serve thru sales to governmental agencies, commercial and retail outlets. It is because of past CalRecycle grant programs that we were able to mold utility conduit support blocks from 10 mesh crumb for a company in the Mid-West at competitive pricing. Because of their continued growth and our own ongoing operations, we propose using 2,000,000 lbs. or more of crumb rubber for TIP12 within the New/Existing TDP category totaling $200,000.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Rubber Recycling, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> David Starr</x:t>
   </x:si>
   <x:si>
     <x:t>7145014571</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Company is in the business of manufacturing products mostly flooring from crumb rubber.  These products are used mainly in commercial flooring and underlayment for sound mitigation.  The company expects to use 3,250,000 lbs. of crumb rubber within the New/Existing TDP incentive category next year.  We are requesting $650,000 grant award amount.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Van Duerr Industries, Inc. dba SafePath Products</x:t>
   </x:si>
@@ -299,51 +299,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb22bd0c44e74d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R43b8d5cc80f84942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb7d0fb04ad934b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red2dd983ecab4311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R140d88a9a7d04b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Red3714d1f5974a23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -576,29 +576,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 8:24 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 21, 2026 2:00 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>