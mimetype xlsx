--- v4 (2026-02-21)
+++ v5 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae10ab458874478" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5d39e7938bf47d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R140d88a9a7d04b30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf0013b89b5a640d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Tire Incentive Program (TIP12)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -299,51 +299,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red2dd983ecab4311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R140d88a9a7d04b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Red3714d1f5974a23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fa84b5124534f67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf0013b89b5a640d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raa1a81b285d247b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -576,29 +576,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 21, 2026 2:00 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 7:59 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>