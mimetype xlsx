--- v5 (2026-03-10)
+++ v6 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5d39e7938bf47d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R179067fc65234a7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf0013b89b5a640d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra99ed77bcc344fb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Tire Incentive Program (TIP12)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -299,51 +299,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fa84b5124534f67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf0013b89b5a640d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raa1a81b285d247b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25cf1768194d4e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra99ed77bcc344fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9e4a7296af284926" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -576,29 +576,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 7:59 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 10, 2026 1:24 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>