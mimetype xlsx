--- v0 (2025-12-07)
+++ v1 (2025-12-17)
@@ -1,114 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58e1c3560c9345e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3796b4d0facd4791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf304d9c1129c464f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra2030b3a25714709"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD42)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kasey Kolassa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314542160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Santa Cruz County operates three Household Hazardous Waste Collection Facilities (HHWCF). Two of these HHWCFs are County owned and require facility improvements to maintain State certification. Grant funding will be used to replace two failing Hazardous Materials Storage Buildings located at the two County owned waste disposal sites in the unincorporated County. One Hazardous Materials Storage Building will be replaced at the Ben Lomond HHWCF in north Santa Cruz County and a second will be replaced at the Buena Vista HHWCF near Watsonville in south Santa Cruz County (see exhibits - location and site maps). The failing Hazardous Materials Storage Buildings will be appropriately cleaned, off-hauled, and properly recycled. The new Hazardous Materials Storage Buildings will be fitted to accommodate operational needs at each HHWCF to keep both facilities in certification compliance. Following the replacement of each 'shovel-ready' building, the engineer on-record will re-certify the Ben Lomond and Buena Vista HHWCFs. The project will be phased to minimize interruptions to HHW operations and to ensure that only one HHWCF may be closed to the public during the project timeline.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>Riverside County</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs. Lisa Thompson</x:t>
   </x:si>
   <x:si>
     <x:t>9514863200</x:t>
   </x:si>
   <x:si>
     <x:t>Annabel Farrall</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside County Department of Waste Resources is in the process of constructing a new regional Permanent Household Hazardous Waste Collection Facility that will be located in the southwest region of the county.  This area is currently serviced by two one-day temporary HHW events and one ABOP facility opened on non-holiday Saturdays.  The new PHHWCF will significantly increase HHW services in this area, from 2 event days per year to 47 days per year and will provide other essential programs such as Very Small Quantity Generator Program and Materials Reuse Program.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Santa Cruz County operates three Household Hazardous Waste Collection Facilities (HHWCF). Two of these HHWCFs are County owned and require facility improvements to maintain State certification. Grant funding will be used to replace two failing Hazardous Materials Storage Buildings located at the two County owned waste disposal sites in the unincorporated County. One Hazardous Materials Storage Building will be replaced at the Ben Lomond HHWCF in north Santa Cruz County and a second will be replaced at the Buena Vista HHWCF near Watsonville in south Santa Cruz County (see exhibits - location and site maps). The failing Hazardous Materials Storage Buildings will be appropriately cleaned, off-hauled, and properly recycled. The new Hazardous Materials Storage Buildings will be fitted to accommodate operational needs at each HHWCF to keep both facilities in certification compliance. Following the replacement of each 'shovel-ready' building, the engineer on-record will re-certify the Ben Lomond and Buena Vista HHWCFs. The project will be phased to minimize interruptions to HHW operations and to ensure that only one HHWCF may be closed to the public during the project timeline.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec3a6e82b2dc48a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf304d9c1129c464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Reb059d2ffc894712" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac7fb04456c5468b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2030b3a25714709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6106eeed040a4b96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -335,84 +335,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+    <x:row ht="1195.90869140625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>158800</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1195.90869140625" customHeight="1" collapsed="0">
+    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>158800</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>408800</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 2:05 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:38 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>