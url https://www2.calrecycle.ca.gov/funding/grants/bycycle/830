--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,114 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3796b4d0facd4791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe02bb5d46da435b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra2030b3a25714709"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbc937f24286345f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD42)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Lisa Thompson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County Department of Waste Resources is in the process of constructing a new regional Permanent Household Hazardous Waste Collection Facility that will be located in the southwest region of the county.  This area is currently serviced by two one-day temporary HHW events and one ABOP facility opened on non-holiday Saturdays.  The new PHHWCF will significantly increase HHW services in this area, from 2 event days per year to 47 days per year and will provide other essential programs such as Very Small Quantity Generator Program and Materials Reuse Program.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Cruz          </x:t>
   </x:si>
   <x:si>
     <x:t>Santa Cruz County</x:t>
   </x:si>
   <x:si>
     <x:t> Kasey Kolassa</x:t>
   </x:si>
   <x:si>
     <x:t>8314542160</x:t>
   </x:si>
   <x:si>
     <x:t>Akemi Myers</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Santa Cruz County operates three Household Hazardous Waste Collection Facilities (HHWCF). Two of these HHWCFs are County owned and require facility improvements to maintain State certification. Grant funding will be used to replace two failing Hazardous Materials Storage Buildings located at the two County owned waste disposal sites in the unincorporated County. One Hazardous Materials Storage Building will be replaced at the Ben Lomond HHWCF in north Santa Cruz County and a second will be replaced at the Buena Vista HHWCF near Watsonville in south Santa Cruz County (see exhibits - location and site maps). The failing Hazardous Materials Storage Buildings will be appropriately cleaned, off-hauled, and properly recycled. The new Hazardous Materials Storage Buildings will be fitted to accommodate operational needs at each HHWCF to keep both facilities in certification compliance. Following the replacement of each 'shovel-ready' building, the engineer on-record will re-certify the Ben Lomond and Buena Vista HHWCFs. The project will be phased to minimize interruptions to HHW operations and to ensure that only one HHWCF may be closed to the public during the project timeline.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Riverside County Department of Waste Resources is in the process of constructing a new regional Permanent Household Hazardous Waste Collection Facility that will be located in the southwest region of the county.  This area is currently serviced by two one-day temporary HHW events and one ABOP facility opened on non-holiday Saturdays.  The new PHHWCF will significantly increase HHW services in this area, from 2 event days per year to 47 days per year and will provide other essential programs such as Very Small Quantity Generator Program and Materials Reuse Program.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac7fb04456c5468b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2030b3a25714709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6106eeed040a4b96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0489edd190484afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbc937f24286345f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R588382d65ed94483" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -335,84 +335,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1195.90869140625" customHeight="1" collapsed="0">
+    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>158800</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+    <x:row ht="1195.90869140625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>158800</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>408800</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:38 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:16 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>