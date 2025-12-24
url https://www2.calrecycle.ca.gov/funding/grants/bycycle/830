--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe02bb5d46da435b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70ca2e1e7af44e24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbc937f24286345f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7c8651f03db74940"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD42)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0489edd190484afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbc937f24286345f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R588382d65ed94483" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd9ecd1e344048b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c8651f03db74940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R648c1c6c76d146d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:16 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:07 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>