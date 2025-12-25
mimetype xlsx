--- v3 (2025-12-24)
+++ v4 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70ca2e1e7af44e24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2d3ee07437a4254" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7c8651f03db74940"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rda0db3e1d59f4487"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD42)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd9ecd1e344048b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c8651f03db74940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R648c1c6c76d146d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15fa4d79f97740fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rda0db3e1d59f4487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc7d9c086324c4f62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:07 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:07 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>