--- v4 (2025-12-25)
+++ v5 (2026-01-28)
@@ -1,114 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2d3ee07437a4254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdde719a46ead4df0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rda0db3e1d59f4487"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re434bedeb2ed4b8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD42)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kasey Kolassa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314542160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Santa Cruz County operates three Household Hazardous Waste Collection Facilities (HHWCF). Two of these HHWCFs are County owned and require facility improvements to maintain State certification. Grant funding will be used to replace two failing Hazardous Materials Storage Buildings located at the two County owned waste disposal sites in the unincorporated County. One Hazardous Materials Storage Building will be replaced at the Ben Lomond HHWCF in north Santa Cruz County and a second will be replaced at the Buena Vista HHWCF near Watsonville in south Santa Cruz County (see exhibits - location and site maps). The failing Hazardous Materials Storage Buildings will be appropriately cleaned, off-hauled, and properly recycled. The new Hazardous Materials Storage Buildings will be fitted to accommodate operational needs at each HHWCF to keep both facilities in certification compliance. Following the replacement of each 'shovel-ready' building, the engineer on-record will re-certify the Ben Lomond and Buena Vista HHWCFs. The project will be phased to minimize interruptions to HHW operations and to ensure that only one HHWCF may be closed to the public during the project timeline.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>Riverside County</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs. Lisa Thompson</x:t>
   </x:si>
   <x:si>
     <x:t>9514863200</x:t>
   </x:si>
   <x:si>
     <x:t>Annabel Farrall</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside County Department of Waste Resources is in the process of constructing a new regional Permanent Household Hazardous Waste Collection Facility that will be located in the southwest region of the county.  This area is currently serviced by two one-day temporary HHW events and one ABOP facility opened on non-holiday Saturdays.  The new PHHWCF will significantly increase HHW services in this area, from 2 event days per year to 47 days per year and will provide other essential programs such as Very Small Quantity Generator Program and Materials Reuse Program.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Santa Cruz County operates three Household Hazardous Waste Collection Facilities (HHWCF). Two of these HHWCFs are County owned and require facility improvements to maintain State certification. Grant funding will be used to replace two failing Hazardous Materials Storage Buildings located at the two County owned waste disposal sites in the unincorporated County. One Hazardous Materials Storage Building will be replaced at the Ben Lomond HHWCF in north Santa Cruz County and a second will be replaced at the Buena Vista HHWCF near Watsonville in south Santa Cruz County (see exhibits - location and site maps). The failing Hazardous Materials Storage Buildings will be appropriately cleaned, off-hauled, and properly recycled. The new Hazardous Materials Storage Buildings will be fitted to accommodate operational needs at each HHWCF to keep both facilities in certification compliance. Following the replacement of each 'shovel-ready' building, the engineer on-record will re-certify the Ben Lomond and Buena Vista HHWCFs. The project will be phased to minimize interruptions to HHW operations and to ensure that only one HHWCF may be closed to the public during the project timeline.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15fa4d79f97740fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rda0db3e1d59f4487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc7d9c086324c4f62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7dd1397ff94681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re434bedeb2ed4b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R560a480cb06e46f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -335,84 +335,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+    <x:row ht="1195.90869140625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>158800</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1195.90869140625" customHeight="1" collapsed="0">
+    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>158800</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>408800</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:07 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 11:43 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>