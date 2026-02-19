--- v5 (2026-01-28)
+++ v6 (2026-02-19)
@@ -1,114 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdde719a46ead4df0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re463bd694d9c492d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re434bedeb2ed4b8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbeef4e3511814d6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD42)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Lisa Thompson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County Department of Waste Resources is in the process of constructing a new regional Permanent Household Hazardous Waste Collection Facility that will be located in the southwest region of the county.  This area is currently serviced by two one-day temporary HHW events and one ABOP facility opened on non-holiday Saturdays.  The new PHHWCF will significantly increase HHW services in this area, from 2 event days per year to 47 days per year and will provide other essential programs such as Very Small Quantity Generator Program and Materials Reuse Program.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Cruz          </x:t>
   </x:si>
   <x:si>
     <x:t>Santa Cruz County</x:t>
   </x:si>
   <x:si>
     <x:t> Kasey Kolassa</x:t>
   </x:si>
   <x:si>
     <x:t>8314542160</x:t>
   </x:si>
   <x:si>
     <x:t>Akemi Myers</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Santa Cruz County operates three Household Hazardous Waste Collection Facilities (HHWCF). Two of these HHWCFs are County owned and require facility improvements to maintain State certification. Grant funding will be used to replace two failing Hazardous Materials Storage Buildings located at the two County owned waste disposal sites in the unincorporated County. One Hazardous Materials Storage Building will be replaced at the Ben Lomond HHWCF in north Santa Cruz County and a second will be replaced at the Buena Vista HHWCF near Watsonville in south Santa Cruz County (see exhibits - location and site maps). The failing Hazardous Materials Storage Buildings will be appropriately cleaned, off-hauled, and properly recycled. The new Hazardous Materials Storage Buildings will be fitted to accommodate operational needs at each HHWCF to keep both facilities in certification compliance. Following the replacement of each 'shovel-ready' building, the engineer on-record will re-certify the Ben Lomond and Buena Vista HHWCFs. The project will be phased to minimize interruptions to HHW operations and to ensure that only one HHWCF may be closed to the public during the project timeline.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Riverside County Department of Waste Resources is in the process of constructing a new regional Permanent Household Hazardous Waste Collection Facility that will be located in the southwest region of the county.  This area is currently serviced by two one-day temporary HHW events and one ABOP facility opened on non-holiday Saturdays.  The new PHHWCF will significantly increase HHW services in this area, from 2 event days per year to 47 days per year and will provide other essential programs such as Very Small Quantity Generator Program and Materials Reuse Program.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7dd1397ff94681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re434bedeb2ed4b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R560a480cb06e46f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb56f05d7e65d4829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbeef4e3511814d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra98f1d9a55ba43eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -335,84 +335,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1195.90869140625" customHeight="1" collapsed="0">
+    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>158800</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+    <x:row ht="1195.90869140625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>158800</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>408800</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 11:43 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 18, 2026 7:19 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>