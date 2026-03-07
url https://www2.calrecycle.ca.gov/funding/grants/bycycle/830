--- v6 (2026-02-19)
+++ v7 (2026-03-07)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re463bd694d9c492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61aed26c9d1b44a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbeef4e3511814d6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R599c576d085f40a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD42)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb56f05d7e65d4829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbeef4e3511814d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra98f1d9a55ba43eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66629744dda14f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R599c576d085f40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R35b4daf2430a4993" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 18, 2026 7:19 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 3:59 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>