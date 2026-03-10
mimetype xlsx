--- v7 (2026-03-07)
+++ v8 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61aed26c9d1b44a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70969ee072fc42ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R599c576d085f40a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9ef385aa326f4389"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD42)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66629744dda14f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R599c576d085f40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R35b4daf2430a4993" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4198c293b0594582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9ef385aa326f4389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra9cd37b31b9a4283" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 3:59 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:20 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>