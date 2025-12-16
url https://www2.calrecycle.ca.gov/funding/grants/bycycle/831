--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,249 +1,241 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31ab62f493644e8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4141a82de2644b48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcda63f14f0624d97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd1cfe1cbc6cb4a01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD43)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nisha Patel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5108916500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County Waste Management Authority is planning a first-of-its-kind solar panel reuse and recycling pilot. Building off the successes from prior HD solar projects, this pilot will replicate in an urban setting solar panel collection events, research, and outreach. With a growing community of early adopters, the County is seeing more solar panels in the waste stream, and opportunities for local reuse. For the non-working panels, recycling in accordance to DTSC's rules will be explored in a manner that send as little components as possible to the hazardous landfill and strive for a more circular solar panel recovery program.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Avalon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Larry Sweetser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107030898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be used to upgrade the existing infrastructure for the household hazardous waste facility but purchasing a new shed and a canopy structure to provide protection of the collection storage area.  Safety equipment will be purchased for the site as well as waste containers and containers for damaged lithium batteries.  Education and outreach materials will be prepared and distributed.  HAZWOPER training for staff will be conducted.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shetauna Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102536456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Culver City's Environmental Programs &amp; Operations (EPO) Division of the Department of Public Works intends to begin household hazardous waste (HHW) curbside collection program. EPO would contract with a vendor who specializes in HHW removal.  EPO would distribute a sign-up via the website, social media, and other forms of outreach. The sign-up will include a range of dates and will have a limit as negotiated with the vendor. After closing the sign-ups, the vendor will review and contact staff if there are any questions for the residents. Instructions will be disseminated to residents on the proper storage and placement of HHW. 
+In addition to a HHW curbside collection program, EPO will use grant funds for educational outreach. EPO has been developing an Augmented Reality character and these funds would expand this character into informing the public about hazardous waste.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Diamond Bar</x:t>
   </x:si>
   <x:si>
     <x:t> Tara Reyes</x:t>
   </x:si>
   <x:si>
     <x:t>9098397015</x:t>
   </x:si>
   <x:si>
-    <x:t>Annabel Farrall</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: With the support of grant funding, the City of Diamond Bar intends to enhance its educational initiatives on household hazardous waste disposal by distributing direct mail materials to approximately 57,000 residents. Due to the lack of a permanent HHW disposal facility or a regular mobile site within a 20-mile radius, the City plans to organize an additional annual HHW collection event. This event would supplement the existing one held in March by Los Angeles County in Diamond Bar, thereby providing residents with more opportunities for safe and convenient waste disposal. Furthermore, should any grant funds remain, the City intends to address the rising costs of its current battery and bulb collection program, which operates in partnership with the local Ace Hardware. The City is also exploring the possibility of extending this program to include small businesses, thereby broadening its impact on the community’s environmental sustainability efforts.</x:t>
   </x:si>
   <x:si>
-    <x:t>Merced              </x:t>
-[...8 lines deleted...]
-    <x:t>2097234481</x:t>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ashley Moran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494970338</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
-    <x:t>Set-up and operation of mobile HHW collection events in the West side of Merced County. HHW events will take place in the Spring and Fall each year. MCRWMA will also provide hazwoper trainings for operations team and management, upgrade the existing HHW facility with some minor improvements to better store the materials and operate the HHW facility with the proper PPE.  </x:t>
+    <x:t>Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing campaign materials to promote source reduction of 1 lb. propane cylinders and other HHW, including fire extinguishers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Nate Pelczar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2794447481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel Dixon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This HD 43 application proposes a robust resident education campaign for safe marine flare management while promoting the adoption of coast guard certified reusable LED distress signals to replace single-use pyrotechnic flares. The project will include up to three marine flare collection exchange events, offering residents free or discounted reusable signals when they bring unwanted flares for safe disposal. Reportable metrics include the number of publications, the number of flares collected, and the number of LED signals distributed to residents in the City and County of Santa Cruz.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Job Ramirez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095346335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County would like to use the funding to upgrade our class B truck's tarps, which is used when going to various cities for mobile collection events. These events have resulted in more than 160,000 pounds of waste collection from these events alone across the past five years. Funds would also be used for the development of outreach materials like postcards, flyers, and educational broachers to promote the HHW facility and reduce roadside cleanup occurrences. Additional upgrades would consist of an adequate surveillance system for the HHW facility for overall security and safety.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Upland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tanya Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9092912967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: I am writing on behalf of the City of Upland to request funding for our existing Household Hazardous Waste (HHW) collection facility. The City of Upland is committed to providing a safe and efficient means for residents to dispose of hazardous household materials, thus preventing environmental contamination and promoting public health.
+The funding will be used to support the following key initiatives:
+Public Education and Outreach: We aim to enhance our efforts in educating the public about the proper disposal of household hazardous waste. Funding will be used to develop and distribute educational materials, conduct outreach campaigns, and engage with the community through various platforms.
+Set Up and Operation: We currently operate our facility Saturdays, 7:30 am - 12:30 pm.
+Minor Facility Improvements: To improve the efficiency and safety of our existing HHW collection facility, we intend to make minor improvements such as upgrading storage areas, enhancing signage, and ensuring compliance with current safety standards.
+Purchase of Personal Protection Equipment (PPE): Ensuring the safety of our staff and volunteers is a top priority. Funding will be allocated to purchase necessary PPE, including gloves, masks, and protective clothing, to safeguard those handling hazardous materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Placer Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Ulmer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9165433985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The WPWMA also proposes to procure software to track HHW customer and material information in a streamlined, easy to manage system. The current operator relies on paper forms which can be misplaced and requires multiple handling. The software would allow for material to be entered once and easily downloaded for tracking and reporting purposes.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Rosemead</x:t>
   </x:si>
   <x:si>
     <x:t> Arlene Tieu</x:t>
   </x:si>
   <x:si>
     <x:t>6265692127</x:t>
   </x:si>
   <x:si>
-    <x:t>Mai Andrews</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>The City of Rosemead plans to utilize the grant funds to set-up and operate temporary or mobile HHW collection events within the City for residents and local businesses. The City also plans to implement an effective education program by performing outreach at events and developing promotional materials for local retail take-back programs at hardware stores, businesses, and government facilities. Through the combination of events and public education, the City hopes to see a decrease in the incorrect disposal of HHW.</x:t>
-  </x:si>
-[...118 lines deleted...]
-    <x:t>Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing campaign materials to promote source reduction of 1 lb. propane cylinders and other HHW, including fire extinguishers.</x:t>
   </x:si>
   <x:si>
     <x:t>Colusa              </x:t>
   </x:si>
   <x:si>
     <x:t>Colusa County</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Michael Azevedo</x:t>
   </x:si>
   <x:si>
     <x:t>5304580466</x:t>
   </x:si>
   <x:si>
     <x:t>Colusa County is applying for this grant to expand the current household hazardous waste program that provides universal waste and paint collection at the County transfer station.  The grant will provide funding for holding at least two one day collection events or until funds ae spent.  The last collection was in June, 27, 20202.  In addition, the funding will allow for the management of damaged lithium batteries.  Some personal protective equipment and hazardous waste containers will be provided. </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial Valley Resource Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Maricela Galarza</x:t>
   </x:si>
@@ -254,112 +246,120 @@
     <x:t>The Imperial Valley Regional Resource Management Agency (IVRMA) is committed to enhancing hazardous household waste (HHW) collection across the Imperial County region by implementing a strategic initiative targeted at underserved communities, particularly senior, rural, and low-income residents. Currently, we operate three HHW collection facilities in Brawley, Calexico, and El Centro.
 The three facilities operate as follows:.
 •El Centro HHW Facility Residential Collection Program operates every Saturday from 8 am-12 pm free of charge for all residents in Imperial County. El Centro Facility also implements the Very Small Quantity Generator Program for businesses, providing the opportunity for businesses to dispose of HHW waste materials properly at a low cost. Mobile collection events are coordinated throughout the Imperial County cities/communities, this waste also gets transported to the El Centro HHW Facility the same day of the event. 
 •Brawley HHW Facility Residential Collection Program operates every other Sunday from 8 am-12 pm free of charge for all residents in Imperial County.
 •Calexico HHW Facility Residential Collection Program operates every other Sunday from 8 am-12 pm free of charge for all residents in the Imperial County.
 Approved costs of collection, transportation, and proper disposal are required and this grant funding would assist in paying the associated costs. 
 •Antifreeze
 •Batteries
 •Drain cleaners
 •Electronic wastes (e.g., TVs, computer monitors, cell phones)
 •Glue and adhesives
 •Household cleaners
 •Oven cleaners
 •Paints
 •Pesticides
 •Pool cleaners
 •Solvents
 •Used oil
 •Waste containing asbestos
 •Wastes containing mercury (e.g., thermometers, fluorescent lights)
 IVRMA recognizes the significant barriers these remote areas face in accessing proper waste disposal options, as evidenced by the low participation rates at our facilities. Through grant funding, IVRMA proposes to increase mobile collection events designed to facilitate easier access for underserved populations, educating them about our permanent facilities and the importance of safe HHW disposal. 
 Our outreach plan will leverage a diverse array of communication methods—including radio ads, door hangers, newsletters, and social media campaigns—to reach the community effectively, promoting both the mobile collection events and the existing facilities. By fostering awareness and accessibility, this initiative aims to not only increase proper HHW disposal but also reduce illegal dumping, thereby protecting the environment and enhancing public health within the Imperial County region.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...60 lines deleted...]
-    <x:t>Alameda County Waste Management Authority is planning a first-of-its-kind solar panel reuse and recycling pilot. Building off the successes from prior HD solar projects, this pilot will replicate in an urban setting solar panel collection events, research, and outreach. With a growing community of early adopters, the County is seeing more solar panels in the waste stream, and opportunities for local reuse. For the non-working panels, recycling in accordance to DTSC's rules will be explored in a manner that send as little components as possible to the hazardous landfill and strive for a more circular solar panel recovery program.</x:t>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Set-up and operation of mobile HHW collection events in the West side of Merced County. HHW events will take place in the Spring and Fall each year. MCRWMA will also provide hazwoper trainings for operations team and management, upgrade the existing HHW facility with some minor improvements to better store the materials and operate the HHW facility with the proper PPE.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Curiel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692361059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Santa Clara County Household Hazardous Waste (HHW) Program is requesting grant funding to replace two aging forklifts used for operations at the permanent collection facilities. Aging machinery becomes increasingly unreliable, leading to more frequent breakdowns, inefficient operations and safety risks. These issues can affect productivity and could potentially impact the HHW Program's ability to meet the disposal demands of the community. A new forklift at each of our permanent facilities would greatly enhance efficiency and ensure a safer working environment for the team.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vacaville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164464744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will educate the City of Vacaville residents of their permanent HHW collection facility (RVS HHW), located within the City, in order to increase usage of that site and decrease improper disposal of HHW. In order to reach the 100,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include radio, free media, door hangers, bill inserts, direct mail, newsletters, newspaper ads, transit signage, and/or social media. The outreach tasks will educate residents about the specific HHW materials accepted by the RVS HHW facility, proper HHW handling, transporting tips, hours of operation, etc. We will all augment all outreach tasks with all relevant City- and community-connected web and digital platforms.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gurprit Jhujj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596004259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are relatively new, the public/consumer doesn’t know about them. We want consumers to switch from single-use cylinders to reusables to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city and county. The project will collect additional data on resident awareness and use of 1 lb. cylinders. We will recruit and promote locations to sell or refill the reusable 1 lb. cylinders. The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials and also include outreach promotion for general HHW and local collection locations for batteries and fluorescent bulbs/lamps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Leslie Schenk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264585946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste). Outreach such as postcards and local newspaper advertisements have been proven to be the most effective way to promote HHW/E-Waste collection events in communities with historically low participation.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 17</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -494,51 +494,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9189d0d2bf4d4e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcda63f14f0624d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0daf3d717d744a64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd57611073a47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd1cfe1cbc6cb4a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R11ba1663d52c4745" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -586,459 +586,459 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="919.92755126953125" customHeight="1" collapsed="0">
+    <x:row ht="528.94488525390625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>42880</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="919.927490234375" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+    </x:row>
+    <x:row ht="551.96240234375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>14592</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+    </x:row>
+    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="H11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>14592</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="1299.40185546875" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>37866</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>42880</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row ht="551.96240234375" customHeight="1" collapsed="0">
+    <x:row ht="436.96044921875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>75862</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.9599609375" customHeight="1" collapsed="0">
+    <x:row ht="2368.80078125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>75862</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2368.80029296875" customHeight="1" collapsed="0">
+    <x:row ht="333.466796875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1299.4013671875" customHeight="1" collapsed="0">
+    <x:row ht="517.4658203125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row ht="402.4638671875" customHeight="1" collapsed="0">
+    <x:row ht="735.9296875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.9365234375" customHeight="1" collapsed="0">
+    <x:row ht="701.43359375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>37866</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9443359375" customHeight="1" collapsed="0">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A23" s="10" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B23" s="10" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C23" s="10"/>
       <x:c r="D23" s="11" t="n">
         <x:v>1091200</x:v>
       </x:c>
       <x:c r="E23" s="10" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="10" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="10" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H23" s="10" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1046,29 +1046,29 @@
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 2:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 10:02 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>