--- v1 (2025-12-16)
+++ v2 (2025-12-24)
@@ -1,241 +1,249 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4141a82de2644b48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22f495f895b547ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd1cfe1cbc6cb4a01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra22829a4e00d4028"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD43)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...8 lines deleted...]
-    <x:t>5108916500</x:t>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Diamond Bar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tara Reyes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098397015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: With the support of grant funding, the City of Diamond Bar intends to enhance its educational initiatives on household hazardous waste disposal by distributing direct mail materials to approximately 57,000 residents. Due to the lack of a permanent HHW disposal facility or a regular mobile site within a 20-mile radius, the City plans to organize an additional annual HHW collection event. This event would supplement the existing one held in March by Los Angeles County in Diamond Bar, thereby providing residents with more opportunities for safe and convenient waste disposal. Furthermore, should any grant funds remain, the City intends to address the rising costs of its current battery and bulb collection program, which operates in partnership with the local Ace Hardware. The City is also exploring the possibility of extending this program to include small businesses, thereby broadening its impact on the community’s environmental sustainability efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Set-up and operation of mobile HHW collection events in the West side of Merced County. HHW events will take place in the Spring and Fall each year. MCRWMA will also provide hazwoper trainings for operations team and management, upgrade the existing HHW facility with some minor improvements to better store the materials and operate the HHW facility with the proper PPE.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rosemead</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arlene Tieu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265692127</x:t>
   </x:si>
   <x:si>
     <x:t>Mai Andrews</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda County Waste Management Authority is planning a first-of-its-kind solar panel reuse and recycling pilot. Building off the successes from prior HD solar projects, this pilot will replicate in an urban setting solar panel collection events, research, and outreach. With a growing community of early adopters, the County is seeing more solar panels in the waste stream, and opportunities for local reuse. For the non-working panels, recycling in accordance to DTSC's rules will be explored in a manner that send as little components as possible to the hazardous landfill and strive for a more circular solar panel recovery program.</x:t>
-[...2 lines deleted...]
-    <x:t>Los Angeles         </x:t>
+    <x:t>The City of Rosemead plans to utilize the grant funds to set-up and operate temporary or mobile HHW collection events within the City for residents and local businesses. The City also plans to implement an effective education program by performing outreach at events and developing promotional materials for local retail take-back programs at hardware stores, businesses, and government facilities. Through the combination of events and public education, the City hopes to see a decrease in the incorrect disposal of HHW.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vacaville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164464744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will educate the City of Vacaville residents of their permanent HHW collection facility (RVS HHW), located within the City, in order to increase usage of that site and decrease improper disposal of HHW. In order to reach the 100,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include radio, free media, door hangers, bill inserts, direct mail, newsletters, newspaper ads, transit signage, and/or social media. The outreach tasks will educate residents about the specific HHW materials accepted by the RVS HHW facility, proper HHW handling, transporting tips, hours of operation, etc. We will all augment all outreach tasks with all relevant City- and community-connected web and digital platforms.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Job Ramirez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095346335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel Dixon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County would like to use the funding to upgrade our class B truck's tarps, which is used when going to various cities for mobile collection events. These events have resulted in more than 160,000 pounds of waste collection from these events alone across the past five years. Funds would also be used for the development of outreach materials like postcards, flyers, and educational broachers to promote the HHW facility and reduce roadside cleanup occurrences. Additional upgrades would consist of an adequate surveillance system for the HHW facility for overall security and safety.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Leslie Schenk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264585946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste). Outreach such as postcards and local newspaper advertisements have been proven to be the most effective way to promote HHW/E-Waste collection events in communities with historically low participation.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Curiel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692361059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Santa Clara County Household Hazardous Waste (HHW) Program is requesting grant funding to replace two aging forklifts used for operations at the permanent collection facilities. Aging machinery becomes increasingly unreliable, leading to more frequent breakdowns, inefficient operations and safety risks. These issues can affect productivity and could potentially impact the HHW Program's ability to meet the disposal demands of the community. A new forklift at each of our permanent facilities would greatly enhance efficiency and ensure a safer working environment for the team.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Nate Pelczar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2794447481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This HD 43 application proposes a robust resident education campaign for safe marine flare management while promoting the adoption of coast guard certified reusable LED distress signals to replace single-use pyrotechnic flares. The project will include up to three marine flare collection exchange events, offering residents free or discounted reusable signals when they bring unwanted flares for safe disposal. Reportable metrics include the number of publications, the number of flares collected, and the number of LED signals distributed to residents in the City and County of Santa Cruz.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gurprit Jhujj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596004259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are relatively new, the public/consumer doesn’t know about them. We want consumers to switch from single-use cylinders to reusables to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city and county. The project will collect additional data on resident awareness and use of 1 lb. cylinders. We will recruit and promote locations to sell or refill the reusable 1 lb. cylinders. The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials and also include outreach promotion for general HHW and local collection locations for batteries and fluorescent bulbs/lamps.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Avalon</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Larry Sweetser</x:t>
   </x:si>
   <x:si>
     <x:t>5107030898</x:t>
   </x:si>
   <x:si>
     <x:t>This grant will be used to upgrade the existing infrastructure for the household hazardous waste facility but purchasing a new shed and a canopy structure to provide protection of the collection storage area.  Safety equipment will be purchased for the site as well as waste containers and containers for damaged lithium batteries.  Education and outreach materials will be prepared and distributed.  HAZWOPER training for staff will be conducted.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Culver City</x:t>
-[...26 lines deleted...]
-  <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Laguna Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Ashley Moran</x:t>
   </x:si>
   <x:si>
     <x:t>9494970338</x:t>
   </x:si>
   <x:si>
-    <x:t>When Kwon</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing campaign materials to promote source reduction of 1 lb. propane cylinders and other HHW, including fire extinguishers.</x:t>
-  </x:si>
-[...82 lines deleted...]
-    <x:t>The City of Rosemead plans to utilize the grant funds to set-up and operate temporary or mobile HHW collection events within the City for residents and local businesses. The City also plans to implement an effective education program by performing outreach at events and developing promotional materials for local retail take-back programs at hardware stores, businesses, and government facilities. Through the combination of events and public education, the City hopes to see a decrease in the incorrect disposal of HHW.</x:t>
   </x:si>
   <x:si>
     <x:t>Colusa              </x:t>
   </x:si>
   <x:si>
     <x:t>Colusa County</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Michael Azevedo</x:t>
   </x:si>
   <x:si>
     <x:t>5304580466</x:t>
   </x:si>
   <x:si>
     <x:t>Colusa County is applying for this grant to expand the current household hazardous waste program that provides universal waste and paint collection at the County transfer station.  The grant will provide funding for holding at least two one day collection events or until funds ae spent.  The last collection was in June, 27, 20202.  In addition, the funding will allow for the management of damaged lithium batteries.  Some personal protective equipment and hazardous waste containers will be provided. </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial Valley Resource Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Maricela Galarza</x:t>
   </x:si>
@@ -246,120 +254,112 @@
     <x:t>The Imperial Valley Regional Resource Management Agency (IVRMA) is committed to enhancing hazardous household waste (HHW) collection across the Imperial County region by implementing a strategic initiative targeted at underserved communities, particularly senior, rural, and low-income residents. Currently, we operate three HHW collection facilities in Brawley, Calexico, and El Centro.
 The three facilities operate as follows:.
 •El Centro HHW Facility Residential Collection Program operates every Saturday from 8 am-12 pm free of charge for all residents in Imperial County. El Centro Facility also implements the Very Small Quantity Generator Program for businesses, providing the opportunity for businesses to dispose of HHW waste materials properly at a low cost. Mobile collection events are coordinated throughout the Imperial County cities/communities, this waste also gets transported to the El Centro HHW Facility the same day of the event. 
 •Brawley HHW Facility Residential Collection Program operates every other Sunday from 8 am-12 pm free of charge for all residents in Imperial County.
 •Calexico HHW Facility Residential Collection Program operates every other Sunday from 8 am-12 pm free of charge for all residents in the Imperial County.
 Approved costs of collection, transportation, and proper disposal are required and this grant funding would assist in paying the associated costs. 
 •Antifreeze
 •Batteries
 •Drain cleaners
 •Electronic wastes (e.g., TVs, computer monitors, cell phones)
 •Glue and adhesives
 •Household cleaners
 •Oven cleaners
 •Paints
 •Pesticides
 •Pool cleaners
 •Solvents
 •Used oil
 •Waste containing asbestos
 •Wastes containing mercury (e.g., thermometers, fluorescent lights)
 IVRMA recognizes the significant barriers these remote areas face in accessing proper waste disposal options, as evidenced by the low participation rates at our facilities. Through grant funding, IVRMA proposes to increase mobile collection events designed to facilitate easier access for underserved populations, educating them about our permanent facilities and the importance of safe HHW disposal. 
 Our outreach plan will leverage a diverse array of communication methods—including radio ads, door hangers, newsletters, and social media campaigns—to reach the community effectively, promoting both the mobile collection events and the existing facilities. By fostering awareness and accessibility, this initiative aims to not only increase proper HHW disposal but also reduce illegal dumping, thereby protecting the environment and enhancing public health within the Imperial County region.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Merced              </x:t>
-[...68 lines deleted...]
-    <x:t>Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste). Outreach such as postcards and local newspaper advertisements have been proven to be the most effective way to promote HHW/E-Waste collection events in communities with historically low participation.</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Upland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tanya Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9092912967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: I am writing on behalf of the City of Upland to request funding for our existing Household Hazardous Waste (HHW) collection facility. The City of Upland is committed to providing a safe and efficient means for residents to dispose of hazardous household materials, thus preventing environmental contamination and promoting public health.
+The funding will be used to support the following key initiatives:
+Public Education and Outreach: We aim to enhance our efforts in educating the public about the proper disposal of household hazardous waste. Funding will be used to develop and distribute educational materials, conduct outreach campaigns, and engage with the community through various platforms.
+Set Up and Operation: We currently operate our facility Saturdays, 7:30 am - 12:30 pm.
+Minor Facility Improvements: To improve the efficiency and safety of our existing HHW collection facility, we intend to make minor improvements such as upgrading storage areas, enhancing signage, and ensuring compliance with current safety standards.
+Purchase of Personal Protection Equipment (PPE): Ensuring the safety of our staff and volunteers is a top priority. Funding will be allocated to purchase necessary PPE, including gloves, masks, and protective clothing, to safeguard those handling hazardous materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Placer Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Ulmer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9165433985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The WPWMA also proposes to procure software to track HHW customer and material information in a streamlined, easy to manage system. The current operator relies on paper forms which can be misplaced and requires multiple handling. The software would allow for material to be entered once and easily downloaded for tracking and reporting purposes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shetauna Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102536456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Culver City's Environmental Programs &amp; Operations (EPO) Division of the Department of Public Works intends to begin household hazardous waste (HHW) curbside collection program. EPO would contract with a vendor who specializes in HHW removal.  EPO would distribute a sign-up via the website, social media, and other forms of outreach. The sign-up will include a range of dates and will have a limit as negotiated with the vendor. After closing the sign-ups, the vendor will review and contact staff if there are any questions for the residents. Instructions will be disseminated to residents on the proper storage and placement of HHW. 
+In addition to a HHW curbside collection program, EPO will use grant funds for educational outreach. EPO has been developing an Augmented Reality character and these funds would expand this character into informing the public about hazardous waste.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nisha Patel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5108916500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County Waste Management Authority is planning a first-of-its-kind solar panel reuse and recycling pilot. Building off the successes from prior HD solar projects, this pilot will replicate in an urban setting solar panel collection events, research, and outreach. With a growing community of early adopters, the County is seeing more solar panels in the waste stream, and opportunities for local reuse. For the non-working panels, recycling in accordance to DTSC's rules will be explored in a manner that send as little components as possible to the hazardous landfill and strive for a more circular solar panel recovery program.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 17</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -494,51 +494,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd57611073a47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd1cfe1cbc6cb4a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R11ba1663d52c4745" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd68300457fb44c3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra22829a4e00d4028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R48f9829acb01433e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -586,459 +586,459 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.94488525390625" customHeight="1" collapsed="0">
+    <x:row ht="919.92755126953125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>42880</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.9669189453125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="919.927490234375" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.9305419921875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.96240234375" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>14592</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>41</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>14592</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>46</x:v>
-[...2 lines deleted...]
-    <x:row ht="1299.40185546875" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="701.43310546875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>37866</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>42880</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.96044921875" customHeight="1" collapsed="0">
+    <x:row ht="551.96240234375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>75862</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2368.80078125" customHeight="1" collapsed="0">
+    <x:row ht="436.9599609375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>75862</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.466796875" customHeight="1" collapsed="0">
+    <x:row ht="2368.80029296875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.4658203125" customHeight="1" collapsed="0">
+    <x:row ht="1299.4013671875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.9296875" customHeight="1" collapsed="0">
+    <x:row ht="402.4638671875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.43359375" customHeight="1" collapsed="0">
+    <x:row ht="781.9365234375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>37866</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="G21" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+    </x:row>
+    <x:row ht="528.9443359375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A23" s="10" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B23" s="10" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C23" s="10"/>
       <x:c r="D23" s="11" t="n">
         <x:v>1091200</x:v>
       </x:c>
       <x:c r="E23" s="10" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="10" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="10" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H23" s="10" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1046,29 +1046,29 @@
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 10:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:05 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>