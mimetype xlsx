--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22f495f895b547ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc00ac7432cd4692" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra22829a4e00d4028"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3139b649b95d4b8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD43)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -494,51 +494,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd68300457fb44c3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra22829a4e00d4028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R48f9829acb01433e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc63a1ca8c660427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3139b649b95d4b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R37f67c0ea6f74a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1046,29 +1046,29 @@
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:05 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>