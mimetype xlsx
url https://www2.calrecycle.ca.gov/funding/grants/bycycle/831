--- v3 (2025-12-24)
+++ v4 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc00ac7432cd4692" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R411f1b0c64b44e22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3139b649b95d4b8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf5573f97daba4623"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD43)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -494,51 +494,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc63a1ca8c660427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3139b649b95d4b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R37f67c0ea6f74a52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77116e64ec254481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf5573f97daba4623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbab27c16e7a64db6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1046,29 +1046,29 @@
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:15 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>