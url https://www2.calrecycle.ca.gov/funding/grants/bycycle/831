--- v4 (2025-12-24)
+++ v5 (2026-01-28)
@@ -1,249 +1,244 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R411f1b0c64b44e22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R957e095548084d42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf5573f97daba4623"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb878a14c53a741fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD43)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nisha Patel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5108916500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County Waste Management Authority is planning a first-of-its-kind solar panel reuse and recycling pilot. Building off the successes from prior HD solar projects, this pilot will replicate in an urban setting solar panel collection events, research, and outreach. With a growing community of early adopters, the County is seeing more solar panels in the waste stream, and opportunities for local reuse. For the non-working panels, recycling in accordance to DTSC's rules will be explored in a manner that send as little components as possible to the hazardous landfill and strive for a more circular solar panel recovery program.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Avalon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Larry Sweetser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107030898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raju Payuran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be used to upgrade the existing infrastructure for the household hazardous waste facility but purchasing a new shed and a canopy structure to provide protection of the collection storage area.  Safety equipment will be purchased for the site as well as waste containers and containers for damaged lithium batteries.  Education and outreach materials will be prepared and distributed.  HAZWOPER training for staff will be conducted.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shetauna Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102536456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Culver City's Environmental Programs &amp; Operations (EPO) Division of the Department of Public Works intends to begin household hazardous waste (HHW) curbside collection program. EPO would contract with a vendor who specializes in HHW removal.  EPO would distribute a sign-up via the website, social media, and other forms of outreach. The sign-up will include a range of dates and will have a limit as negotiated with the vendor. After closing the sign-ups, the vendor will review and contact staff if there are any questions for the residents. Instructions will be disseminated to residents on the proper storage and placement of HHW. 
+In addition to a HHW curbside collection program, EPO will use grant funds for educational outreach. EPO has been developing an Augmented Reality character and these funds would expand this character into informing the public about hazardous waste.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Diamond Bar</x:t>
   </x:si>
   <x:si>
     <x:t> Tara Reyes</x:t>
   </x:si>
   <x:si>
     <x:t>9098397015</x:t>
   </x:si>
   <x:si>
-    <x:t>Annabel Farrall</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: With the support of grant funding, the City of Diamond Bar intends to enhance its educational initiatives on household hazardous waste disposal by distributing direct mail materials to approximately 57,000 residents. Due to the lack of a permanent HHW disposal facility or a regular mobile site within a 20-mile radius, the City plans to organize an additional annual HHW collection event. This event would supplement the existing one held in March by Los Angeles County in Diamond Bar, thereby providing residents with more opportunities for safe and convenient waste disposal. Furthermore, should any grant funds remain, the City intends to address the rising costs of its current battery and bulb collection program, which operates in partnership with the local Ace Hardware. The City is also exploring the possibility of extending this program to include small businesses, thereby broadening its impact on the community’s environmental sustainability efforts.</x:t>
   </x:si>
   <x:si>
-    <x:t>Merced              </x:t>
-[...8 lines deleted...]
-    <x:t>2097234481</x:t>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ashley Moran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494970338</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
-    <x:t>Set-up and operation of mobile HHW collection events in the West side of Merced County. HHW events will take place in the Spring and Fall each year. MCRWMA will also provide hazwoper trainings for operations team and management, upgrade the existing HHW facility with some minor improvements to better store the materials and operate the HHW facility with the proper PPE.  </x:t>
+    <x:t>Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing campaign materials to promote source reduction of 1 lb. propane cylinders and other HHW, including fire extinguishers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Nate Pelczar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2794447481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel Dixon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This HD 43 application proposes a robust resident education campaign for safe marine flare management while promoting the adoption of coast guard certified reusable LED distress signals to replace single-use pyrotechnic flares. The project will include up to three marine flare collection exchange events, offering residents free or discounted reusable signals when they bring unwanted flares for safe disposal. Reportable metrics include the number of publications, the number of flares collected, and the number of LED signals distributed to residents in the City and County of Santa Cruz.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Job Ramirez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095346335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County would like to use the funding to upgrade our class B truck's tarps, which is used when going to various cities for mobile collection events. These events have resulted in more than 160,000 pounds of waste collection from these events alone across the past five years. Funds would also be used for the development of outreach materials like postcards, flyers, and educational broachers to promote the HHW facility and reduce roadside cleanup occurrences. Additional upgrades would consist of an adequate surveillance system for the HHW facility for overall security and safety.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Upland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tanya Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9092912967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: I am writing on behalf of the City of Upland to request funding for our existing Household Hazardous Waste (HHW) collection facility. The City of Upland is committed to providing a safe and efficient means for residents to dispose of hazardous household materials, thus preventing environmental contamination and promoting public health.
+The funding will be used to support the following key initiatives:
+Public Education and Outreach: We aim to enhance our efforts in educating the public about the proper disposal of household hazardous waste. Funding will be used to develop and distribute educational materials, conduct outreach campaigns, and engage with the community through various platforms.
+Set Up and Operation: We currently operate our facility Saturdays, 7:30 am - 12:30 pm.
+Minor Facility Improvements: To improve the efficiency and safety of our existing HHW collection facility, we intend to make minor improvements such as upgrading storage areas, enhancing signage, and ensuring compliance with current safety standards.
+Purchase of Personal Protection Equipment (PPE): Ensuring the safety of our staff and volunteers is a top priority. Funding will be allocated to purchase necessary PPE, including gloves, masks, and protective clothing, to safeguard those handling hazardous materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Placer Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Ulmer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9165433985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The WPWMA also proposes to procure software to track HHW customer and material information in a streamlined, easy to manage system. The current operator relies on paper forms which can be misplaced and requires multiple handling. The software would allow for material to be entered once and easily downloaded for tracking and reporting purposes.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Rosemead</x:t>
   </x:si>
   <x:si>
     <x:t> Arlene Tieu</x:t>
   </x:si>
   <x:si>
     <x:t>6265692127</x:t>
   </x:si>
   <x:si>
-    <x:t>Mai Andrews</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>The City of Rosemead plans to utilize the grant funds to set-up and operate temporary or mobile HHW collection events within the City for residents and local businesses. The City also plans to implement an effective education program by performing outreach at events and developing promotional materials for local retail take-back programs at hardware stores, businesses, and government facilities. Through the combination of events and public education, the City hopes to see a decrease in the incorrect disposal of HHW.</x:t>
-  </x:si>
-[...118 lines deleted...]
-    <x:t>Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing campaign materials to promote source reduction of 1 lb. propane cylinders and other HHW, including fire extinguishers.</x:t>
   </x:si>
   <x:si>
     <x:t>Colusa              </x:t>
   </x:si>
   <x:si>
     <x:t>Colusa County</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Michael Azevedo</x:t>
   </x:si>
   <x:si>
     <x:t>5304580466</x:t>
   </x:si>
   <x:si>
     <x:t>Colusa County is applying for this grant to expand the current household hazardous waste program that provides universal waste and paint collection at the County transfer station.  The grant will provide funding for holding at least two one day collection events or until funds ae spent.  The last collection was in June, 27, 20202.  In addition, the funding will allow for the management of damaged lithium batteries.  Some personal protective equipment and hazardous waste containers will be provided. </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial Valley Resource Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Maricela Galarza</x:t>
   </x:si>
@@ -254,112 +249,120 @@
     <x:t>The Imperial Valley Regional Resource Management Agency (IVRMA) is committed to enhancing hazardous household waste (HHW) collection across the Imperial County region by implementing a strategic initiative targeted at underserved communities, particularly senior, rural, and low-income residents. Currently, we operate three HHW collection facilities in Brawley, Calexico, and El Centro.
 The three facilities operate as follows:.
 •El Centro HHW Facility Residential Collection Program operates every Saturday from 8 am-12 pm free of charge for all residents in Imperial County. El Centro Facility also implements the Very Small Quantity Generator Program for businesses, providing the opportunity for businesses to dispose of HHW waste materials properly at a low cost. Mobile collection events are coordinated throughout the Imperial County cities/communities, this waste also gets transported to the El Centro HHW Facility the same day of the event. 
 •Brawley HHW Facility Residential Collection Program operates every other Sunday from 8 am-12 pm free of charge for all residents in Imperial County.
 •Calexico HHW Facility Residential Collection Program operates every other Sunday from 8 am-12 pm free of charge for all residents in the Imperial County.
 Approved costs of collection, transportation, and proper disposal are required and this grant funding would assist in paying the associated costs. 
 •Antifreeze
 •Batteries
 •Drain cleaners
 •Electronic wastes (e.g., TVs, computer monitors, cell phones)
 •Glue and adhesives
 •Household cleaners
 •Oven cleaners
 •Paints
 •Pesticides
 •Pool cleaners
 •Solvents
 •Used oil
 •Waste containing asbestos
 •Wastes containing mercury (e.g., thermometers, fluorescent lights)
 IVRMA recognizes the significant barriers these remote areas face in accessing proper waste disposal options, as evidenced by the low participation rates at our facilities. Through grant funding, IVRMA proposes to increase mobile collection events designed to facilitate easier access for underserved populations, educating them about our permanent facilities and the importance of safe HHW disposal. 
 Our outreach plan will leverage a diverse array of communication methods—including radio ads, door hangers, newsletters, and social media campaigns—to reach the community effectively, promoting both the mobile collection events and the existing facilities. By fostering awareness and accessibility, this initiative aims to not only increase proper HHW disposal but also reduce illegal dumping, thereby protecting the environment and enhancing public health within the Imperial County region.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...60 lines deleted...]
-    <x:t>Alameda County Waste Management Authority is planning a first-of-its-kind solar panel reuse and recycling pilot. Building off the successes from prior HD solar projects, this pilot will replicate in an urban setting solar panel collection events, research, and outreach. With a growing community of early adopters, the County is seeing more solar panels in the waste stream, and opportunities for local reuse. For the non-working panels, recycling in accordance to DTSC's rules will be explored in a manner that send as little components as possible to the hazardous landfill and strive for a more circular solar panel recovery program.</x:t>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Set-up and operation of mobile HHW collection events in the West side of Merced County. HHW events will take place in the Spring and Fall each year. MCRWMA will also provide hazwoper trainings for operations team and management, upgrade the existing HHW facility with some minor improvements to better store the materials and operate the HHW facility with the proper PPE.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Curiel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692361059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Santa Clara County Household Hazardous Waste (HHW) Program is requesting grant funding to replace two aging forklifts used for operations at the permanent collection facilities. Aging machinery becomes increasingly unreliable, leading to more frequent breakdowns, inefficient operations and safety risks. These issues can affect productivity and could potentially impact the HHW Program's ability to meet the disposal demands of the community. A new forklift at each of our permanent facilities would greatly enhance efficiency and ensure a safer working environment for the team.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vacaville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164464744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will educate the City of Vacaville residents of their permanent HHW collection facility (RVS HHW), located within the City, in order to increase usage of that site and decrease improper disposal of HHW. In order to reach the 100,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include radio, free media, door hangers, bill inserts, direct mail, newsletters, newspaper ads, transit signage, and/or social media. The outreach tasks will educate residents about the specific HHW materials accepted by the RVS HHW facility, proper HHW handling, transporting tips, hours of operation, etc. We will all augment all outreach tasks with all relevant City- and community-connected web and digital platforms.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gurprit Jhujj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596004259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are relatively new, the public/consumer doesn’t know about them. We want consumers to switch from single-use cylinders to reusables to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city and county. The project will collect additional data on resident awareness and use of 1 lb. cylinders. We will recruit and promote locations to sell or refill the reusable 1 lb. cylinders. The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials and also include outreach promotion for general HHW and local collection locations for batteries and fluorescent bulbs/lamps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Leslie Schenk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264585946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste). Outreach such as postcards and local newspaper advertisements have been proven to be the most effective way to promote HHW/E-Waste collection events in communities with historically low participation.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 17</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -494,51 +497,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77116e64ec254481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf5573f97daba4623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbab27c16e7a64db6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dc46fcfcf8a4297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb878a14c53a741fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd104ac33a0724503" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -586,489 +589,489 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="919.92755126953125" customHeight="1" collapsed="0">
+    <x:row ht="528.94488525390625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>42880</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.9669189453125" customHeight="1" collapsed="0">
+    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.9305419921875" customHeight="1" collapsed="0">
+    <x:row ht="919.927490234375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="551.96240234375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>14592</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
+    </x:row>
+    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="H10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>14592</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+    <x:row ht="1299.40185546875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.43310546875" customHeight="1" collapsed="0">
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>37866</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>42880</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.96240234375" customHeight="1" collapsed="0">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.96044921875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>75862</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.9599609375" customHeight="1" collapsed="0">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2368.80078125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>75862</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-    <x:row ht="2368.80029296875" customHeight="1" collapsed="0">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.466796875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>76</x:v>
-[...2 lines deleted...]
-    <x:row ht="1299.4013671875" customHeight="1" collapsed="0">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.4658203125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.4638671875" customHeight="1" collapsed="0">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.9296875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9365234375" customHeight="1" collapsed="0">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="701.43359375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>37866</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9443359375" customHeight="1" collapsed="0">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A23" s="10" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B23" s="10" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C23" s="10"/>
       <x:c r="D23" s="11" t="n">
         <x:v>1091200</x:v>
       </x:c>
       <x:c r="E23" s="10" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F23" s="10" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="10" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H23" s="10" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:15 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 11:39 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>