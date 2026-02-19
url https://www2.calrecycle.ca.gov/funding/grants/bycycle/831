--- v5 (2026-01-28)
+++ v6 (2026-02-19)
@@ -1,244 +1,249 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R957e095548084d42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R150df617e05249e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb878a14c53a741fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd9d6cb6a5e9545f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD43)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Diamond Bar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tara Reyes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098397015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: With the support of grant funding, the City of Diamond Bar intends to enhance its educational initiatives on household hazardous waste disposal by distributing direct mail materials to approximately 57,000 residents. Due to the lack of a permanent HHW disposal facility or a regular mobile site within a 20-mile radius, the City plans to organize an additional annual HHW collection event. This event would supplement the existing one held in March by Los Angeles County in Diamond Bar, thereby providing residents with more opportunities for safe and convenient waste disposal. Furthermore, should any grant funds remain, the City intends to address the rising costs of its current battery and bulb collection program, which operates in partnership with the local Ace Hardware. The City is also exploring the possibility of extending this program to include small businesses, thereby broadening its impact on the community’s environmental sustainability efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Set-up and operation of mobile HHW collection events in the West side of Merced County. HHW events will take place in the Spring and Fall each year. MCRWMA will also provide hazwoper trainings for operations team and management, upgrade the existing HHW facility with some minor improvements to better store the materials and operate the HHW facility with the proper PPE.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rosemead</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arlene Tieu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265692127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raju Payuran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Rosemead plans to utilize the grant funds to set-up and operate temporary or mobile HHW collection events within the City for residents and local businesses. The City also plans to implement an effective education program by performing outreach at events and developing promotional materials for local retail take-back programs at hardware stores, businesses, and government facilities. Through the combination of events and public education, the City hopes to see a decrease in the incorrect disposal of HHW.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vacaville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164464744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will educate the City of Vacaville residents of their permanent HHW collection facility (RVS HHW), located within the City, in order to increase usage of that site and decrease improper disposal of HHW. In order to reach the 100,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include radio, free media, door hangers, bill inserts, direct mail, newsletters, newspaper ads, transit signage, and/or social media. The outreach tasks will educate residents about the specific HHW materials accepted by the RVS HHW facility, proper HHW handling, transporting tips, hours of operation, etc. We will all augment all outreach tasks with all relevant City- and community-connected web and digital platforms.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Job Ramirez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095346335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel Dixon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County would like to use the funding to upgrade our class B truck's tarps, which is used when going to various cities for mobile collection events. These events have resulted in more than 160,000 pounds of waste collection from these events alone across the past five years. Funds would also be used for the development of outreach materials like postcards, flyers, and educational broachers to promote the HHW facility and reduce roadside cleanup occurrences. Additional upgrades would consist of an adequate surveillance system for the HHW facility for overall security and safety.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Curiel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692361059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Santa Clara County Household Hazardous Waste (HHW) Program is requesting grant funding to replace two aging forklifts used for operations at the permanent collection facilities. Aging machinery becomes increasingly unreliable, leading to more frequent breakdowns, inefficient operations and safety risks. These issues can affect productivity and could potentially impact the HHW Program's ability to meet the disposal demands of the community. A new forklift at each of our permanent facilities would greatly enhance efficiency and ensure a safer working environment for the team.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Nate Pelczar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2794447481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This HD 43 application proposes a robust resident education campaign for safe marine flare management while promoting the adoption of coast guard certified reusable LED distress signals to replace single-use pyrotechnic flares. The project will include up to three marine flare collection exchange events, offering residents free or discounted reusable signals when they bring unwanted flares for safe disposal. Reportable metrics include the number of publications, the number of flares collected, and the number of LED signals distributed to residents in the City and County of Santa Cruz.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francisca Mandujano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste). Outreach such as postcards and local newspaper advertisements have been proven to be the most effective way to promote HHW/E-Waste collection events in communities with historically low participation.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gurprit Jhujj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596004259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Reusable 1 lb. propane cylinders (reusables) are relatively new, the public/consumer doesn’t know about them. We want consumers to switch from single-use cylinders to reusables to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city and county. The project will collect additional data on resident awareness and use of 1 lb. cylinders. We will recruit and promote locations to sell or refill the reusable 1 lb. cylinders. The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials and also include outreach promotion for general HHW and local collection locations for batteries and fluorescent bulbs/lamps.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Avalon</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Larry Sweetser</x:t>
   </x:si>
   <x:si>
     <x:t>5107030898</x:t>
   </x:si>
   <x:si>
-    <x:t>Raju Payuran</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>This grant will be used to upgrade the existing infrastructure for the household hazardous waste facility but purchasing a new shed and a canopy structure to provide protection of the collection storage area.  Safety equipment will be purchased for the site as well as waste containers and containers for damaged lithium batteries.  Education and outreach materials will be prepared and distributed.  HAZWOPER training for staff will be conducted.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Culver City</x:t>
-[...26 lines deleted...]
-  <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Laguna Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Ashley Moran</x:t>
   </x:si>
   <x:si>
     <x:t>9494970338</x:t>
   </x:si>
   <x:si>
-    <x:t>When Kwon</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing campaign materials to promote source reduction of 1 lb. propane cylinders and other HHW, including fire extinguishers.</x:t>
-  </x:si>
-[...82 lines deleted...]
-    <x:t>The City of Rosemead plans to utilize the grant funds to set-up and operate temporary or mobile HHW collection events within the City for residents and local businesses. The City also plans to implement an effective education program by performing outreach at events and developing promotional materials for local retail take-back programs at hardware stores, businesses, and government facilities. Through the combination of events and public education, the City hopes to see a decrease in the incorrect disposal of HHW.</x:t>
   </x:si>
   <x:si>
     <x:t>Colusa              </x:t>
   </x:si>
   <x:si>
     <x:t>Colusa County</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Michael Azevedo</x:t>
   </x:si>
   <x:si>
     <x:t>5304580466</x:t>
   </x:si>
   <x:si>
     <x:t>Colusa County is applying for this grant to expand the current household hazardous waste program that provides universal waste and paint collection at the County transfer station.  The grant will provide funding for holding at least two one day collection events or until funds ae spent.  The last collection was in June, 27, 20202.  In addition, the funding will allow for the management of damaged lithium batteries.  Some personal protective equipment and hazardous waste containers will be provided. </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial Valley Resource Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Maricela Galarza</x:t>
   </x:si>
@@ -249,120 +254,115 @@
     <x:t>The Imperial Valley Regional Resource Management Agency (IVRMA) is committed to enhancing hazardous household waste (HHW) collection across the Imperial County region by implementing a strategic initiative targeted at underserved communities, particularly senior, rural, and low-income residents. Currently, we operate three HHW collection facilities in Brawley, Calexico, and El Centro.
 The three facilities operate as follows:.
 •El Centro HHW Facility Residential Collection Program operates every Saturday from 8 am-12 pm free of charge for all residents in Imperial County. El Centro Facility also implements the Very Small Quantity Generator Program for businesses, providing the opportunity for businesses to dispose of HHW waste materials properly at a low cost. Mobile collection events are coordinated throughout the Imperial County cities/communities, this waste also gets transported to the El Centro HHW Facility the same day of the event. 
 •Brawley HHW Facility Residential Collection Program operates every other Sunday from 8 am-12 pm free of charge for all residents in Imperial County.
 •Calexico HHW Facility Residential Collection Program operates every other Sunday from 8 am-12 pm free of charge for all residents in the Imperial County.
 Approved costs of collection, transportation, and proper disposal are required and this grant funding would assist in paying the associated costs. 
 •Antifreeze
 •Batteries
 •Drain cleaners
 •Electronic wastes (e.g., TVs, computer monitors, cell phones)
 •Glue and adhesives
 •Household cleaners
 •Oven cleaners
 •Paints
 •Pesticides
 •Pool cleaners
 •Solvents
 •Used oil
 •Waste containing asbestos
 •Wastes containing mercury (e.g., thermometers, fluorescent lights)
 IVRMA recognizes the significant barriers these remote areas face in accessing proper waste disposal options, as evidenced by the low participation rates at our facilities. Through grant funding, IVRMA proposes to increase mobile collection events designed to facilitate easier access for underserved populations, educating them about our permanent facilities and the importance of safe HHW disposal. 
 Our outreach plan will leverage a diverse array of communication methods—including radio ads, door hangers, newsletters, and social media campaigns—to reach the community effectively, promoting both the mobile collection events and the existing facilities. By fostering awareness and accessibility, this initiative aims to not only increase proper HHW disposal but also reduce illegal dumping, thereby protecting the environment and enhancing public health within the Imperial County region.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Merced              </x:t>
-[...68 lines deleted...]
-    <x:t>Public Works, in partnership with the Los Angeles County Sanitation Districts, proposes to launch a public education and outreach campaign to educate residents on the proper management of household hazardous and electronic waste (HHW/E-Waste). Outreach such as postcards and local newspaper advertisements have been proven to be the most effective way to promote HHW/E-Waste collection events in communities with historically low participation.</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Upland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tanya Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9092912967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: I am writing on behalf of the City of Upland to request funding for our existing Household Hazardous Waste (HHW) collection facility. The City of Upland is committed to providing a safe and efficient means for residents to dispose of hazardous household materials, thus preventing environmental contamination and promoting public health.
+The funding will be used to support the following key initiatives:
+Public Education and Outreach: We aim to enhance our efforts in educating the public about the proper disposal of household hazardous waste. Funding will be used to develop and distribute educational materials, conduct outreach campaigns, and engage with the community through various platforms.
+Set Up and Operation: We currently operate our facility Saturdays, 7:30 am - 12:30 pm.
+Minor Facility Improvements: To improve the efficiency and safety of our existing HHW collection facility, we intend to make minor improvements such as upgrading storage areas, enhancing signage, and ensuring compliance with current safety standards.
+Purchase of Personal Protection Equipment (PPE): Ensuring the safety of our staff and volunteers is a top priority. Funding will be allocated to purchase necessary PPE, including gloves, masks, and protective clothing, to safeguard those handling hazardous materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Placer Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Ulmer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9165433985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The WPWMA also proposes to procure software to track HHW customer and material information in a streamlined, easy to manage system. The current operator relies on paper forms which can be misplaced and requires multiple handling. The software would allow for material to be entered once and easily downloaded for tracking and reporting purposes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shetauna Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102536456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Culver City's Environmental Programs &amp; Operations (EPO) Division of the Department of Public Works intends to begin household hazardous waste (HHW) curbside collection program. EPO would contract with a vendor who specializes in HHW removal.  EPO would distribute a sign-up via the website, social media, and other forms of outreach. The sign-up will include a range of dates and will have a limit as negotiated with the vendor. After closing the sign-ups, the vendor will review and contact staff if there are any questions for the residents. Instructions will be disseminated to residents on the proper storage and placement of HHW. 
+In addition to a HHW curbside collection program, EPO will use grant funds for educational outreach. EPO has been developing an Augmented Reality character and these funds would expand this character into informing the public about hazardous waste.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nisha Patel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5108916500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County Waste Management Authority is planning a first-of-its-kind solar panel reuse and recycling pilot. Building off the successes from prior HD solar projects, this pilot will replicate in an urban setting solar panel collection events, research, and outreach. With a growing community of early adopters, the County is seeing more solar panels in the waste stream, and opportunities for local reuse. For the non-working panels, recycling in accordance to DTSC's rules will be explored in a manner that send as little components as possible to the hazardous landfill and strive for a more circular solar panel recovery program.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 17</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -497,51 +497,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dc46fcfcf8a4297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb878a14c53a741fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd104ac33a0724503" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3468df97466d4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd9d6cb6a5e9545f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdf23364a8da34a5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -589,459 +589,459 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.94488525390625" customHeight="1" collapsed="0">
+    <x:row ht="919.92755126953125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>42880</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
+    <x:row ht="482.9669189453125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="919.927490234375" customHeight="1" collapsed="0">
+    <x:row ht="735.9305419921875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.96240234375" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>14592</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>14592</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="1299.40185546875" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+    <x:row ht="701.43310546875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>37866</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B15" s="8" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>42880</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="551.96240234375" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A16" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>75862</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="436.9599609375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>75862</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="2368.80029296875" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A18" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+    </x:row>
+    <x:row ht="1299.4013671875" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A19" s="8" t="s">
+      <x:c r="B19" s="8" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="G19" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="402.4638671875" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A20" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="G20" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+    </x:row>
+    <x:row ht="781.9365234375" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>37866</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+    </x:row>
+    <x:row ht="528.9443359375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+      <x:c r="B22" s="8" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+      <x:c r="G22" s="8" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A23" s="10" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B23" s="10" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C23" s="10"/>
       <x:c r="D23" s="11" t="n">
         <x:v>1091200</x:v>
       </x:c>
       <x:c r="E23" s="10" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F23" s="10" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="10" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H23" s="10" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1049,29 +1049,29 @@
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 11:39 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 18, 2026 7:25 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>