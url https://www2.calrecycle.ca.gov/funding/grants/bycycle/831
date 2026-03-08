--- v6 (2026-02-19)
+++ v7 (2026-03-08)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R150df617e05249e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86daa570100647d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd9d6cb6a5e9545f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R55aa4e4e0fb14f3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD43)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -200,65 +200,50 @@
     <x:t>City of Avalon</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Larry Sweetser</x:t>
   </x:si>
   <x:si>
     <x:t>5107030898</x:t>
   </x:si>
   <x:si>
     <x:t>This grant will be used to upgrade the existing infrastructure for the household hazardous waste facility but purchasing a new shed and a canopy structure to provide protection of the collection storage area.  Safety equipment will be purchased for the site as well as waste containers and containers for damaged lithium batteries.  Education and outreach materials will be prepared and distributed.  HAZWOPER training for staff will be conducted.</x:t>
   </x:si>
   <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Laguna Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Ashley Moran</x:t>
   </x:si>
   <x:si>
     <x:t>9494970338</x:t>
   </x:si>
   <x:si>
     <x:t>Reusable 1 lb. propane cylinders (reusables) are relatively new, the public doesn’t know about them. We want consumers to switch from single-use cylinders to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city. We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys.  The HHW education campaign will include multi-media utilizing existing campaign materials to promote source reduction of 1 lb. propane cylinders and other HHW, including fire extinguishers.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>Colusa County is applying for this grant to expand the current household hazardous waste program that provides universal waste and paint collection at the County transfer station.  The grant will provide funding for holding at least two one day collection events or until funds ae spent.  The last collection was in June, 27, 20202.  In addition, the funding will allow for the management of damaged lithium batteries.  Some personal protective equipment and hazardous waste containers will be provided. </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial Valley Resource Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Maricela Galarza</x:t>
   </x:si>
   <x:si>
     <x:t>7609960972</x:t>
   </x:si>
   <x:si>
     <x:t>The Imperial Valley Regional Resource Management Agency (IVRMA) is committed to enhancing hazardous household waste (HHW) collection across the Imperial County region by implementing a strategic initiative targeted at underserved communities, particularly senior, rural, and low-income residents. Currently, we operate three HHW collection facilities in Brawley, Calexico, and El Centro.
 The three facilities operate as follows:.
 •El Centro HHW Facility Residential Collection Program operates every Saturday from 8 am-12 pm free of charge for all residents in Imperial County. El Centro Facility also implements the Very Small Quantity Generator Program for businesses, providing the opportunity for businesses to dispose of HHW waste materials properly at a low cost. Mobile collection events are coordinated throughout the Imperial County cities/communities, this waste also gets transported to the El Centro HHW Facility the same day of the event. 
 •Brawley HHW Facility Residential Collection Program operates every other Sunday from 8 am-12 pm free of charge for all residents in Imperial County.
 •Calexico HHW Facility Residential Collection Program operates every other Sunday from 8 am-12 pm free of charge for all residents in the Imperial County.
 Approved costs of collection, transportation, and proper disposal are required and this grant funding would assist in paying the associated costs. 
 •Antifreeze
 •Batteries
 •Drain cleaners
 •Electronic wastes (e.g., TVs, computer monitors, cell phones)
 •Glue and adhesives
@@ -319,50 +304,65 @@
   </x:si>
   <x:si>
     <x:t>3102536456</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Culver City's Environmental Programs &amp; Operations (EPO) Division of the Department of Public Works intends to begin household hazardous waste (HHW) curbside collection program. EPO would contract with a vendor who specializes in HHW removal.  EPO would distribute a sign-up via the website, social media, and other forms of outreach. The sign-up will include a range of dates and will have a limit as negotiated with the vendor. After closing the sign-ups, the vendor will review and contact staff if there are any questions for the residents. Instructions will be disseminated to residents on the proper storage and placement of HHW. 
 In addition to a HHW curbside collection program, EPO will use grant funds for educational outreach. EPO has been developing an Augmented Reality character and these funds would expand this character into informing the public about hazardous waste.</x:t>
   </x:si>
   <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>Alameda County Waste Management Authority</x:t>
   </x:si>
   <x:si>
     <x:t> Nisha Patel</x:t>
   </x:si>
   <x:si>
     <x:t>5108916500</x:t>
   </x:si>
   <x:si>
     <x:t>Mai Andrews</x:t>
   </x:si>
   <x:si>
     <x:t>Alameda County Waste Management Authority is planning a first-of-its-kind solar panel reuse and recycling pilot. Building off the successes from prior HD solar projects, this pilot will replicate in an urban setting solar panel collection events, research, and outreach. With a growing community of early adopters, the County is seeing more solar panels in the waste stream, and opportunities for local reuse. For the non-working panels, recycling in accordance to DTSC's rules will be explored in a manner that send as little components as possible to the hazardous landfill and strive for a more circular solar panel recovery program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Scott Lanphier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5304580892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa County is applying for this grant to expand the current household hazardous waste program that provides universal waste and paint collection at the County transfer station.  The grant will provide funding for holding at least two one day collection events or until funds ae spent.  The last collection was in June, 27, 20202.  In addition, the funding will allow for the management of damaged lithium batteries.  Some personal protective equipment and hazardous waste containers will be provided. </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 17</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -497,51 +497,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3468df97466d4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd9d6cb6a5e9545f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdf23364a8da34a5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b4870b444554761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R55aa4e4e0fb14f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd00a9969766e439f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -853,189 +853,189 @@
     </x:row>
     <x:row ht="551.96240234375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.9599609375" customHeight="1" collapsed="0">
+    <x:row ht="2368.79931640625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>75862</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2368.80029296875" customHeight="1" collapsed="0">
+    <x:row ht="1299.40234375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1299.4013671875" customHeight="1" collapsed="0">
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row ht="402.4638671875" customHeight="1" collapsed="0">
+    <x:row ht="781.9365234375" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B20" s="8" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="G20" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+    </x:row>
+    <x:row ht="528.9453125" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9443359375" customHeight="1" collapsed="0">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.9599609375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>75862</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A23" s="10" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B23" s="10" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C23" s="10"/>
       <x:c r="D23" s="11" t="n">
         <x:v>1091200</x:v>
       </x:c>
       <x:c r="E23" s="10" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F23" s="10" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="10" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -1049,29 +1049,29 @@
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 18, 2026 7:25 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 4:01 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>