--- v7 (2026-03-08)
+++ v8 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86daa570100647d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d95e613fa634484" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R55aa4e4e0fb14f3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re10532679a1a4426"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Household Hazardous Waste Discretionary Grants (HD43)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -497,51 +497,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b4870b444554761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R55aa4e4e0fb14f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd00a9969766e439f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5be79c53ecb24b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re10532679a1a4426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9785935fcd1b464a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1049,29 +1049,29 @@
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 4:01 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:22 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>