--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,430 +1,430 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf36bad7545594671" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R570a0a062c784ca2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R25d00b42c3c349d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd9c273cb2ec6445a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Rubberized Pavement Grant Program (TRP17)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...20 lines deleted...]
-  <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Union City</x:t>
-[...5 lines deleted...]
-    <x:t>5106755303</x:t>
+    <x:t>City of Alameda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alan Ta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107477946</x:t>
   </x:si>
   <x:si>
     <x:t>Noel Davis</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Annual citywide street pavement rehabilitation project. Paving various street with a combination of chip and slurry seal. 75,000 square yards of rubberized chip seal will be used. Proposed construction start date 07/2025.</x:t>
-[...58 lines deleted...]
-    <x:t>The Project will place rubberized emulsion as part of the cape seal treatment on twenty-eight (28) local City streets.  The City plans to have construction start in Spring/Summer of 2025 utilizing 95,134 square yards of chip seal material.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded, the City of Alameda will use these grant funds to supplement the Pavement Management Program's resurfacing project for 2025 construction (Phase 43).  The City has tentatively selected 77,000 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top.  The City funding for this project is approximately $4M and the resurfacing project also includes other roadway treatments, such as concrete asphalt overlay, slurry seal, and asphalt concrete reconstruction.  Proposed construction start date is 04/2025.
+Award of these grant funds will help solidify/prioritize the 77,000 SY of rubberized cape/chip seal treatment over the other surface treatments.  This will in turn, allow the City to use more recycled material than originally planned.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Zachary Meisel</x:t>
   </x:si>
   <x:si>
     <x:t>5305387681</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The rubberized chip seal project will take place on the following road sections in Butte County:
 Durham Dayton Hwy: Midway to Dayton Road
 Midway: Hwy 162 to Butte Creek
 Richvale Hwy: L.M. 5.23 to Hwy 99
 Fruitvale Road: Midway to Colony Road
 Proposed Construction Start date: 06/2025
 Total Sq Yd of chip seal: 250,000 sq yd.</x:t>
   </x:si>
   <x:si>
+    <x:t>Colusa              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Colusa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ash Sadie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072176504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Colusa has invested $1.5M over the last four years to improve and maintain its roadways.  The City has a five year plan, with year one completed, to utilize Rubberized Asphalt products to protect its roadways with a PCI of 60 or lower.  The funding in this grant request will be utilized for our Phase 2, encompassing over 160,000 square yards of Chip Seal on road ways within the City of Colusa. Proposed construction start date is 06/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sang Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Project will place rubberized emulsion as part of the cape seal treatment on twenty-eight (28) local City streets.  The City plans to have construction start in Spring/Summer of 2025 utilizing 95,134 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Encinitas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Badr Suleiman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609432291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The FY 2024-25 Annual Pavement Rehabilitation Project (CS25A) is a citywide maintenance and rehabilitation project that involves addressing various distressed streets in a comprehensive manner, through slurry seal and overlay, to maintain a fair overall level of road serviceability while extending the useful life of our public streets in a cost-effective manner. 6,631 tons of hot-mix asphalt will be used to overlay a one (1) mile segment of Leucadia Blvd, a main East/West arterial road in the City of Encinitas, which connects Interstate-5 with the historic Coast Hwy 101 and the El Camino Real corridor. This project is anticipated to begin construction in April 2025 and be completed by Summer 2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Glendora</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maliha Ansari</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269148294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HRMA for pavement resurfacing. There are two proposed projects.
+Proposed Project 1 - FY 2024-25 Grind and Overlay Streets
+The proposed project will resurface approximately 62,000 sf with 2-inch rubberized asphalt hot-mix.  Construction is expected to start in March 2025. The total tonnage of rubberized asphalt hot-mix is estimated at 750 tons.  The requested grant amount is 750*10 = $7,500.
+Proposed Project 2 - Colado Avenue and Et. Al - east of Glendora and south of Route 66
+The proposed project will resurface approximately 250,000 sf with 1.5-inch rubberized asphalt hot-mix over 1.5-inch conventional hot-mix asphalt.  Construction is expected to start in December 2026. The total tonnage of rubberized asphalt hot-mix is estimated at 2,550 tons.  The requested grant amount is 2550*10 = $25,500.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Hermosa Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Magvern By</x:t>
   </x:si>
   <x:si>
     <x:t>3103180257</x:t>
   </x:si>
   <x:si>
     <x:t>Proposed Construction Dates: 02/2025 - 08/2025
 5,000 tons of RAC hot-mix</x:t>
   </x:si>
   <x:si>
-    <x:t>Monterey            </x:t>
-[...38 lines deleted...]
-    <x:t>City of San Gabriel’s upcoming Annual Streets Program, FY25/26 intends to utilize an application of 1.70” ARHM. 25,000 tons of RAC hot-mix will be applied and cover approximate 270,453 square yard of roadway within the City. The Annual Street Program will perform rehabilitation work on streets identified through field investigation, citizen input, and the City’s Pavement Management Program within San Gabriel city limits. City plans to advertise the project in March 2025, with project award in June 2025, and to start the construction in July 2025.</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Octavio Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098646861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will grind and overlay various streets citywide with 5,000 lbs. rubberized hot mix asphalt as part of the pavement management program. Streets include Cunningham, McKinley, Union and Elmwood.  Proposed construction start date is 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Muriel Holloway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099665356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County will construct East Whitlock Road and Darrah Road with Rubberized Chip Seal with Construction estimated start date of 07/2025. The total square yards of rubberized chip seal that will be used 7.417 mi 25 ft wide =108,000 SY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oxnard</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Humel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052712231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will use a total of 35,714 tons of RAC hot mix at the locations specified in the Project Summary and Calculation sheet. The proposed construction date is 03/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Miguel Lucero</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Pico Rivera proposes to complete Road Resurfacing Projects citywide within the next two years, totaling up to 25,000 tons of Rubberized Hot Mix Asphalt.  The anticipated start date is January 2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Richmond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Dan Santos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106206645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 2025 Cape Seal Project.  The project includes application of rubberized chip seals with slurry seal on top though out the city of Richmond with approximately 182,000 SY of treatment area.  If awarded, the City of Richmond will use these grant funds to supplement the 2025 Cape Seal Project.  The estimated cost for this project is $3.1M and also includes other roadway treatments such slurry, and base repairs.  Construction Start Date is expected 08/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Roseville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Joe Arino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167745560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In Roseville, resurfacing of Junction Blvd from Washington Blvd to Foothills Blvd and Fairway Dr from Blue Oaks Blvd to Stanford Ranch Rd. Construction is anticipated to begin in 07/2025 and finish by 10/2026. There is approximately a total of 100,000 yards of rubberized chip seal that will be used.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Esmeralda Cruz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058038775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Santa Barbara's (County) Road Maintenance Annual Plan (RdMAP) includes annual pavement rehabilitation, pavement preservation and preventive maintenance projects. For FY 24/25 the County will resurface an estimated 50 lane miles of residential, collector, and arterial streets throughout the unincorporated areas of the County of Santa Barbara. The FY 24/25 North/Central and South County Pavement Rehabilitation projects will utilize the combined amount of 5,029 tons of rubberized hot mix asphalt. The FY 24/25 Countywide Pavement Preservation and Preventive Maintenance project will utilize 221,550 square yards of rubberized asphalt chip and cape seal. The South County pavement Rehabilitation project earliest proposed construction start date is 03/2025 and proposed construction dates are between 03/2025 to 04/2025. For the North and Central County pavement Rehabilitation project earliest proposed construction start date is 04/2025 and proposed construction dates are between 04/2025 to 06/2025. The Countywide Pavement Preservation and Preventive Maintenance project earliest proposed construction start date is 06/2025 and proposed construction dates are between 06/2025 to 07/2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Santa Clara</x:t>
   </x:si>
   <x:si>
     <x:t> Vincent Luchessi</x:t>
   </x:si>
   <x:si>
     <x:t>4086153012</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant is proposed for three (3) public works construction projects to perform public street resurfacing with rubberized hot-mix asphalt.  The first project entitled Lafayette Street Class IV Bikeway and Pavement Rehabilitation proposes use of 7,600 tons of rubberized hot-mix asphalt and proposed construction dates (04/2025 to 10/2025).  The second project entitled 2025 Annual Street Pavement Maintenance and Rehabilitation Project proposes use of 6,000 tons of rubberized hot-mix asphalt and proposed construction dates (04/2025 to 10/2025).  The third project entitled 2026 Annual Street Pavement Maintenance and Rehabilitation Project proposes use of 4,257.14 tons of rubberized hot-mix asphalt and proposed construction dates (04/2026 to 10/2026).
  </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Alameda</x:t>
-[...56 lines deleted...]
-  <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Bryce Bondi</x:t>
   </x:si>
   <x:si>
     <x:t>2095254110</x:t>
   </x:si>
   <x:si>
     <x:t>The Stanislaus County Department of Public Works has an upcoming roadway maintenance project called Urban Pavement Preservation Phase H that proposes asphalt rubber chip seal application to treat existing pavement. The project proposes applying approximately 130,000 square yards of asphalt-rubber chip seal.
 The Phase H Urban Pavement Preservation Project (UPP) includes application of slurry seal, asphalt rubber chip seal, microsurfacing, and other methods of pavement preservation on local roadway in the unincorporated County areas of West Modesto, Ceres, Grayson, and Westley. The Phase H UPP Project will include treatment of about 250,000 square yards of roadway. Of the 250,000 square yards, approximately 130,000 square yards will be treated with an asphalt rubber chip seal. Construction is expected to begin as early as May, 2025, and should be completed before October, 2025.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...69 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 2025 Cape Seal Project.  The project includes application of rubberized chip seals with slurry seal on top though out the city of Richmond with approximately 182,000 SY of treatment area.  If awarded, the City of Richmond will use these grant funds to supplement the 2025 Cape Seal Project.  The estimated cost for this project is $3.1M and also includes other roadway treatments such slurry, and base repairs.  Construction Start Date is expected 08/2025.</x:t>
+    <x:t>City of Union City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eddie Yu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106755303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Annual citywide street pavement rehabilitation project. Paving various street with a combination of chip and slurry seal. 75,000 square yards of rubberized chip seal will be used. Proposed construction start date 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Luis Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308227400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The county will be executing a road overlay project in the future where there will be a total of eleven roads. We are looking to use rubberized asphalt concrete hot mix as material for our road overlay. We are aiming to start around 06/2025 and finish 09/2025 and expect to cover about 7,352 tons of rubberized asphalt concrete.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tulare</x:t>
+  </x:si>
+  <x:si>
+    <x:t> April Luttrell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596844289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Tulare is proposing three road preservation projects consisting of 64,073 square yards of rubberized chip seal (followed by a slurry seal). The three projects are located in varying areas within Tulare and will begin with the areas of highest need. The City of Tulare is considered a Disadvantaged Community based upon the citywide median household income being less than 80% of the California median household income. The median household income for California is $85,300 whereas the median household income for Tulare is $65,933.
+Earliest proposed construction start date: 03/2025
+Construction Dates: 03/2025 to 06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>City of Goleta</x:t>
   </x:si>
   <x:si>
     <x:t> Javier  Garcia</x:t>
   </x:si>
   <x:si>
     <x:t>8055625506</x:t>
   </x:si>
   <x:si>
     <x:t>The proposed project description is annual pavement maintenance on City roads. 
 •proposed construction date is between 05/2025 to 10/2025
 • The total square yards of rubberized chip seal that will be used is 250,000 Square Yards</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Salinas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Sanchez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317587904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Salinas is planning to use this grant amount to repair one of our most used streets. We are planning on doing a 4” patch and repair on 25% of East and West Laurel Drive with an additional 2” thick overlay on all East and West Laurel Drive. We are planning on starting construction for this project in May 2025 and are planning to finish August 2025. The total amount of tons we will be using if 13,613 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dublin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laurie Sucgang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258336630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded, the City of Dublin will use these grant funds to supplement the Annual Street Resurfacing Project - CIP No. ST0117 for 2025 (proposed construction date from 07/2025 to 12/2025). The City has tentatively selected 103,324 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top. 
+Total of 103,324 sy of rubberized chip seal will be used in this project with proposed construction start date of 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Charles Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263082825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel’s upcoming Annual Streets Program, FY25/26 intends to utilize an application of 1.70” ARHM. 25,000 tons of RAC hot-mix will be applied and cover approximate 270,453 square yard of roadway within the City. The Annual Street Program will perform rehabilitation work on streets identified through field investigation, citizen input, and the City’s Pavement Management Program within San Gabriel city limits. City plans to advertise the project in March 2025, with project award in June 2025, and to start the construction in July 2025.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 23</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -559,51 +559,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f829b6a0844877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R25d00b42c3c349d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R18ae77662f324031" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc570fc4c9e94d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd9c273cb2ec6445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R72eed2758aa74f64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -651,603 +651,603 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
+    <x:row ht="793.4456787109375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>33000</x:v>
+        <x:v>77000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47247314453125" customHeight="1" collapsed="0">
+    <x:row ht="390.95428466796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="471.458251953125" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>162016</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
+    <x:row ht="206.9859619140625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>64073</x:v>
+        <x:v>95134</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+    <x:row ht="632.4376220703125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>249998</x:v>
+        <x:v>92834</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="747.439453125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>95134</x:v>
+        <x:v>33000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="68.995361328125" customHeight="1" collapsed="0">
+    <x:row ht="298.970458984375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>35000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>108000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>147040</x:v>
+        <x:v>249998</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.949462890625" customHeight="1" collapsed="0">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.936767578125" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>182000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.4462890625" customHeight="1" collapsed="0">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>77000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4375" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1115.404296875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>92834</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="1115.40478515625" customHeight="1" collapsed="0">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.45849609375" customHeight="1" collapsed="0">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.4228515625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>162016</x:v>
+        <x:v>130000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.42333984375" customHeight="1" collapsed="0">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47314453125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>130000</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>35000</x:v>
+        <x:v>147040</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.4482421875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>103324</x:v>
+        <x:v>64073</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>101</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.494140625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>108000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>182000</x:v>
+        <x:v>103324</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
-    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="10"/>
       <x:c r="D29" s="11" t="n">
         <x:v>3454419</x:v>
       </x:c>
       <x:c r="E29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1261,29 +1261,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 1:17 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 1:32 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>