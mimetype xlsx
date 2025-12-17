--- v1 (2025-12-16)
+++ v2 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R570a0a062c784ca2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995e0068b3884ec4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd9c273cb2ec6445a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfa66333ffc424f84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Rubberized Pavement Grant Program (TRP17)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -559,51 +559,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc570fc4c9e94d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd9c273cb2ec6445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R72eed2758aa74f64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfa1ff465d7b41ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa66333ffc424f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66535c095e0e4d42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1261,29 +1261,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 1:32 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:53 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>