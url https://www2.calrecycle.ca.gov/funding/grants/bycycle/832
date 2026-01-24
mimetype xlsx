--- v2 (2025-12-17)
+++ v3 (2026-01-24)
@@ -1,430 +1,430 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995e0068b3884ec4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b77dfa1051a4342" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfa66333ffc424f84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc8488dc3ae2545ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Rubberized Pavement Grant Program (TRP17)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Glendora</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maliha Ansari</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269148294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HRMA for pavement resurfacing. There are two proposed projects.
+Proposed Project 1 - FY 2024-25 Grind and Overlay Streets
+The proposed project will resurface approximately 62,000 sf with 2-inch rubberized asphalt hot-mix.  Construction is expected to start in March 2025. The total tonnage of rubberized asphalt hot-mix is estimated at 750 tons.  The requested grant amount is 750*10 = $7,500.
+Proposed Project 2 - Colado Avenue and Et. Al - east of Glendora and south of Route 66
+The proposed project will resurface approximately 250,000 sf with 1.5-inch rubberized asphalt hot-mix over 1.5-inch conventional hot-mix asphalt.  Construction is expected to start in December 2026. The total tonnage of rubberized asphalt hot-mix is estimated at 2,550 tons.  The requested grant amount is 2550*10 = $25,500.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Alameda</x:t>
-[...5 lines deleted...]
-    <x:t>5107477946</x:t>
+    <x:t>City of Union City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eddie Yu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106755303</x:t>
   </x:si>
   <x:si>
     <x:t>Noel Davis</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded, the City of Alameda will use these grant funds to supplement the Pavement Management Program's resurfacing project for 2025 construction (Phase 43).  The City has tentatively selected 77,000 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top.  The City funding for this project is approximately $4M and the resurfacing project also includes other roadway treatments, such as concrete asphalt overlay, slurry seal, and asphalt concrete reconstruction.  Proposed construction start date is 04/2025.
-Award of these grant funds will help solidify/prioritize the 77,000 SY of rubberized cape/chip seal treatment over the other surface treatments.  This will in turn, allow the City to use more recycled material than originally planned.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Annual citywide street pavement rehabilitation project. Paving various street with a combination of chip and slurry seal. 75,000 square yards of rubberized chip seal will be used. Proposed construction start date 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Miguel Lucero</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Pico Rivera proposes to complete Road Resurfacing Projects citywide within the next two years, totaling up to 25,000 tons of Rubberized Hot Mix Asphalt.  The anticipated start date is January 2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tulare</x:t>
+  </x:si>
+  <x:si>
+    <x:t> April Luttrell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596844289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Tulare is proposing three road preservation projects consisting of 64,073 square yards of rubberized chip seal (followed by a slurry seal). The three projects are located in varying areas within Tulare and will begin with the areas of highest need. The City of Tulare is considered a Disadvantaged Community based upon the citywide median household income being less than 80% of the California median household income. The median household income for California is $85,300 whereas the median household income for Tulare is $65,933.
+Earliest proposed construction start date: 03/2025
+Construction Dates: 03/2025 to 06/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oxnard</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Humel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052712231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will use a total of 35,714 tons of RAC hot mix at the locations specified in the Project Summary and Calculation sheet. The proposed construction date is 03/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sang Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Project will place rubberized emulsion as part of the cape seal treatment on twenty-eight (28) local City streets.  The City plans to have construction start in Spring/Summer of 2025 utilizing 95,134 square yards of chip seal material.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Zachary Meisel</x:t>
   </x:si>
   <x:si>
     <x:t>5305387681</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The rubberized chip seal project will take place on the following road sections in Butte County:
 Durham Dayton Hwy: Midway to Dayton Road
 Midway: Hwy 162 to Butte Creek
 Richvale Hwy: L.M. 5.23 to Hwy 99
 Fruitvale Road: Midway to Colony Road
 Proposed Construction Start date: 06/2025
 Total Sq Yd of chip seal: 250,000 sq yd.</x:t>
   </x:si>
   <x:si>
-    <x:t>Colusa              </x:t>
-[...65 lines deleted...]
-  <x:si>
     <x:t>City of Hermosa Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Magvern By</x:t>
   </x:si>
   <x:si>
     <x:t>3103180257</x:t>
   </x:si>
   <x:si>
     <x:t>Proposed Construction Dates: 02/2025 - 08/2025
 5,000 tons of RAC hot-mix</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...98 lines deleted...]
-    <x:t>The County of Santa Barbara's (County) Road Maintenance Annual Plan (RdMAP) includes annual pavement rehabilitation, pavement preservation and preventive maintenance projects. For FY 24/25 the County will resurface an estimated 50 lane miles of residential, collector, and arterial streets throughout the unincorporated areas of the County of Santa Barbara. The FY 24/25 North/Central and South County Pavement Rehabilitation projects will utilize the combined amount of 5,029 tons of rubberized hot mix asphalt. The FY 24/25 Countywide Pavement Preservation and Preventive Maintenance project will utilize 221,550 square yards of rubberized asphalt chip and cape seal. The South County pavement Rehabilitation project earliest proposed construction start date is 03/2025 and proposed construction dates are between 03/2025 to 04/2025. For the North and Central County pavement Rehabilitation project earliest proposed construction start date is 04/2025 and proposed construction dates are between 04/2025 to 06/2025. The Countywide Pavement Preservation and Preventive Maintenance project earliest proposed construction start date is 06/2025 and proposed construction dates are between 06/2025 to 07/2025.</x:t>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Salinas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Sanchez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317587904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Salinas is planning to use this grant amount to repair one of our most used streets. We are planning on doing a 4” patch and repair on 25% of East and West Laurel Drive with an additional 2” thick overlay on all East and West Laurel Drive. We are planning on starting construction for this project in May 2025 and are planning to finish August 2025. The total amount of tons we will be using if 13,613 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Luis Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308227400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The county will be executing a road overlay project in the future where there will be a total of eleven roads. We are looking to use rubberized asphalt concrete hot mix as material for our road overlay. We are aiming to start around 06/2025 and finish 09/2025 and expect to cover about 7,352 tons of rubberized asphalt concrete.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Charles Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263082825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel’s upcoming Annual Streets Program, FY25/26 intends to utilize an application of 1.70” ARHM. 25,000 tons of RAC hot-mix will be applied and cover approximate 270,453 square yard of roadway within the City. The Annual Street Program will perform rehabilitation work on streets identified through field investigation, citizen input, and the City’s Pavement Management Program within San Gabriel city limits. City plans to advertise the project in March 2025, with project award in June 2025, and to start the construction in July 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Santa Clara</x:t>
   </x:si>
   <x:si>
     <x:t> Vincent Luchessi</x:t>
   </x:si>
   <x:si>
     <x:t>4086153012</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant is proposed for three (3) public works construction projects to perform public street resurfacing with rubberized hot-mix asphalt.  The first project entitled Lafayette Street Class IV Bikeway and Pavement Rehabilitation proposes use of 7,600 tons of rubberized hot-mix asphalt and proposed construction dates (04/2025 to 10/2025).  The second project entitled 2025 Annual Street Pavement Maintenance and Rehabilitation Project proposes use of 6,000 tons of rubberized hot-mix asphalt and proposed construction dates (04/2025 to 10/2025).  The third project entitled 2026 Annual Street Pavement Maintenance and Rehabilitation Project proposes use of 4,257.14 tons of rubberized hot-mix asphalt and proposed construction dates (04/2026 to 10/2026).
  </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Alameda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alan Ta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107477946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded, the City of Alameda will use these grant funds to supplement the Pavement Management Program's resurfacing project for 2025 construction (Phase 43).  The City has tentatively selected 77,000 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top.  The City funding for this project is approximately $4M and the resurfacing project also includes other roadway treatments, such as concrete asphalt overlay, slurry seal, and asphalt concrete reconstruction.  Proposed construction start date is 04/2025.
+Award of these grant funds will help solidify/prioritize the 77,000 SY of rubberized cape/chip seal treatment over the other surface treatments.  This will in turn, allow the City to use more recycled material than originally planned.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Encinitas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Badr Suleiman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609432291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The FY 2024-25 Annual Pavement Rehabilitation Project (CS25A) is a citywide maintenance and rehabilitation project that involves addressing various distressed streets in a comprehensive manner, through slurry seal and overlay, to maintain a fair overall level of road serviceability while extending the useful life of our public streets in a cost-effective manner. 6,631 tons of hot-mix asphalt will be used to overlay a one (1) mile segment of Leucadia Blvd, a main East/West arterial road in the City of Encinitas, which connects Interstate-5 with the historic Coast Hwy 101 and the El Camino Real corridor. This project is anticipated to begin construction in April 2025 and be completed by Summer 2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Esmeralda Cruz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058038775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Santa Barbara's (County) Road Maintenance Annual Plan (RdMAP) includes annual pavement rehabilitation, pavement preservation and preventive maintenance projects. For FY 24/25 the County will resurface an estimated 50 lane miles of residential, collector, and arterial streets throughout the unincorporated areas of the County of Santa Barbara. The FY 24/25 North/Central and South County Pavement Rehabilitation projects will utilize the combined amount of 5,029 tons of rubberized hot mix asphalt. The FY 24/25 Countywide Pavement Preservation and Preventive Maintenance project will utilize 221,550 square yards of rubberized asphalt chip and cape seal. The South County pavement Rehabilitation project earliest proposed construction start date is 03/2025 and proposed construction dates are between 03/2025 to 04/2025. For the North and Central County pavement Rehabilitation project earliest proposed construction start date is 04/2025 and proposed construction dates are between 04/2025 to 06/2025. The Countywide Pavement Preservation and Preventive Maintenance project earliest proposed construction start date is 06/2025 and proposed construction dates are between 06/2025 to 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Colusa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ash Sadie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072176504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Colusa has invested $1.5M over the last four years to improve and maintain its roadways.  The City has a five year plan, with year one completed, to utilize Rubberized Asphalt products to protect its roadways with a PCI of 60 or lower.  The funding in this grant request will be utilized for our Phase 2, encompassing over 160,000 square yards of Chip Seal on road ways within the City of Colusa. Proposed construction start date is 06/2025.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Bryce Bondi</x:t>
   </x:si>
   <x:si>
     <x:t>2095254110</x:t>
   </x:si>
   <x:si>
     <x:t>The Stanislaus County Department of Public Works has an upcoming roadway maintenance project called Urban Pavement Preservation Phase H that proposes asphalt rubber chip seal application to treat existing pavement. The project proposes applying approximately 130,000 square yards of asphalt-rubber chip seal.
 The Phase H Urban Pavement Preservation Project (UPP) includes application of slurry seal, asphalt rubber chip seal, microsurfacing, and other methods of pavement preservation on local roadway in the unincorporated County areas of West Modesto, Ceres, Grayson, and Westley. The Phase H UPP Project will include treatment of about 250,000 square yards of roadway. Of the 250,000 square yards, approximately 130,000 square yards will be treated with an asphalt rubber chip seal. Construction is expected to begin as early as May, 2025, and should be completed before October, 2025.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Union City</x:t>
-[...40 lines deleted...]
-Construction Dates: 03/2025 to 06/2025</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Octavio Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098646861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will grind and overlay various streets citywide with 5,000 lbs. rubberized hot mix asphalt as part of the pavement management program. Streets include Cunningham, McKinley, Union and Elmwood.  Proposed construction start date is 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dublin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laurie Sucgang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258336630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded, the City of Dublin will use these grant funds to supplement the Annual Street Resurfacing Project - CIP No. ST0117 for 2025 (proposed construction date from 07/2025 to 12/2025). The City has tentatively selected 103,324 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top. 
+Total of 103,324 sy of rubberized chip seal will be used in this project with proposed construction start date of 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Muriel Holloway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099665356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County will construct East Whitlock Road and Darrah Road with Rubberized Chip Seal with Construction estimated start date of 07/2025. The total square yards of rubberized chip seal that will be used 7.417 mi 25 ft wide =108,000 SY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Roseville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Joe Arino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167745560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In Roseville, resurfacing of Junction Blvd from Washington Blvd to Foothills Blvd and Fairway Dr from Blue Oaks Blvd to Stanford Ranch Rd. Construction is anticipated to begin in 07/2025 and finish by 10/2026. There is approximately a total of 100,000 yards of rubberized chip seal that will be used.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Richmond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Dan Santos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106206645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 2025 Cape Seal Project.  The project includes application of rubberized chip seals with slurry seal on top though out the city of Richmond with approximately 182,000 SY of treatment area.  If awarded, the City of Richmond will use these grant funds to supplement the 2025 Cape Seal Project.  The estimated cost for this project is $3.1M and also includes other roadway treatments such slurry, and base repairs.  Construction Start Date is expected 08/2025.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Goleta</x:t>
   </x:si>
   <x:si>
     <x:t> Javier  Garcia</x:t>
   </x:si>
   <x:si>
     <x:t>8055625506</x:t>
   </x:si>
   <x:si>
     <x:t>The proposed project description is annual pavement maintenance on City roads. 
 •proposed construction date is between 05/2025 to 10/2025
 • The total square yards of rubberized chip seal that will be used is 250,000 Square Yards</x:t>
-  </x:si>
-[...38 lines deleted...]
-    <x:t>City of San Gabriel’s upcoming Annual Streets Program, FY25/26 intends to utilize an application of 1.70” ARHM. 25,000 tons of RAC hot-mix will be applied and cover approximate 270,453 square yard of roadway within the City. The Annual Street Program will perform rehabilitation work on streets identified through field investigation, citizen input, and the City’s Pavement Management Program within San Gabriel city limits. City plans to advertise the project in March 2025, with project award in June 2025, and to start the construction in July 2025.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 23</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -559,51 +559,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfa1ff465d7b41ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa66333ffc424f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66535c095e0e4d42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa4ae92af8144858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc8488dc3ae2545ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra32feffb339f4343" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -651,603 +651,603 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="793.4456787109375" customHeight="1" collapsed="0">
+    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>77000</x:v>
+        <x:v>33000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.95428466796875" customHeight="1" collapsed="0">
+    <x:row ht="264.47247314453125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.458251953125" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>162016</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="206.9859619140625" customHeight="1" collapsed="0">
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>95134</x:v>
+        <x:v>64073</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.4376220703125" customHeight="1" collapsed="0">
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>92834</x:v>
+        <x:v>249998</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>33000</x:v>
+        <x:v>95134</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.970458984375" customHeight="1" collapsed="0">
+    <x:row ht="68.995361328125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>35000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>108000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>249998</x:v>
+        <x:v>147040</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="459.949462890625" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="781.936767578125" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>182000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="793.4462890625" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B18" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>77000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G18" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+      <x:c r="B19" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>92834</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+    </x:row>
+    <x:row ht="1115.40478515625" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.45849609375" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>130000</x:v>
+        <x:v>162016</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+    </x:row>
+    <x:row ht="839.42333984375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+      <x:c r="B22" s="8" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>130000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A23" s="8" t="s">
+      <x:c r="B23" s="8" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>147040</x:v>
+        <x:v>35000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B24" s="8" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>64073</x:v>
+        <x:v>103324</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G24" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+    </x:row>
+    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+      <x:c r="B25" s="8" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>108000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A26" s="8" t="s">
+      <x:c r="B26" s="8" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+      <x:c r="G26" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>103324</x:v>
+        <x:v>182000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="10"/>
       <x:c r="D29" s="11" t="n">
         <x:v>3454419</x:v>
       </x:c>
       <x:c r="E29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1261,29 +1261,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:53 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 24, 2026 3:31 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>