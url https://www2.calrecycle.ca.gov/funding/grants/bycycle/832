--- v3 (2026-01-24)
+++ v4 (2026-02-20)
@@ -1,430 +1,430 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b77dfa1051a4342" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474a68b29b374a85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc8488dc3ae2545ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Red7cd0aea9fa4dc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Rubberized Pavement Grant Program (TRP17)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...20 lines deleted...]
-  <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Union City</x:t>
-[...5 lines deleted...]
-    <x:t>5106755303</x:t>
+    <x:t>City of Alameda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alan Ta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107477946</x:t>
   </x:si>
   <x:si>
     <x:t>Noel Davis</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Annual citywide street pavement rehabilitation project. Paving various street with a combination of chip and slurry seal. 75,000 square yards of rubberized chip seal will be used. Proposed construction start date 07/2025.</x:t>
-[...58 lines deleted...]
-    <x:t>The Project will place rubberized emulsion as part of the cape seal treatment on twenty-eight (28) local City streets.  The City plans to have construction start in Spring/Summer of 2025 utilizing 95,134 square yards of chip seal material.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded, the City of Alameda will use these grant funds to supplement the Pavement Management Program's resurfacing project for 2025 construction (Phase 43).  The City has tentatively selected 77,000 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top.  The City funding for this project is approximately $4M and the resurfacing project also includes other roadway treatments, such as concrete asphalt overlay, slurry seal, and asphalt concrete reconstruction.  Proposed construction start date is 04/2025.
+Award of these grant funds will help solidify/prioritize the 77,000 SY of rubberized cape/chip seal treatment over the other surface treatments.  This will in turn, allow the City to use more recycled material than originally planned.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Zachary Meisel</x:t>
   </x:si>
   <x:si>
     <x:t>5305387681</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The rubberized chip seal project will take place on the following road sections in Butte County:
 Durham Dayton Hwy: Midway to Dayton Road
 Midway: Hwy 162 to Butte Creek
 Richvale Hwy: L.M. 5.23 to Hwy 99
 Fruitvale Road: Midway to Colony Road
 Proposed Construction Start date: 06/2025
 Total Sq Yd of chip seal: 250,000 sq yd.</x:t>
   </x:si>
   <x:si>
+    <x:t>Colusa              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Colusa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ash Sadie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072176504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Colusa has invested $1.5M over the last four years to improve and maintain its roadways.  The City has a five year plan, with year one completed, to utilize Rubberized Asphalt products to protect its roadways with a PCI of 60 or lower.  The funding in this grant request will be utilized for our Phase 2, encompassing over 160,000 square yards of Chip Seal on road ways within the City of Colusa. Proposed construction start date is 06/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sang Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Project will place rubberized emulsion as part of the cape seal treatment on twenty-eight (28) local City streets.  The City plans to have construction start in Spring/Summer of 2025 utilizing 95,134 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Encinitas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Badr Suleiman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609432291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The FY 2024-25 Annual Pavement Rehabilitation Project (CS25A) is a citywide maintenance and rehabilitation project that involves addressing various distressed streets in a comprehensive manner, through slurry seal and overlay, to maintain a fair overall level of road serviceability while extending the useful life of our public streets in a cost-effective manner. 6,631 tons of hot-mix asphalt will be used to overlay a one (1) mile segment of Leucadia Blvd, a main East/West arterial road in the City of Encinitas, which connects Interstate-5 with the historic Coast Hwy 101 and the El Camino Real corridor. This project is anticipated to begin construction in April 2025 and be completed by Summer 2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Glendora</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maliha Ansari</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269148294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HRMA for pavement resurfacing. There are two proposed projects.
+Proposed Project 1 - FY 2024-25 Grind and Overlay Streets
+The proposed project will resurface approximately 62,000 sf with 2-inch rubberized asphalt hot-mix.  Construction is expected to start in March 2025. The total tonnage of rubberized asphalt hot-mix is estimated at 750 tons.  The requested grant amount is 750*10 = $7,500.
+Proposed Project 2 - Colado Avenue and Et. Al - east of Glendora and south of Route 66
+The proposed project will resurface approximately 250,000 sf with 1.5-inch rubberized asphalt hot-mix over 1.5-inch conventional hot-mix asphalt.  Construction is expected to start in December 2026. The total tonnage of rubberized asphalt hot-mix is estimated at 2,550 tons.  The requested grant amount is 2550*10 = $25,500.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Hermosa Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Magvern By</x:t>
   </x:si>
   <x:si>
     <x:t>3103180257</x:t>
   </x:si>
   <x:si>
     <x:t>Proposed Construction Dates: 02/2025 - 08/2025
 5,000 tons of RAC hot-mix</x:t>
   </x:si>
   <x:si>
-    <x:t>Monterey            </x:t>
-[...38 lines deleted...]
-    <x:t>City of San Gabriel’s upcoming Annual Streets Program, FY25/26 intends to utilize an application of 1.70” ARHM. 25,000 tons of RAC hot-mix will be applied and cover approximate 270,453 square yard of roadway within the City. The Annual Street Program will perform rehabilitation work on streets identified through field investigation, citizen input, and the City’s Pavement Management Program within San Gabriel city limits. City plans to advertise the project in March 2025, with project award in June 2025, and to start the construction in July 2025.</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Octavio Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098646861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will grind and overlay various streets citywide with 5,000 lbs. rubberized hot mix asphalt as part of the pavement management program. Streets include Cunningham, McKinley, Union and Elmwood.  Proposed construction start date is 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Muriel Holloway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099665356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County will construct East Whitlock Road and Darrah Road with Rubberized Chip Seal with Construction estimated start date of 07/2025. The total square yards of rubberized chip seal that will be used 7.417 mi 25 ft wide =108,000 SY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oxnard</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Humel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052712231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will use a total of 35,714 tons of RAC hot mix at the locations specified in the Project Summary and Calculation sheet. The proposed construction date is 03/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Miguel Lucero</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Pico Rivera proposes to complete Road Resurfacing Projects citywide within the next two years, totaling up to 25,000 tons of Rubberized Hot Mix Asphalt.  The anticipated start date is January 2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Richmond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Dan Santos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106206645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 2025 Cape Seal Project.  The project includes application of rubberized chip seals with slurry seal on top though out the city of Richmond with approximately 182,000 SY of treatment area.  If awarded, the City of Richmond will use these grant funds to supplement the 2025 Cape Seal Project.  The estimated cost for this project is $3.1M and also includes other roadway treatments such slurry, and base repairs.  Construction Start Date is expected 08/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Roseville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Joe Arino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167745560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In Roseville, resurfacing of Junction Blvd from Washington Blvd to Foothills Blvd and Fairway Dr from Blue Oaks Blvd to Stanford Ranch Rd. Construction is anticipated to begin in 07/2025 and finish by 10/2026. There is approximately a total of 100,000 yards of rubberized chip seal that will be used.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Esmeralda Cruz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058038775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Santa Barbara's (County) Road Maintenance Annual Plan (RdMAP) includes annual pavement rehabilitation, pavement preservation and preventive maintenance projects. For FY 24/25 the County will resurface an estimated 50 lane miles of residential, collector, and arterial streets throughout the unincorporated areas of the County of Santa Barbara. The FY 24/25 North/Central and South County Pavement Rehabilitation projects will utilize the combined amount of 5,029 tons of rubberized hot mix asphalt. The FY 24/25 Countywide Pavement Preservation and Preventive Maintenance project will utilize 221,550 square yards of rubberized asphalt chip and cape seal. The South County pavement Rehabilitation project earliest proposed construction start date is 03/2025 and proposed construction dates are between 03/2025 to 04/2025. For the North and Central County pavement Rehabilitation project earliest proposed construction start date is 04/2025 and proposed construction dates are between 04/2025 to 06/2025. The Countywide Pavement Preservation and Preventive Maintenance project earliest proposed construction start date is 06/2025 and proposed construction dates are between 06/2025 to 07/2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Santa Clara</x:t>
   </x:si>
   <x:si>
     <x:t> Vincent Luchessi</x:t>
   </x:si>
   <x:si>
     <x:t>4086153012</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant is proposed for three (3) public works construction projects to perform public street resurfacing with rubberized hot-mix asphalt.  The first project entitled Lafayette Street Class IV Bikeway and Pavement Rehabilitation proposes use of 7,600 tons of rubberized hot-mix asphalt and proposed construction dates (04/2025 to 10/2025).  The second project entitled 2025 Annual Street Pavement Maintenance and Rehabilitation Project proposes use of 6,000 tons of rubberized hot-mix asphalt and proposed construction dates (04/2025 to 10/2025).  The third project entitled 2026 Annual Street Pavement Maintenance and Rehabilitation Project proposes use of 4,257.14 tons of rubberized hot-mix asphalt and proposed construction dates (04/2026 to 10/2026).
  </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Alameda</x:t>
-[...56 lines deleted...]
-  <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Bryce Bondi</x:t>
   </x:si>
   <x:si>
     <x:t>2095254110</x:t>
   </x:si>
   <x:si>
     <x:t>The Stanislaus County Department of Public Works has an upcoming roadway maintenance project called Urban Pavement Preservation Phase H that proposes asphalt rubber chip seal application to treat existing pavement. The project proposes applying approximately 130,000 square yards of asphalt-rubber chip seal.
 The Phase H Urban Pavement Preservation Project (UPP) includes application of slurry seal, asphalt rubber chip seal, microsurfacing, and other methods of pavement preservation on local roadway in the unincorporated County areas of West Modesto, Ceres, Grayson, and Westley. The Phase H UPP Project will include treatment of about 250,000 square yards of roadway. Of the 250,000 square yards, approximately 130,000 square yards will be treated with an asphalt rubber chip seal. Construction is expected to begin as early as May, 2025, and should be completed before October, 2025.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...69 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 2025 Cape Seal Project.  The project includes application of rubberized chip seals with slurry seal on top though out the city of Richmond with approximately 182,000 SY of treatment area.  If awarded, the City of Richmond will use these grant funds to supplement the 2025 Cape Seal Project.  The estimated cost for this project is $3.1M and also includes other roadway treatments such slurry, and base repairs.  Construction Start Date is expected 08/2025.</x:t>
+    <x:t>City of Union City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eddie Yu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106755303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Annual citywide street pavement rehabilitation project. Paving various street with a combination of chip and slurry seal. 75,000 square yards of rubberized chip seal will be used. Proposed construction start date 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Luis Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308227400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The county will be executing a road overlay project in the future where there will be a total of eleven roads. We are looking to use rubberized asphalt concrete hot mix as material for our road overlay. We are aiming to start around 06/2025 and finish 09/2025 and expect to cover about 7,352 tons of rubberized asphalt concrete.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tulare</x:t>
+  </x:si>
+  <x:si>
+    <x:t> April Luttrell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596844289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Tulare is proposing three road preservation projects consisting of 64,073 square yards of rubberized chip seal (followed by a slurry seal). The three projects are located in varying areas within Tulare and will begin with the areas of highest need. The City of Tulare is considered a Disadvantaged Community based upon the citywide median household income being less than 80% of the California median household income. The median household income for California is $85,300 whereas the median household income for Tulare is $65,933.
+Earliest proposed construction start date: 03/2025
+Construction Dates: 03/2025 to 06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>City of Goleta</x:t>
   </x:si>
   <x:si>
     <x:t> Javier  Garcia</x:t>
   </x:si>
   <x:si>
     <x:t>8055625506</x:t>
   </x:si>
   <x:si>
     <x:t>The proposed project description is annual pavement maintenance on City roads. 
 •proposed construction date is between 05/2025 to 10/2025
 • The total square yards of rubberized chip seal that will be used is 250,000 Square Yards</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Salinas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Sanchez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317587904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Salinas is planning to use this grant amount to repair one of our most used streets. We are planning on doing a 4” patch and repair on 25% of East and West Laurel Drive with an additional 2” thick overlay on all East and West Laurel Drive. We are planning on starting construction for this project in May 2025 and are planning to finish August 2025. The total amount of tons we will be using if 13,613 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dublin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laurie Sucgang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258336630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded, the City of Dublin will use these grant funds to supplement the Annual Street Resurfacing Project - CIP No. ST0117 for 2025 (proposed construction date from 07/2025 to 12/2025). The City has tentatively selected 103,324 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top. 
+Total of 103,324 sy of rubberized chip seal will be used in this project with proposed construction start date of 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Charles Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263082825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel’s upcoming Annual Streets Program, FY25/26 intends to utilize an application of 1.70” ARHM. 25,000 tons of RAC hot-mix will be applied and cover approximate 270,453 square yard of roadway within the City. The Annual Street Program will perform rehabilitation work on streets identified through field investigation, citizen input, and the City’s Pavement Management Program within San Gabriel city limits. City plans to advertise the project in March 2025, with project award in June 2025, and to start the construction in July 2025.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 23</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -559,51 +559,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa4ae92af8144858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc8488dc3ae2545ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra32feffb339f4343" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7d5d1e9adb343e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red7cd0aea9fa4dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5922748c9aad4cab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -651,603 +651,603 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
+    <x:row ht="793.4456787109375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>33000</x:v>
+        <x:v>77000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47247314453125" customHeight="1" collapsed="0">
+    <x:row ht="390.95428466796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="471.458251953125" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>162016</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
+    <x:row ht="206.9859619140625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>64073</x:v>
+        <x:v>95134</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+    <x:row ht="632.4376220703125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>249998</x:v>
+        <x:v>92834</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="747.439453125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>95134</x:v>
+        <x:v>33000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="68.995361328125" customHeight="1" collapsed="0">
+    <x:row ht="298.970458984375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>35000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>108000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>147040</x:v>
+        <x:v>249998</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.949462890625" customHeight="1" collapsed="0">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.936767578125" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>182000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.4462890625" customHeight="1" collapsed="0">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>77000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4375" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1115.404296875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>92834</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="1115.40478515625" customHeight="1" collapsed="0">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.45849609375" customHeight="1" collapsed="0">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.4228515625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>162016</x:v>
+        <x:v>130000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.42333984375" customHeight="1" collapsed="0">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47314453125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>130000</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>35000</x:v>
+        <x:v>147040</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.4482421875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>103324</x:v>
+        <x:v>64073</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>101</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.494140625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>108000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>182000</x:v>
+        <x:v>103324</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
-    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="10"/>
       <x:c r="D29" s="11" t="n">
         <x:v>3454419</x:v>
       </x:c>
       <x:c r="E29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1261,29 +1261,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 24, 2026 3:31 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 20, 2026 2:40 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>