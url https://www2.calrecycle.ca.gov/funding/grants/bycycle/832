--- v4 (2026-02-20)
+++ v5 (2026-03-05)
@@ -1,430 +1,430 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474a68b29b374a85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf956df4bce0b4f93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Red7cd0aea9fa4dc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0cfd50553f5848df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Rubberized Pavement Grant Program (TRP17)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Glendora</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maliha Ansari</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269148294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HRMA for pavement resurfacing. There are two proposed projects.
+Proposed Project 1 - FY 2024-25 Grind and Overlay Streets
+The proposed project will resurface approximately 62,000 sf with 2-inch rubberized asphalt hot-mix.  Construction is expected to start in March 2025. The total tonnage of rubberized asphalt hot-mix is estimated at 750 tons.  The requested grant amount is 750*10 = $7,500.
+Proposed Project 2 - Colado Avenue and Et. Al - east of Glendora and south of Route 66
+The proposed project will resurface approximately 250,000 sf with 1.5-inch rubberized asphalt hot-mix over 1.5-inch conventional hot-mix asphalt.  Construction is expected to start in December 2026. The total tonnage of rubberized asphalt hot-mix is estimated at 2,550 tons.  The requested grant amount is 2550*10 = $25,500.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Alameda</x:t>
-[...5 lines deleted...]
-    <x:t>5107477946</x:t>
+    <x:t>City of Union City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eddie Yu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106755303</x:t>
   </x:si>
   <x:si>
     <x:t>Noel Davis</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded, the City of Alameda will use these grant funds to supplement the Pavement Management Program's resurfacing project for 2025 construction (Phase 43).  The City has tentatively selected 77,000 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top.  The City funding for this project is approximately $4M and the resurfacing project also includes other roadway treatments, such as concrete asphalt overlay, slurry seal, and asphalt concrete reconstruction.  Proposed construction start date is 04/2025.
-Award of these grant funds will help solidify/prioritize the 77,000 SY of rubberized cape/chip seal treatment over the other surface treatments.  This will in turn, allow the City to use more recycled material than originally planned.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Annual citywide street pavement rehabilitation project. Paving various street with a combination of chip and slurry seal. 75,000 square yards of rubberized chip seal will be used. Proposed construction start date 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Miguel Lucero</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Pico Rivera proposes to complete Road Resurfacing Projects citywide within the next two years, totaling up to 25,000 tons of Rubberized Hot Mix Asphalt.  The anticipated start date is January 2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tulare</x:t>
+  </x:si>
+  <x:si>
+    <x:t> April Luttrell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596844289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Tulare is proposing three road preservation projects consisting of 64,073 square yards of rubberized chip seal (followed by a slurry seal). The three projects are located in varying areas within Tulare and will begin with the areas of highest need. The City of Tulare is considered a Disadvantaged Community based upon the citywide median household income being less than 80% of the California median household income. The median household income for California is $85,300 whereas the median household income for Tulare is $65,933.
+Earliest proposed construction start date: 03/2025
+Construction Dates: 03/2025 to 06/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oxnard</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Humel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052712231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will use a total of 35,714 tons of RAC hot mix at the locations specified in the Project Summary and Calculation sheet. The proposed construction date is 03/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sang Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Project will place rubberized emulsion as part of the cape seal treatment on twenty-eight (28) local City streets.  The City plans to have construction start in Spring/Summer of 2025 utilizing 95,134 square yards of chip seal material.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Zachary Meisel</x:t>
   </x:si>
   <x:si>
     <x:t>5305387681</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The rubberized chip seal project will take place on the following road sections in Butte County:
 Durham Dayton Hwy: Midway to Dayton Road
 Midway: Hwy 162 to Butte Creek
 Richvale Hwy: L.M. 5.23 to Hwy 99
 Fruitvale Road: Midway to Colony Road
 Proposed Construction Start date: 06/2025
 Total Sq Yd of chip seal: 250,000 sq yd.</x:t>
   </x:si>
   <x:si>
-    <x:t>Colusa              </x:t>
-[...65 lines deleted...]
-  <x:si>
     <x:t>City of Hermosa Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Magvern By</x:t>
   </x:si>
   <x:si>
     <x:t>3103180257</x:t>
   </x:si>
   <x:si>
     <x:t>Proposed Construction Dates: 02/2025 - 08/2025
 5,000 tons of RAC hot-mix</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...98 lines deleted...]
-    <x:t>The County of Santa Barbara's (County) Road Maintenance Annual Plan (RdMAP) includes annual pavement rehabilitation, pavement preservation and preventive maintenance projects. For FY 24/25 the County will resurface an estimated 50 lane miles of residential, collector, and arterial streets throughout the unincorporated areas of the County of Santa Barbara. The FY 24/25 North/Central and South County Pavement Rehabilitation projects will utilize the combined amount of 5,029 tons of rubberized hot mix asphalt. The FY 24/25 Countywide Pavement Preservation and Preventive Maintenance project will utilize 221,550 square yards of rubberized asphalt chip and cape seal. The South County pavement Rehabilitation project earliest proposed construction start date is 03/2025 and proposed construction dates are between 03/2025 to 04/2025. For the North and Central County pavement Rehabilitation project earliest proposed construction start date is 04/2025 and proposed construction dates are between 04/2025 to 06/2025. The Countywide Pavement Preservation and Preventive Maintenance project earliest proposed construction start date is 06/2025 and proposed construction dates are between 06/2025 to 07/2025.</x:t>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Salinas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Sanchez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317587904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Salinas is planning to use this grant amount to repair one of our most used streets. We are planning on doing a 4” patch and repair on 25% of East and West Laurel Drive with an additional 2” thick overlay on all East and West Laurel Drive. We are planning on starting construction for this project in May 2025 and are planning to finish August 2025. The total amount of tons we will be using if 13,613 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Luis Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308227400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The county will be executing a road overlay project in the future where there will be a total of eleven roads. We are looking to use rubberized asphalt concrete hot mix as material for our road overlay. We are aiming to start around 06/2025 and finish 09/2025 and expect to cover about 7,352 tons of rubberized asphalt concrete.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Charles Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263082825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel’s upcoming Annual Streets Program, FY25/26 intends to utilize an application of 1.70” ARHM. 25,000 tons of RAC hot-mix will be applied and cover approximate 270,453 square yard of roadway within the City. The Annual Street Program will perform rehabilitation work on streets identified through field investigation, citizen input, and the City’s Pavement Management Program within San Gabriel city limits. City plans to advertise the project in March 2025, with project award in June 2025, and to start the construction in July 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Santa Clara</x:t>
   </x:si>
   <x:si>
     <x:t> Vincent Luchessi</x:t>
   </x:si>
   <x:si>
     <x:t>4086153012</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant is proposed for three (3) public works construction projects to perform public street resurfacing with rubberized hot-mix asphalt.  The first project entitled Lafayette Street Class IV Bikeway and Pavement Rehabilitation proposes use of 7,600 tons of rubberized hot-mix asphalt and proposed construction dates (04/2025 to 10/2025).  The second project entitled 2025 Annual Street Pavement Maintenance and Rehabilitation Project proposes use of 6,000 tons of rubberized hot-mix asphalt and proposed construction dates (04/2025 to 10/2025).  The third project entitled 2026 Annual Street Pavement Maintenance and Rehabilitation Project proposes use of 4,257.14 tons of rubberized hot-mix asphalt and proposed construction dates (04/2026 to 10/2026).
  </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Alameda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alan Ta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107477946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded, the City of Alameda will use these grant funds to supplement the Pavement Management Program's resurfacing project for 2025 construction (Phase 43).  The City has tentatively selected 77,000 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top.  The City funding for this project is approximately $4M and the resurfacing project also includes other roadway treatments, such as concrete asphalt overlay, slurry seal, and asphalt concrete reconstruction.  Proposed construction start date is 04/2025.
+Award of these grant funds will help solidify/prioritize the 77,000 SY of rubberized cape/chip seal treatment over the other surface treatments.  This will in turn, allow the City to use more recycled material than originally planned.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Encinitas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Badr Suleiman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609432291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The FY 2024-25 Annual Pavement Rehabilitation Project (CS25A) is a citywide maintenance and rehabilitation project that involves addressing various distressed streets in a comprehensive manner, through slurry seal and overlay, to maintain a fair overall level of road serviceability while extending the useful life of our public streets in a cost-effective manner. 6,631 tons of hot-mix asphalt will be used to overlay a one (1) mile segment of Leucadia Blvd, a main East/West arterial road in the City of Encinitas, which connects Interstate-5 with the historic Coast Hwy 101 and the El Camino Real corridor. This project is anticipated to begin construction in April 2025 and be completed by Summer 2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Esmeralda Cruz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058038775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Santa Barbara's (County) Road Maintenance Annual Plan (RdMAP) includes annual pavement rehabilitation, pavement preservation and preventive maintenance projects. For FY 24/25 the County will resurface an estimated 50 lane miles of residential, collector, and arterial streets throughout the unincorporated areas of the County of Santa Barbara. The FY 24/25 North/Central and South County Pavement Rehabilitation projects will utilize the combined amount of 5,029 tons of rubberized hot mix asphalt. The FY 24/25 Countywide Pavement Preservation and Preventive Maintenance project will utilize 221,550 square yards of rubberized asphalt chip and cape seal. The South County pavement Rehabilitation project earliest proposed construction start date is 03/2025 and proposed construction dates are between 03/2025 to 04/2025. For the North and Central County pavement Rehabilitation project earliest proposed construction start date is 04/2025 and proposed construction dates are between 04/2025 to 06/2025. The Countywide Pavement Preservation and Preventive Maintenance project earliest proposed construction start date is 06/2025 and proposed construction dates are between 06/2025 to 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Colusa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ash Sadie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072176504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Colusa has invested $1.5M over the last four years to improve and maintain its roadways.  The City has a five year plan, with year one completed, to utilize Rubberized Asphalt products to protect its roadways with a PCI of 60 or lower.  The funding in this grant request will be utilized for our Phase 2, encompassing over 160,000 square yards of Chip Seal on road ways within the City of Colusa. Proposed construction start date is 06/2025.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Bryce Bondi</x:t>
   </x:si>
   <x:si>
     <x:t>2095254110</x:t>
   </x:si>
   <x:si>
     <x:t>The Stanislaus County Department of Public Works has an upcoming roadway maintenance project called Urban Pavement Preservation Phase H that proposes asphalt rubber chip seal application to treat existing pavement. The project proposes applying approximately 130,000 square yards of asphalt-rubber chip seal.
 The Phase H Urban Pavement Preservation Project (UPP) includes application of slurry seal, asphalt rubber chip seal, microsurfacing, and other methods of pavement preservation on local roadway in the unincorporated County areas of West Modesto, Ceres, Grayson, and Westley. The Phase H UPP Project will include treatment of about 250,000 square yards of roadway. Of the 250,000 square yards, approximately 130,000 square yards will be treated with an asphalt rubber chip seal. Construction is expected to begin as early as May, 2025, and should be completed before October, 2025.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Union City</x:t>
-[...40 lines deleted...]
-Construction Dates: 03/2025 to 06/2025</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Octavio Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098646861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will grind and overlay various streets citywide with 5,000 lbs. rubberized hot mix asphalt as part of the pavement management program. Streets include Cunningham, McKinley, Union and Elmwood.  Proposed construction start date is 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dublin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laurie Sucgang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258336630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded, the City of Dublin will use these grant funds to supplement the Annual Street Resurfacing Project - CIP No. ST0117 for 2025 (proposed construction date from 07/2025 to 12/2025). The City has tentatively selected 103,324 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top. 
+Total of 103,324 sy of rubberized chip seal will be used in this project with proposed construction start date of 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Muriel Holloway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099665356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County will construct East Whitlock Road and Darrah Road with Rubberized Chip Seal with Construction estimated start date of 07/2025. The total square yards of rubberized chip seal that will be used 7.417 mi 25 ft wide =108,000 SY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Roseville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Joe Arino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167745560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In Roseville, resurfacing of Junction Blvd from Washington Blvd to Foothills Blvd and Fairway Dr from Blue Oaks Blvd to Stanford Ranch Rd. Construction is anticipated to begin in 07/2025 and finish by 10/2026. There is approximately a total of 100,000 yards of rubberized chip seal that will be used.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Richmond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Dan Santos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106206645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 2025 Cape Seal Project.  The project includes application of rubberized chip seals with slurry seal on top though out the city of Richmond with approximately 182,000 SY of treatment area.  If awarded, the City of Richmond will use these grant funds to supplement the 2025 Cape Seal Project.  The estimated cost for this project is $3.1M and also includes other roadway treatments such slurry, and base repairs.  Construction Start Date is expected 08/2025.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Goleta</x:t>
   </x:si>
   <x:si>
     <x:t> Javier  Garcia</x:t>
   </x:si>
   <x:si>
     <x:t>8055625506</x:t>
   </x:si>
   <x:si>
     <x:t>The proposed project description is annual pavement maintenance on City roads. 
 •proposed construction date is between 05/2025 to 10/2025
 • The total square yards of rubberized chip seal that will be used is 250,000 Square Yards</x:t>
-  </x:si>
-[...38 lines deleted...]
-    <x:t>City of San Gabriel’s upcoming Annual Streets Program, FY25/26 intends to utilize an application of 1.70” ARHM. 25,000 tons of RAC hot-mix will be applied and cover approximate 270,453 square yard of roadway within the City. The Annual Street Program will perform rehabilitation work on streets identified through field investigation, citizen input, and the City’s Pavement Management Program within San Gabriel city limits. City plans to advertise the project in March 2025, with project award in June 2025, and to start the construction in July 2025.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 23</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -559,51 +559,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7d5d1e9adb343e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red7cd0aea9fa4dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5922748c9aad4cab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7395fef26a8b45c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0cfd50553f5848df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf41ebf4f978a4804" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -651,603 +651,603 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="793.4456787109375" customHeight="1" collapsed="0">
+    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>77000</x:v>
+        <x:v>33000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.95428466796875" customHeight="1" collapsed="0">
+    <x:row ht="264.47247314453125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.458251953125" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>162016</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="206.9859619140625" customHeight="1" collapsed="0">
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>95134</x:v>
+        <x:v>64073</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.4376220703125" customHeight="1" collapsed="0">
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>92834</x:v>
+        <x:v>249998</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>33000</x:v>
+        <x:v>95134</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.970458984375" customHeight="1" collapsed="0">
+    <x:row ht="68.995361328125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>35000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>108000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>249998</x:v>
+        <x:v>147040</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="459.949462890625" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="781.936767578125" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>182000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="793.4462890625" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B18" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>77000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G18" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+      <x:c r="B19" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>92834</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+    </x:row>
+    <x:row ht="1115.40478515625" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.45849609375" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>130000</x:v>
+        <x:v>162016</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+    </x:row>
+    <x:row ht="839.42333984375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+      <x:c r="B22" s="8" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>130000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A23" s="8" t="s">
+      <x:c r="B23" s="8" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>147040</x:v>
+        <x:v>35000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B24" s="8" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>64073</x:v>
+        <x:v>103324</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G24" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+    </x:row>
+    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+      <x:c r="B25" s="8" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>108000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A26" s="8" t="s">
+      <x:c r="B26" s="8" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+      <x:c r="G26" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>103324</x:v>
+        <x:v>182000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="10"/>
       <x:c r="D29" s="11" t="n">
         <x:v>3454419</x:v>
       </x:c>
       <x:c r="E29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1261,29 +1261,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 20, 2026 2:40 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 4:49 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>