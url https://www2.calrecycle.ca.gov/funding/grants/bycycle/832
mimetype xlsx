--- v5 (2026-03-05)
+++ v6 (2026-03-09)
@@ -1,430 +1,430 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf956df4bce0b4f93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc84970c908be4664" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0cfd50553f5848df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6de2033fc28d4dd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Rubberized Pavement Grant Program (TRP17)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...20 lines deleted...]
-  <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Union City</x:t>
-[...5 lines deleted...]
-    <x:t>5106755303</x:t>
+    <x:t>City of Alameda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alan Ta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107477946</x:t>
   </x:si>
   <x:si>
     <x:t>Noel Davis</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Annual citywide street pavement rehabilitation project. Paving various street with a combination of chip and slurry seal. 75,000 square yards of rubberized chip seal will be used. Proposed construction start date 07/2025.</x:t>
-[...58 lines deleted...]
-    <x:t>The Project will place rubberized emulsion as part of the cape seal treatment on twenty-eight (28) local City streets.  The City plans to have construction start in Spring/Summer of 2025 utilizing 95,134 square yards of chip seal material.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded, the City of Alameda will use these grant funds to supplement the Pavement Management Program's resurfacing project for 2025 construction (Phase 43).  The City has tentatively selected 77,000 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top.  The City funding for this project is approximately $4M and the resurfacing project also includes other roadway treatments, such as concrete asphalt overlay, slurry seal, and asphalt concrete reconstruction.  Proposed construction start date is 04/2025.
+Award of these grant funds will help solidify/prioritize the 77,000 SY of rubberized cape/chip seal treatment over the other surface treatments.  This will in turn, allow the City to use more recycled material than originally planned.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Zachary Meisel</x:t>
   </x:si>
   <x:si>
     <x:t>5305387681</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The rubberized chip seal project will take place on the following road sections in Butte County:
 Durham Dayton Hwy: Midway to Dayton Road
 Midway: Hwy 162 to Butte Creek
 Richvale Hwy: L.M. 5.23 to Hwy 99
 Fruitvale Road: Midway to Colony Road
 Proposed Construction Start date: 06/2025
 Total Sq Yd of chip seal: 250,000 sq yd.</x:t>
   </x:si>
   <x:si>
+    <x:t>Colusa              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Colusa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ash Sadie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072176504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Colusa has invested $1.5M over the last four years to improve and maintain its roadways.  The City has a five year plan, with year one completed, to utilize Rubberized Asphalt products to protect its roadways with a PCI of 60 or lower.  The funding in this grant request will be utilized for our Phase 2, encompassing over 160,000 square yards of Chip Seal on road ways within the City of Colusa. Proposed construction start date is 06/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sang Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Project will place rubberized emulsion as part of the cape seal treatment on twenty-eight (28) local City streets.  The City plans to have construction start in Spring/Summer of 2025 utilizing 95,134 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Encinitas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Badr Suleiman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609432291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The FY 2024-25 Annual Pavement Rehabilitation Project (CS25A) is a citywide maintenance and rehabilitation project that involves addressing various distressed streets in a comprehensive manner, through slurry seal and overlay, to maintain a fair overall level of road serviceability while extending the useful life of our public streets in a cost-effective manner. 6,631 tons of hot-mix asphalt will be used to overlay a one (1) mile segment of Leucadia Blvd, a main East/West arterial road in the City of Encinitas, which connects Interstate-5 with the historic Coast Hwy 101 and the El Camino Real corridor. This project is anticipated to begin construction in April 2025 and be completed by Summer 2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Glendora</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maliha Ansari</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269148294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HRMA for pavement resurfacing. There are two proposed projects.
+Proposed Project 1 - FY 2024-25 Grind and Overlay Streets
+The proposed project will resurface approximately 62,000 sf with 2-inch rubberized asphalt hot-mix.  Construction is expected to start in March 2025. The total tonnage of rubberized asphalt hot-mix is estimated at 750 tons.  The requested grant amount is 750*10 = $7,500.
+Proposed Project 2 - Colado Avenue and Et. Al - east of Glendora and south of Route 66
+The proposed project will resurface approximately 250,000 sf with 1.5-inch rubberized asphalt hot-mix over 1.5-inch conventional hot-mix asphalt.  Construction is expected to start in December 2026. The total tonnage of rubberized asphalt hot-mix is estimated at 2,550 tons.  The requested grant amount is 2550*10 = $25,500.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Hermosa Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Magvern By</x:t>
   </x:si>
   <x:si>
     <x:t>3103180257</x:t>
   </x:si>
   <x:si>
     <x:t>Proposed Construction Dates: 02/2025 - 08/2025
 5,000 tons of RAC hot-mix</x:t>
   </x:si>
   <x:si>
-    <x:t>Monterey            </x:t>
-[...38 lines deleted...]
-    <x:t>City of San Gabriel’s upcoming Annual Streets Program, FY25/26 intends to utilize an application of 1.70” ARHM. 25,000 tons of RAC hot-mix will be applied and cover approximate 270,453 square yard of roadway within the City. The Annual Street Program will perform rehabilitation work on streets identified through field investigation, citizen input, and the City’s Pavement Management Program within San Gabriel city limits. City plans to advertise the project in March 2025, with project award in June 2025, and to start the construction in July 2025.</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Octavio Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098646861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will grind and overlay various streets citywide with 5,000 lbs. rubberized hot mix asphalt as part of the pavement management program. Streets include Cunningham, McKinley, Union and Elmwood.  Proposed construction start date is 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Muriel Holloway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099665356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County will construct East Whitlock Road and Darrah Road with Rubberized Chip Seal with Construction estimated start date of 07/2025. The total square yards of rubberized chip seal that will be used 7.417 mi 25 ft wide =108,000 SY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oxnard</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Humel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052712231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will use a total of 35,714 tons of RAC hot mix at the locations specified in the Project Summary and Calculation sheet. The proposed construction date is 03/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Miguel Lucero</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Pico Rivera proposes to complete Road Resurfacing Projects citywide within the next two years, totaling up to 25,000 tons of Rubberized Hot Mix Asphalt.  The anticipated start date is January 2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Richmond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Dan Santos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106206645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 2025 Cape Seal Project.  The project includes application of rubberized chip seals with slurry seal on top though out the city of Richmond with approximately 182,000 SY of treatment area.  If awarded, the City of Richmond will use these grant funds to supplement the 2025 Cape Seal Project.  The estimated cost for this project is $3.1M and also includes other roadway treatments such slurry, and base repairs.  Construction Start Date is expected 08/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Roseville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Nick Bumb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167745560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In Roseville, resurfacing of Junction Blvd from Washington Blvd to Foothills Blvd and Fairway Dr from Blue Oaks Blvd to Stanford Ranch Rd. Construction is anticipated to begin in 07/2025 and finish by 10/2026. There is approximately a total of 100,000 yards of rubberized chip seal that will be used.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Esmeralda Cruz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058038775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Santa Barbara's (County) Road Maintenance Annual Plan (RdMAP) includes annual pavement rehabilitation, pavement preservation and preventive maintenance projects. For FY 24/25 the County will resurface an estimated 50 lane miles of residential, collector, and arterial streets throughout the unincorporated areas of the County of Santa Barbara. The FY 24/25 North/Central and South County Pavement Rehabilitation projects will utilize the combined amount of 5,029 tons of rubberized hot mix asphalt. The FY 24/25 Countywide Pavement Preservation and Preventive Maintenance project will utilize 221,550 square yards of rubberized asphalt chip and cape seal. The South County pavement Rehabilitation project earliest proposed construction start date is 03/2025 and proposed construction dates are between 03/2025 to 04/2025. For the North and Central County pavement Rehabilitation project earliest proposed construction start date is 04/2025 and proposed construction dates are between 04/2025 to 06/2025. The Countywide Pavement Preservation and Preventive Maintenance project earliest proposed construction start date is 06/2025 and proposed construction dates are between 06/2025 to 07/2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Santa Clara</x:t>
   </x:si>
   <x:si>
     <x:t> Vincent Luchessi</x:t>
   </x:si>
   <x:si>
     <x:t>4086153012</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant is proposed for three (3) public works construction projects to perform public street resurfacing with rubberized hot-mix asphalt.  The first project entitled Lafayette Street Class IV Bikeway and Pavement Rehabilitation proposes use of 7,600 tons of rubberized hot-mix asphalt and proposed construction dates (04/2025 to 10/2025).  The second project entitled 2025 Annual Street Pavement Maintenance and Rehabilitation Project proposes use of 6,000 tons of rubberized hot-mix asphalt and proposed construction dates (04/2025 to 10/2025).  The third project entitled 2026 Annual Street Pavement Maintenance and Rehabilitation Project proposes use of 4,257.14 tons of rubberized hot-mix asphalt and proposed construction dates (04/2026 to 10/2026).
  </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Alameda</x:t>
-[...56 lines deleted...]
-  <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Bryce Bondi</x:t>
   </x:si>
   <x:si>
     <x:t>2095254110</x:t>
   </x:si>
   <x:si>
     <x:t>The Stanislaus County Department of Public Works has an upcoming roadway maintenance project called Urban Pavement Preservation Phase H that proposes asphalt rubber chip seal application to treat existing pavement. The project proposes applying approximately 130,000 square yards of asphalt-rubber chip seal.
 The Phase H Urban Pavement Preservation Project (UPP) includes application of slurry seal, asphalt rubber chip seal, microsurfacing, and other methods of pavement preservation on local roadway in the unincorporated County areas of West Modesto, Ceres, Grayson, and Westley. The Phase H UPP Project will include treatment of about 250,000 square yards of roadway. Of the 250,000 square yards, approximately 130,000 square yards will be treated with an asphalt rubber chip seal. Construction is expected to begin as early as May, 2025, and should be completed before October, 2025.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...69 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 2025 Cape Seal Project.  The project includes application of rubberized chip seals with slurry seal on top though out the city of Richmond with approximately 182,000 SY of treatment area.  If awarded, the City of Richmond will use these grant funds to supplement the 2025 Cape Seal Project.  The estimated cost for this project is $3.1M and also includes other roadway treatments such slurry, and base repairs.  Construction Start Date is expected 08/2025.</x:t>
+    <x:t>City of Union City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eddie Yu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106755303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Annual citywide street pavement rehabilitation project. Paving various street with a combination of chip and slurry seal. 75,000 square yards of rubberized chip seal will be used. Proposed construction start date 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Luis Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308227400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The county will be executing a road overlay project in the future where there will be a total of eleven roads. We are looking to use rubberized asphalt concrete hot mix as material for our road overlay. We are aiming to start around 06/2025 and finish 09/2025 and expect to cover about 7,352 tons of rubberized asphalt concrete.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tulare</x:t>
+  </x:si>
+  <x:si>
+    <x:t> April Luttrell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596844289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Tulare is proposing three road preservation projects consisting of 64,073 square yards of rubberized chip seal (followed by a slurry seal). The three projects are located in varying areas within Tulare and will begin with the areas of highest need. The City of Tulare is considered a Disadvantaged Community based upon the citywide median household income being less than 80% of the California median household income. The median household income for California is $85,300 whereas the median household income for Tulare is $65,933.
+Earliest proposed construction start date: 03/2025
+Construction Dates: 03/2025 to 06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>City of Goleta</x:t>
   </x:si>
   <x:si>
     <x:t> Javier  Garcia</x:t>
   </x:si>
   <x:si>
     <x:t>8055625506</x:t>
   </x:si>
   <x:si>
     <x:t>The proposed project description is annual pavement maintenance on City roads. 
 •proposed construction date is between 05/2025 to 10/2025
 • The total square yards of rubberized chip seal that will be used is 250,000 Square Yards</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Salinas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Sanchez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317587904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Salinas is planning to use this grant amount to repair one of our most used streets. We are planning on doing a 4” patch and repair on 25% of East and West Laurel Drive with an additional 2” thick overlay on all East and West Laurel Drive. We are planning on starting construction for this project in May 2025 and are planning to finish August 2025. The total amount of tons we will be using if 13,613 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dublin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laurie Sucgang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258336630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: If awarded, the City of Dublin will use these grant funds to supplement the Annual Street Resurfacing Project - CIP No. ST0117 for 2025 (proposed construction date from 07/2025 to 12/2025). The City has tentatively selected 103,324 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top. 
+Total of 103,324 sy of rubberized chip seal will be used in this project with proposed construction start date of 07/2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Charles Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263082825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel’s upcoming Annual Streets Program, FY25/26 intends to utilize an application of 1.70” ARHM. 25,000 tons of RAC hot-mix will be applied and cover approximate 270,453 square yard of roadway within the City. The Annual Street Program will perform rehabilitation work on streets identified through field investigation, citizen input, and the City’s Pavement Management Program within San Gabriel city limits. City plans to advertise the project in March 2025, with project award in June 2025, and to start the construction in July 2025.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 23</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -559,51 +559,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7395fef26a8b45c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0cfd50553f5848df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf41ebf4f978a4804" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef15518b000441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6de2033fc28d4dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7ab8c912474e4e05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -651,603 +651,603 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.4393310546875" customHeight="1" collapsed="0">
+    <x:row ht="793.4456787109375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>33000</x:v>
+        <x:v>77000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47247314453125" customHeight="1" collapsed="0">
+    <x:row ht="390.95428466796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="471.458251953125" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>162016</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
+    <x:row ht="206.9859619140625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>64073</x:v>
+        <x:v>95134</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+    <x:row ht="632.4376220703125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>249998</x:v>
+        <x:v>92834</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="747.439453125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>95134</x:v>
+        <x:v>33000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="68.995361328125" customHeight="1" collapsed="0">
+    <x:row ht="298.970458984375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>35000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>108000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>147040</x:v>
+        <x:v>249998</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.949462890625" customHeight="1" collapsed="0">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.936767578125" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>182000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.4462890625" customHeight="1" collapsed="0">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>77000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4375" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1115.404296875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>92834</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="1115.40478515625" customHeight="1" collapsed="0">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.45849609375" customHeight="1" collapsed="0">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.4228515625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>162016</x:v>
+        <x:v>130000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.42333984375" customHeight="1" collapsed="0">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47314453125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>130000</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>35000</x:v>
+        <x:v>147040</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.4482421875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>103324</x:v>
+        <x:v>64073</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>101</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.494140625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>108000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>182000</x:v>
+        <x:v>103324</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
-    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="10"/>
       <x:c r="D29" s="11" t="n">
         <x:v>3454419</x:v>
       </x:c>
       <x:c r="E29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1261,29 +1261,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 4:49 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:19 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>