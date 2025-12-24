--- v0 (2025-12-24)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra26e652eb11e4362" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e2ad8406f854d8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9a602f01da7f421b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8eef9ee95d6a4624"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Beverage Container Recycling Grant Program (RBC36)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -330,51 +330,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5873100bf476427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9a602f01da7f421b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0427c81e6f2e4c64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R422be5dd8a78469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8eef9ee95d6a4624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf45c122f3bf947ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -657,29 +657,29 @@
         <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:05 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>