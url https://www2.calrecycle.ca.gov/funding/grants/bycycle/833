--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e2ad8406f854d8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25af1315345d444b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8eef9ee95d6a4624"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Reb4cf07bec1f4dd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Beverage Container Recycling Grant Program (RBC36)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -330,51 +330,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R422be5dd8a78469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8eef9ee95d6a4624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf45c122f3bf947ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb665a83e9ae242b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reb4cf07bec1f4dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R67a1517ef08340a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -657,29 +657,29 @@
         <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:15 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>