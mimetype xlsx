--- v2 (2025-12-24)
+++ v3 (2026-03-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25af1315345d444b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f6c2b16f8b44e0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Reb4cf07bec1f4dd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfb334b2307624540"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Beverage Container Recycling Grant Program (RBC36)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -330,51 +330,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb665a83e9ae242b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reb4cf07bec1f4dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R67a1517ef08340a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb9263d047934ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfb334b2307624540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R90ec7889ec7749f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -599,87 +599,87 @@
       <x:c r="D12" s="9" t="n">
         <x:v>275000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row ht="264.4725341796875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>62064</x:v>
+        <x:v>134000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
-        <x:v>1500000</x:v>
+        <x:v>1571936</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:15 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 8:37 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>