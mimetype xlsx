--- v3 (2026-03-05)
+++ v4 (2026-03-09)
@@ -1,201 +1,201 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f6c2b16f8b44e0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e1331b4c851433c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfb334b2307624540"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra3087a90331a440d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Beverage Container Recycling Grant Program (RBC36)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>California State University, Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Blake Avant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592784450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jerri Diep</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: California State University, Fresno will purchase and install water refill stations at various locations across the campus.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Eureka</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robi Robin Praszker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074414206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJ Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Eureka will purchase and install beverage container recycling bins at Sequoia Park Zoo.  They will also implement an education and outreach program to include media outlets such as radio, TV, print, and online social media.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monaliza Noormohammadi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102387433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oakland will purchase and install beverage container recycling bins and water refill stations throughout the city parks.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Riverside</x:t>
   </x:si>
   <x:si>
     <x:t> Victor Keroles</x:t>
   </x:si>
   <x:si>
     <x:t>9513516174</x:t>
   </x:si>
   <x:si>
-    <x:t>Jerri Diep</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Riverside will purchase and install beverage containers recycling bins and water refill stations.  They will implement an education and outreach program, including EchoHero shows, beverage container signage, mailers, media, and more.</x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno              </x:t>
-[...29 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oakland will purchase and install beverage container recycling bins and water refill stations throughout the city parks.</x:t>
+    <x:t>City of Mendota</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nora Valdez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596553291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duartina Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Mendota will purchase and install beverage container recycling bins and water refill stations at public locations throughout the city.  They will also implement an education and outreach program to include signage at all park locations.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Desert Recreation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Troy Strange</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605414174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Desert Recreation District will purchase and install water refill stations at public parks and community centers.</x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo           </x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo County</x:t>
   </x:si>
   <x:si>
     <x:t> Elizabeth Carrade</x:t>
   </x:si>
   <x:si>
     <x:t>6505991402</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: San Mateo County will purchase and install water refill stations throughout the county.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Mendota</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Alhambra Unified School District</x:t>
   </x:si>
   <x:si>
     <x:t> Nelson Santos</x:t>
   </x:si>
   <x:si>
     <x:t>6269436500</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Alhambra Unified School District will purchase and install beverage container recycling bins and water refill stations at all schools in the district.  They will also implement an education and outreach program targeting students, staff, and parents.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Eureka will purchase and install beverage container recycling bins at Sequoia Park Zoo.  They will also implement an education and outreach program to include media outlets such as radio, TV, print, and online social media.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 8</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -330,51 +330,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb9263d047934ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfb334b2307624540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R90ec7889ec7749f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1327919f6093460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra3087a90331a440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfb1f9ff798f14bb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,264 +422,264 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.9700927734375" customHeight="1" collapsed="0">
+    <x:row ht="183.99685668945313" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>275000</x:v>
+        <x:v>200056</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.99688720703125" customHeight="1" collapsed="0">
+    <x:row ht="264.47244262695313" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>200056</x:v>
+        <x:v>134000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.996826171875" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.99688720703125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>199080</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.49920654296875" customHeight="1" collapsed="0">
+    <x:row ht="298.97003173828125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>216000</x:v>
+        <x:v>275000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.98114013671875" customHeight="1" collapsed="0">
+    <x:row ht="275.9810791015625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>124300</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.996826171875" customHeight="1" collapsed="0">
+    <x:row ht="183.9969482421875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>148500</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.969970703125" customHeight="1" collapsed="0">
+    <x:row ht="149.4991455078125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>275000</x:v>
+        <x:v>216000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.4725341796875" customHeight="1" collapsed="0">
+    <x:row ht="298.969970703125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>134000</x:v>
+        <x:v>275000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="10" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="10"/>
       <x:c r="D14" s="11" t="n">
         <x:v>1571936</x:v>
       </x:c>
       <x:c r="E14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="10" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 8:37 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:19 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>