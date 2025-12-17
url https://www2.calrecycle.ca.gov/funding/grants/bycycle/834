--- v0 (2025-12-07)
+++ v1 (2025-12-17)
@@ -1,192 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R794f0aa89ac0419f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d7fcb49d4a42b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R517059c32e94479c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5862d4182b954c11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Beverage Container Recycling Grant Program (RBC37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>California State University, Sacramento</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Todd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9162782817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJ Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: California State University, Sacramento will purchase and install water refill stations across campus in indoor and outdoor high-traffic areas.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Scotts Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mindy Esqueda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317835667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Scotts Valley will purchase and install beverage container recycling bins and water refill stations throughout city-owned public spaces.  They will implement an education and outreach program with signage to encourage reusable bottles and proper sorting of beverage containers.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mendocino           </x:t>
   </x:si>
   <x:si>
     <x:t>Hopland Band of Pomo Indians</x:t>
   </x:si>
   <x:si>
     <x:t> Sarah Hansen</x:t>
   </x:si>
   <x:si>
     <x:t>6508679908</x:t>
   </x:si>
   <x:si>
     <x:t>Farrah Fadrigon</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Hopland Band of Pomo Indians will purchase and install beverage container recycling bins and water refill stations throughout the reservation.  They will launch an education and outreach program featuring community engagement events and instruction on using water refill stations.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>7077585417</x:t>
   </x:si>
   <x:si>
     <x:t>Jerri Diep</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Conservation Corps North Bay (CCNB) will purchase and install beverage container recycling bins across high-traffic public parks and beaches in Sonoma and Marin Counties.  They will implement an education and outreach campaign to include beverage container signage, social media, and newsletters.</x:t>
   </x:si>
   <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>California State University San Marcos Corporation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leslie Brotcke</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607504763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The California State University, San Marcos Corporation will purchase and install water refill stations and an electric cart.  They will implement an education and outreach program including tabling events, annual campus events, large-scale public events, and various social media.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guajome Park Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Adrina Itzaina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7606318500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noel Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Guajome Park Academy will purchase and install beverage container recycling bins and water refill stations to support litter abatement efforts on and off campus in San Diego County.  They will implement an education and outreach program featuring two-sided signage to guide and encourage staff, students, and visitors to the water refill stations.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Children's Hospital Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t> Kyle Horne</x:t>
   </x:si>
   <x:si>
     <x:t>3233617153</x:t>
   </x:si>
   <x:si>
-    <x:t>Noel Davis</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Children's Hospital Los Angeles will purchase and install beverage container recycling bins and water refill stations throughout the hospital campus.  They will also implement an education and outreach program through outreach events and offering resources to educate staff, patients, and families about beverage container recycling.</x:t>
-  </x:si>
-[...58 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Scotts Valley will purchase and install beverage container recycling bins and water refill stations throughout city-owned public spaces.  They will implement an education and outreach program with signage to encourage reusable bottles and proper sorting of beverage containers.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 7</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -321,51 +321,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4741b4b8324d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R517059c32e94479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8d448a11c5ed464d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1122ad03c8604f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5862d4182b954c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf9bffd69c5ba418e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -413,239 +413,239 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.46771240234375" customHeight="1" collapsed="0">
+    <x:row ht="195.4771728515625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>275000</x:v>
+        <x:v>221268</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.45672607421875" customHeight="1" collapsed="0">
+    <x:row ht="333.46771240234375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>198313</x:v>
+        <x:v>85834</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="333.46771240234375" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>274981</x:v>
+        <x:v>275000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="356.45672607421875" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>221268</x:v>
+        <x:v>198313</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="310.4786376953125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>267112</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>105556</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>85834</x:v>
+        <x:v>274981</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="10"/>
       <x:c r="D13" s="11" t="n">
         <x:v>1428064</x:v>
       </x:c>
       <x:c r="E13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 6, 2025 10:05 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:38 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>