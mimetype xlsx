--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,192 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d7fcb49d4a42b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7545da2165da4cdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5862d4182b954c11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd27882ad5a7d4745"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Beverage Container Recycling Grant Program (RBC37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hopland Band of Pomo Indians</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sarah Hansen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6508679908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Hopland Band of Pomo Indians will purchase and install beverage container recycling bins and water refill stations throughout the reservation.  They will launch an education and outreach program featuring community engagement events and instruction on using water refill stations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps North Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Kyle Larue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077585417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jerri Diep</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Conservation Corps North Bay (CCNB) will purchase and install beverage container recycling bins across high-traffic public parks and beaches in Sonoma and Marin Counties.  They will implement an education and outreach campaign to include beverage container signage, social media, and newsletters.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Children's Hospital Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kyle Horne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3233617153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noel Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Children's Hospital Los Angeles will purchase and install beverage container recycling bins and water refill stations throughout the hospital campus.  They will also implement an education and outreach program through outreach events and offering resources to educate staff, patients, and families about beverage container recycling.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>California State University, Sacramento</x:t>
   </x:si>
   <x:si>
     <x:t> Ryan Todd</x:t>
   </x:si>
   <x:si>
     <x:t>9162782817</x:t>
   </x:si>
   <x:si>
     <x:t>TJ Nguyen</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: California State University, Sacramento will purchase and install water refill stations across campus in indoor and outdoor high-traffic areas.</x:t>
   </x:si>
   <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>California State University San Marcos Corporation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leslie Brotcke</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607504763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The California State University, San Marcos Corporation will purchase and install water refill stations and an electric cart.  They will implement an education and outreach program including tabling events, annual campus events, large-scale public events, and various social media.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guajome Park Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Adrina Itzaina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7606318500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Guajome Park Academy will purchase and install beverage container recycling bins and water refill stations to support litter abatement efforts on and off campus in San Diego County.  They will implement an education and outreach program featuring two-sided signage to guide and encourage staff, students, and visitors to the water refill stations.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Cruz          </x:t>
   </x:si>
   <x:si>
     <x:t>City of Scotts Valley</x:t>
   </x:si>
   <x:si>
     <x:t> Mindy Esqueda</x:t>
   </x:si>
   <x:si>
     <x:t>8317835667</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Scotts Valley will purchase and install beverage container recycling bins and water refill stations throughout city-owned public spaces.  They will implement an education and outreach program with signage to encourage reusable bottles and proper sorting of beverage containers.</x:t>
-  </x:si>
-[...79 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Children's Hospital Los Angeles will purchase and install beverage container recycling bins and water refill stations throughout the hospital campus.  They will also implement an education and outreach program through outreach events and offering resources to educate staff, patients, and families about beverage container recycling.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 7</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -321,51 +321,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1122ad03c8604f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5862d4182b954c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf9bffd69c5ba418e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1d082a7c31e42ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd27882ad5a7d4745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0d618c3fbf2c4536" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -413,239 +413,239 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.4771728515625" customHeight="1" collapsed="0">
+    <x:row ht="333.46771240234375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>221268</x:v>
+        <x:v>275000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.46771240234375" customHeight="1" collapsed="0">
+    <x:row ht="356.45672607421875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>85834</x:v>
+        <x:v>198313</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.46771240234375" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.95440673828125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>275000</x:v>
+        <x:v>274981</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45672607421875" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>198313</x:v>
+        <x:v>221268</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>32</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.4786376953125" customHeight="1" collapsed="0">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>267112</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.4739990234375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>105556</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>274981</x:v>
+        <x:v>85834</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="10" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="10"/>
       <x:c r="D13" s="11" t="n">
         <x:v>1428064</x:v>
       </x:c>
       <x:c r="E13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:38 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:17 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>