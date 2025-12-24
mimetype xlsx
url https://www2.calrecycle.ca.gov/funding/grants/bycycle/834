--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7545da2165da4cdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0c5afa2f5c47d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd27882ad5a7d4745"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R34ea1cbee29540e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Beverage Container Recycling Grant Program (RBC37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -321,51 +321,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1d082a7c31e42ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd27882ad5a7d4745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0d618c3fbf2c4536" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b4ab777bb42481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R34ea1cbee29540e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2d8f009a398b4c45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -623,29 +623,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:17 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>