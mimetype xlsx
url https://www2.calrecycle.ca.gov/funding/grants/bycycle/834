--- v3 (2025-12-24)
+++ v4 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0c5afa2f5c47d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86ef80d4d2ff4835" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R34ea1cbee29540e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R43c263cfbf684cfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Beverage Container Recycling Grant Program (RBC37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -321,51 +321,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b4ab777bb42481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R34ea1cbee29540e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2d8f009a398b4c45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5907cb68ed8a4068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R43c263cfbf684cfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1122638d95e34102" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -623,29 +623,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:18 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>