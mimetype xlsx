--- v4 (2025-12-24)
+++ v5 (2026-03-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86ef80d4d2ff4835" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37f420bc011e497f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R43c263cfbf684cfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc1a5041517854a29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Beverage Container Recycling Grant Program (RBC37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -321,51 +321,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5907cb68ed8a4068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R43c263cfbf684cfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1122638d95e34102" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e8eb565681479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc1a5041517854a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3733698e739f4280" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -623,29 +623,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:18 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 8:31 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>