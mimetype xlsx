--- v5 (2026-03-05)
+++ v6 (2026-03-07)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37f420bc011e497f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30026891a88a4ed1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc1a5041517854a29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R697cb01caa464351"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Beverage Container Recycling Grant Program (RBC37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -321,51 +321,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e8eb565681479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc1a5041517854a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3733698e739f4280" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe3cbac7c79a43bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R697cb01caa464351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R28843cfaf4c44e14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -623,29 +623,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 8:31 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 9:43 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>