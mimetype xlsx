--- v6 (2026-03-07)
+++ v7 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30026891a88a4ed1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ff740a2839348e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R697cb01caa464351"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R95a34084bc974bb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Beverage Container Recycling Grant Program (RBC37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -321,51 +321,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe3cbac7c79a43bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R697cb01caa464351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R28843cfaf4c44e14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24f89bba5f0548d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R95a34084bc974bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra4a1ffc35d0044af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -623,29 +623,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 9:43 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:22 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>