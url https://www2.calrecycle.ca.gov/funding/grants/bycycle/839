--- v0 (2025-12-17)
+++ v1 (2025-12-24)
@@ -1,207 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2175518cb9c64bbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e23f805feb4519" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc11053eddf534f01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6d3f1ce98d8045ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Quality Infrastructure Grant Program (QIG1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin Sanitary Service</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grant Readle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167391200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tiffany Morris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Marin Sanitary Service operates a materials recovery facility in San Rafael, California and currently receives California Redemption Value materials from the Marin County jurisdictions.  These materials, which include aluminum, glass, and plastic, are all processed, sorted, and prepared for sale to end markets to be remanufactured.  This grant will fund optical sorting equipment that will reduce the amount of contamination in these outbound materials while increasing yields.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redding</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Keith Anderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302244313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raju Payuran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant funds will be used to replace and upgrade the existing Material Recovery Facility (MRF) sort line.  Modernizing the sort line will increase the amount of throughput of materials.  The City of Redding also expects to see an improvement in contamination removal and recyclable material captured with the new equipment. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Bakersfield</x:t>
   </x:si>
   <x:si>
     <x:t> Renee Taylor</x:t>
   </x:si>
   <x:si>
     <x:t>6613263427</x:t>
   </x:si>
   <x:si>
     <x:t>Stephanie Livingston</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: In 2019, the City of Bakersfield acquired a Material Recovery Facility (MRF) to process recyclables from its curbside programs.  The MRF, which processes a variety of materials, currently struggles with outdated equipment, limiting its capacity and causing frequent breakdowns that result in outsourcing costs and lost revenue.  In March 2024, the city selected Green Machine to redesign the facility with a focus on efficiency and contamination reduction. The planned upgrades aim to modernize the sorting line and reduce manual labor.  These improvements are expected to reduce contamination by 10-15 percent, increase California Redemption Value materials by 10 percent, and enable the facility to capture additional recyclable materials.  This project is expected to cost approximately $5.1 million and improve the overall quality and efficiency of the recycling process and enable the facility to capture additional recyclable materials.  This project is expected to cost approximately $5.1 million and improve the overall quality and efficiency of the recycling process.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
+    <x:t>GreenWaste Recovery, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francine Areas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692429165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The proposed project by GreenWaste Recovery, LLC (GreenWaste) involves the creation of a Secondary Plastic Plant System dedicated to sorting and processing mixed plastic bales (types 2-7) from its Single Stream Materials Recovery Facility (SS Facility) and other recovery facilities.  This initiative targets the recovery of high-quality California Redemption Value beverage containers identified through bale audits.  Leveraging advanced technologies from Bulk Handling Systems (BHS), including NRT SpydIR®-HS optical sorters and a Total Intelligence Platform, the facility aims to maximize California Redemption Value material recovery while enhancing material quality.  The 2.34-acre facility, equipped with specialized sorting, compacting, and material removal systems, complements existing single-stream operations and supports Quality Incentive Payment (QIP) Program goals by collaborating with Registered Curbside Programs.  GreenWaste will manage all aspects of the grant-funded project, from equipment purchase and installation to operations, ensuring efficient, high-purity recycling processes.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Sunnyvale</x:t>
   </x:si>
   <x:si>
     <x:t> Deepti Jain</x:t>
   </x:si>
   <x:si>
     <x:t>4087307791</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Sunnyvale is requesting $6,575,000 to assist with the upgrade of 10 tons per hour recycling processing system and 100 tons per hour Municipal Solid Waste processing system to recover additional beverage containers from the Sunnyvale and Mountain View service areas.  Grant funded infrastructure will be used to recover aluminum cans, ferrous bimetal containers, Polyethylene Terephthalate (PET) (California Redemption Value and non- California Redemption Value), High-Density Polyethylene (HDPE-C, HDPE-N), Polypropylene (PP), glass, and carton containers at the Sunnyvale Materials Recovery and Transfer Station (SMaRT Station®).</x:t>
   </x:si>
   <x:si>
-    <x:t>Shasta              </x:t>
-[...14 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant funds will be used to replace and upgrade the existing Material Recovery Facility (MRF) sort line.  Modernizing the sort line will increase the amount of throughput of materials.  The City of Redding also expects to see an improvement in contamination removal and recyclable material captured with the new equipment. </x:t>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mid-Valley Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joseph Kalpakoff</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592379425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Mid Valley Recycling Material Recovery Facility (MRF) CP Line Retrofit Artificial Intelligence (AI) &amp; Communication System Line Upgrade.  Founded in 1997, Mid-Valley Disposal (MVD) is the leading locally owned and operated company that provides recycling, organics, and solid waste services in the Central Valley.  Under the same ownership of MVD, Mid-Valley Recycling, LLC (MVR) owns and operates a regional material recovery facility in Fresno.  MVR has partnered with CP Group Sorting Technologies for a complete redesign of the commercial processing line to incorporate new technologies and expand capacity for beverage container recovery.  The new processing line will be equipped with larger belt capacities, more efficient fiber screens, two optical sorters and three AI robots targeting beverage containers, and an eddy current for aluminum recovery.  The redesigned line will increase recovery of containers by approximately 250 TPY (tons per year).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLT Enterprises of Fremont LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fremont Recycling and Transfer Station (BLT) is a regional Material Recovery Facility (MRF) that receives material from the City of Fremont.  The facility is a Registered Curbside Program for reclaiming California Redemption Value materials.  BLT is seeking grant funding to purchase four optical sorters, two robots, and the supporting equipment to upgrade this MRF.  These upgrades would serve principally to improve the recovery of Polyethylene Terephthalate (PET) and aluminum beverage containers.  The sorters would remove non-compatible materials from the process, which helps with both the yield and quality of beverage containers sold.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>SANCO Services LP</x:t>
   </x:si>
   <x:si>
-    <x:t> Grant Readle</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SANCO will be purchasing four equipment upgrades for its material recovery facility's recycling processing line.  This consists of a glass decontamination unit, three optical sorters, and the associated conveyors and feeders included in the quotes for such equipment.  The glass decontamination unit is designed to improve the quality of our glass, while the three optical sorters each remove non-California Redemption Value materials from the California Redemption Value recovery stations thereby improving the quality and quantity of Polyethylene Terephthalate (PET) and aluminum beverage containers that are sold for remanufacture.</x:t>
   </x:si>
   <x:si>
-    <x:t>GreenWaste Recovery, LLC</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Ming's Resource Corporation</x:t>
   </x:si>
   <x:si>
     <x:t> Kenny Luong</x:t>
   </x:si>
   <x:si>
     <x:t>9164215054</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Installation of optical sorting equipment to sort California Redemption Value from grocers, dealer cooperatives, and public venues.  The proposed project aims to enhance sorting infrastructure in Northern California, providing high-quality commingled sorting services to high-volume California Redemption Value locations including grocer cooperatives, public venues, sports arenas, special events, convention centers, colleges, casinos, hotels, and airports.  The infrastructure will support in-store return programs that collect California Redemption Value materials from consumers not part of dealer cooperatives.  Mings will also facilitate backhauling from distribution centers.</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fremont Recycling and Transfer Station (BLT) is a regional Material Recovery Facility (MRF) that receives material from the City of Fremont.  The facility is a Registered Curbside Program for reclaiming California Redemption Value materials.  BLT is seeking grant funding to purchase four optical sorters, two robots, and the supporting equipment to upgrade this MRF.  These upgrades would serve principally to improve the recovery of Polyethylene Terephthalate (PET) and aluminum beverage containers.  The sorters would remove non-compatible materials from the process, which helps with both the yield and quality of beverage containers sold.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 9</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -336,51 +336,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R228f67f7d765449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc11053eddf534f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3c8f6adebfec49e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55b9748231824f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6d3f1ce98d8045ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4cce26d47e7a4214" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -428,289 +428,289 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.9007568359375" customHeight="1" collapsed="0">
+    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>5147934</x:v>
+        <x:v>1598181</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
+    <x:row ht="356.4566650390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>6575000</x:v>
+        <x:v>4091013</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.4566650390625" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1034.90087890625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>4091013</x:v>
+        <x:v>5147934</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="655.455078125" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1080.9071044921875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>4879712</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1080.906982421875" customHeight="1" collapsed="0">
+    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>6575000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
+    <x:row ht="931.407958984375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>1598181</x:v>
+        <x:v>4595898</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>5349286</x:v>
+        <x:v>4035135</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row ht="931.408203125" customHeight="1" collapsed="0">
+    <x:row ht="655.45556640625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>4595898</x:v>
+        <x:v>4879712</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.443359375" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>4035135</x:v>
+        <x:v>5349286</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A15" s="10" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B15" s="10" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C15" s="10"/>
       <x:c r="D15" s="11" t="n">
         <x:v>46272159</x:v>
       </x:c>
       <x:c r="E15" s="10" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F15" s="10" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G15" s="10" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H15" s="10" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:53 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:40 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>