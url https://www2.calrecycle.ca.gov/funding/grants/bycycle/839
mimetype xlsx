--- v1 (2025-12-24)
+++ v2 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e23f805feb4519" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c3a58b730e64f82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6d3f1ce98d8045ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5d9ec84e56224bb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Quality Infrastructure Grant Program (QIG1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -336,51 +336,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55b9748231824f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6d3f1ce98d8045ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4cce26d47e7a4214" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf60162c187384828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5d9ec84e56224bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0a6e59624e1942fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -688,29 +688,29 @@
       </x:c>
       <x:c r="H15" s="10" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:40 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:30 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>