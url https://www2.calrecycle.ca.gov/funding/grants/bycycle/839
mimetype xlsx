--- v2 (2025-12-25)
+++ v3 (2026-03-04)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c3a58b730e64f82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a43eece176f4ada" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5d9ec84e56224bb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfc7bc82e45964fe3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Quality Infrastructure Grant Program (QIG1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
@@ -61,69 +61,66 @@
   <x:si>
     <x:t> Grant Readle</x:t>
   </x:si>
   <x:si>
     <x:t>9167391200</x:t>
   </x:si>
   <x:si>
     <x:t>Tiffany Morris</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Marin Sanitary Service operates a materials recovery facility in San Rafael, California and currently receives California Redemption Value materials from the Marin County jurisdictions.  These materials, which include aluminum, glass, and plastic, are all processed, sorted, and prepared for sale to end markets to be remanufactured.  This grant will fund optical sorting equipment that will reduce the amount of contamination in these outbound materials while increasing yields.</x:t>
   </x:si>
   <x:si>
     <x:t>Shasta              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Redding</x:t>
   </x:si>
   <x:si>
     <x:t> Keith Anderson</x:t>
   </x:si>
   <x:si>
     <x:t>5302244313</x:t>
   </x:si>
   <x:si>
-    <x:t>Raju Payuran</x:t>
+    <x:t>Stephanie Livingston</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant funds will be used to replace and upgrade the existing Material Recovery Facility (MRF) sort line.  Modernizing the sort line will increase the amount of throughput of materials.  The City of Redding also expects to see an improvement in contamination removal and recyclable material captured with the new equipment. </x:t>
   </x:si>
   <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Bakersfield</x:t>
   </x:si>
   <x:si>
     <x:t> Renee Taylor</x:t>
   </x:si>
   <x:si>
     <x:t>6613263427</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Stephanie Livingston</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: In 2019, the City of Bakersfield acquired a Material Recovery Facility (MRF) to process recyclables from its curbside programs.  The MRF, which processes a variety of materials, currently struggles with outdated equipment, limiting its capacity and causing frequent breakdowns that result in outsourcing costs and lost revenue.  In March 2024, the city selected Green Machine to redesign the facility with a focus on efficiency and contamination reduction. The planned upgrades aim to modernize the sorting line and reduce manual labor.  These improvements are expected to reduce contamination by 10-15 percent, increase California Redemption Value materials by 10 percent, and enable the facility to capture additional recyclable materials.  This project is expected to cost approximately $5.1 million and improve the overall quality and efficiency of the recycling process and enable the facility to capture additional recyclable materials.  This project is expected to cost approximately $5.1 million and improve the overall quality and efficiency of the recycling process.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>GreenWaste Recovery, LLC</x:t>
   </x:si>
   <x:si>
     <x:t> Francine Areas</x:t>
   </x:si>
   <x:si>
     <x:t>6692429165</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The proposed project by GreenWaste Recovery, LLC (GreenWaste) involves the creation of a Secondary Plastic Plant System dedicated to sorting and processing mixed plastic bales (types 2-7) from its Single Stream Materials Recovery Facility (SS Facility) and other recovery facilities.  This initiative targets the recovery of high-quality California Redemption Value beverage containers identified through bale audits.  Leveraging advanced technologies from Bulk Handling Systems (BHS), including NRT SpydIR®-HS optical sorters and a Total Intelligence Platform, the facility aims to maximize California Redemption Value material recovery while enhancing material quality.  The 2.34-acre facility, equipped with specialized sorting, compacting, and material removal systems, complements existing single-stream operations and supports Quality Incentive Payment (QIP) Program goals by collaborating with Registered Curbside Programs.  GreenWaste will manage all aspects of the grant-funded project, from equipment purchase and installation to operations, ensuring efficient, high-purity recycling processes.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Sunnyvale</x:t>
   </x:si>
   <x:si>
     <x:t> Deepti Jain</x:t>
   </x:si>
@@ -336,51 +333,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf60162c187384828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5d9ec84e56224bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0a6e59624e1942fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76be438d71874686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc7bc82e45964fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd92573e84ecc4bbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -494,223 +491,223 @@
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="1034.90087890625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>5147934</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row ht="1080.9071044921875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>10000000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row ht="678.444091796875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>6575000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row ht="931.407958984375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>4595898</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row ht="632.4375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>4035135</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row ht="655.45556640625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B13" s="8" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>4879712</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row ht="678.443359375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>5349286</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A15" s="10" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B15" s="10" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="C15" s="10"/>
       <x:c r="D15" s="11" t="n">
         <x:v>46272159</x:v>
       </x:c>
       <x:c r="E15" s="10" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F15" s="10" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G15" s="10" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H15" s="10" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:30 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 11:29 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>