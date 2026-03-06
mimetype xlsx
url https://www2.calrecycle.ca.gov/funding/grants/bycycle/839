--- v3 (2026-03-04)
+++ v4 (2026-03-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a43eece176f4ada" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7fad765207d472e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfc7bc82e45964fe3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf99075e989ac4baa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Quality Infrastructure Grant Program (QIG1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -333,51 +333,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76be438d71874686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc7bc82e45964fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd92573e84ecc4bbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74fc915d59674280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf99075e989ac4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8bf877b609914497" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -685,29 +685,29 @@
       </x:c>
       <x:c r="H15" s="10" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 11:29 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 5:09 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>