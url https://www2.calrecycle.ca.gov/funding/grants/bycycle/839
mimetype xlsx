--- v4 (2026-03-06)
+++ v5 (2026-03-09)
@@ -1,204 +1,204 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7fad765207d472e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8d149ea6fc8463b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf99075e989ac4baa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3d730f99979d4553"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Beverage Container Quality Infrastructure Grant Program (QIG1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Renee Taylor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stephanie Livingston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: In 2019, the City of Bakersfield acquired a Material Recovery Facility (MRF) to process recyclables from its curbside programs.  The MRF, which processes a variety of materials, currently struggles with outdated equipment, limiting its capacity and causing frequent breakdowns that result in outsourcing costs and lost revenue.  In March 2024, the city selected Green Machine to redesign the facility with a focus on efficiency and contamination reduction. The planned upgrades aim to modernize the sorting line and reduce manual labor.  These improvements are expected to reduce contamination by 10-15 percent, increase California Redemption Value materials by 10 percent, and enable the facility to capture additional recyclable materials.  This project is expected to cost approximately $5.1 million and improve the overall quality and efficiency of the recycling process and enable the facility to capture additional recyclable materials.  This project is expected to cost approximately $5.1 million and improve the overall quality and efficiency of the recycling process.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sunnyvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Deepti Jain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087307791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Sunnyvale is requesting $6,575,000 to assist with the upgrade of 10 tons per hour recycling processing system and 100 tons per hour Municipal Solid Waste processing system to recover additional beverage containers from the Sunnyvale and Mountain View service areas.  Grant funded infrastructure will be used to recover aluminum cans, ferrous bimetal containers, Polyethylene Terephthalate (PET) (California Redemption Value and non- California Redemption Value), High-Density Polyethylene (HDPE-C, HDPE-N), Polypropylene (PP), glass, and carton containers at the Sunnyvale Materials Recovery and Transfer Station (SMaRT Station®).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redding</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Keith Anderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302244313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant funds will be used to replace and upgrade the existing Material Recovery Facility (MRF) sort line.  Modernizing the sort line will increase the amount of throughput of materials.  The City of Redding also expects to see an improvement in contamination removal and recyclable material captured with the new equipment. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANCO Services LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grant Readle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167391200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tiffany Morris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SANCO will be purchasing four equipment upgrades for its material recovery facility's recycling processing line.  This consists of a glass decontamination unit, three optical sorters, and the associated conveyors and feeders included in the quotes for such equipment.  The glass decontamination unit is designed to improve the quality of our glass, while the three optical sorters each remove non-California Redemption Value materials from the California Redemption Value recovery stations thereby improving the quality and quantity of Polyethylene Terephthalate (PET) and aluminum beverage containers that are sold for remanufacture.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GreenWaste Recovery, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francine Areas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692429165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The proposed project by GreenWaste Recovery, LLC (GreenWaste) involves the creation of a Secondary Plastic Plant System dedicated to sorting and processing mixed plastic bales (types 2-7) from its Single Stream Materials Recovery Facility (SS Facility) and other recovery facilities.  This initiative targets the recovery of high-quality California Redemption Value beverage containers identified through bale audits.  Leveraging advanced technologies from Bulk Handling Systems (BHS), including NRT SpydIR®-HS optical sorters and a Total Intelligence Platform, the facility aims to maximize California Redemption Value material recovery while enhancing material quality.  The 2.34-acre facility, equipped with specialized sorting, compacting, and material removal systems, complements existing single-stream operations and supports Quality Incentive Payment (QIP) Program goals by collaborating with Registered Curbside Programs.  GreenWaste will manage all aspects of the grant-funded project, from equipment purchase and installation to operations, ensuring efficient, high-purity recycling processes.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Marin Sanitary Service</x:t>
   </x:si>
   <x:si>
-    <x:t> Grant Readle</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Marin Sanitary Service operates a materials recovery facility in San Rafael, California and currently receives California Redemption Value materials from the Marin County jurisdictions.  These materials, which include aluminum, glass, and plastic, are all processed, sorted, and prepared for sale to end markets to be remanufactured.  This grant will fund optical sorting equipment that will reduce the amount of contamination in these outbound materials while increasing yields.</x:t>
   </x:si>
   <x:si>
-    <x:t>Shasta              </x:t>
-[...56 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Sunnyvale is requesting $6,575,000 to assist with the upgrade of 10 tons per hour recycling processing system and 100 tons per hour Municipal Solid Waste processing system to recover additional beverage containers from the Sunnyvale and Mountain View service areas.  Grant funded infrastructure will be used to recover aluminum cans, ferrous bimetal containers, Polyethylene Terephthalate (PET) (California Redemption Value and non- California Redemption Value), High-Density Polyethylene (HDPE-C, HDPE-N), Polypropylene (PP), glass, and carton containers at the Sunnyvale Materials Recovery and Transfer Station (SMaRT Station®).</x:t>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ming's Resource Corporation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kenny Luong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164215054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Installation of optical sorting equipment to sort California Redemption Value from grocers, dealer cooperatives, and public venues.  The proposed project aims to enhance sorting infrastructure in Northern California, providing high-quality commingled sorting services to high-volume California Redemption Value locations including grocer cooperatives, public venues, sports arenas, special events, convention centers, colleges, casinos, hotels, and airports.  The infrastructure will support in-store return programs that collect California Redemption Value materials from consumers not part of dealer cooperatives.  Mings will also facilitate backhauling from distribution centers.</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>Mid-Valley Recycling, LLC</x:t>
   </x:si>
   <x:si>
     <x:t> Joseph Kalpakoff</x:t>
   </x:si>
   <x:si>
     <x:t>5592379425</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Mid Valley Recycling Material Recovery Facility (MRF) CP Line Retrofit Artificial Intelligence (AI) &amp; Communication System Line Upgrade.  Founded in 1997, Mid-Valley Disposal (MVD) is the leading locally owned and operated company that provides recycling, organics, and solid waste services in the Central Valley.  Under the same ownership of MVD, Mid-Valley Recycling, LLC (MVR) owns and operates a regional material recovery facility in Fresno.  MVR has partnered with CP Group Sorting Technologies for a complete redesign of the commercial processing line to incorporate new technologies and expand capacity for beverage container recovery.  The new processing line will be equipped with larger belt capacities, more efficient fiber screens, two optical sorters and three AI robots targeting beverage containers, and an eddy current for aluminum recovery.  The redesigned line will increase recovery of containers by approximately 250 TPY (tons per year).</x:t>
   </x:si>
   <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>BLT Enterprises of Fremont LLC</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fremont Recycling and Transfer Station (BLT) is a regional Material Recovery Facility (MRF) that receives material from the City of Fremont.  The facility is a Registered Curbside Program for reclaiming California Redemption Value materials.  BLT is seeking grant funding to purchase four optical sorters, two robots, and the supporting equipment to upgrade this MRF.  These upgrades would serve principally to improve the recovery of Polyethylene Terephthalate (PET) and aluminum beverage containers.  The sorters would remove non-compatible materials from the process, which helps with both the yield and quality of beverage containers sold.</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Installation of optical sorting equipment to sort California Redemption Value from grocers, dealer cooperatives, and public venues.  The proposed project aims to enhance sorting infrastructure in Northern California, providing high-quality commingled sorting services to high-volume California Redemption Value locations including grocer cooperatives, public venues, sports arenas, special events, convention centers, colleges, casinos, hotels, and airports.  The infrastructure will support in-store return programs that collect California Redemption Value materials from consumers not part of dealer cooperatives.  Mings will also facilitate backhauling from distribution centers.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 9</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -333,51 +333,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74fc915d59674280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf99075e989ac4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8bf877b609914497" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R213120dfd99948d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3d730f99979d4553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re5eeda855aec4beb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -425,258 +425,258 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+    <x:row ht="1034.9007568359375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>1598181</x:v>
+        <x:v>5147934</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.4566650390625" customHeight="1" collapsed="0">
+    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>4091013</x:v>
+        <x:v>6575000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="356.4566650390625" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>5147934</x:v>
+        <x:v>4091013</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="655.455078125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>10000000</x:v>
+        <x:v>4879712</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
+    <x:row ht="1080.906982421875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>6575000</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="931.407958984375" customHeight="1" collapsed="0">
+    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>4595898</x:v>
+        <x:v>1598181</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+    </x:row>
+    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>4035135</x:v>
+        <x:v>5349286</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>12</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>13</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
-    <x:row ht="655.45556640625" customHeight="1" collapsed="0">
+    <x:row ht="931.408203125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>4879712</x:v>
+        <x:v>4595898</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>12</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>13</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>46</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.443359375" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.43701171875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>5349286</x:v>
+        <x:v>4035135</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A15" s="10" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B15" s="10" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C15" s="10"/>
       <x:c r="D15" s="11" t="n">
         <x:v>46272159</x:v>
       </x:c>
       <x:c r="E15" s="10" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F15" s="10" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -685,29 +685,29 @@
       </x:c>
       <x:c r="H15" s="10" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 5:09 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:32 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>