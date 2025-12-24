--- v0 (2025-12-18)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc42e5c3047e45b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1230cae3be3f475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4c55798f94a64d2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Reed3b83f74004d49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Government Waste Tire Enforcement Grants (TEA32)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -647,51 +647,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf573b44a85a8408a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c55798f94a64d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R74d54ecbe0cd4d19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radf50b4d238946c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reed3b83f74004d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc225379a7c9e4b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1474,29 +1474,29 @@
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 11:40 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:09 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>