--- v1 (2025-12-24)
+++ v2 (2026-01-21)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1230cae3be3f475d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee88e5683404871" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Reed3b83f74004d49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3899a2d373a5418a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Government Waste Tire Enforcement Grants (TEA32)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -647,51 +647,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radf50b4d238946c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reed3b83f74004d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc225379a7c9e4b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6903cca45444da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3899a2d373a5418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf61784da3fb140a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1474,29 +1474,29 @@
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:09 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 21, 2026 6:40 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>