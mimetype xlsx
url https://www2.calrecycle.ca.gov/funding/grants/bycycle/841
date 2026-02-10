--- v2 (2026-01-21)
+++ v3 (2026-02-10)
@@ -1,518 +1,518 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee88e5683404871" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0df3e8e59b24f39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3899a2d373a5418a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3902a218893c4e86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Government Waste Tire Enforcement Grants (TEA32)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
-  </x:si>
-[...97 lines deleted...]
-    <x:t>The Waste Tires Enforcment Grant TEA32 will be used for the implementation of the Yolo County TEA program, namely, conducting inspections at tire facilities, educating facility staff, conducting enforcement as needed, attending training, as well as on administrative activities and operational costs.</x:t>
   </x:si>
   <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Bakersfield</x:t>
   </x:si>
   <x:si>
     <x:t> Kevin Lykins</x:t>
   </x:si>
   <x:si>
     <x:t>6613263510</x:t>
   </x:si>
   <x:si>
     <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Bakersfield‘s Waste Tire Enforcement Program will implement an inspection and compliance program that:
 1. Educates waste tire generators within our jurisdiction on their responsibilities to comply with applicable laws;
 2. Surveys Waste Tire Facilities and confirm that generators are using authorized waste tire haulers, properly maintaining CTLs; and fulfilling the WTF requirements;
 3. Identifies and reports sites that may be in violation of WTF storage standards;
 4. Initiates enforcement action against facilities that are in non-compliance by issuing a Notice of Violation (NOV);
 5. Refers facilities that continue to be in non-compliance after the issuance of a LNOV to CalRecycle staff;
 6. Identify and investigate existing sites where waste tires have been illegally dumped; and
 7. Obtains and submits the necessary information required for monthly reporting through WTMS to CalRecycle.
 The activities described above are an effective way to address the City of Bakersfield’s
 need to educate tire dealers and auto dismantlers about their responsibilities and reduce the
 illegal disposal of waste tires. The program will be comprehensive, and informative and allows for enforcement action when necessary. It provides for correcting waste handling problems, reducing long-term disposal problems, identifying illegal waste tire haulers, and encouraging compliance.</x:t>
   </x:si>
   <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Kraus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256085549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be used to conduct waste tire inspections and other enforcement actions, train employees on waste tire regulations, enforcement and educate waste tire operators, other enforcement agencies, and the general public on the requirements for handling, disposing and storage of waste tires.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Marin County</x:t>
   </x:si>
   <x:si>
     <x:t> Lee Bryant</x:t>
   </x:si>
   <x:si>
     <x:t>4154736271</x:t>
   </x:si>
   <x:si>
+    <x:t>Andrea Smith</x:t>
+  </x:si>
+  <x:si>
     <x:t>Environmental Health Services staff will perform duties to enforce the waste tire laws and regulations under CalRecycle's authority.</x:t>
   </x:si>
   <x:si>
-    <x:t>Imperial            </x:t>
-[...117 lines deleted...]
-    <x:t>The Calaveras County Environmental Health Department grant budget outlines our enforcement needs that will allow for the continued implementation of an effective enforcement program within Calaveras County. Throughout the past several TEA grant cycles waste tire staff have incorporated continued outreach and education to our community and stakeholders and promoted communication through our Board of Supervisor meeting announcements. Due to our rural setting inspection of our waste tire facilities require additional travel time. There continues to be an increase of waste tires being dumped in our County on public roads and public right of ways. Our waste tire staff partner with our Code Enforcement Department and Public Works to act as sentinels for the dump sites for pick-up. Our Environmental Health department also provides education at our public counter to our community members and educate them on how they can assist our staff in locating illegally dumped waste tires throughout our community. It is critical our staff continue to receive ongoing training through CalRecycle‘s website and the ability to attend the LEA conferences as part of continued education and guidance. This next grant cycle Calaveras County will be reaching out to the California Conservation Corp as there is a need for additional resources to assist Waste Tire staff and our community with the removal of waste tire piles on private and public properties.</x:t>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kolton  Pacheco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto allocates time from its Solid Waste Code Enforcement staff to support state tire regulations, including inspections, enforcement, patrolling, education, and associated training. The City allocates supervisor and administrative time to the management and organization of this enforcement and to the oversight of this grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Simpson-Vandam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072534095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investigate illegal tire activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samantha Bailey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307452394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant will allow for Environmental Health to perform waste tire inspections, identify unpermitted waste tire activities, and provide enforcement for illegally dumped tires within Placer County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MR Jeff Czapla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168766586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sacramento County Environmental Management Department requests TEA 32 grand funding for the continued implementation of a local waste tire inspection and enforcement program.  Funds will be used to ensure businesses comply with State regulations governing the storage, transportation, and manifesting of used and waste tires.  This will be accomplished via inspection of waste tire generators and haulers, surveying for new businesses that are required to comply with State waste tire regulations, investigating illegal tire hauling and dumping complaints, and providing used/waste tire education to the public and businesses. Funds will also be used for staff training, equipment, and prepare required reports for submittal to CalRecycle.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Victorville</x:t>
-[...69 lines deleted...]
-  <x:si>
     <x:t>San Bernardino County</x:t>
   </x:si>
   <x:si>
     <x:t> Deleon Luna</x:t>
   </x:si>
   <x:si>
     <x:t>9093832115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino County Land Use Services - Code Enforcement anticipates Countywide inspections of all waste tire facilities within our jurisdiction and all cities within the County that are not individual grantees. The largest geographical county in the lower 48 states, San Bernardino County has vast areas of open land in desert and mountain regions, as well as many large incorporated cities; illegal dumping of waste tires in remote areas has been a chronic problem. San Bernardino County Land Use Services - Code Enforcement anticipates that participation in CalRecycle‘s grant programs, the County will mark improvement with respect to illegal waste tire dumping activities. 
 In addition to scheduled facility and compliance inspections, we will provide educational outreach and enforcement efforts throughout the county to promote the proper transport, storing and disposal of waste tires, thereby reducing the incidences of illegal dumping, improper stockpiling and illegal transport activities.</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Robert Miramontes</x:t>
   </x:si>
   <x:si>
     <x:t>2095256729</x:t>
   </x:si>
   <x:si>
     <x:t>The Waste Tire Enforcement Grant program allows Stanislaus County to administer a comprehensive waste tire enforcement program which includes the following elements: identification, documentation, education, and inspection of businesses involved in the generation, collection, transportation, and disposal of waste tires.
 Currently, there are approximately 630 waste tire businesses in Stanislaus County and in the participating cities.  The grant allows inspections of each of these tire facilities, tire dealers, auto dismantler, tire haulers, and other waste tire generators.  The local enforcement of the waste tire regulations will emphasize the importance of proper disposal, reuse, and recycling of waste tires through the education and the regulation of generators, haulers, and end-user businesses.
 Since the program's inception in 2006, over 5,034 inspections of tire facilities and tire haulers have been conducted, with 48 notices of violation issued along with 13 referrals to CalRecycle for legal action.  
 If TEA 32 is awarded to Stanislaus County it will enable our jurisdiction to conduct 230 inspections, spend 265 hours on surveillance, field patrolling, and respond to complaints of illegal tire dumps.</x:t>
   </x:si>
   <x:si>
-    <x:t>Napa                </x:t>
-[...11 lines deleted...]
-    <x:t>Investigate illegal tire activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations.</x:t>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lori Mueller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305278020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our Waste Tire Program is to protect public health and the environment with regard to waste tires and facilities in Tehama County. TCEHD intends to use TEA 32 reimbursement grant funds for inspection, enforcement, outreach, training and management in order to accomplish these objectives.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jorge Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605555104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Victorville, located in the Mojave Desert region, lies approximately 1.5 hours from the major metropolitan areas of Los Angeles, Orange County, and the Inland Empire, and about 3 hours from Las Vegas, Nevada. Surrounded by expansive desert land, Victorville is a key junction where three major highways intersect (Interstate 15, CA Highway 18/138, and U.S. Highway 395), making it a natural throughway for both passenger and commercial traffic. This geographical placement, combined with continued growth in industrial, commercial, and residential sectors, has led to significant challenges with illegal dumping, particularly of waste tires. The City currently has 121 waste tire-related businesses, many of which are tire dealers located in areas historically burdened with frequent illegal tire disposal. This number reflects a recent reduction from 126, prompting the City to request a smaller grant allocation this cycle.
+To address these issues, the City will use the Waste Tire Enforcement Grant to strengthen its regulatory presence in partnership with CalRecycle. Grant funds will support enforcement and administrative actions aimed at minimizing illegal dumping through surveillance, inspections, and targeted educational outreach. Additionally, the City plans to utilize the operational cost budget to purchase a Motorola APX 6000 800 MHz radio, which will enhance communication capabilities for officers conducting inspections and investigations in open desert areas prone to illegal tire dumps. Funds will also equip field staff with essential office and field supplies, surveillance tools, and specialized training focused on inspection, documentation, and waste tire management processes.
+The primary objective is to inspect all waste tire generators and haulers operating within Victorville during the grant period. In collaboration with local businesses, the City will encourage full compliance with CalRecycle’s waste tire manifesting requirements, including assisting in identifying individuals engaged in illegal tire dumping. In administering this grant, the City of Victorville will align its initiatives with CalRecycle's goals, focusing on activities outlined in the grant terms and conditions, such as comprehensive inspections, manifest compliance, illegal disposal identification, public education, and community awareness.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Moushumi Hasan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tires Enforcment Grant TEA32 will be used for the implementation of the Yolo County TEA program, namely, conducting inspections at tire facilities, educating facility staff, conducting enforcement as needed, attending training, as well as on administrative activities and operational costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Frick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192367080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Diego Regional Waste Tire program will be using grant funds to continue implementing inspections, enforcement, and educate over 1,100 active waste tire generating businesses. In 2007, the city began inviting neighboring cities to participate in the grant program in order to achieve better regional compliance. Today, the city is collaborating with six neighboring cities (Participating Collaborative Jurisdictions).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Rompf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503390327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County EH will continue to participate in the TEA 32 Tire Enforcement Agency grant and complete inspections, outreach and enforcement of the TEA program in our jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mercedes Parra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8318837510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant monies will be used to fund the existing Waste Tire Enforcement Program, which includes conducting routine waste tire inspections, surveillance and enforcement, community education, attending round table events and other training required by Cal Recycle, and to purchase equipment and supplies needed to conduct the program activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matthew Sorondo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant will be used for continued inspections and enforcement of waste tire generators, waste tire haulers, and waste tire end-use facilities in accordance with CalRecycle regulations for the disposal and storage of waste/used tires. Inspections will be conducted on the CalRecycle Priority TPID list provided by CalRecycle and businesses currently registered with CalRecycle for the disposal and storage of waste/used tires. Educational visits will be conducted on new businesses generating, storing, and disposing of waste/used tires. Surveillance will be conducted as needed when illegal dumping of waste tires is suspected by a generator, hauler, and end-use facility. This program has aided the City of Fresno in the monitoring generators, haulers, and end-use facilities with the disposal of waste tires ensuring businesses are contracting with a registered hauler resulting in less waste tires being illegally dumped throughout the City of Fresno.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brandon Medellin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local government tire enforcement program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Timothy Hildreth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106391266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Alameda County Department of Environmental Health (ACDEH) will utilize the TEA 32 Waste Tire Grant Funds to implement the Waste Tire Program and conduct compliance inspections to verify compliance with the Waste Tire Regulations. Additionally, ACDEH will use TEA 32 grant funds to prepare reports and payment requests and provide information and education to community stakeholders and regulated businesses, while also providing continuing education for ACDEH Waste Tire inspection staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jose Parra Bernal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7144336230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County will utilize these grant funds to investigate illegal tire disposal activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations. Funds will also be used for community and industry education, staff training and administration of the grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Howard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596003357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The goal of the Waste Tire Program is to promote compliance with State and local regulations as it pertains to the collection, handling, storage, and disposal of waste tires in an effort to protect the air, water, and land from pollution and to ensure public health and safety. The Fresno County Department of Public Health, Environmental Health Division, proposes to utilize FY 2024-2025 Waste Tire Grant funds for staffing, training and equipment needs associated with continuing the County's Enforcement Program Plan.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wini San Filippo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7075654727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Tire Grant funds will be used to continue waste tire management in Sonoma County through permitting, inspections, education and enforcement activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> AJ Sekhon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089182787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the County of Santa Clara Department of Environmental Health (DEH) is to protect public health, safety, and the environment in regards to proper storage, transport and use of waste tires within our jurisdiction.
+The County of Santa Clara DEH intends to use TEA grant funds for activities directly related to inspection and administration costs for implementing the waste tire program as outlined in the grant procedures and requirements, and grant application guidelines and ongoing grant guidance from CalRecycle regarding waste and used tire activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jorge Perez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to buy equipment to run the program, conduct inspections for generators and haulers and to enforce CalRecycle's laws and regulations. Enforcement will be augmented locally by having more generators and haulers in compliance with CalRecycle's laws and regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gary Cantwell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307497526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County will use the funds to conduct inspections of active tire facilities. It will monitor dumping areas for the presence of illegally disposed tires. When found, the county will remove and properly dispose of waste tires. The funds will also be used to send staff to trainings and roundtables.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lisa Medina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097546744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Calaveras County Environmental Health Department grant budget outlines our enforcement needs that will allow for the continued implementation of an effective enforcement program within Calaveras County. Throughout the past several TEA grant cycles waste tire staff have incorporated continued outreach and education to our community and stakeholders and promoted communication through our Board of Supervisor meeting announcements. Due to our rural setting inspection of our waste tire facilities require additional travel time. There continues to be an increase of waste tires being dumped in our County on public roads and public right of ways. Our waste tire staff partner with our Code Enforcement Department and Public Works to act as sentinels for the dump sites for pick-up. Our Environmental Health department also provides education at our public counter to our community members and educate them on how they can assist our staff in locating illegally dumped waste tires throughout our community. It is critical our staff continue to receive ongoing training through CalRecycle‘s website and the ability to attend the LEA conferences as part of continued education and guidance. This next grant cycle Calaveras County will be reaching out to the California Conservation Corp as there is a need for additional resources to assist Waste Tire staff and our community with the removal of waste tire piles on private and public properties.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shane Hidey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512101446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be utilized to inspect tire-related businesses and ensure entities within the County are storing and hauling used and waste tires as dictated by California law. These funds will augment local and regional enforcement efforts by seeking to prevent the unlawful stockpiling and dumping of waste tires. This goal is accomplished by allowing personnel to be dedicated to the task of ensuring waste tires reach an appropriate end-use facility by educating business owners of the proper disposal methods and referring the actions of offenders to the appropriate governing agency.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Bowker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County Environmental Management Department is applying on behalf of the County.  The Board of Supervisors has signed a resolution allowing Environmental Management to apply for this grant.</x:t>
   </x:si>
   <x:si>
     <x:t>Solano              </x:t>
   </x:si>
   <x:si>
     <x:t>Solano County</x:t>
   </x:si>
   <x:si>
     <x:t> Chris Ambrose</x:t>
   </x:si>
   <x:si>
     <x:t>7077846765</x:t>
   </x:si>
   <x:si>
     <x:t>Perform waste tire enforcement activities, including inspecting waste tire generators and transporters, perform educational/outreach, and perform enforcement activities.</x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t>Grant funds will be utilized to inspect tire-related businesses and ensure entities within the County are storing and hauling used and waste tires as dictated by California law. These funds will augment local and regional enforcement efforts by seeking to prevent the unlawful stockpiling and dumping of waste tires. This goal is accomplished by allowing personnel to be dedicated to the task of ensuring waste tires reach an appropriate end-use facility by educating business owners of the proper disposal methods and referring the actions of offenders to the appropriate governing agency.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 28</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -647,51 +647,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6903cca45444da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3899a2d373a5418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf61784da3fb140a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83537df803164782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3902a218893c4e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb753c171dad2405d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -739,723 +739,723 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47247314453125" customHeight="1" collapsed="0">
+    <x:row ht="1345.3795166015625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>215514</x:v>
+        <x:v>84401</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.9432373046875" customHeight="1" collapsed="0">
+    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>215514</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.4771728515625" customHeight="1" collapsed="0">
+    <x:row ht="115.00146484375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>39385</x:v>
+        <x:v>45612</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.9591064453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>421286</x:v>
+        <x:v>30853</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.001708984375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>355000</x:v>
+        <x:v>21218</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>40662</x:v>
+        <x:v>191979</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1345.37939453125" customHeight="1" collapsed="0">
+    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>84401</x:v>
+        <x:v>499802</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="885.4296875" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>45612</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.980712890625" customHeight="1" collapsed="0">
+    <x:row ht="1092.416259765625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>182287</x:v>
+        <x:v>209659</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>107966</x:v>
+        <x:v>17837</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="2046.8125" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>187930</x:v>
+        <x:v>64335</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G16" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+    </x:row>
+    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>17837</x:v>
+        <x:v>40662</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G17" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+    </x:row>
+    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>180400</x:v>
+        <x:v>187930</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G18" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+      <x:c r="B19" s="8" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>105194</x:v>
+        <x:v>110605</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+    </x:row>
+    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>73870</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G20" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+    </x:row>
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+      <x:c r="B21" s="8" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>19666</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+    </x:row>
+    <x:row ht="46.005859375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+      <x:c r="B22" s="8" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>64335</x:v>
+        <x:v>107966</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+    </x:row>
+    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+      <x:c r="B23" s="8" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>135412</x:v>
+        <x:v>421286</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G23" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+    </x:row>
+    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="G23" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H23" s="8" t="s">
+      <x:c r="B24" s="8" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>355000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+      <x:c r="G24" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>499802</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="G25" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+    </x:row>
+    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+      <x:c r="B26" s="8" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>110605</x:v>
+        <x:v>105194</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="G26" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+      <x:c r="B27" s="8" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>180400</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="F27" s="8" t="s">
+      <x:c r="G27" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="G27" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H27" s="8" t="s">
+    </x:row>
+    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A28" s="8" t="s">
+      <x:c r="B28" s="8" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>209659</x:v>
+        <x:v>182287</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F28" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F28" s="8" t="s">
+      <x:c r="G28" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H28" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="G28" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H28" s="8" t="s">
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+      <x:c r="A29" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A29" s="8" t="s">
+      <x:c r="B29" s="8" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>21218</x:v>
+        <x:v>135412</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="F29" s="8" t="s">
+      <x:c r="G29" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H29" s="8" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="G29" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H29" s="8" t="s">
+    </x:row>
+    <x:row ht="1241.88671875" customHeight="1" collapsed="0">
+      <x:c r="A30" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A30" s="8" t="s">
+      <x:c r="B30" s="8" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>76555</x:v>
+        <x:v>19666</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="F30" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="F30" s="8" t="s">
+      <x:c r="G30" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H30" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="G30" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H30" s="8" t="s">
+    </x:row>
+    <x:row ht="517.4638671875" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>30853</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.4775390625" customHeight="1" collapsed="0">
+    <x:row ht="195.478515625" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>191979</x:v>
+        <x:v>39385</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>76555</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A34" s="10" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B34" s="10" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C34" s="10"/>
       <x:c r="D34" s="11" t="n">
         <x:v>5267428</x:v>
       </x:c>
       <x:c r="E34" s="10" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F34" s="10" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G34" s="10" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H34" s="10" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1474,29 +1474,29 @@
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 21, 2026 6:40 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:48 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>