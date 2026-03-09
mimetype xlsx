--- v3 (2026-02-10)
+++ v4 (2026-03-09)
@@ -1,93 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0df3e8e59b24f39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce7bf592e0314abe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3902a218893c4e86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R532b15d25e484a65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Government Waste Tire Enforcement Grants (TEA32)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Bakersfield</x:t>
   </x:si>
   <x:si>
     <x:t> Kevin Lykins</x:t>
   </x:si>
   <x:si>
     <x:t>6613263510</x:t>
   </x:si>
   <x:si>
-    <x:t>Jim Madden</x:t>
+    <x:t>Blessing Badmus</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Bakersfield‘s Waste Tire Enforcement Program will implement an inspection and compliance program that:
 1. Educates waste tire generators within our jurisdiction on their responsibilities to comply with applicable laws;
 2. Surveys Waste Tire Facilities and confirm that generators are using authorized waste tire haulers, properly maintaining CTLs; and fulfilling the WTF requirements;
 3. Identifies and reports sites that may be in violation of WTF storage standards;
 4. Initiates enforcement action against facilities that are in non-compliance by issuing a Notice of Violation (NOV);
 5. Refers facilities that continue to be in non-compliance after the issuance of a LNOV to CalRecycle staff;
 6. Identify and investigate existing sites where waste tires have been illegally dumped; and
 7. Obtains and submits the necessary information required for monthly reporting through WTMS to CalRecycle.
 The activities described above are an effective way to address the City of Bakersfield’s
 need to educate tire dealers and auto dismantlers about their responsibilities and reduce the
 illegal disposal of waste tires. The program will be comprehensive, and informative and allows for enforcement action when necessary. It provides for correcting waste handling problems, reducing long-term disposal problems, identifying illegal waste tire haulers, and encouraging compliance.</x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa County</x:t>
   </x:si>
   <x:si>
     <x:t> Timothy Kraus</x:t>
   </x:si>
   <x:si>
     <x:t>9256085549</x:t>
@@ -165,53 +165,50 @@
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento County</x:t>
   </x:si>
   <x:si>
     <x:t>MR Jeff Czapla</x:t>
   </x:si>
   <x:si>
     <x:t>9168766586</x:t>
   </x:si>
   <x:si>
     <x:t>The Sacramento County Environmental Management Department requests TEA 32 grand funding for the continued implementation of a local waste tire inspection and enforcement program.  Funds will be used to ensure businesses comply with State regulations governing the storage, transportation, and manifesting of used and waste tires.  This will be accomplished via inspection of waste tire generators and haulers, surveying for new businesses that are required to comply with State waste tire regulations, investigating illegal tire hauling and dumping complaints, and providing used/waste tire education to the public and businesses. Funds will also be used for staff training, equipment, and prepare required reports for submittal to CalRecycle.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino County</x:t>
   </x:si>
   <x:si>
     <x:t> Deleon Luna</x:t>
   </x:si>
   <x:si>
     <x:t>9093832115</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Blessing Badmus</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino County Land Use Services - Code Enforcement anticipates Countywide inspections of all waste tire facilities within our jurisdiction and all cities within the County that are not individual grantees. The largest geographical county in the lower 48 states, San Bernardino County has vast areas of open land in desert and mountain regions, as well as many large incorporated cities; illegal dumping of waste tires in remote areas has been a chronic problem. San Bernardino County Land Use Services - Code Enforcement anticipates that participation in CalRecycle‘s grant programs, the County will mark improvement with respect to illegal waste tire dumping activities. 
 In addition to scheduled facility and compliance inspections, we will provide educational outreach and enforcement efforts throughout the county to promote the proper transport, storing and disposal of waste tires, thereby reducing the incidences of illegal dumping, improper stockpiling and illegal transport activities.</x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Robert Miramontes</x:t>
   </x:si>
   <x:si>
     <x:t>2095256729</x:t>
   </x:si>
   <x:si>
     <x:t>The Waste Tire Enforcement Grant program allows Stanislaus County to administer a comprehensive waste tire enforcement program which includes the following elements: identification, documentation, education, and inspection of businesses involved in the generation, collection, transportation, and disposal of waste tires.
 Currently, there are approximately 630 waste tire businesses in Stanislaus County and in the participating cities.  The grant allows inspections of each of these tire facilities, tire dealers, auto dismantler, tire haulers, and other waste tire generators.  The local enforcement of the waste tire regulations will emphasize the importance of proper disposal, reuse, and recycling of waste tires through the education and the regulation of generators, haulers, and end-user businesses.
 Since the program's inception in 2006, over 5,034 inspections of tire facilities and tire haulers have been conducted, with 48 notices of violation issued along with 13 referrals to CalRecycle for legal action.  
 If TEA 32 is awarded to Stanislaus County it will enable our jurisdiction to conduct 230 inspections, spend 265 hours on surveillance, field patrolling, and respond to complaints of illegal tire dumps.</x:t>
   </x:si>
   <x:si>
     <x:t>Tehama              </x:t>
   </x:si>
   <x:si>
     <x:t>Tehama County</x:t>
@@ -647,51 +644,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83537df803164782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3902a218893c4e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb753c171dad2405d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc8f5cb242d459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R532b15d25e484a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R94b71089e7bd4373" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -925,578 +922,578 @@
       <x:c r="G12" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row ht="885.4296875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>650000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row ht="1092.416259765625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>209659</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row ht="264.47216796875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B15" s="8" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>17837</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row ht="2046.8125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>64335</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row ht="287.4619140625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>40662</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row ht="379.4736328125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>187930</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>110605</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row ht="287.4619140625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B20" s="8" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>73870</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="G20" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row ht="827.943359375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
         <x:v>200000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="G21" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row ht="46.005859375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
         <x:v>107966</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row ht="540.4541015625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B23" s="8" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
         <x:v>421286</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row ht="252.9912109375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B24" s="8" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
         <x:v>355000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
         <x:v>350000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row ht="149.4990234375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="B26" s="8" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
         <x:v>105194</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B27" s="8" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
         <x:v>180400</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row ht="275.9814453125" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B28" s="8" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
         <x:v>182287</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="F28" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="F28" s="8" t="s">
+      <x:c r="G28" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H28" s="8" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B29" s="8" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
         <x:v>135412</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row ht="1241.88671875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="B30" s="8" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
         <x:v>19666</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="F30" s="8" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row ht="517.4638671875" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="B31" s="8" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
         <x:v>650000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+      <x:c r="G31" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row ht="195.478515625" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="B32" s="8" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
         <x:v>39385</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="F32" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="F32" s="8" t="s">
+      <x:c r="G32" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H32" s="8" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="B33" s="8" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
         <x:v>76555</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="F33" s="8" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A34" s="10" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="B34" s="10" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
       <x:c r="C34" s="10"/>
       <x:c r="D34" s="11" t="n">
         <x:v>5267428</x:v>
       </x:c>
       <x:c r="E34" s="10" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F34" s="10" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G34" s="10" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H34" s="10" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:48 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>