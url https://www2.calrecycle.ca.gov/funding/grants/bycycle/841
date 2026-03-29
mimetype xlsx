--- v4 (2026-03-09)
+++ v5 (2026-03-29)
@@ -1,515 +1,515 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce7bf592e0314abe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf2171d99f3b4275" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R532b15d25e484a65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9ce48dcc56ee46a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Local Government Waste Tire Enforcement Grants (TEA32)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Kraus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256085549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be used to conduct waste tire inspections and other enforcement actions, train employees on waste tire regulations, enforcement and educate waste tire operators, other enforcement agencies, and the general public on the requirements for handling, disposing and storage of waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matthew Sorondo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant will be used for continued inspections and enforcement of waste tire generators, waste tire haulers, and waste tire end-use facilities in accordance with CalRecycle regulations for the disposal and storage of waste/used tires. Inspections will be conducted on the CalRecycle Priority TPID list provided by CalRecycle and businesses currently registered with CalRecycle for the disposal and storage of waste/used tires. Educational visits will be conducted on new businesses generating, storing, and disposing of waste/used tires. Surveillance will be conducted as needed when illegal dumping of waste tires is suspected by a generator, hauler, and end-use facility. This program has aided the City of Fresno in the monitoring generators, haulers, and end-use facilities with the disposal of waste tires ensuring businesses are contracting with a registered hauler resulting in less waste tires being illegally dumped throughout the City of Fresno.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Bowker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County Environmental Management Department is applying on behalf of the County.  The Board of Supervisors has signed a resolution allowing Environmental Management to apply for this grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Timothy Hildreth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106391266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Alameda County Department of Environmental Health (ACDEH) will utilize the TEA 32 Waste Tire Grant Funds to implement the Waste Tire Program and conduct compliance inspections to verify compliance with the Waste Tire Regulations. Additionally, ACDEH will use TEA 32 grant funds to prepare reports and payment requests and provide information and education to community stakeholders and regulated businesses, while also providing continuing education for ACDEH Waste Tire inspection staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jose Parra Bernal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7144336230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrea Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County will utilize these grant funds to investigate illegal tire disposal activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations. Funds will also be used for community and industry education, staff training and administration of the grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Moushumi Hasan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tires Enforcment Grant TEA32 will be used for the implementation of the Yolo County TEA program, namely, conducting inspections at tire facilities, educating facility staff, conducting enforcement as needed, attending training, as well as on administrative activities and operational costs.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Bakersfield</x:t>
   </x:si>
   <x:si>
     <x:t> Kevin Lykins</x:t>
   </x:si>
   <x:si>
     <x:t>6613263510</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Blessing Badmus</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Bakersfield‘s Waste Tire Enforcement Program will implement an inspection and compliance program that:
 1. Educates waste tire generators within our jurisdiction on their responsibilities to comply with applicable laws;
 2. Surveys Waste Tire Facilities and confirm that generators are using authorized waste tire haulers, properly maintaining CTLs; and fulfilling the WTF requirements;
 3. Identifies and reports sites that may be in violation of WTF storage standards;
 4. Initiates enforcement action against facilities that are in non-compliance by issuing a Notice of Violation (NOV);
 5. Refers facilities that continue to be in non-compliance after the issuance of a LNOV to CalRecycle staff;
 6. Identify and investigate existing sites where waste tires have been illegally dumped; and
 7. Obtains and submits the necessary information required for monthly reporting through WTMS to CalRecycle.
 The activities described above are an effective way to address the City of Bakersfield’s
 need to educate tire dealers and auto dismantlers about their responsibilities and reduce the
 illegal disposal of waste tires. The program will be comprehensive, and informative and allows for enforcement action when necessary. It provides for correcting waste handling problems, reducing long-term disposal problems, identifying illegal waste tire haulers, and encouraging compliance.</x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Marin County</x:t>
   </x:si>
   <x:si>
     <x:t> Lee Bryant</x:t>
   </x:si>
   <x:si>
     <x:t>4154736271</x:t>
   </x:si>
   <x:si>
-    <x:t>Andrea Smith</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Environmental Health Services staff will perform duties to enforce the waste tire laws and regulations under CalRecycle's authority.</x:t>
   </x:si>
   <x:si>
-    <x:t>Stanislaus          </x:t>
-[...41 lines deleted...]
-    <x:t>The Waste Tire Enforcement Grant will allow for Environmental Health to perform waste tire inspections, identify unpermitted waste tire activities, and provide enforcement for illegally dumped tires within Placer County.</x:t>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jorge Perez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to buy equipment to run the program, conduct inspections for generators and haulers and to enforce CalRecycle's laws and regulations. Enforcement will be augmented locally by having more generators and haulers in compliance with CalRecycle's laws and regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brandon Medellin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local government tire enforcement program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Frick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192367080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Diego Regional Waste Tire program will be using grant funds to continue implementing inspections, enforcement, and educate over 1,100 active waste tire generating businesses. In 2007, the city began inviting neighboring cities to participate in the grant program in order to achieve better regional compliance. Today, the city is collaborating with six neighboring cities (Participating Collaborative Jurisdictions).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lori Mueller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305278020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our Waste Tire Program is to protect public health and the environment with regard to waste tires and facilities in Tehama County. TCEHD intends to use TEA 32 reimbursement grant funds for inspection, enforcement, outreach, training and management in order to accomplish these objectives.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> AJ Sekhon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089182787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the County of Santa Clara Department of Environmental Health (DEH) is to protect public health, safety, and the environment in regards to proper storage, transport and use of waste tires within our jurisdiction.
+The County of Santa Clara DEH intends to use TEA grant funds for activities directly related to inspection and administration costs for implementing the waste tire program as outlined in the grant procedures and requirements, and grant application guidelines and ongoing grant guidance from CalRecycle regarding waste and used tire activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wini San Filippo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7075654727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Tire Grant funds will be used to continue waste tire management in Sonoma County through permitting, inspections, education and enforcement activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mercedes Parra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8318837510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant monies will be used to fund the existing Waste Tire Enforcement Program, which includes conducting routine waste tire inspections, surveillance and enforcement, community education, attending round table events and other training required by Cal Recycle, and to purchase equipment and supplies needed to conduct the program activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lisa Medina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097546744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Calaveras County Environmental Health Department grant budget outlines our enforcement needs that will allow for the continued implementation of an effective enforcement program within Calaveras County. Throughout the past several TEA grant cycles waste tire staff have incorporated continued outreach and education to our community and stakeholders and promoted communication through our Board of Supervisor meeting announcements. Due to our rural setting inspection of our waste tire facilities require additional travel time. There continues to be an increase of waste tires being dumped in our County on public roads and public right of ways. Our waste tire staff partner with our Code Enforcement Department and Public Works to act as sentinels for the dump sites for pick-up. Our Environmental Health department also provides education at our public counter to our community members and educate them on how they can assist our staff in locating illegally dumped waste tires throughout our community. It is critical our staff continue to receive ongoing training through CalRecycle‘s website and the ability to attend the LEA conferences as part of continued education and guidance. This next grant cycle Calaveras County will be reaching out to the California Conservation Corp as there is a need for additional resources to assist Waste Tire staff and our community with the removal of waste tire piles on private and public properties.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jorge Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605555104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Victorville, located in the Mojave Desert region, lies approximately 1.5 hours from the major metropolitan areas of Los Angeles, Orange County, and the Inland Empire, and about 3 hours from Las Vegas, Nevada. Surrounded by expansive desert land, Victorville is a key junction where three major highways intersect (Interstate 15, CA Highway 18/138, and U.S. Highway 395), making it a natural throughway for both passenger and commercial traffic. This geographical placement, combined with continued growth in industrial, commercial, and residential sectors, has led to significant challenges with illegal dumping, particularly of waste tires. The City currently has 121 waste tire-related businesses, many of which are tire dealers located in areas historically burdened with frequent illegal tire disposal. This number reflects a recent reduction from 126, prompting the City to request a smaller grant allocation this cycle.
+To address these issues, the City will use the Waste Tire Enforcement Grant to strengthen its regulatory presence in partnership with CalRecycle. Grant funds will support enforcement and administrative actions aimed at minimizing illegal dumping through surveillance, inspections, and targeted educational outreach. Additionally, the City plans to utilize the operational cost budget to purchase a Motorola APX 6000 800 MHz radio, which will enhance communication capabilities for officers conducting inspections and investigations in open desert areas prone to illegal tire dumps. Funds will also equip field staff with essential office and field supplies, surveillance tools, and specialized training focused on inspection, documentation, and waste tire management processes.
+The primary objective is to inspect all waste tire generators and haulers operating within Victorville during the grant period. In collaboration with local businesses, the City will encourage full compliance with CalRecycle’s waste tire manifesting requirements, including assisting in identifying individuals engaged in illegal tire dumping. In administering this grant, the City of Victorville will align its initiatives with CalRecycle's goals, focusing on activities outlined in the grant terms and conditions, such as comprehensive inspections, manifest compliance, illegal disposal identification, public education, and community awareness.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gary Cantwell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307497526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County will use the funds to conduct inspections of active tire facilities. It will monitor dumping areas for the presence of illegally disposed tires. When found, the county will remove and properly dispose of waste tires. The funds will also be used to send staff to trainings and roundtables.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Howard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596003357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The goal of the Waste Tire Program is to promote compliance with State and local regulations as it pertains to the collection, handling, storage, and disposal of waste tires in an effort to protect the air, water, and land from pollution and to ensure public health and safety. The Fresno County Department of Public Health, Environmental Health Division, proposes to utilize FY 2024-2025 Waste Tire Grant funds for staffing, training and equipment needs associated with continuing the County's Enforcement Program Plan.</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento County</x:t>
   </x:si>
   <x:si>
     <x:t>MR Jeff Czapla</x:t>
   </x:si>
   <x:si>
     <x:t>9168766586</x:t>
   </x:si>
   <x:si>
     <x:t>The Sacramento County Environmental Management Department requests TEA 32 grand funding for the continued implementation of a local waste tire inspection and enforcement program.  Funds will be used to ensure businesses comply with State regulations governing the storage, transportation, and manifesting of used and waste tires.  This will be accomplished via inspection of waste tire generators and haulers, surveying for new businesses that are required to comply with State waste tire regulations, investigating illegal tire hauling and dumping complaints, and providing used/waste tire education to the public and businesses. Funds will also be used for staff training, equipment, and prepare required reports for submittal to CalRecycle.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Rompf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503390327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County EH will continue to participate in the TEA 32 Tire Enforcement Agency grant and complete inspections, outreach and enforcement of the TEA program in our jurisdiction.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino County</x:t>
   </x:si>
   <x:si>
     <x:t> Deleon Luna</x:t>
   </x:si>
   <x:si>
     <x:t>9093832115</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino County Land Use Services - Code Enforcement anticipates Countywide inspections of all waste tire facilities within our jurisdiction and all cities within the County that are not individual grantees. The largest geographical county in the lower 48 states, San Bernardino County has vast areas of open land in desert and mountain regions, as well as many large incorporated cities; illegal dumping of waste tires in remote areas has been a chronic problem. San Bernardino County Land Use Services - Code Enforcement anticipates that participation in CalRecycle‘s grant programs, the County will mark improvement with respect to illegal waste tire dumping activities. 
 In addition to scheduled facility and compliance inspections, we will provide educational outreach and enforcement efforts throughout the county to promote the proper transport, storing and disposal of waste tires, thereby reducing the incidences of illegal dumping, improper stockpiling and illegal transport activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Robert Miramontes</x:t>
   </x:si>
   <x:si>
     <x:t>2095256729</x:t>
   </x:si>
   <x:si>
     <x:t>The Waste Tire Enforcement Grant program allows Stanislaus County to administer a comprehensive waste tire enforcement program which includes the following elements: identification, documentation, education, and inspection of businesses involved in the generation, collection, transportation, and disposal of waste tires.
 Currently, there are approximately 630 waste tire businesses in Stanislaus County and in the participating cities.  The grant allows inspections of each of these tire facilities, tire dealers, auto dismantler, tire haulers, and other waste tire generators.  The local enforcement of the waste tire regulations will emphasize the importance of proper disposal, reuse, and recycling of waste tires through the education and the regulation of generators, haulers, and end-user businesses.
 Since the program's inception in 2006, over 5,034 inspections of tire facilities and tire haulers have been conducted, with 48 notices of violation issued along with 13 referrals to CalRecycle for legal action.  
 If TEA 32 is awarded to Stanislaus County it will enable our jurisdiction to conduct 230 inspections, spend 265 hours on surveillance, field patrolling, and respond to complaints of illegal tire dumps.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tehama              </x:t>
-[...233 lines deleted...]
-    <x:t>The Calaveras County Environmental Health Department grant budget outlines our enforcement needs that will allow for the continued implementation of an effective enforcement program within Calaveras County. Throughout the past several TEA grant cycles waste tire staff have incorporated continued outreach and education to our community and stakeholders and promoted communication through our Board of Supervisor meeting announcements. Due to our rural setting inspection of our waste tire facilities require additional travel time. There continues to be an increase of waste tires being dumped in our County on public roads and public right of ways. Our waste tire staff partner with our Code Enforcement Department and Public Works to act as sentinels for the dump sites for pick-up. Our Environmental Health department also provides education at our public counter to our community members and educate them on how they can assist our staff in locating illegally dumped waste tires throughout our community. It is critical our staff continue to receive ongoing training through CalRecycle‘s website and the ability to attend the LEA conferences as part of continued education and guidance. This next grant cycle Calaveras County will be reaching out to the California Conservation Corp as there is a need for additional resources to assist Waste Tire staff and our community with the removal of waste tire piles on private and public properties.</x:t>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Simpson-Vandam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072534095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investigate illegal tire activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chris Ambrose</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077846765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perform waste tire enforcement activities, including inspecting waste tire generators and transporters, perform educational/outreach, and perform enforcement activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kolton  Pacheco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto allocates time from its Solid Waste Code Enforcement staff to support state tire regulations, including inspections, enforcement, patrolling, education, and associated training. The City allocates supervisor and administrative time to the management and organization of this enforcement and to the oversight of this grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samantha Bailey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307452394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant will allow for Environmental Health to perform waste tire inspections, identify unpermitted waste tire activities, and provide enforcement for illegally dumped tires within Placer County.</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>Riverside County</x:t>
   </x:si>
   <x:si>
     <x:t> Shane Hidey</x:t>
   </x:si>
   <x:si>
     <x:t>9512101446</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funds will be utilized to inspect tire-related businesses and ensure entities within the County are storing and hauling used and waste tires as dictated by California law. These funds will augment local and regional enforcement efforts by seeking to prevent the unlawful stockpiling and dumping of waste tires. This goal is accomplished by allowing personnel to be dedicated to the task of ensuring waste tires reach an appropriate end-use facility by educating business owners of the proper disposal methods and referring the actions of offenders to the appropriate governing agency.</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>Perform waste tire enforcement activities, including inspecting waste tire generators and transporters, perform educational/outreach, and perform enforcement activities.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 28</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -644,51 +644,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc8f5cb242d459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R532b15d25e484a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R94b71089e7bd4373" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a7382abee124d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9ce48dcc56ee46a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raba9ce4049c3428c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -736,723 +736,723 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1345.3795166015625" customHeight="1" collapsed="0">
+    <x:row ht="264.47247314453125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>84401</x:v>
+        <x:v>215514</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
+    <x:row ht="827.9432373046875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>215514</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.00146484375" customHeight="1" collapsed="0">
+    <x:row ht="195.4771728515625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>45612</x:v>
+        <x:v>39385</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>30853</x:v>
+        <x:v>421286</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>21218</x:v>
+        <x:v>355000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>191979</x:v>
+        <x:v>40662</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
+    <x:row ht="1345.37939453125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>499802</x:v>
+        <x:v>84401</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="885.4296875" customHeight="1" collapsed="0">
+    <x:row ht="115.001708984375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>45612</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1092.416259765625" customHeight="1" collapsed="0">
+    <x:row ht="275.980712890625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>209659</x:v>
+        <x:v>182287</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.00634765625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>17837</x:v>
+        <x:v>107966</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-    <x:row ht="2046.8125" customHeight="1" collapsed="0">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>64335</x:v>
+        <x:v>187930</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>40662</x:v>
+        <x:v>17837</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>187930</x:v>
+        <x:v>180400</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>110605</x:v>
+        <x:v>105194</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>80</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>73870</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1241.88671875" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>19666</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.005859375" customHeight="1" collapsed="0">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2046.81298828125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>107966</x:v>
+        <x:v>64335</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>421286</x:v>
+        <x:v>135412</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>355000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>105</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.443359375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>499802</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>105194</x:v>
+        <x:v>110605</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="885.4296875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>180400</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
+        <x:v>120</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1092.416015625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>182287</x:v>
+        <x:v>209659</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>125</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.001953125" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>135412</x:v>
+        <x:v>21218</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>129</x:v>
-[...2 lines deleted...]
-    <x:row ht="1241.88671875" customHeight="1" collapsed="0">
+        <x:v>130</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.978515625" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>19666</x:v>
+        <x:v>76555</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>134</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.4638671875" customHeight="1" collapsed="0">
+        <x:v>135</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>30853</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.478515625" customHeight="1" collapsed="0">
+    <x:row ht="195.4775390625" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>39385</x:v>
+        <x:v>191979</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>76555</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A34" s="10" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B34" s="10" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C34" s="10"/>
       <x:c r="D34" s="11" t="n">
         <x:v>5267428</x:v>
       </x:c>
       <x:c r="E34" s="10" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F34" s="10" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="G34" s="10" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H34" s="10" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1471,29 +1471,29 @@
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:31 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 29, 2026 3:34 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>