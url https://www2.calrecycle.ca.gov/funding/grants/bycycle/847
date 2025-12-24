--- v0 (2025-12-17)
+++ v1 (2025-12-24)
@@ -1,116 +1,116 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c691856f0cb4629" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdf40f6dad184f1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3c78a7131ad64a6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re6c62409f5d74694"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Recycled Glass Processing Incentive Grant Program (RGP1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reserve Diversified Inc. dba RecycleWise</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Raymond Berry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9499392750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Justine Taylor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: RecycleWise, a CalRecycle certified processor, is seeking grant funds for a project to increase its glass cullet processing capacity. This will be accomplished at two processing locations. RecycleWise will add equipment and improve operational efficiency at its existing Hesperia processing facility, located at 17071 Hercules Street, Hesperia, CA 92345. RecycleWise will open a new processing facility at 701 Canal Way, Shafter, CA 93263 to serve recycling centers in and around Bakersfield. RecycleWise forecasts processing an additional 14,400 tons during the RGP1 grant term and this increase in glass cullet processing will continue after the RGP1 term has ended.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Strategic Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t> Laura Hennemann</x:t>
   </x:si>
   <x:si>
     <x:t>2816396469</x:t>
   </x:si>
   <x:si>
     <x:t>Danbaki Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project is a critical step toward capturing additional tons of glass currently destined for landfills, thereby creating a new and sustainable supply stream for our facility. By reprocessing materials sorted from our existing supply base and increasing the plant's capacity, we will effectively manage incremental material that previously could not be processed.
 The initiative focuses on a significant upgrade to our optical sorting technology, designed to recover more glass from waste streams and repurpose it as incremental supply for growth. These enhancements will enable us to sort glass fractions by color with greater precision, substantially increasing the amount of material diverted from landfilling. The recovered glass will be repurposed for container manufacturing, contributing directly to California’s circular economy goals.
 In addition to supporting environmental objectives, this project will improve the overall yield of our facility, reduce waste, and increase processing volumes. This initiative aligns with our commitment to sustainability while driving operational efficiency and long-term growth.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: RecycleWise, a CalRecycle certified processor, is seeking grant funds for a project to increase its glass cullet processing capacity. This will be accomplished at two processing locations. RecycleWise will add equipment and improve operational efficiency at its existing Hesperia processing facility, located at 17071 Hercules Street, Hesperia, CA 92345. RecycleWise will open a new processing facility at 701 Canal Way, Shafter, CA 93263 to serve recycling centers in and around Bakersfield. RecycleWise forecasts processing an additional 14,400 tons during the RGP1 grant term and this increase in glass cullet processing will continue after the RGP1 term has ended.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42ec89f22ecb4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3c78a7131ad64a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd3814e6d40314208" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2756163834654422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re6c62409f5d74694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf5f2c9502bac4f30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -337,114 +337,114 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
+    <x:row ht="701.43304443359375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>2379405</x:v>
+        <x:v>2079285</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.4329833984375" customHeight="1" collapsed="0">
+    <x:row ht="1069.3985595703125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>2079285</x:v>
+        <x:v>2379405</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>4458690</x:v>
       </x:c>
       <x:c r="E8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:53 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:14 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>