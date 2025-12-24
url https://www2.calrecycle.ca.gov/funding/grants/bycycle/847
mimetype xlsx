--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdf40f6dad184f1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1df25c62991c4ca8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re6c62409f5d74694"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R849fb7bb450f4ecb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Recycled Glass Processing Incentive Grant Program (RGP1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2756163834654422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re6c62409f5d74694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf5f2c9502bac4f30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ace37f3336e4c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R849fb7bb450f4ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra5dfacc3cf734725" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,29 +422,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:14 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>