--- v2 (2025-12-24)
+++ v3 (2026-02-08)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1df25c62991c4ca8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34c55ba5b46540a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R849fb7bb450f4ecb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Raf846c5891ba4849"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Recycled Glass Processing Incentive Grant Program (RGP1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ace37f3336e4c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R849fb7bb450f4ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra5dfacc3cf734725" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3964a2b3e32a42b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raf846c5891ba4849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R337a7b4c799a4da9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,29 +422,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:31 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 7, 2026 6:02 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>