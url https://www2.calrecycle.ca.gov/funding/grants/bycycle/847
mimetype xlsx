--- v3 (2026-02-08)
+++ v4 (2026-03-03)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34c55ba5b46540a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05bb1bcbde5b4164" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Raf846c5891ba4849"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra6372111034647fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Recycled Glass Processing Incentive Grant Program (RGP1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3964a2b3e32a42b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raf846c5891ba4849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R337a7b4c799a4da9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdce132ae1bac4f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra6372111034647fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2ecf8c4133ce4dcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,29 +422,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 7, 2026 6:02 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 3, 2026 7:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>