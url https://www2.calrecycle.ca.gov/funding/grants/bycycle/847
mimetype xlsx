--- v4 (2026-03-03)
+++ v5 (2026-03-06)
@@ -1,116 +1,116 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05bb1bcbde5b4164" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72f6e889cc7c4317" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra6372111034647fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4b712ddac1e44bd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Recycled Glass Processing Incentive Grant Program (RGP1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: RecycleWise, a CalRecycle certified processor, is seeking grant funds for a project to increase its glass cullet processing capacity. This will be accomplished at two processing locations. RecycleWise will add equipment and improve operational efficiency at its existing Hesperia processing facility, located at 17071 Hercules Street, Hesperia, CA 92345. RecycleWise will open a new processing facility at 701 Canal Way, Shafter, CA 93263 to serve recycling centers in and around Bakersfield. RecycleWise forecasts processing an additional 14,400 tons during the RGP1 grant term and this increase in glass cullet processing will continue after the RGP1 term has ended.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Strategic Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t> Laura Hennemann</x:t>
   </x:si>
   <x:si>
     <x:t>2816396469</x:t>
   </x:si>
   <x:si>
     <x:t>Danbaki Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project is a critical step toward capturing additional tons of glass currently destined for landfills, thereby creating a new and sustainable supply stream for our facility. By reprocessing materials sorted from our existing supply base and increasing the plant's capacity, we will effectively manage incremental material that previously could not be processed.
 The initiative focuses on a significant upgrade to our optical sorting technology, designed to recover more glass from waste streams and repurpose it as incremental supply for growth. These enhancements will enable us to sort glass fractions by color with greater precision, substantially increasing the amount of material diverted from landfilling. The recovered glass will be repurposed for container manufacturing, contributing directly to California’s circular economy goals.
 In addition to supporting environmental objectives, this project will improve the overall yield of our facility, reduce waste, and increase processing volumes. This initiative aligns with our commitment to sustainability while driving operational efficiency and long-term growth.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reserve Diversified Inc. dba RecycleWise</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Raymond Berry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9499392750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Justine Taylor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: RecycleWise, a CalRecycle certified processor, is seeking grant funds for a project to increase its glass cullet processing capacity. This will be accomplished at two processing locations. RecycleWise will add equipment and improve operational efficiency at its existing Hesperia processing facility, located at 17071 Hercules Street, Hesperia, CA 92345. RecycleWise will open a new processing facility at 701 Canal Way, Shafter, CA 93263 to serve recycling centers in and around Bakersfield. RecycleWise forecasts processing an additional 14,400 tons during the RGP1 grant term and this increase in glass cullet processing will continue after the RGP1 term has ended.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdce132ae1bac4f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra6372111034647fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2ecf8c4133ce4dcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80a3967a365b409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4b712ddac1e44bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf5a58c029bf34efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -337,114 +337,114 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.43304443359375" customHeight="1" collapsed="0">
+    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>2079285</x:v>
+        <x:v>2379405</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1069.3985595703125" customHeight="1" collapsed="0">
+    <x:row ht="701.4329833984375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>2379405</x:v>
+        <x:v>2079285</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>4458690</x:v>
       </x:c>
       <x:c r="E8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 3, 2026 7:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 8:45 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>