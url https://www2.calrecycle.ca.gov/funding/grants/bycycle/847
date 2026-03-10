--- v5 (2026-03-06)
+++ v6 (2026-03-10)
@@ -1,116 +1,116 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72f6e889cc7c4317" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe6431f861f24f2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4b712ddac1e44bd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra35fb96e2a8c48ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Recycled Glass Processing Incentive Grant Program (RGP1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reserve Diversified Inc. dba RecycleWise</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Raymond Berry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9499392750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Justine Taylor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: RecycleWise, a CalRecycle certified processor, is seeking grant funds for a project to increase its glass cullet processing capacity. This will be accomplished at two processing locations. RecycleWise will add equipment and improve operational efficiency at its existing Hesperia processing facility, located at 17071 Hercules Street, Hesperia, CA 92345. RecycleWise will open a new processing facility at 701 Canal Way, Shafter, CA 93263 to serve recycling centers in and around Bakersfield. RecycleWise forecasts processing an additional 14,400 tons during the RGP1 grant term and this increase in glass cullet processing will continue after the RGP1 term has ended.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Strategic Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t> Laura Hennemann</x:t>
   </x:si>
   <x:si>
     <x:t>2816396469</x:t>
   </x:si>
   <x:si>
     <x:t>Danbaki Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project is a critical step toward capturing additional tons of glass currently destined for landfills, thereby creating a new and sustainable supply stream for our facility. By reprocessing materials sorted from our existing supply base and increasing the plant's capacity, we will effectively manage incremental material that previously could not be processed.
 The initiative focuses on a significant upgrade to our optical sorting technology, designed to recover more glass from waste streams and repurpose it as incremental supply for growth. These enhancements will enable us to sort glass fractions by color with greater precision, substantially increasing the amount of material diverted from landfilling. The recovered glass will be repurposed for container manufacturing, contributing directly to California’s circular economy goals.
 In addition to supporting environmental objectives, this project will improve the overall yield of our facility, reduce waste, and increase processing volumes. This initiative aligns with our commitment to sustainability while driving operational efficiency and long-term growth.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: RecycleWise, a CalRecycle certified processor, is seeking grant funds for a project to increase its glass cullet processing capacity. This will be accomplished at two processing locations. RecycleWise will add equipment and improve operational efficiency at its existing Hesperia processing facility, located at 17071 Hercules Street, Hesperia, CA 92345. RecycleWise will open a new processing facility at 701 Canal Way, Shafter, CA 93263 to serve recycling centers in and around Bakersfield. RecycleWise forecasts processing an additional 14,400 tons during the RGP1 grant term and this increase in glass cullet processing will continue after the RGP1 term has ended.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80a3967a365b409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4b712ddac1e44bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf5a58c029bf34efe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb013d13f1dd4b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra35fb96e2a8c48ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R68cc4c6b709f4a35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -337,114 +337,114 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
+    <x:row ht="701.43304443359375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>2379405</x:v>
+        <x:v>2079285</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.4329833984375" customHeight="1" collapsed="0">
+    <x:row ht="1069.3985595703125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>2079285</x:v>
+        <x:v>2379405</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>4458690</x:v>
       </x:c>
       <x:c r="E8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 8:45 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 9:01 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>