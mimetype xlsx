--- v6 (2026-03-10)
+++ v7 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe6431f861f24f2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18aa00acab2e44ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra35fb96e2a8c48ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R59c6ac1bd1e646da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Recycled Glass Processing Incentive Grant Program (RGP1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb013d13f1dd4b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra35fb96e2a8c48ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R68cc4c6b709f4a35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d2ceb019c8a4d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59c6ac1bd1e646da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R491552c7f8eb48a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,29 +422,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 9:01 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 10, 2026 1:24 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>