--- v0 (2025-12-08)
+++ v1 (2025-12-16)
@@ -1,142 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a72e531d95d4edf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a7c7008fbac46de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2941c1931d5f46e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcd339fbd9ede4656"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR86)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...8 lines deleted...]
-    <x:t>9256904145</x:t>
+    <x:t>San Benito          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Celina Stotler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8318090718</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>8318090718</x:t>
   </x:si>
   <x:si>
     <x:t>San Benito River Encampments and Illegal Dumping
 San Benito County Integrated Waste Management (County) is seeking funding through the Pilot Program of the Farm and Ranch Grant Program to address critical environmental and public health challenges along the San Benito River (River). The project's primary objective is to remove unauthorized solid waste from up to 71 sites, abating nuisance conditions, public safety threats, and environmental degradation.
 The County has developed a collaborative approach, bringing together several San Benito County Departments such as Health and Human Services Agency (HHSA), the Sheriff’s Department, Behavioral Health, Resource Management Agency, Geographic Information Systems, and the County Counsel’s office along with the City of Hollister to comprehensively address the Encampment Site Cleanup Project and illegal dumping throughout the River. The project targets an environmentally sensitive area that serves as a critical habitat for diverse wildlife, including the threatened California Red-Legged Frog, multiple bird species, and various mammalian, reptilian, and amphibian populations.
 The identified waste sites contain a wide range of materials, from tires and appliances to construction debris, e-waste, household waste, hazardous waste, and biowaste. These unauthorized waste sites pose significant risks to the local ecosystem, the River and surrounding agricultural lands.
 The intervention strategy encompasses multiple approaches, recognizing the inherent dignity and unique circumstances of each person experiencing homelessness along the River.  HHSA's role will be to compassionately connect to each person experiencing homelessness to provide supportive services and resources that address their immediate needs and long-term well-being. Our approach will center on respectful and trauma-informed outreach, conducting comprehensive initial assessments that honor each person's individual story. We will carefully coordinate with partners to connect individuals to eligible shelter and housing services, and support access to critical benefits including Medi-Cal, CalFresh, General Assistance, and CalWORKS. These services will be provided with empathy, cultural sensitivity, and a commitment to preserving the dignity of each person we serve. We understand that every individual has inherent worth and potential, and our goal is to provide support that empowers and uplifts, recognizing the complex challenges faced by those experiencing homelessness and offering a pathway to stability.
 The cleanup will involve comprehensive waste removal using heavy equipment, professional labor, and site security. To prevent future unauthorized dumping, the county plans to install as needed strategic barriers, and signage, as well as fixing fencing and gates to deter unauthorized access to the River.  A dedicated Sherriff’s Deputy will be assigned to patrol the area, ensuring ongoing monitoring and deterring future encampments.
 The project's expected outcomes are multifaceted. By removing waste and restoring the natural environment, the initiative will reduce environmental pollution, preserve critical California habitats, increase biodiversity, and improve the rivers water quality. The approach goes beyond simple cleanup, focusing on long-term environmental protection and community wellbeing.
 The County of San Benito recognizes the complex nature of an encampment cleanup and will proactively connect unhoused individuals with necessary resources. 
 In anticipation and accordance with California Executive Order N-1-14, which addresses homelessness and environmental management, the County of San Benito conducted two comprehensive cleanups (2023 and 2024) of abandoned encampments along the River. This initiative aligns with the Governor's executive order's goals of protecting public health and safety, preserving environmental integrity, and providing compassionate support for unhoused individuals. The cleanup efforts were extensive, involving eleven crew members and consuming 354 man-hours. During these operations, the team collected 59,780 pounds of abandoned solid waste and 350 discarded tires. Despite these significant efforts, encampments within the River have continued to increase, prompting a multifaceted approach to address the underlying complex challenges facing our community.
 In response, various County departments collaborated to form an Encampment Working Group. Their progress includes drafting and adopting a comprehensive Encampment Cleanup Policy, securing funding for a full-time Sheriff Deputy to patrol the River, and identifying additional funding sources for ongoing cleanup efforts. Simultaneously, the County is conducting active outreach and exploring housing opportunities and resources for persons experiencing homelessness, recognizing that meaningful solutions require compassionate and comprehensive support that addresses both immediate needs and long-term stability.
 The Executive Order N-1-14 provides a critical legal and financial framework for addressing homeless encampments, emphasizing a holistic approach that balances environmental concerns with human dignity. By implementing targeted strategies outlined in the order, San Benito County demonstrates its commitment to addressing complex social and environmental challenges and its dedication to the impending development of the Riverview Regional Park situated along the Riverbank to increase accessibility and recreational activities for the Community.
 Addressing these unauthorized encampments, the project aims to improve unhoused living conditions by exploring additional housing opportunities, protect the environment, preserve wildlife habitats, and restore the San Benito River ecosystem to its natural state. Through this comprehensive initiative, San Benito County seeks to transform a challenging environmental situation into an opportunity for ecological restoration, community improvement, and meaningful support for our most vulnerable residents.
 Currently, the funding approved by the County Board of Supervisors is insufficient to address the entire River area. The County will contribute substantial in-kind and paid services, including disposal costs, recycling efforts, personnel and contractor expenses. This commitment demonstrates the County's dedication to human compassion, environmental stewardship, and sustainable solutions. However, to complete the River cleanup and fully realize the project's potential, additional funding is critically needed.
 Through this grant, San Benito County seeks to transform a challenging environmental situation into an opportunity for ecological restoration and community improvement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ben Weise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256904145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa Resource Conservation District is applying for the pilot funding for this round. As of this application, we've been in contact with three or four sites that are in various stages of documents and preparations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pit River Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Raymond Sloan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303355421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clean up of increasing volume and variety of solid waste and hazardous waste being generated on tribal lands due to illegal dumping contributing to water pollution, rodents, abandoned vehicles and environmental hazards within our tribes 100 mile square. I would like to provide more trash bins and services to tribal members to preserve and secure the health, comfort welfare and safety of the general public by regulation the uncontrolled disposal and illegal dumping within our tribes 100 mile square</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -271,51 +271,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R595df4c760ad4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2941c1931d5f46e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra6cbe6aafb614717" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39f404bd8e04421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcd339fbd9ede4656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R04c9ff9ed0554882" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -363,139 +363,139 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.99685668945313" customHeight="1" collapsed="0">
+    <x:row ht="6002.47607421875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>43206</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.45199584960938" customHeight="1" collapsed="0">
+    <x:row ht="183.99658203125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>43206</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>333206</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 5:19 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 9:48 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>