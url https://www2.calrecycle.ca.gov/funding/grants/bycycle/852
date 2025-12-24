--- v1 (2025-12-16)
+++ v2 (2025-12-24)
@@ -1,142 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a7c7008fbac46de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e098d35fa694e75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcd339fbd9ede4656"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R57597522d4f64446"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR86)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ben Weise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256904145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa Resource Conservation District is applying for the pilot funding for this round. As of this application, we've been in contact with three or four sites that are in various stages of documents and preparations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pit River Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Raymond Sloan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303355421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clean up of increasing volume and variety of solid waste and hazardous waste being generated on tribal lands due to illegal dumping contributing to water pollution, rodents, abandoned vehicles and environmental hazards within our tribes 100 mile square. I would like to provide more trash bins and services to tribal members to preserve and secure the health, comfort welfare and safety of the general public by regulation the uncontrolled disposal and illegal dumping within our tribes 100 mile square</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Benito          </x:t>
   </x:si>
   <x:si>
     <x:t>San Benito County</x:t>
   </x:si>
   <x:si>
     <x:t> Celina Stotler</x:t>
   </x:si>
   <x:si>
     <x:t>8318090718</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
     <x:t>San Benito River Encampments and Illegal Dumping
 San Benito County Integrated Waste Management (County) is seeking funding through the Pilot Program of the Farm and Ranch Grant Program to address critical environmental and public health challenges along the San Benito River (River). The project's primary objective is to remove unauthorized solid waste from up to 71 sites, abating nuisance conditions, public safety threats, and environmental degradation.
 The County has developed a collaborative approach, bringing together several San Benito County Departments such as Health and Human Services Agency (HHSA), the Sheriff’s Department, Behavioral Health, Resource Management Agency, Geographic Information Systems, and the County Counsel’s office along with the City of Hollister to comprehensively address the Encampment Site Cleanup Project and illegal dumping throughout the River. The project targets an environmentally sensitive area that serves as a critical habitat for diverse wildlife, including the threatened California Red-Legged Frog, multiple bird species, and various mammalian, reptilian, and amphibian populations.
 The identified waste sites contain a wide range of materials, from tires and appliances to construction debris, e-waste, household waste, hazardous waste, and biowaste. These unauthorized waste sites pose significant risks to the local ecosystem, the River and surrounding agricultural lands.
 The intervention strategy encompasses multiple approaches, recognizing the inherent dignity and unique circumstances of each person experiencing homelessness along the River.  HHSA's role will be to compassionately connect to each person experiencing homelessness to provide supportive services and resources that address their immediate needs and long-term well-being. Our approach will center on respectful and trauma-informed outreach, conducting comprehensive initial assessments that honor each person's individual story. We will carefully coordinate with partners to connect individuals to eligible shelter and housing services, and support access to critical benefits including Medi-Cal, CalFresh, General Assistance, and CalWORKS. These services will be provided with empathy, cultural sensitivity, and a commitment to preserving the dignity of each person we serve. We understand that every individual has inherent worth and potential, and our goal is to provide support that empowers and uplifts, recognizing the complex challenges faced by those experiencing homelessness and offering a pathway to stability.
 The cleanup will involve comprehensive waste removal using heavy equipment, professional labor, and site security. To prevent future unauthorized dumping, the county plans to install as needed strategic barriers, and signage, as well as fixing fencing and gates to deter unauthorized access to the River.  A dedicated Sherriff’s Deputy will be assigned to patrol the area, ensuring ongoing monitoring and deterring future encampments.
 The project's expected outcomes are multifaceted. By removing waste and restoring the natural environment, the initiative will reduce environmental pollution, preserve critical California habitats, increase biodiversity, and improve the rivers water quality. The approach goes beyond simple cleanup, focusing on long-term environmental protection and community wellbeing.
 The County of San Benito recognizes the complex nature of an encampment cleanup and will proactively connect unhoused individuals with necessary resources. 
 In anticipation and accordance with California Executive Order N-1-14, which addresses homelessness and environmental management, the County of San Benito conducted two comprehensive cleanups (2023 and 2024) of abandoned encampments along the River. This initiative aligns with the Governor's executive order's goals of protecting public health and safety, preserving environmental integrity, and providing compassionate support for unhoused individuals. The cleanup efforts were extensive, involving eleven crew members and consuming 354 man-hours. During these operations, the team collected 59,780 pounds of abandoned solid waste and 350 discarded tires. Despite these significant efforts, encampments within the River have continued to increase, prompting a multifaceted approach to address the underlying complex challenges facing our community.
 In response, various County departments collaborated to form an Encampment Working Group. Their progress includes drafting and adopting a comprehensive Encampment Cleanup Policy, securing funding for a full-time Sheriff Deputy to patrol the River, and identifying additional funding sources for ongoing cleanup efforts. Simultaneously, the County is conducting active outreach and exploring housing opportunities and resources for persons experiencing homelessness, recognizing that meaningful solutions require compassionate and comprehensive support that addresses both immediate needs and long-term stability.
 The Executive Order N-1-14 provides a critical legal and financial framework for addressing homeless encampments, emphasizing a holistic approach that balances environmental concerns with human dignity. By implementing targeted strategies outlined in the order, San Benito County demonstrates its commitment to addressing complex social and environmental challenges and its dedication to the impending development of the Riverview Regional Park situated along the Riverbank to increase accessibility and recreational activities for the Community.
 Addressing these unauthorized encampments, the project aims to improve unhoused living conditions by exploring additional housing opportunities, protect the environment, preserve wildlife habitats, and restore the San Benito River ecosystem to its natural state. Through this comprehensive initiative, San Benito County seeks to transform a challenging environmental situation into an opportunity for ecological restoration, community improvement, and meaningful support for our most vulnerable residents.
 Currently, the funding approved by the County Board of Supervisors is insufficient to address the entire River area. The County will contribute substantial in-kind and paid services, including disposal costs, recycling efforts, personnel and contractor expenses. This commitment demonstrates the County's dedication to human compassion, environmental stewardship, and sustainable solutions. However, to complete the River cleanup and fully realize the project's potential, additional funding is critically needed.
 Through this grant, San Benito County seeks to transform a challenging environmental situation into an opportunity for ecological restoration and community improvement.</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>Clean up of increasing volume and variety of solid waste and hazardous waste being generated on tribal lands due to illegal dumping contributing to water pollution, rodents, abandoned vehicles and environmental hazards within our tribes 100 mile square. I would like to provide more trash bins and services to tribal members to preserve and secure the health, comfort welfare and safety of the general public by regulation the uncontrolled disposal and illegal dumping within our tribes 100 mile square</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -271,51 +271,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39f404bd8e04421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcd339fbd9ede4656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R04c9ff9ed0554882" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa346a76ea624725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R57597522d4f64446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R280e514501614346" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -363,139 +363,139 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="6002.47607421875" customHeight="1" collapsed="0">
+    <x:row ht="183.99685668945313" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>43206</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.99658203125" customHeight="1" collapsed="0">
+    <x:row ht="425.45199584960938" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="6002.4755859375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>43206</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>333206</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 9:48 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:17 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>