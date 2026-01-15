--- v2 (2025-12-24)
+++ v3 (2026-01-15)
@@ -1,142 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e098d35fa694e75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc25d0cac26554d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R57597522d4f64446"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R30d1816ec5d04c17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR86)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...8 lines deleted...]
-    <x:t>9256904145</x:t>
+    <x:t>San Benito          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Celina Stotler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8318090718</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>8318090718</x:t>
   </x:si>
   <x:si>
     <x:t>San Benito River Encampments and Illegal Dumping
 San Benito County Integrated Waste Management (County) is seeking funding through the Pilot Program of the Farm and Ranch Grant Program to address critical environmental and public health challenges along the San Benito River (River). The project's primary objective is to remove unauthorized solid waste from up to 71 sites, abating nuisance conditions, public safety threats, and environmental degradation.
 The County has developed a collaborative approach, bringing together several San Benito County Departments such as Health and Human Services Agency (HHSA), the Sheriff’s Department, Behavioral Health, Resource Management Agency, Geographic Information Systems, and the County Counsel’s office along with the City of Hollister to comprehensively address the Encampment Site Cleanup Project and illegal dumping throughout the River. The project targets an environmentally sensitive area that serves as a critical habitat for diverse wildlife, including the threatened California Red-Legged Frog, multiple bird species, and various mammalian, reptilian, and amphibian populations.
 The identified waste sites contain a wide range of materials, from tires and appliances to construction debris, e-waste, household waste, hazardous waste, and biowaste. These unauthorized waste sites pose significant risks to the local ecosystem, the River and surrounding agricultural lands.
 The intervention strategy encompasses multiple approaches, recognizing the inherent dignity and unique circumstances of each person experiencing homelessness along the River.  HHSA's role will be to compassionately connect to each person experiencing homelessness to provide supportive services and resources that address their immediate needs and long-term well-being. Our approach will center on respectful and trauma-informed outreach, conducting comprehensive initial assessments that honor each person's individual story. We will carefully coordinate with partners to connect individuals to eligible shelter and housing services, and support access to critical benefits including Medi-Cal, CalFresh, General Assistance, and CalWORKS. These services will be provided with empathy, cultural sensitivity, and a commitment to preserving the dignity of each person we serve. We understand that every individual has inherent worth and potential, and our goal is to provide support that empowers and uplifts, recognizing the complex challenges faced by those experiencing homelessness and offering a pathway to stability.
 The cleanup will involve comprehensive waste removal using heavy equipment, professional labor, and site security. To prevent future unauthorized dumping, the county plans to install as needed strategic barriers, and signage, as well as fixing fencing and gates to deter unauthorized access to the River.  A dedicated Sherriff’s Deputy will be assigned to patrol the area, ensuring ongoing monitoring and deterring future encampments.
 The project's expected outcomes are multifaceted. By removing waste and restoring the natural environment, the initiative will reduce environmental pollution, preserve critical California habitats, increase biodiversity, and improve the rivers water quality. The approach goes beyond simple cleanup, focusing on long-term environmental protection and community wellbeing.
 The County of San Benito recognizes the complex nature of an encampment cleanup and will proactively connect unhoused individuals with necessary resources. 
 In anticipation and accordance with California Executive Order N-1-14, which addresses homelessness and environmental management, the County of San Benito conducted two comprehensive cleanups (2023 and 2024) of abandoned encampments along the River. This initiative aligns with the Governor's executive order's goals of protecting public health and safety, preserving environmental integrity, and providing compassionate support for unhoused individuals. The cleanup efforts were extensive, involving eleven crew members and consuming 354 man-hours. During these operations, the team collected 59,780 pounds of abandoned solid waste and 350 discarded tires. Despite these significant efforts, encampments within the River have continued to increase, prompting a multifaceted approach to address the underlying complex challenges facing our community.
 In response, various County departments collaborated to form an Encampment Working Group. Their progress includes drafting and adopting a comprehensive Encampment Cleanup Policy, securing funding for a full-time Sheriff Deputy to patrol the River, and identifying additional funding sources for ongoing cleanup efforts. Simultaneously, the County is conducting active outreach and exploring housing opportunities and resources for persons experiencing homelessness, recognizing that meaningful solutions require compassionate and comprehensive support that addresses both immediate needs and long-term stability.
 The Executive Order N-1-14 provides a critical legal and financial framework for addressing homeless encampments, emphasizing a holistic approach that balances environmental concerns with human dignity. By implementing targeted strategies outlined in the order, San Benito County demonstrates its commitment to addressing complex social and environmental challenges and its dedication to the impending development of the Riverview Regional Park situated along the Riverbank to increase accessibility and recreational activities for the Community.
 Addressing these unauthorized encampments, the project aims to improve unhoused living conditions by exploring additional housing opportunities, protect the environment, preserve wildlife habitats, and restore the San Benito River ecosystem to its natural state. Through this comprehensive initiative, San Benito County seeks to transform a challenging environmental situation into an opportunity for ecological restoration, community improvement, and meaningful support for our most vulnerable residents.
 Currently, the funding approved by the County Board of Supervisors is insufficient to address the entire River area. The County will contribute substantial in-kind and paid services, including disposal costs, recycling efforts, personnel and contractor expenses. This commitment demonstrates the County's dedication to human compassion, environmental stewardship, and sustainable solutions. However, to complete the River cleanup and fully realize the project's potential, additional funding is critically needed.
 Through this grant, San Benito County seeks to transform a challenging environmental situation into an opportunity for ecological restoration and community improvement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ben Weise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256904145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa Resource Conservation District is applying for the pilot funding for this round. As of this application, we've been in contact with three or four sites that are in various stages of documents and preparations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pit River Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Raymond Sloan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303355421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clean up of increasing volume and variety of solid waste and hazardous waste being generated on tribal lands due to illegal dumping contributing to water pollution, rodents, abandoned vehicles and environmental hazards within our tribes 100 mile square. I would like to provide more trash bins and services to tribal members to preserve and secure the health, comfort welfare and safety of the general public by regulation the uncontrolled disposal and illegal dumping within our tribes 100 mile square</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -271,51 +271,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa346a76ea624725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R57597522d4f64446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R280e514501614346" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aad5584eb0a40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R30d1816ec5d04c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raf9b37c99f0f4f80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -363,139 +363,139 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.99685668945313" customHeight="1" collapsed="0">
+    <x:row ht="6002.47607421875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>43206</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.45199584960938" customHeight="1" collapsed="0">
+    <x:row ht="183.99658203125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>43206</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>333206</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:17 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 15, 2026 8:59 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>