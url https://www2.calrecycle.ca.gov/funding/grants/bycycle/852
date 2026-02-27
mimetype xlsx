--- v3 (2026-01-15)
+++ v4 (2026-02-27)
@@ -1,142 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc25d0cac26554d7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R337be3dd05e144f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R30d1816ec5d04c17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R558711baba6d4888"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR86)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ben Weise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256904145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa Resource Conservation District is applying for the pilot funding for this round. As of this application, we've been in contact with three or four sites that are in various stages of documents and preparations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pit River Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Raymond Sloan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303355421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clean up of increasing volume and variety of solid waste and hazardous waste being generated on tribal lands due to illegal dumping contributing to water pollution, rodents, abandoned vehicles and environmental hazards within our tribes 100 mile square. I would like to provide more trash bins and services to tribal members to preserve and secure the health, comfort welfare and safety of the general public by regulation the uncontrolled disposal and illegal dumping within our tribes 100 mile square</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Benito          </x:t>
   </x:si>
   <x:si>
     <x:t>San Benito County</x:t>
   </x:si>
   <x:si>
     <x:t> Celina Stotler</x:t>
   </x:si>
   <x:si>
     <x:t>8318090718</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
     <x:t>San Benito River Encampments and Illegal Dumping
 San Benito County Integrated Waste Management (County) is seeking funding through the Pilot Program of the Farm and Ranch Grant Program to address critical environmental and public health challenges along the San Benito River (River). The project's primary objective is to remove unauthorized solid waste from up to 71 sites, abating nuisance conditions, public safety threats, and environmental degradation.
 The County has developed a collaborative approach, bringing together several San Benito County Departments such as Health and Human Services Agency (HHSA), the Sheriff’s Department, Behavioral Health, Resource Management Agency, Geographic Information Systems, and the County Counsel’s office along with the City of Hollister to comprehensively address the Encampment Site Cleanup Project and illegal dumping throughout the River. The project targets an environmentally sensitive area that serves as a critical habitat for diverse wildlife, including the threatened California Red-Legged Frog, multiple bird species, and various mammalian, reptilian, and amphibian populations.
 The identified waste sites contain a wide range of materials, from tires and appliances to construction debris, e-waste, household waste, hazardous waste, and biowaste. These unauthorized waste sites pose significant risks to the local ecosystem, the River and surrounding agricultural lands.
 The intervention strategy encompasses multiple approaches, recognizing the inherent dignity and unique circumstances of each person experiencing homelessness along the River.  HHSA's role will be to compassionately connect to each person experiencing homelessness to provide supportive services and resources that address their immediate needs and long-term well-being. Our approach will center on respectful and trauma-informed outreach, conducting comprehensive initial assessments that honor each person's individual story. We will carefully coordinate with partners to connect individuals to eligible shelter and housing services, and support access to critical benefits including Medi-Cal, CalFresh, General Assistance, and CalWORKS. These services will be provided with empathy, cultural sensitivity, and a commitment to preserving the dignity of each person we serve. We understand that every individual has inherent worth and potential, and our goal is to provide support that empowers and uplifts, recognizing the complex challenges faced by those experiencing homelessness and offering a pathway to stability.
 The cleanup will involve comprehensive waste removal using heavy equipment, professional labor, and site security. To prevent future unauthorized dumping, the county plans to install as needed strategic barriers, and signage, as well as fixing fencing and gates to deter unauthorized access to the River.  A dedicated Sherriff’s Deputy will be assigned to patrol the area, ensuring ongoing monitoring and deterring future encampments.
 The project's expected outcomes are multifaceted. By removing waste and restoring the natural environment, the initiative will reduce environmental pollution, preserve critical California habitats, increase biodiversity, and improve the rivers water quality. The approach goes beyond simple cleanup, focusing on long-term environmental protection and community wellbeing.
 The County of San Benito recognizes the complex nature of an encampment cleanup and will proactively connect unhoused individuals with necessary resources. 
 In anticipation and accordance with California Executive Order N-1-14, which addresses homelessness and environmental management, the County of San Benito conducted two comprehensive cleanups (2023 and 2024) of abandoned encampments along the River. This initiative aligns with the Governor's executive order's goals of protecting public health and safety, preserving environmental integrity, and providing compassionate support for unhoused individuals. The cleanup efforts were extensive, involving eleven crew members and consuming 354 man-hours. During these operations, the team collected 59,780 pounds of abandoned solid waste and 350 discarded tires. Despite these significant efforts, encampments within the River have continued to increase, prompting a multifaceted approach to address the underlying complex challenges facing our community.
 In response, various County departments collaborated to form an Encampment Working Group. Their progress includes drafting and adopting a comprehensive Encampment Cleanup Policy, securing funding for a full-time Sheriff Deputy to patrol the River, and identifying additional funding sources for ongoing cleanup efforts. Simultaneously, the County is conducting active outreach and exploring housing opportunities and resources for persons experiencing homelessness, recognizing that meaningful solutions require compassionate and comprehensive support that addresses both immediate needs and long-term stability.
 The Executive Order N-1-14 provides a critical legal and financial framework for addressing homeless encampments, emphasizing a holistic approach that balances environmental concerns with human dignity. By implementing targeted strategies outlined in the order, San Benito County demonstrates its commitment to addressing complex social and environmental challenges and its dedication to the impending development of the Riverview Regional Park situated along the Riverbank to increase accessibility and recreational activities for the Community.
 Addressing these unauthorized encampments, the project aims to improve unhoused living conditions by exploring additional housing opportunities, protect the environment, preserve wildlife habitats, and restore the San Benito River ecosystem to its natural state. Through this comprehensive initiative, San Benito County seeks to transform a challenging environmental situation into an opportunity for ecological restoration, community improvement, and meaningful support for our most vulnerable residents.
 Currently, the funding approved by the County Board of Supervisors is insufficient to address the entire River area. The County will contribute substantial in-kind and paid services, including disposal costs, recycling efforts, personnel and contractor expenses. This commitment demonstrates the County's dedication to human compassion, environmental stewardship, and sustainable solutions. However, to complete the River cleanup and fully realize the project's potential, additional funding is critically needed.
 Through this grant, San Benito County seeks to transform a challenging environmental situation into an opportunity for ecological restoration and community improvement.</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>Clean up of increasing volume and variety of solid waste and hazardous waste being generated on tribal lands due to illegal dumping contributing to water pollution, rodents, abandoned vehicles and environmental hazards within our tribes 100 mile square. I would like to provide more trash bins and services to tribal members to preserve and secure the health, comfort welfare and safety of the general public by regulation the uncontrolled disposal and illegal dumping within our tribes 100 mile square</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -271,51 +271,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aad5584eb0a40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R30d1816ec5d04c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raf9b37c99f0f4f80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3769b6d847845f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R558711baba6d4888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfdffc372ab5a4558" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -363,139 +363,139 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="6002.47607421875" customHeight="1" collapsed="0">
+    <x:row ht="183.99685668945313" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>43206</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.99658203125" customHeight="1" collapsed="0">
+    <x:row ht="425.45199584960938" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="6002.4755859375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>43206</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>333206</x:v>
       </x:c>
       <x:c r="E9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 15, 2026 8:59 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 27, 2026 6:59 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>