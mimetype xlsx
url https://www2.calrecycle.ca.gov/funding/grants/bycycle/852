--- v4 (2026-02-27)
+++ v5 (2026-03-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R337be3dd05e144f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72091b702637458e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R558711baba6d4888"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2922a7d2dcc74329"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR86)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -271,51 +271,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3769b6d847845f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R558711baba6d4888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfdffc372ab5a4558" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a6e8fcd6be74388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2922a7d2dcc74329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3a5f00f1d15f418a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -473,29 +473,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 27, 2026 6:59 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 7:54 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>