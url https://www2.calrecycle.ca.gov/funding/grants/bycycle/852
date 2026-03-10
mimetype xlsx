--- v5 (2026-03-06)
+++ v6 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72091b702637458e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6a9660d28d4903" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2922a7d2dcc74329"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R127f309acacc442a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2024-25 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR86)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -271,51 +271,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a6e8fcd6be74388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2922a7d2dcc74329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3a5f00f1d15f418a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R982d0dc6b79a4d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R127f309acacc442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf09bdf2ba3f14e37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -473,29 +473,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 7:54 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 11:28 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>