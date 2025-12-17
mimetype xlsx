--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra74be5405c504047" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb858eeda9adf4e37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R249c4ab448e64d28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R901860c7d2644e8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Local Government Waste Tire Amnesty Grant (TA8)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -645,51 +645,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8dabb82ab52455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R249c4ab448e64d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rccc789b3698e44e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcec56e045c4742e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R901860c7d2644e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R82c69e447c4f4429" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1547,29 +1547,29 @@
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 9:58 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:50 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>