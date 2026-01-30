--- v1 (2025-12-17)
+++ v2 (2026-01-30)
@@ -1,516 +1,516 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb858eeda9adf4e37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79b9340219974bc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R901860c7d2644e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra217e05b54c0483e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Local Government Waste Tire Amnesty Grant (TA8)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wallace Low</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cathy Aggergaard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Department of Environmental Resources will administer the grant funding for the cities of Oakdale, Newman, Turlock, Riverbank, and Stanislaus Unincorporated to hold community clean up events or to provide vouchers to residents to turn in waste tires at no cost bimonthly.  The collected tires will be recycled.  County Staff will receive reimbursement requests from the participating cities and will prepare and submit reimbursement requests to CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tina Bitten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Residents will have the opportunity to properly dispose of tires at tire amnesty events. These events will be widely publicized. At each amnesty event, a 40-yard roll-off container and adequate staffing to assist residents with their tire disposal. The containers will be hauled to Crumb Rubber Manufacturing (CRM) for recycling. The City of Long Beach will supply staff and a vehicle to collect and haul the tires to CRM. The Recycling staff will organize all the events, coordinate the advertising and educational materials, and design and update the website and flyer. The City plans to hold events twice a month over two years, collecting an estimated 3,000 tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268616005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works will partner with the City of Santa Clarita to conduct 5-7 free waste tire collection events in Santa Clarita and various communities. At these events, residents will be able to drop off waste tires to be recycled into crumb rubber, civil engineering applications, or other uses. The project is expected to collect 22,000 (PTE). Public Works will contract for hauling and recycling and conducting events. At least two events will be held in disadvantaged communities as defined by the EnviroScreen Map in the 71-100 percentile. These events are planned for Hawthorne and Baldwin Park.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chico</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Chico will hold 4-5 waste tire collection events to provide needed disposal to Chico and the surrounding unincorporated communities that are considered disadvantaged communities.  Events will be run as one day events and /or month-long collection events depending on the time of year and weather conditions. We anticipate collecting approximately 10,000 tires total. This estimate is based on Chico and surrounding unincorporated communities current population of 111,000. By providing annual free drop off events, Chico believes that 100% of our community will be served.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Madera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Claudia Mendoza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596615113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>At least 5 events over the two year grant term. The amount of waste tires estimated to be collected over the grant period is 24,000. The Waste tires will be transported to a permitted facility for recycling purposes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sarita Wati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In an effort to reduce illegal dumping and stockpiling of tires, through this grant, the County will accept up to four (4) passenger tires at County Solid Waste facilities at no charge for residents of the County through means of a “paper less” coupon that can be found on the County’s website and on other media outlets. Through the “paper less” coupon the County has successfully recycled an average of over 40,000 tires in previous Tire Amnesty cycles. San Joaquin County uses a local certified tire recycler who transforms the tires into a variety of products including rubber bark for gardens and playgrounds, rubber asphalt for city streets and sidewalks, and various products such as floor mats. As lead, San Joaquin County works with local jurisdictions to hold a minimum of two tire recycling events per year as well as other local community cleanup events such as Coastal Cleanup Day. The goal is to collect an average of 300 tires per event. To raise awareness of upcoming events, ads will be placed with local publications and other mediums. The County plans to work with the Greater Valley Conservation Corps during events, where possible.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matthew Sorondo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Code Enforcement Unit plans host six Tire Amnesty events at different locations throughout the City of Fresno to collect tires. Our goal is to collect thousands of tires from our events. The Code Enforcement Unit will recycle the tires collected to be processed for recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority's jurisdictions plan on holding an estimated total of 48 Tire Amnesty events during the grant term. Tires collected during these events will be recycled. An estimated total of 36,804 tires are expected to be collected.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Valley Resource Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maricela Galarza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609960972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County is a unique community consisting of seven cities and a county unincorporated area, and there are two franchised haulers contracted, which differ for each city and/or area. Each city has both spring and fall City Clean-ups (CU) that their pertaining haulers host and IVRMA participates to provide the opportunity to residents to drop off waste tires at no cost. Some of the larger cities have between 3 to 4 clean-up events annually. In addition, IVRMA coordinates events for county unincorporated areas to have at least two to three per year for each unincorporated area, including but not limited to Salton City, Bombay Beach, Niland, Seeley, Winterhaven, Ocotillo, Palo Verde, etc. 
+Imperial Valley Resource Management Agency (IVRMA) will be coordinating its own events as well to increase collection of residents’ waste tires, especially focusing on those communities that need more events like these throughout the year. There is an estimation of about 40 events per year, thus estimating a total collection of 15,000 waste tires. The waste tires collected during events will be properly hauled and recycled with our contracted tire recyclers. IVRMA is focusing on increasing coordination and participation in amnesty events for the residents of Imperial County, along with effective advertisement and promotion to increase collection of waste tires at no cost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carlos Duque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The purpose of the Tire Amnesty Program is to provide financial assistance to Sacramento County residents, enabling them to recycle unwanted tires through a monthly multi-day collection event over the next two years. Scrap tires pose significant risks to human health and the environment, serving as ideal breeding grounds for mosquitoes that can transmit life-threatening diseases. However, with proper handling and disposal, these risks can be effectively mitigated, ensuring scrap tires do not pose major environmental concerns.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gurprit Jhujj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596004320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno County staff will host (5) Tire Amnesty events for TA8. Events will be held at the various Road Maintenance Yards throughout the County. Residents will be invited to the events via a Tire Amnesty mailer that emphasizes the event’s importance in preventing illegal tire disposal. Additionally, staff will distribute various educational/outreach materials oriented toward automotive care (proper tire care, used oil/filter recycling, etc.) Staff will coordinate with the Fresno Economic Opportunities Commission Local Conservation Corps to provide Corps Member labor for purposes loading tires into trailers. Currently, Fresno County has contracts with two (2) State permitted tire haulers/recyclers to provide trailers/containers for the events, who will transport the collected tires to their facilities for processing:  1) American Refuse, Inc. dba American Tire Tec of Wasco, CA; and 2) West Coast Rubber Recycling, Inc.  Waste tires are grounded and shredded for purposes of creating raw materials in producing various recycled rubber products, rubberized asphalt, etc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicholas Nuccio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2138205685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Los Angeles will host an estimated 12 tire amnesty events in the Grant Period. The City estimates to collect approximately 8,100 tires during the Grant Period. Tires will be sent to a mine reclamation project in Azusa, CA for beneficial reuse as inert filling material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lake Elsinore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicole McCalmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516674557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 1. Conduct 8 tire collection events in the Lake Elsinore community. The City will continue to team with the consultant Mariposa Eco Consulting, Inc.  Four events will take place at the City‘s twice-yearly community cleanup events (normally held in Spring and Fall), tires collected at these event will not be charged to the grant as all roll-off bins, transportation and tire recycling are provided to the City FREE of charge by the local trash company as part of their contract with the City of Lake Elsinore.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>City of Adelanto</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Saba Engineer</x:t>
   </x:si>
   <x:si>
     <x:t>8185227966</x:t>
   </x:si>
   <x:si>
-    <x:t>Cathy Aggergaard</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Use funds to hold events at the City Hall to bring discarded tires, staff time used to organize, conduct advertise and educate for amnesty events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Debbie Reagan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095335588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County is seeking grant funds under TA8 to include waste tire amnesty events as part of the household hazardous waste events held 10 times per year at our permanent facility. These events would be in addition to the quarterly tire amnesty events held in partnership with the Greater Valley Conservation Corp and a separate tire amnesty event held every August at the Groveland Transfer Station.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Deleon Luna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093832133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The San Bernardino County Code Enforcement Division will host 16 to 22 tire amnesty events throughout the unincorporated areas of San Bernardino County. We plan on collecting over 15,500 tires. Some of the tire amnesty events will be held in conjunction with regularly planned community cleanup events or as stand-alone tire collection events. The waste tires collected are recycled. The events are advertised via flyer mail outs and on social media. The grant will pay for disposal fees, personnel to staff the tire amnesty events and to administer the grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pomona</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Irene Madrid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9096202231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The city will conduct 56 Amnesty Collection Events during the two-year grant cycle. The goal is to collect and dispose of 5,000 waste tires from residents. The city will advertise in the local paper and on social media. Including the city's reader board, flyers and bill message to residents to highlight the waste tire amnesty program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County Hazardous and Solid Waste Management Joint Powers Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Case Casey Fritz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154732711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Marin County Hazardous and Solid Waste Management JPA proposes to host 4 events in different locations throughout the County of Marin in collaboration with Conservation Corps North Bay, which we anticipate will collect a total of 4,000 tires. The tires are recycled through West Coast Rubber Recycling which has a registered TPID number.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carrie Baxter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168787413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Regional Waste Management Authority (RWMA) proposes to collect approximately 7,500 waste tires through 2 collection methods during the TA8 grant cycle. These include: (1) a free tire recycling coupon program offered at two local transfer stations operated by Recology Yuba-Sutter, and (2) tire collection at twelve (12) community clean-up events across the region.  RWMA estimates collecting 3,500 waste tires through the coupon program, based on the most recently completed waste tire amnesty program (TA6-21-0023), in which 2,591 waste tires were collected through the coupon program. Residents will be allowed to deliver up to twenty (20) passenger or light truck waste tires within a 30-day redemption window using these coupons. RWMA will seek written authorization from the Local Enforcement Agency for residents needing to haul more than nine (9) tires at a time.  An additional 4,000 waste tires are projected to be collected at the twelve (12) community clean-up events, which will each be equipped with 40-yard tire bins provided by Recology Yuba-Sutter and serviced by Castle Tire Disposal, LLC. The 4,000 waste tires proposed to be collected in 40-yard bins provided to twelve (12) community clean-up events is based on the 1,989 waste tires collected at nine (9) community collection events in the most recently completed waste tire amnesty program (TA6-21-0023) and that there are now twelve (12) community clean-up events planned for the TA8 grant cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Kraus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256085549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County Environmental Health will conduct up to 24 tire amnesty day events in conjunction with existing community cleanup events throughout the county.  These events will be conducted with the assistance of Civicorps who will provide staffing and will deliver collected tires to an approved end use facility.  The events will be publicized as part of the community cleanup events.  Environmental Health is expecting to collect 14,400 tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Elia Zavala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317753010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Salinas Valley Solid Waste Authority (SVSWA) is a Joint Powers Authority representing five cities: Gonzales, Greenfield, King City, Salinas, and Soledad, and the unincorporated area of eastern Monterey County located in rural agricultural Salinas Valley. The tire amnesty program allows SVSWA to offer the public the opportunity to legally dispose of tires at no cost, thus reducing instances of illegal dumping, improper storage and potential public health issues.  It also utilizes the events as an educational opportunity to promote the proper disposal/recycling of waste tires.  If funded, residents in SVSWA’s jurisdiction will be informed through social media, flyers, print ads, radio, email blasts, website information, and/or garbage and recycling bill inserts/newsletters about the opportunity to take their waste tires to any of the event locations for free disposal.
+SVSWA has a history of hosting successful tire amnesty events with the assistance of waste tire amnesty grant funds.  Since 2000, through this grant program, SVSWA has collected and recycled an estimated 359,128 tires, at a total cost of $654,581, or an average of $1.82 per tire through March 2024.  If funded, SVSWA intends to conduct four (4) collection events over the new two-year grant term and expects to collect and recycle 27,500 tires at a cost of $3.22 per tire.  The four collection events will be held at its three (3) open facilities (Salinas, Gonzales, and King City).  SVSWA will partner with California Conservation Corps for staffing some collection events.
+These events continue to be a very important resource and outlet for proper waste tire disposal in the Salinas Valley.  By capitalizing on the successful aspects of previous events, and expanding those successes, SVSWA has had the ability to significantly reduce the amount of waste tires that may have otherwise been illegally dumped, improperly stored or buried in the landfill.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Renee Taylor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Bakersfield used tire amnesty events are intended to mitigate potential fire and health risks posed by piles of tires that would otherwise be dumped within its jurisdiction.  All waste tires collected through the amnesty events will be transported to the City of Bakersfield’s Corporation yard or Recycling and Composting facility.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Seth Strader</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074675719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Mendocino Solid Waste Management Authority will collect wastes tires from the public through holding Waste Tire Amnesty Events where the community will bring tires to events that are being held.</x:t>
   </x:si>
   <x:si>
     <x:t>Town of Apple Valley</x:t>
   </x:si>
   <x:si>
     <x:t> Pamela Quick</x:t>
   </x:si>
   <x:si>
     <x:t>7602407000</x:t>
   </x:si>
   <x:si>
     <x:t>Due to increased costs, waste tires are often illegally dumped instead of being properly disposed. Typically, waste tires are illegally dumped within 1,000 feet of residential homes, schools, commercial or industrial centers, airports and electrical transmission lines. If funding for this program is not available, illegal dumping will increase and the health and safety of the Town’s residents will be at risk. The Town collects and disposes of waste tires to protect its community and our environment. To help us achieve maximum effectiveness and efficiency, the Town needs these grant funds to continue offering Tire Amnesty events. 
 The Town of Apple Valley is requesting funds to provide Waste Tire Amnesty events and a drop off location for residents to dispose of waste tires for free in accordance with CalRecycle requirements and regulations. Tire Amnesty events will take place at a permanent location at the Town of Apple Valley Household Hazardous Waste Facility located at 13450 Nomwaket Rd, and 12 additional events at Lions Park located at 20789 CA-18. Funds will be used for salaries and benefits for staff at the 12 Tire Amnesty events; collection and transportation of waste tires; public outreach and advertising; and container usage for collection on event days. The estimated cost per tire for each event is $1.79. Town staff anticipates collecting approximately 1,600 waste tires per event, plus 100 tires per week at the permanent drop off location, totaling 19,200 waste tires collected throughout the grant period. Staff will focus on conducting a public outreach campaign to publicize events and promote proper disposal of waste tires. The events will be advertised in the local newspaper, in accordance with CalRecycle guidelines. Further, events will be publicized through Facebook, Twitter, Town of Apple Valley website, Solid waste Brochure, and in the “Our Town” quarterly newsletter. Flyers will be created, printed, and distributed through handouts and mailings to Apple Valley residents.
 All waste tires collected during events will be transported by Burrtec Waste Industries, utilizing 40 cubic yard roll off containers. Waste tires will be transported to a recycling facility (Mitsubishi Cement Corporation located in Lucerne Valley, California) for proper handling.</x:t>
   </x:si>
   <x:si>
-    <x:t>Kern                </x:t>
-[...367 lines deleted...]
-  <x:si>
     <x:t>Riverside County</x:t>
   </x:si>
   <x:si>
     <x:t> Joseph Contaoi</x:t>
   </x:si>
   <x:si>
     <x:t>9514863200</x:t>
   </x:si>
   <x:si>
     <x:t>The Riverside County Department of Waste Resources (DWR) annually conducts approximately 27 bulky item cleanups, serving the residents in the unincorporated areas of Riverside County. Over the two-year grant period, we anticipate holding about 44 cleanup events. At each of these events, DWR has successfully hosted waste tire collections. In 2022 alone, residents disposed of over 9,000 waste tires at these events. Additionally, in 2023 and 2024, we collected a total of 16,742 tires from cleanup events, which weighed in at 565.22 tons.
 Additionally, we receive valuable assistance from the community through the Municipal Advisory Councils (MACs), who support our cleanups with tire collection events, helping to engage local residents and maximize turnout. With the support of the Amnesty Tire Grant, we are committed to continuing our collaboration with county agencies and the community to provide effective waste management services and enhance the beauty and cleanliness of Riverside County.</x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno County</x:t>
-[...8 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno County staff will host (5) Tire Amnesty events for TA8. Events will be held at the various Road Maintenance Yards throughout the County. Residents will be invited to the events via a Tire Amnesty mailer that emphasizes the event’s importance in preventing illegal tire disposal. Additionally, staff will distribute various educational/outreach materials oriented toward automotive care (proper tire care, used oil/filter recycling, etc.) Staff will coordinate with the Fresno Economic Opportunities Commission Local Conservation Corps to provide Corps Member labor for purposes loading tires into trailers. Currently, Fresno County has contracts with two (2) State permitted tire haulers/recyclers to provide trailers/containers for the events, who will transport the collected tires to their facilities for processing:  1) American Refuse, Inc. dba American Tire Tec of Wasco, CA; and 2) West Coast Rubber Recycling, Inc.  Waste tires are grounded and shredded for purposes of creating raw materials in producing various recycled rubber products, rubberized asphalt, etc.</x:t>
+    <x:t>Kern County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Karina Mendez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618625107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Kern County Public Works will hold 68 events at 11 disposal sites over the two-year period on either a quarterly, biannual, or annual basis. An estimated 10,000 tires will be collected. The tires will be recycled, and may be turned into products like alternative daily cover, tire derived aggregate and tire derived fuel.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sebastopol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Sebastopol will hold 4-5 waste tire collection events, one in the fall of 2025, and two in the Spring and Fall of 2026 and 2027, to provide needed disposal to Sebastopol and the surrounding unincorporated communities. Events will be run as one day events.  We anticipate collecting 8,000 tires over the 2-year grant term. </x:t>
   </x:si>
   <x:si>
     <x:t>Rural Counties Environmental Services Joint Powers Authority</x:t>
   </x:si>
   <x:si>
     <x:t> Staci Heaton</x:t>
   </x:si>
   <x:si>
     <x:t>5107030898</x:t>
   </x:si>
   <x:si>
     <x:t>On behalf of Colusa, Mariposa, and Sierra Counties, the Rural Counties‘ Environmental Services Joint Powers Authority (ESJPA) will administer a regional tire amnesty grant. These three Counties were participants in past regional tire amnesty grants. All participating counties plan to hold events at least in the Fall and Spring of the grant term. Grant funds will be monitored constantly. The numbers of tires estimated to be collected are 20,000 tire equivalents. Rural areas tend to have larger tires than urban areas (more trucks) so the cost per tire tends to be higher. All tire vendors stress that tires are sent for recycling rather than landfilling as much as feasible. The ESJPA has utilized the services of the Sacramento Local Conservation Corps for the Colusa and Sierra County events under previous grants   Mariposa has established a specific day of the week to accept tires with existing staff which has served to reduce labor costs from one-day events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jody Strait</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095776416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Modesto intends to host 2 collection events per year where residents can recycle up to nine tires per vehicle. We will also host bi-monthly coupons for free recycling at local transfer stations. This is a robust program that the City has utilized for over 5 years and has conducted extensive outreach and advertising to promote. Between the two sources, the City intends to recycle at least 5,000 waste tires that could otherwise be landfilled or illegally dumped.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Erik Hagstrom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077843306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coordinate up to four waste tire collection events generated from personal transport modes, farm equipment, and/or illegal dumping for countywide participation.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kamila Haselman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8584926013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of San Diego currently participates Recycling Program. We have the capacity to expand services at this location to include a Tire Amnesty Program without requiring additional resources or infrastructure. Existing staff can support the new program located right at the landfill entrance—makes it convenient for residents. Educational signage and outreach will be provided to raise awareness and ensure proper use of the program. City staff will manage intake, including verifying residency, and will track the number of tires collected. A dedicated trailer will be kept on site for tire storage. We estimate collecting around 7,708 tires during the grant period. Tires will be picked up and recycled by Reliable Tire Inc. (San Diego, CA), which will handle transportation, loading/unloading, processing, disposal (if needed), recycling fees, and documentation. Public education and outreach will be conducted through the City’s website, social media platforms, and signage at the drop-off site. </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 31</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -645,51 +645,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcec56e045c4742e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R901860c7d2644e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R82c69e447c4f4429" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca846b0d24f8461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra217e05b54c0483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re4991e73c2ab4dbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -737,780 +737,780 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
+    <x:row ht="402.46298217773438" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>12500</x:v>
+        <x:v>54744</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1977.845458984375" customHeight="1" collapsed="0">
+    <x:row ht="632.4378662109375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>34453</x:v>
+        <x:v>13500</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4425048828125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+    <x:row ht="586.459716796875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>40000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.473876953125" customHeight="1" collapsed="0">
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>84490</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+    <x:row ht="954.425048828125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>18185</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.43798828125" customHeight="1" collapsed="0">
+    <x:row ht="218.494384765625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>13500</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.99658203125" customHeight="1" collapsed="0">
+    <x:row ht="1172.89111328125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>84490</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
-    <x:row ht="241.48388671875" customHeight="1" collapsed="0">
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
+    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>24948</x:v>
+        <x:v>21718</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="252.99169921875" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>21290</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A18" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>51475</x:v>
+        <x:v>18185</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+    </x:row>
+    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A19" s="8" t="s">
+      <x:c r="B19" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>89775</x:v>
+        <x:v>12500</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="G19" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A20" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>41955</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="G20" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+    </x:row>
+    <x:row ht="505.95654296875" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>19967</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>54744</x:v>
+        <x:v>21290</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+    </x:row>
+    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+      <x:c r="B23" s="8" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>41955</x:v>
+        <x:v>33016</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="G23" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+    </x:row>
+    <x:row ht="1391.384765625" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="G23" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H23" s="8" t="s">
+      <x:c r="B24" s="8" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>51475</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1172.8916015625" customHeight="1" collapsed="0">
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row ht="218.494140625" customHeight="1" collapsed="0">
+    <x:row ht="1770.8603515625" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>89775</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
-    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
+    <x:row ht="379.47265625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>33016</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
+        <x:v>120</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1977.845703125" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>34453</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+    <x:row ht="896.91015625" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>37984</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
         <x:v>40000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.443359375" customHeight="1" collapsed="0">
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G32" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H32" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="G32" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H32" s="8" t="s">
+    </x:row>
+    <x:row ht="816.435546875" customHeight="1" collapsed="0">
+      <x:c r="A33" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B33" s="8" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="F33" s="8" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="G33" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="F33" s="8" t="s">
+    </x:row>
+    <x:row ht="471.45703125" customHeight="1" collapsed="0">
+      <x:c r="A34" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B34" s="8" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>37984</x:v>
+        <x:v>24948</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F34" s="8" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="G34" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H34" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="F34" s="8" t="s">
+    </x:row>
+    <x:row ht="149.5" customHeight="1" collapsed="0">
+      <x:c r="A35" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="G34" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H34" s="8" t="s">
+      <x:c r="B35" s="8" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>21718</x:v>
+        <x:v>19967</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="F35" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="F35" s="8" t="s">
+      <x:c r="G35" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H35" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="G35" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H35" s="8" t="s">
+    </x:row>
+    <x:row ht="942.916015625" customHeight="1" collapsed="0">
+      <x:c r="A36" s="8" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3984375" customHeight="1" collapsed="0">
       <x:c r="A37" s="10" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B37" s="10" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C37" s="10"/>
       <x:c r="D37" s="11" t="n">
         <x:v>1500000</x:v>
       </x:c>
@@ -1547,29 +1547,29 @@
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:50 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 30, 2026 8:54 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>