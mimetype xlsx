--- v2 (2026-01-30)
+++ v3 (2026-03-18)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79b9340219974bc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e59095d1f524448" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra217e05b54c0483e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4b4b4af6456f4acc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Local Government Waste Tire Amnesty Grant (TA8)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -64,62 +64,50 @@
   <x:si>
     <x:t>2095256741</x:t>
   </x:si>
   <x:si>
     <x:t>Cathy Aggergaard</x:t>
   </x:si>
   <x:si>
     <x:t>The Department of Environmental Resources will administer the grant funding for the cities of Oakdale, Newman, Turlock, Riverbank, and Stanislaus Unincorporated to hold community clean up events or to provide vouchers to residents to turn in waste tires at no cost bimonthly.  The collected tires will be recycled.  County Staff will receive reimbursement requests from the participating cities and will prepare and submit reimbursement requests to CalRecycle.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Long Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Tina Bitten</x:t>
   </x:si>
   <x:si>
     <x:t>5625704695</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Residents will have the opportunity to properly dispose of tires at tire amnesty events. These events will be widely publicized. At each amnesty event, a 40-yard roll-off container and adequate staffing to assist residents with their tire disposal. The containers will be hauled to Crumb Rubber Manufacturing (CRM) for recycling. The City of Long Beach will supply staff and a vehicle to collect and haul the tires to CRM. The Recycling staff will organize all the events, coordinate the advertising and educational materials, and design and update the website and flyer. The City plans to hold events twice a month over two years, collecting an estimated 3,000 tires.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles County</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>City of Chico</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Arbuckle</x:t>
   </x:si>
   <x:si>
     <x:t>5306247947</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Chico will hold 4-5 waste tire collection events to provide needed disposal to Chico and the surrounding unincorporated communities that are considered disadvantaged communities.  Events will be run as one day events and /or month-long collection events depending on the time of year and weather conditions. We anticipate collecting approximately 10,000 tires total. This estimate is based on Chico and surrounding unincorporated communities current population of 111,000. By providing annual free drop off events, Chico believes that 100% of our community will be served.</x:t>
   </x:si>
   <x:si>
     <x:t>Madera              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Madera</x:t>
   </x:si>
   <x:si>
     <x:t> Claudia Mendoza</x:t>
   </x:si>
   <x:si>
     <x:t>5596615113</x:t>
@@ -467,50 +455,62 @@
     <x:t>Solano County</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Erik Hagstrom</x:t>
   </x:si>
   <x:si>
     <x:t>7077843306</x:t>
   </x:si>
   <x:si>
     <x:t>Coordinate up to four waste tire collection events generated from personal transport modes, farm equipment, and/or illegal dumping for countywide participation.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Kamila Haselman</x:t>
   </x:si>
   <x:si>
     <x:t>8584926013</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of San Diego currently participates Recycling Program. We have the capacity to expand services at this location to include a Tire Amnesty Program without requiring additional resources or infrastructure. Existing staff can support the new program located right at the landfill entrance—makes it convenient for residents. Educational signage and outreach will be provided to raise awareness and ensure proper use of the program. City staff will manage intake, including verifying residency, and will track the number of tires collected. A dedicated trailer will be kept on site for tire storage. We estimate collecting around 7,708 tires during the grant period. Tires will be picked up and recycled by Reliable Tire Inc. (San Diego, CA), which will handle transportation, loading/unloading, processing, disposal (if needed), recycling fees, and documentation. Public education and outreach will be conducted through the City’s website, social media platforms, and signage at the drop-off site. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Katonya Turner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264586395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public Works will partner with the City of Santa Clarita to conduct 5-7 free waste tire collection events in Santa Clarita and various communities. At these events, residents will be able to drop off waste tires to be recycled into crumb rubber, civil engineering applications, or other uses. The project is expected to collect 22,000 (PTE). Public Works will contract for hauling and recycling and conducting events. At least two events will be held in disadvantaged communities as defined by the EnviroScreen Map in the 71-100 percentile. These events are planned for Hawthorne and Baldwin Park.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 31</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -645,51 +645,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca846b0d24f8461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra217e05b54c0483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re4991e73c2ab4dbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69bfdad3ef324f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4b4b4af6456f4acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf0b4e6c66d2d4d0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -785,732 +785,732 @@
     </x:row>
     <x:row ht="632.4378662109375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>13500</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.4425048828125" customHeight="1" collapsed="0">
+    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.459716796875" customHeight="1" collapsed="0">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.996826171875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>84490</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="954.42529296875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>84490</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-    <x:row ht="954.425048828125" customHeight="1" collapsed="0">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.494140625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.494384765625" customHeight="1" collapsed="0">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1172.891845703125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>90000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-    <x:row ht="1172.89111328125" customHeight="1" collapsed="0">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1011.91162109375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>21718</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>21718</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.99169921875" customHeight="1" collapsed="0">
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>18185</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>18185</x:v>
+        <x:v>12500</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>12500</x:v>
+        <x:v>41955</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>41955</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.95654296875" customHeight="1" collapsed="0">
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>21290</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>21290</x:v>
+        <x:v>33016</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1391.3857421875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>33016</x:v>
+        <x:v>51475</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="1391.384765625" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>51475</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.474609375" customHeight="1" collapsed="0">
+        <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1770.8603515625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>89775</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>105</x:v>
-[...2 lines deleted...]
-    <x:row ht="1770.8603515625" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.47265625" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>89775</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.47265625" customHeight="1" collapsed="0">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>115</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1977.8447265625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>34453</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1977.845703125" customHeight="1" collapsed="0">
+    <x:row ht="896.9111328125" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>34453</x:v>
+        <x:v>37984</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
-    <x:row ht="896.91015625" customHeight="1" collapsed="0">
+    <x:row ht="333.466796875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>37984</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
         <x:v>40000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G31" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="G31" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H31" s="8" t="s">
+    </x:row>
+    <x:row ht="816.435546875" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B32" s="8" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
-    <x:row ht="816.435546875" customHeight="1" collapsed="0">
+    <x:row ht="471.458984375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>24948</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.45703125" customHeight="1" collapsed="0">
+    <x:row ht="149.498046875" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>24948</x:v>
+        <x:v>19967</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>143</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+        <x:v>144</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="942.91796875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>19967</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
-        <x:v>148</x:v>
-[...2 lines deleted...]
-    <x:row ht="942.916015625" customHeight="1" collapsed="0">
+        <x:v>149</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.44140625" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3984375" customHeight="1" collapsed="0">
       <x:c r="A37" s="10" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B37" s="10" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C37" s="10"/>
       <x:c r="D37" s="11" t="n">
         <x:v>1500000</x:v>
       </x:c>
@@ -1547,29 +1547,29 @@
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 30, 2026 8:54 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 18, 2026 3:35 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>