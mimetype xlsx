--- v0 (2025-12-14)
+++ v1 (2025-12-17)
@@ -1,345 +1,345 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf093a8476c0b443b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9592f17ded35438d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc07be3cdf6584e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf91edfa169d54658"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Local Conservation Corps Grant Program (RLC40)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Valladares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264288673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and
+Multi-Family complexes. CCLB will expand e waste collections and handling, by partnering with local
+schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits and Dock walker Boat kit distribution. We will continue to work with our local jurisdictions, government agencies to expand our Tire collection events and outreach efforts as it relates to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Fresno EOC Local Conservation Corps will use RCL 40 funding to continue to serve existing recycling customers in the City of Fresno and the town of Madera. LCC operates a Certified Recycling Center in the rural community of Friant for the redemption of CRV beverage containers and provides special events recycling for one of the top entertainment sites in the world at the Save Mart Center. LCC crews will also continue to partner with local municipalities on used tire events and seeks to increase its collection totals for e-waste.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Robert Skillman</x:t>
   </x:si>
   <x:si>
     <x:t>2132107620</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
     <x:t>The LA Conservation Corps will carry out the following programs in FY 25-26.
 Beverage Container: 
 -Increase collection of beverage containers by 4% compared to collections in FY 24-25 via collection routes and special events as measured by DORIIS
 -Perform litter abatement and open space litter abatement clean-up services on an as-needed basis 
 Waste Tire: 
 -Take FY 24-25 totals and increase illegally dumped tire collections by 6% as measured by CTL/receipt forms and haul away and properly dispose of/recycle the tires
 -Provide event/labor staff resources for collection/hauling waste tires in partnership with the City of LA and the Peterson group. 
 E-waste: 
 -Take FY 24-25 totals and increase E-waste collections by 4% through curbside/drop off events as measured by collection logs/CEWIS reports and provide outreach/marketing for each event 
 Used Oil: 
 -Conduct CCC signage inspections at assigned locations 
 -Conduct surveys and hand out boater kits under the Dockwalker Program
 -Provide outreach and canvasing in support of LA County Public Works Used Oil Filter Exchange Events
 -Conduct DIY oil kits distribution events</x:t>
   </x:si>
   <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>San Jose Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Dorsey Moore</x:t>
   </x:si>
   <x:si>
     <x:t>4084596402</x:t>
   </x:si>
   <x:si>
-    <x:t>Yolanda Park</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SJCC will collect recyclables in accordance with the Grant Work Plan for RLC40.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arturo Perzabal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192356684</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento Regional Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Kala Dean</x:t>
   </x:si>
   <x:si>
     <x:t>9164176746</x:t>
   </x:si>
   <x:si>
     <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t>Beverage container: Service events, businesses, operate material recovery facility, provide education/outreach to Northern California.
 E-waste: Collect E-waste at drop-off events, curbside collections with community partners in Northern California. Provide education/outreach.
 Used oil: Ensure Certified Collection Centers are signed. Provide education/outreach at waterways &amp; public events. Label storm drains to reduce illegal dumping of used oil. 
 Waste tire: Collect &amp; haul waste tires from public lands, provide labor for tire amnesty events in Northern California, as well as education/outreach.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>The Fresno EOC Local Conservation Corps will use RCL 40 funding to continue to serve existing recycling customers in the City of Fresno and the town of Madera. LCC operates a Certified Recycling Center in the rural community of Friant for the redemption of CRV beverage containers and provides special events recycling for one of the top entertainment sites in the world at the Save Mart Center. LCC crews will also continue to partner with local municipalities on used tire events and seeks to increase its collection totals for e-waste.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>7077585417</x:t>
   </x:si>
   <x:si>
     <x:t> Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties and other local counties.
 Outreach and education will be provided to the public on why recycling is important.
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma, Solano, Napa and other local counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Teresa Guzman</x:t>
   </x:si>
   <x:si>
     <x:t>5597324194</x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps (SCC) is a state-certified and federally recognized 21CSC (21st Century Service Corps) local conservation corps. SCC engages local young adults from racially and socially diverse backgrounds within Tulare and Kings Counties, ages 18 to 26, in on-the-job project-based training, structured education, leadership development, and environmental awareness through conservation work projects.
 The SCC will continue to help local jurisdictions reduce GHG emissions in our communities by diverting recyclable materials, including Beverage Containers, E-Waste, Used Oil, and Waste Tires. By working collaboratively with local jurisdictions and other partners, the SCC will continue to play a key role in minimizing our waste stream by expanding recycling opportunities for local businesses and residents of Tulare and Kings Counties.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reimbursement for Grant RLC40 eligible expenses that include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires and used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Mountains Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gorin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCCIE was approved for a fund exchange between UCCIE and CCLB of $200,000 with an even exchange, decreasing our E-waste funds and increasing our Tire funds.
+Reports and Evaluation:
+The Corps will collect, analyze, and report data using the CalRecycle progress report.
+Education, Outreach, and Marketing:
+During FY 25-26, UCC will train Corpsmembers to participate in outreach and recycling education programs.
+Partnerships and Collaboration:
+By June 30, 2026, the SCMF-UCC will increase recycling-related partnerships.
+Common Objectives:
+By June 30, 2026, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>The overall recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Merced, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2025-26 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 130,000 lbs. of beverage container materials 
 • Schedule and participate in 19 collection events, including community cleanups
 Waste Tires
 GVCC will:
 • Collect 9,000 tires through amnesty events, community cleanups, and tire events for illegally dumped tires.
 • Provide 19 community waste tire collection events, including community cleanups
 • Conduct 14 Waste Tire Amnesty Collection events
 E-Waste
 GVCC will:
 • Collect 320,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Provide E-waste Handling Procedure training in accordance with compliance regulations
 • Conduct 19 offsite E-waste drop-off collection events 
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 275 to 375 oil recycling kits to partners at various events and collection routes</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...36 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238826</x:t>
   </x:si>
   <x:si>
     <x:t>Our recycling program, supported by the Ceasar Chavez Environmental Corps (CCEC) and funded through the Local Conservation Corps Grant Program RLC 40, aims to establish two new recycling centers. This funding will secure suitable locations, staff the centers, outfit them with necessary equipment and supplies, and conduct community, partner, and stakeholder outreach. Our commitment to sustainability, bolstered by CCEC and the funding provided by the Local Conservation Corps Grant Program RLC 40, drives us to expand our reach and impact in waste management. We need this outreach to promote the visibility of the new centers and engage with the community, partners, and stakeholders to ensure their success.</x:t>
-  </x:si>
-[...42 lines deleted...]
-    <x:t> Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 13</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -474,51 +474,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4517dc34c2d4aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc07be3cdf6584e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbd038f076eea4809" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5995c1bcc4c84a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf91edfa169d54658" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcc022912ea8849c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -566,357 +566,357 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1103.89599609375" customHeight="1" collapsed="0">
+    <x:row ht="459.9495849609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>2282789</x:v>
+        <x:v>2282807</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="68.9952392578125" customHeight="1" collapsed="0">
+    <x:row ht="471.45831298828125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+    <x:row ht="1103.8958740234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+    </x:row>
+    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="68.995361328125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+    </x:row>
+    <x:row ht="839.423583984375" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="1345.37939453125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A16" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="1218.8974609375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>2282807</x:v>
+        <x:v>2282789</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.423828125" customHeight="1" collapsed="0">
+    <x:row ht="655.455078125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A19" s="10" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B19" s="10" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="10"/>
       <x:c r="D19" s="11" t="n">
         <x:v>29676275</x:v>
       </x:c>
       <x:c r="E19" s="10" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="10" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G19" s="10" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -926,29 +926,29 @@
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 14, 2025 6:22 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 10:04 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>