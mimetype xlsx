--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,345 +1,345 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9592f17ded35438d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda000c91fde547aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf91edfa169d54658"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra2b512657d2a48e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Local Conservation Corps Grant Program (RLC40)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
-    <x:t>Conservation Corps of Long Beach</x:t>
-[...5 lines deleted...]
-    <x:t>6264288673</x:t>
+    <x:t>Los Angeles Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Skillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2132107620</x:t>
   </x:si>
   <x:si>
     <x:t>Jim Madden</x:t>
-  </x:si>
-[...30 lines deleted...]
-    <x:t>2132107620</x:t>
   </x:si>
   <x:si>
     <x:t>The LA Conservation Corps will carry out the following programs in FY 25-26.
 Beverage Container: 
 -Increase collection of beverage containers by 4% compared to collections in FY 24-25 via collection routes and special events as measured by DORIIS
 -Perform litter abatement and open space litter abatement clean-up services on an as-needed basis 
 Waste Tire: 
 -Take FY 24-25 totals and increase illegally dumped tire collections by 6% as measured by CTL/receipt forms and haul away and properly dispose of/recycle the tires
 -Provide event/labor staff resources for collection/hauling waste tires in partnership with the City of LA and the Peterson group. 
 E-waste: 
 -Take FY 24-25 totals and increase E-waste collections by 4% through curbside/drop off events as measured by collection logs/CEWIS reports and provide outreach/marketing for each event 
 Used Oil: 
 -Conduct CCC signage inspections at assigned locations 
 -Conduct surveys and hand out boater kits under the Dockwalker Program
 -Provide outreach and canvasing in support of LA County Public Works Used Oil Filter Exchange Events
 -Conduct DIY oil kits distribution events</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...8 lines deleted...]
-    <x:t>7149566222</x:t>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Jose Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorsey Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4084596402</x:t>
   </x:si>
   <x:si>
     <x:t>Yolanda Park</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>SJCC will collect recyclables in accordance with the Grant Work Plan for RLC40.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t> Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento Regional Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Kala Dean</x:t>
   </x:si>
   <x:si>
     <x:t>9164176746</x:t>
   </x:si>
   <x:si>
     <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t>Beverage container: Service events, businesses, operate material recovery facility, provide education/outreach to Northern California.
 E-waste: Collect E-waste at drop-off events, curbside collections with community partners in Northern California. Provide education/outreach.
 Used oil: Ensure Certified Collection Centers are signed. Provide education/outreach at waterways &amp; public events. Label storm drains to reduce illegal dumping of used oil. 
 Waste tire: Collect &amp; haul waste tires from public lands, provide labor for tire amnesty events in Northern California, as well as education/outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Riggins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Fresno EOC Local Conservation Corps will use RCL 40 funding to continue to serve existing recycling customers in the City of Fresno and the town of Madera. LCC operates a Certified Recycling Center in the rural community of Friant for the redemption of CRV beverage containers and provides special events recycling for one of the top entertainment sites in the world at the Save Mart Center. LCC crews will also continue to partner with local municipalities on used tire events and seeks to increase its collection totals for e-waste.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>7077585417</x:t>
   </x:si>
   <x:si>
     <x:t> Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties and other local counties.
 Outreach and education will be provided to the public on why recycling is important.
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma, Solano, Napa and other local counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Teresa Guzman</x:t>
   </x:si>
   <x:si>
     <x:t>5597324194</x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps (SCC) is a state-certified and federally recognized 21CSC (21st Century Service Corps) local conservation corps. SCC engages local young adults from racially and socially diverse backgrounds within Tulare and Kings Counties, ages 18 to 26, in on-the-job project-based training, structured education, leadership development, and environmental awareness through conservation work projects.
 The SCC will continue to help local jurisdictions reduce GHG emissions in our communities by diverting recyclable materials, including Beverage Containers, E-Waste, Used Oil, and Waste Tires. By working collaboratively with local jurisdictions and other partners, the SCC will continue to play a key role in minimizing our waste stream by expanding recycling opportunities for local businesses and residents of Tulare and Kings Counties.</x:t>
-  </x:si>
-[...36 lines deleted...]
-By June 30, 2026, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>The overall recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Merced, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2025-26 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 130,000 lbs. of beverage container materials 
 • Schedule and participate in 19 collection events, including community cleanups
 Waste Tires
 GVCC will:
 • Collect 9,000 tires through amnesty events, community cleanups, and tire events for illegally dumped tires.
 • Provide 19 community waste tire collection events, including community cleanups
 • Conduct 14 Waste Tire Amnesty Collection events
 E-Waste
 GVCC will:
 • Collect 320,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Provide E-waste Handling Procedure training in accordance with compliance regulations
 • Conduct 19 offsite E-waste drop-off collection events 
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 275 to 375 oil recycling kits to partners at various events and collection routes</x:t>
   </x:si>
   <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reimbursement for Grant RLC40 eligible expenses that include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires and used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Mountains Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gorin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCCIE was approved for a fund exchange between UCCIE and CCLB of $200,000 with an even exchange, decreasing our E-waste funds and increasing our Tire funds.
+Reports and Evaluation:
+The Corps will collect, analyze, and report data using the CalRecycle progress report.
+Education, Outreach, and Marketing:
+During FY 25-26, UCC will train Corpsmembers to participate in outreach and recycling education programs.
+Partnerships and Collaboration:
+By June 30, 2026, the SCMF-UCC will increase recycling-related partnerships.
+Common Objectives:
+By June 30, 2026, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238826</x:t>
   </x:si>
   <x:si>
     <x:t>Our recycling program, supported by the Ceasar Chavez Environmental Corps (CCEC) and funded through the Local Conservation Corps Grant Program RLC 40, aims to establish two new recycling centers. This funding will secure suitable locations, staff the centers, outfit them with necessary equipment and supplies, and conduct community, partner, and stakeholder outreach. Our commitment to sustainability, bolstered by CCEC and the funding provided by the Local Conservation Corps Grant Program RLC 40, drives us to expand our reach and impact in waste management. We need this outreach to promote the visibility of the new centers and engage with the community, partners, and stakeholders to ensure their success.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Valladares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264288673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and
+Multi-Family complexes. CCLB will expand e waste collections and handling, by partnering with local
+schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits and Dock walker Boat kit distribution. We will continue to work with our local jurisdictions, government agencies to expand our Tire collection events and outreach efforts as it relates to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arturo Perzabal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192356684</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 13</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -474,51 +474,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5995c1bcc4c84a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf91edfa169d54658" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcc022912ea8849c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbec6095c89c547a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2b512657d2a48e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7cd059a921f0408c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -566,357 +566,357 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.9495849609375" customHeight="1" collapsed="0">
+    <x:row ht="1103.89599609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>2282807</x:v>
+        <x:v>2282789</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.45831298828125" customHeight="1" collapsed="0">
+    <x:row ht="68.9952392578125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1103.8958740234375" customHeight="1" collapsed="0">
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.4581298828125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.995361328125" customHeight="1" collapsed="0">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1345.379638671875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.423583984375" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.937255859375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>41</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1218.8974609375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="1345.37939453125" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.45458984375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-    <x:row ht="1218.8974609375" customHeight="1" collapsed="0">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>2282789</x:v>
+        <x:v>2282807</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
-    <x:row ht="655.455078125" customHeight="1" collapsed="0">
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A19" s="10" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B19" s="10" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="10"/>
       <x:c r="D19" s="11" t="n">
         <x:v>29676275</x:v>
       </x:c>
       <x:c r="E19" s="10" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="10" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G19" s="10" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -926,29 +926,29 @@
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 10:04 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:56 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>