--- v2 (2025-12-24)
+++ v3 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda000c91fde547aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd85e6d834ffb4093" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra2b512657d2a48e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2dfdd4a0c5274c19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Local Conservation Corps Grant Program (RLC40)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -474,51 +474,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbec6095c89c547a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2b512657d2a48e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7cd059a921f0408c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R966829ac3c6e499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2dfdd4a0c5274c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R129cc97895664cbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -926,29 +926,29 @@
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:56 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 12:25 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>