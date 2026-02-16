--- v3 (2026-01-19)
+++ v4 (2026-02-16)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd85e6d834ffb4093" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R554478ba873a4613" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2dfdd4a0c5274c19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7b6b8e8bfecd4473"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Local Conservation Corps Grant Program (RLC40)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -474,51 +474,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R966829ac3c6e499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2dfdd4a0c5274c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R129cc97895664cbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R251f5be1aa284b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7b6b8e8bfecd4473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5f760d84227d4336" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -926,29 +926,29 @@
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 12:25 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 16, 2026 3:05 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>