--- v4 (2026-02-16)
+++ v5 (2026-03-07)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R554478ba873a4613" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dac2f34687b4445" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7b6b8e8bfecd4473"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R67b2dd5a453d4095"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Local Conservation Corps Grant Program (RLC40)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -101,78 +101,63 @@
   <x:si>
     <x:t>SJCC will collect recyclables in accordance with the Grant Work Plan for RLC40.</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento Regional Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Kala Dean</x:t>
   </x:si>
   <x:si>
     <x:t>9164176746</x:t>
   </x:si>
   <x:si>
     <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t>Beverage container: Service events, businesses, operate material recovery facility, provide education/outreach to Northern California.
 E-waste: Collect E-waste at drop-off events, curbside collections with community partners in Northern California. Provide education/outreach.
 Used oil: Ensure Certified Collection Centers are signed. Provide education/outreach at waterways &amp; public events. Label storm drains to reduce illegal dumping of used oil. 
 Waste tire: Collect &amp; haul waste tires from public lands, provide labor for tire amnesty events in Northern California, as well as education/outreach.</x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno              </x:t>
-[...8 lines deleted...]
-    <x:t>5592641048</x:t>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation Corps North Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Kyle Larue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077585417</x:t>
   </x:si>
   <x:si>
     <x:t>Blessing Badmus</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>7077585417</x:t>
   </x:si>
   <x:si>
     <x:t> Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties and other local counties.
 Outreach and education will be provided to the public on why recycling is important.
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma, Solano, Napa and other local counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps</x:t>
@@ -296,50 +281,65 @@
   <x:si>
     <x:t> Javier Valladares</x:t>
   </x:si>
   <x:si>
     <x:t>6264288673</x:t>
   </x:si>
   <x:si>
     <x:t>The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and
 Multi-Family complexes. CCLB will expand e waste collections and handling, by partnering with local
 schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits and Dock walker Boat kit distribution. We will continue to work with our local jurisdictions, government agencies to expand our Tire collection events and outreach efforts as it relates to all grant activities.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>Urban Corps of San Diego County</x:t>
   </x:si>
   <x:si>
     <x:t> Arturo Perzabal</x:t>
   </x:si>
   <x:si>
     <x:t>6192356684</x:t>
   </x:si>
   <x:si>
     <x:t> Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patrick Turner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Fresno EOC Local Conservation Corps will use RCL 40 funding to continue to serve existing recycling customers in the City of Fresno and the town of Madera. LCC operates a Certified Recycling Center in the rural community of Friant for the redemption of CRV beverage containers and provides special events recycling for one of the top entertainment sites in the world at the Save Mart Center. LCC crews will also continue to partner with local municipalities on used tire events and seeks to increase its collection totals for e-waste.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 13</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -474,51 +474,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R251f5be1aa284b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7b6b8e8bfecd4473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5f760d84227d4336" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7919b0d5d99b47fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R67b2dd5a453d4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1ddeb04c65cd4d81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -638,267 +638,267 @@
     </x:row>
     <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.4581298828125" customHeight="1" collapsed="0">
+    <x:row ht="1345.3795166015625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1345.379638671875" customHeight="1" collapsed="0">
+    <x:row ht="781.937255859375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.937255859375" customHeight="1" collapsed="0">
+    <x:row ht="1218.897216796875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1218.8974609375" customHeight="1" collapsed="0">
+    <x:row ht="160.97998046875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+    <x:row ht="586.45947265625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+    <x:row ht="655.45556640625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row ht="655.45458984375" customHeight="1" collapsed="0">
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>2282789</x:v>
+        <x:v>2282807</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="839.42333984375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>2282807</x:v>
+        <x:v>2282789</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.423828125" customHeight="1" collapsed="0">
+    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A19" s="10" t="s">
@@ -926,29 +926,29 @@
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 16, 2026 3:05 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 11:27 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>