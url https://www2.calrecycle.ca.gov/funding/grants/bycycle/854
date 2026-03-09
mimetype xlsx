--- v5 (2026-03-07)
+++ v6 (2026-03-09)
@@ -1,345 +1,345 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dac2f34687b4445" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R018d9dc61f2a4f40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R67b2dd5a453d4095"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra9ef2aeddf914b4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Local Conservation Corps Grant Program (RLC40)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>Conservation Corps of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Valladares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264288673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Conservation Corps of Long Beach (CCLB) will continue recycling collections to local business and
+Multi-Family complexes. CCLB will expand e waste collections and handling, by partnering with local
+schools, business and government agencies. CCLB will expand its service area for CCC oil signage visits and Dock walker Boat kit distribution. We will continue to work with our local jurisdictions, government agencies to expand our Tire collection events and outreach efforts as it relates to all grant activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County Economic Opportunities Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patrick Turner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592641048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blessing Badmus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Fresno EOC Local Conservation Corps will use RCL 40 funding to continue to serve existing recycling customers in the City of Fresno and the town of Madera. LCC operates a Certified Recycling Center in the rural community of Friant for the redemption of CRV beverage containers and provides special events recycling for one of the top entertainment sites in the world at the Save Mart Center. LCC crews will also continue to partner with local municipalities on used tire events and seeks to increase its collection totals for e-waste.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Robert Skillman</x:t>
   </x:si>
   <x:si>
     <x:t>2132107620</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Jim Madden</x:t>
   </x:si>
   <x:si>
     <x:t>The LA Conservation Corps will carry out the following programs in FY 25-26.
 Beverage Container: 
 -Increase collection of beverage containers by 4% compared to collections in FY 24-25 via collection routes and special events as measured by DORIIS
 -Perform litter abatement and open space litter abatement clean-up services on an as-needed basis 
 Waste Tire: 
 -Take FY 24-25 totals and increase illegally dumped tire collections by 6% as measured by CTL/receipt forms and haul away and properly dispose of/recycle the tires
 -Provide event/labor staff resources for collection/hauling waste tires in partnership with the City of LA and the Peterson group. 
 E-waste: 
 -Take FY 24-25 totals and increase E-waste collections by 4% through curbside/drop off events as measured by collection logs/CEWIS reports and provide outreach/marketing for each event 
 Used Oil: 
 -Conduct CCC signage inspections at assigned locations 
 -Conduct surveys and hand out boater kits under the Dockwalker Program
 -Provide outreach and canvasing in support of LA County Public Works Used Oil Filter Exchange Events
 -Conduct DIY oil kits distribution events</x:t>
   </x:si>
   <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149566222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Conservation Corps (OCCC) will continue to provide environmental services to our community and in our local jurisdictions. OCCC establishes new lines of service by performing public awareness and outreach at local community events in order to promote the public to reduce, reuse, and, recycling. OCCC crews will also provide support and collection of waste tires, electronic waste, and best practices for managing used oil. OCCC will accomplish the above goals by completing the objectives outlined in the Grant Project Summary. Diverting recyclable material from our landfills and eliminating illegal dumping comes at a premium in our activities.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>San Jose Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Dorsey Moore</x:t>
   </x:si>
   <x:si>
     <x:t>4084596402</x:t>
   </x:si>
   <x:si>
-    <x:t>Yolanda Park</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SJCC will collect recyclables in accordance with the Grant Work Plan for RLC40.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Corps of San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arturo Perzabal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192356684</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Urban Corps will collect beverage containers at schools, businesses, multi-family complexes, large venues and other organizations as well as provide recycling services at special events throughout San Diego County. Urban Corps will collect and haul waste tire from public land and public right-of-way and partner with local jurisdictions to assist in waste tire removal and host local amnesty events. Urban Corps will collect E-Waste from community members, schools, businesses, government agencies and other organizations throughout San Diego County and will host local collection events. Urban Corps will take signage and oil collection surveys from Certified Used Oil Collection Centers throughout San Diego County. Urban Corps will also work with local jurisdictions to perform storm drain stenciling. Urban Corp will offer educational presentation to schools and organizations throughout San Diego County to further educate them on conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento Regional Conservation Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Kala Dean</x:t>
   </x:si>
   <x:si>
     <x:t>9164176746</x:t>
   </x:si>
   <x:si>
     <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
     <x:t>Beverage container: Service events, businesses, operate material recovery facility, provide education/outreach to Northern California.
 E-waste: Collect E-waste at drop-off events, curbside collections with community partners in Northern California. Provide education/outreach.
 Used oil: Ensure Certified Collection Centers are signed. Provide education/outreach at waterways &amp; public events. Label storm drains to reduce illegal dumping of used oil. 
 Waste tire: Collect &amp; haul waste tires from public lands, provide labor for tire amnesty events in Northern California, as well as education/outreach.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Conservation Corps North Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kyle Larue</x:t>
   </x:si>
   <x:si>
     <x:t>7077585417</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Blessing Badmus</x:t>
   </x:si>
   <x:si>
     <x:t> Conservation Corps North Bay (CCNB) will utilize grant funds for the following projects, which will increase the recycling of cans/bottles, E-waste, tires, and used oil in California.
 Cans/Bottles:
 CRV recycling will continue to be collected through servicing bins on routes.
 Recycling will be provided at events in Sonoma and Marin Counties and other local counties.
 Outreach and education will be provided to the public on why recycling is important.
 E-waste:
 Covered E-waste will be collected from public and private entities during collection routes.
 E-waste will be collected through events with local non-profits partners.
 Outreach and education will be provided to the public on why recycling E-waste is important and where they can recycle their e-waste properly.
 Tires:
 Tire Amnesty events will be provided Marin, Sonoma, Solano, Napa and other local counties in coordination with local government agencies.
 Illegally dumped tires will be removed from locations approved by CalRecycle.
 Outreach and education to the public on why recycling tires is important and where they can recycle their tires properly.
 Used Oil:
 Certified Collection Centers California will be audited in coordination with local collaborators.
 Storm drains will be labeled in coordination with local agencies, to discourage used oil being disposed of down the drains .
 Outreach and education (including DIY Change Kits) will be provided to the public on why recycling used oil is important and where they can recycle used oil properly.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps</x:t>
   </x:si>
   <x:si>
     <x:t> Teresa Guzman</x:t>
   </x:si>
   <x:si>
     <x:t>5597324194</x:t>
   </x:si>
   <x:si>
     <x:t>Sequoia Community Corps (SCC) is a state-certified and federally recognized 21CSC (21st Century Service Corps) local conservation corps. SCC engages local young adults from racially and socially diverse backgrounds within Tulare and Kings Counties, ages 18 to 26, in on-the-job project-based training, structured education, leadership development, and environmental awareness through conservation work projects.
 The SCC will continue to help local jurisdictions reduce GHG emissions in our communities by diverting recyclable materials, including Beverage Containers, E-Waste, Used Oil, and Waste Tires. By working collaboratively with local jurisdictions and other partners, the SCC will continue to play a key role in minimizing our waste stream by expanding recycling opportunities for local businesses and residents of Tulare and Kings Counties.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civicorps Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109927838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reimbursement for Grant RLC40 eligible expenses that include recycling and litter abatement programs and activities related to beverage containers, e-waste, waste tires and used oil.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Mountains Foundation</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacy Gorin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305594210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCCIE was approved for a fund exchange between UCCIE and CCLB of $200,000 with an even exchange, decreasing our E-waste funds and increasing our Tire funds.
+Reports and Evaluation:
+The Corps will collect, analyze, and report data using the CalRecycle progress report.
+Education, Outreach, and Marketing:
+During FY 25-26, UCC will train Corpsmembers to participate in outreach and recycling education programs.
+Partnerships and Collaboration:
+By June 30, 2026, the SCMF-UCC will increase recycling-related partnerships.
+Common Objectives:
+By June 30, 2026, UCC will expand on E-waste, BCRF, and Tire recycling services.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County Office of Education (dba Greater Valley Conservation Corps)</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Mueller</x:t>
   </x:si>
   <x:si>
     <x:t>2092922701</x:t>
   </x:si>
   <x:si>
     <x:t>The overall recycling goal of Greater Valley Conservation Corps (GVCC) is to provide recycling services to the immediate San Joaquin County communities, as well as nearby Amador, Calaveras, Merced, Stanislaus, and Tuolumne counties. GVCC will accomplish this by meeting the following objectives during the 2025-26 fiscal year.
 Beverage Containers
 GVCC will:
 • Collect 130,000 lbs. of beverage container materials 
 • Schedule and participate in 19 collection events, including community cleanups
 Waste Tires
 GVCC will:
 • Collect 9,000 tires through amnesty events, community cleanups, and tire events for illegally dumped tires.
 • Provide 19 community waste tire collection events, including community cleanups
 • Conduct 14 Waste Tire Amnesty Collection events
 E-Waste
 GVCC will:
 • Collect 320,000 lbs. of E-waste
 • Comply with DTSC approved Universal Waste (UW) trainings
 • Provide E-waste Handling Procedure training in accordance with compliance regulations
 • Conduct 19 offsite E-waste drop-off collection events 
 • Maintain approved E-waste collector status
 Used Oil
 GVCC will:
 • Conduct CCC signage review site visits, as directed by CalRecycle
 • Distribute 275 to 375 oil recycling kits to partners at various events and collection routes</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...36 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Farmworkers Institute of Education and Leadership Development Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Rosa Ruelas</x:t>
   </x:si>
   <x:si>
     <x:t>6618238826</x:t>
   </x:si>
   <x:si>
     <x:t>Our recycling program, supported by the Ceasar Chavez Environmental Corps (CCEC) and funded through the Local Conservation Corps Grant Program RLC 40, aims to establish two new recycling centers. This funding will secure suitable locations, staff the centers, outfit them with necessary equipment and supplies, and conduct community, partner, and stakeholder outreach. Our commitment to sustainability, bolstered by CCEC and the funding provided by the Local Conservation Corps Grant Program RLC 40, drives us to expand our reach and impact in waste management. We need this outreach to promote the visibility of the new centers and engage with the community, partners, and stakeholders to ensure their success.</x:t>
-  </x:si>
-[...57 lines deleted...]
-    <x:t>The Fresno EOC Local Conservation Corps will use RCL 40 funding to continue to serve existing recycling customers in the City of Fresno and the town of Madera. LCC operates a Certified Recycling Center in the rural community of Friant for the redemption of CRV beverage containers and provides special events recycling for one of the top entertainment sites in the world at the Save Mart Center. LCC crews will also continue to partner with local municipalities on used tire events and seeks to increase its collection totals for e-waste.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 13</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -474,51 +474,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7919b0d5d99b47fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R67b2dd5a453d4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1ddeb04c65cd4d81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7d8631519534fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra9ef2aeddf914b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdca92b7a97b74e4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -566,357 +566,357 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1103.89599609375" customHeight="1" collapsed="0">
+    <x:row ht="459.9495849609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>2282789</x:v>
+        <x:v>2282807</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="68.9952392578125" customHeight="1" collapsed="0">
+    <x:row ht="471.45831298828125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+    <x:row ht="1103.8958740234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+    </x:row>
+    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="68.995361328125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+    </x:row>
+    <x:row ht="839.423583984375" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="1345.37939453125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>2282807</x:v>
+        <x:v>2282789</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.42333984375" customHeight="1" collapsed="0">
+    <x:row ht="1218.8974609375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
+    <x:row ht="655.455078125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>2282789</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A19" s="10" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B19" s="10" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="10"/>
       <x:c r="D19" s="11" t="n">
         <x:v>29676275</x:v>
       </x:c>
       <x:c r="E19" s="10" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="10" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G19" s="10" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -926,29 +926,29 @@
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 11:27 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:19 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>